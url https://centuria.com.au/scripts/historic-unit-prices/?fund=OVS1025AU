--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -407,23650 +407,24013 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F10196"/>
+  <dimension ref="A1:F10229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="8.5546875" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="8.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="2" max="2" width="10.44140625" customWidth="true" style="7"/>
+    <col min="2" max="2" width="10.42578125" customWidth="true" style="7"/>
     <col min="3" max="3" width="9" customWidth="true" style="3"/>
-    <col min="4" max="4" width="8.5546875" style="3"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="8.5546875" style="2"/>
+    <col min="4" max="4" width="8.5703125" style="3"/>
+    <col min="5" max="5" width="8.5703125" style="3"/>
+    <col min="6" max="6" width="8.5703125" style="2"/>
     <col min="1" max="1" width="68.269043" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="5">
-        <v>45931</v>
+        <v>45979</v>
       </c>
       <c r="C3" s="4">
-        <v>1.3368</v>
+        <v>1.3338</v>
       </c>
       <c r="D3" s="4">
-        <v>1.3342</v>
+        <v>1.3312</v>
       </c>
       <c r="E3" s="4">
-        <v>1.3355</v>
+        <v>1.3325</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="5">
-        <v>45930</v>
+        <v>45978</v>
       </c>
       <c r="C4" s="4">
-        <v>1.3371</v>
+        <v>1.3354</v>
       </c>
       <c r="D4" s="4">
-        <v>1.3345</v>
+        <v>1.3328</v>
       </c>
       <c r="E4" s="4">
-        <v>1.3358</v>
+        <v>1.3341</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="5">
-        <v>45929</v>
+        <v>45975</v>
       </c>
       <c r="C5" s="4">
-        <v>1.3333</v>
+        <v>1.3408</v>
       </c>
       <c r="D5" s="4">
-        <v>1.3307</v>
+        <v>1.3382</v>
       </c>
       <c r="E5" s="4">
-        <v>1.332</v>
+        <v>1.3395</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="B6" s="5">
-        <v>45926</v>
+        <v>45974</v>
       </c>
       <c r="C6" s="4">
-        <v>1.3333</v>
+        <v>1.3462</v>
       </c>
       <c r="D6" s="4">
-        <v>1.3307</v>
+        <v>1.3436</v>
       </c>
       <c r="E6" s="4">
-        <v>1.332</v>
+        <v>1.3449</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="B7" s="5">
-        <v>45925</v>
+        <v>45973</v>
       </c>
       <c r="C7" s="4">
-        <v>1.3342</v>
+        <v>1.3461</v>
       </c>
       <c r="D7" s="4">
-        <v>1.3316</v>
+        <v>1.3435</v>
       </c>
       <c r="E7" s="4">
-        <v>1.3329</v>
+        <v>1.3448</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="B8" s="5">
-        <v>45924</v>
+        <v>45972</v>
       </c>
       <c r="C8" s="4">
-        <v>1.3367</v>
+        <v>1.3441</v>
       </c>
       <c r="D8" s="4">
-        <v>1.3341</v>
+        <v>1.3415</v>
       </c>
       <c r="E8" s="4">
-        <v>1.3354</v>
+        <v>1.3428</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9" s="5">
-        <v>45923</v>
+        <v>45971</v>
       </c>
       <c r="C9" s="4">
-        <v>1.3367</v>
+        <v>1.3396</v>
       </c>
       <c r="D9" s="4">
-        <v>1.3341</v>
+        <v>1.337</v>
       </c>
       <c r="E9" s="4">
-        <v>1.3354</v>
+        <v>1.3383</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="B10" s="5">
-        <v>45922</v>
+        <v>45968</v>
       </c>
       <c r="C10" s="4">
-        <v>1.3357</v>
+        <v>1.3414</v>
       </c>
       <c r="D10" s="4">
-        <v>1.3331</v>
+        <v>1.3388</v>
       </c>
       <c r="E10" s="4">
-        <v>1.3344</v>
+        <v>1.3401</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="B11" s="5">
-        <v>45919</v>
+        <v>45967</v>
       </c>
       <c r="C11" s="4">
-        <v>1.3346</v>
+        <v>1.3414</v>
       </c>
       <c r="D11" s="4">
-        <v>1.332</v>
+        <v>1.3388</v>
       </c>
       <c r="E11" s="4">
-        <v>1.3333</v>
+        <v>1.3401</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="B12" s="5">
-        <v>45918</v>
+        <v>45966</v>
       </c>
       <c r="C12" s="4">
-        <v>1.3334</v>
+        <v>1.3457</v>
       </c>
       <c r="D12" s="4">
-        <v>1.3308</v>
+        <v>1.3431</v>
       </c>
       <c r="E12" s="4">
-        <v>1.3321</v>
+        <v>1.3444</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13" s="5">
-        <v>45917</v>
+        <v>45965</v>
       </c>
       <c r="C13" s="4">
-        <v>1.3342</v>
+        <v>1.3462</v>
       </c>
       <c r="D13" s="4">
-        <v>1.3316</v>
+        <v>1.3436</v>
       </c>
       <c r="E13" s="4">
-        <v>1.3329</v>
+        <v>1.3449</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="B14" s="5">
-        <v>45916</v>
+        <v>45964</v>
       </c>
       <c r="C14" s="4">
-        <v>1.3345</v>
+        <v>1.3455</v>
       </c>
       <c r="D14" s="4">
-        <v>1.3319</v>
+        <v>1.3429</v>
       </c>
       <c r="E14" s="4">
-        <v>1.3332</v>
+        <v>1.3442</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="B15" s="5">
-        <v>45915</v>
+        <v>45961</v>
       </c>
       <c r="C15" s="4">
-        <v>1.3339</v>
+        <v>1.3458</v>
       </c>
       <c r="D15" s="4">
-        <v>1.3313</v>
+        <v>1.3432</v>
       </c>
       <c r="E15" s="4">
-        <v>1.3326</v>
+        <v>1.3445</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="B16" s="5">
-        <v>45912</v>
+        <v>45960</v>
       </c>
       <c r="C16" s="4">
-        <v>1.3333</v>
+        <v>1.3467</v>
       </c>
       <c r="D16" s="4">
-        <v>1.3307</v>
+        <v>1.3441</v>
       </c>
       <c r="E16" s="4">
-        <v>1.332</v>
+        <v>1.3454</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="B17" s="5">
-        <v>45911</v>
+        <v>45959</v>
       </c>
       <c r="C17" s="4">
-        <v>1.3252</v>
+        <v>1.3504</v>
       </c>
       <c r="D17" s="4">
-        <v>1.3226</v>
+        <v>1.3478</v>
       </c>
       <c r="E17" s="4">
-        <v>1.3239</v>
+        <v>1.3491</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="B18" s="5">
-        <v>45910</v>
+        <v>45958</v>
       </c>
       <c r="C18" s="4">
-        <v>1.3309</v>
+        <v>1.3539</v>
       </c>
       <c r="D18" s="4">
-        <v>1.3283</v>
+        <v>1.3511</v>
       </c>
       <c r="E18" s="4">
-        <v>1.3296</v>
+        <v>1.3525</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19" s="5">
-        <v>45909</v>
+        <v>45957</v>
       </c>
       <c r="C19" s="4">
-        <v>1.3318</v>
+        <v>1.351</v>
       </c>
       <c r="D19" s="4">
-        <v>1.3292</v>
+        <v>1.3484</v>
       </c>
       <c r="E19" s="4">
-        <v>1.3305</v>
+        <v>1.3497</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="B20" s="5">
-        <v>45908</v>
+        <v>45954</v>
       </c>
       <c r="C20" s="4">
-        <v>1.3313</v>
+        <v>1.3485</v>
       </c>
       <c r="D20" s="4">
-        <v>1.3287</v>
+        <v>1.3459</v>
       </c>
       <c r="E20" s="4">
-        <v>1.33</v>
+        <v>1.3472</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="B21" s="5">
-        <v>45905</v>
+        <v>45953</v>
       </c>
       <c r="C21" s="4">
-        <v>1.3304</v>
+        <v>1.3479</v>
       </c>
       <c r="D21" s="4">
-        <v>1.3278</v>
+        <v>1.3453</v>
       </c>
       <c r="E21" s="4">
-        <v>1.3291</v>
+        <v>1.3466</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="B22" s="5">
-        <v>45904</v>
+        <v>45952</v>
       </c>
       <c r="C22" s="4">
-        <v>1.325</v>
+        <v>1.3511</v>
       </c>
       <c r="D22" s="4">
-        <v>1.3224</v>
+        <v>1.3485</v>
       </c>
       <c r="E22" s="4">
-        <v>1.3237</v>
+        <v>1.3498</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23" s="5">
-        <v>45903</v>
+        <v>45951</v>
       </c>
       <c r="C23" s="4">
-        <v>1.3281</v>
+        <v>1.3477</v>
       </c>
       <c r="D23" s="4">
-        <v>1.3255</v>
+        <v>1.3451</v>
       </c>
       <c r="E23" s="4">
-        <v>1.3268</v>
+        <v>1.3464</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="B24" s="5">
-        <v>45902</v>
+        <v>45950</v>
       </c>
       <c r="C24" s="4">
-        <v>1.3309</v>
+        <v>1.3432</v>
       </c>
       <c r="D24" s="4">
-        <v>1.3283</v>
+        <v>1.3406</v>
       </c>
       <c r="E24" s="4">
-        <v>1.3296</v>
+        <v>1.3419</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="B25" s="5">
-        <v>45901</v>
+        <v>45947</v>
       </c>
       <c r="C25" s="4">
-        <v>1.3325</v>
+        <v>1.3464</v>
       </c>
       <c r="D25" s="4">
-        <v>1.3299</v>
+        <v>1.3438</v>
       </c>
       <c r="E25" s="4">
-        <v>1.3312</v>
+        <v>1.3451</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="B26" s="5">
-        <v>45898</v>
+        <v>45946</v>
       </c>
       <c r="C26" s="4">
-        <v>1.3341</v>
+        <v>1.345</v>
       </c>
       <c r="D26" s="4">
-        <v>1.3315</v>
+        <v>1.3424</v>
       </c>
       <c r="E26" s="4">
-        <v>1.3328</v>
+        <v>1.3437</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27" s="5">
-        <v>45897</v>
+        <v>45945</v>
       </c>
       <c r="C27" s="4">
-        <v>1.334</v>
+        <v>1.3409</v>
       </c>
       <c r="D27" s="4">
-        <v>1.3314</v>
+        <v>1.3383</v>
       </c>
       <c r="E27" s="4">
-        <v>1.3327</v>
+        <v>1.3396</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="B28" s="5">
-        <v>45896</v>
+        <v>45944</v>
       </c>
       <c r="C28" s="4">
-        <v>1.333</v>
+        <v>1.34</v>
       </c>
       <c r="D28" s="4">
-        <v>1.3304</v>
+        <v>1.3374</v>
       </c>
       <c r="E28" s="4">
-        <v>1.3317</v>
+        <v>1.3387</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="B29" s="5">
-        <v>45895</v>
+        <v>45943</v>
       </c>
       <c r="C29" s="4">
-        <v>1.3345</v>
+        <v>1.3383</v>
       </c>
       <c r="D29" s="4">
-        <v>1.3319</v>
+        <v>1.3357</v>
       </c>
       <c r="E29" s="4">
-        <v>1.3332</v>
+        <v>1.337</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="B30" s="5">
-        <v>45894</v>
+        <v>45940</v>
       </c>
       <c r="C30" s="4">
-        <v>1.3346</v>
+        <v>1.3445</v>
       </c>
       <c r="D30" s="4">
-        <v>1.332</v>
+        <v>1.3419</v>
       </c>
       <c r="E30" s="4">
-        <v>1.3333</v>
+        <v>1.3432</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="B31" s="5">
-        <v>45891</v>
+        <v>45939</v>
       </c>
       <c r="C31" s="4">
-        <v>1.3334</v>
+        <v>1.3444</v>
       </c>
       <c r="D31" s="4">
-        <v>1.3308</v>
+        <v>1.3418</v>
       </c>
       <c r="E31" s="4">
-        <v>1.3321</v>
+        <v>1.3431</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="B32" s="5">
-        <v>45890</v>
+        <v>45938</v>
       </c>
       <c r="C32" s="4">
-        <v>1.3318</v>
+        <v>1.3432</v>
       </c>
       <c r="D32" s="4">
-        <v>1.3292</v>
+        <v>1.3406</v>
       </c>
       <c r="E32" s="4">
-        <v>1.3305</v>
+        <v>1.3419</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33" s="5">
-        <v>45889</v>
+        <v>45937</v>
       </c>
       <c r="C33" s="4">
-        <v>1.3306</v>
+        <v>1.3445</v>
       </c>
       <c r="D33" s="4">
-        <v>1.328</v>
+        <v>1.3419</v>
       </c>
       <c r="E33" s="4">
-        <v>1.3293</v>
+        <v>1.3432</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="B34" s="5">
-        <v>45888</v>
+        <v>45933</v>
       </c>
       <c r="C34" s="4">
-        <v>1.3317</v>
+        <v>1.3427</v>
       </c>
       <c r="D34" s="4">
-        <v>1.3291</v>
+        <v>1.3401</v>
       </c>
       <c r="E34" s="4">
-        <v>1.3304</v>
+        <v>1.3414</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="B35" s="5">
-        <v>45887</v>
+        <v>45932</v>
       </c>
       <c r="C35" s="4">
-        <v>1.3306</v>
+        <v>1.3383</v>
       </c>
       <c r="D35" s="4">
-        <v>1.328</v>
+        <v>1.3357</v>
       </c>
       <c r="E35" s="4">
-        <v>1.3293</v>
+        <v>1.337</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="B36" s="5">
-        <v>45884</v>
+        <v>45931</v>
       </c>
       <c r="C36" s="4">
-        <v>1.3299</v>
+        <v>1.3368</v>
       </c>
       <c r="D36" s="4">
-        <v>1.3273</v>
+        <v>1.3342</v>
       </c>
       <c r="E36" s="4">
-        <v>1.3286</v>
+        <v>1.3355</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="B37" s="5">
-        <v>45883</v>
+        <v>45930</v>
       </c>
       <c r="C37" s="4">
-        <v>1.3274</v>
+        <v>1.3371</v>
       </c>
       <c r="D37" s="4">
-        <v>1.3248</v>
+        <v>1.3345</v>
       </c>
       <c r="E37" s="4">
-        <v>1.3261</v>
+        <v>1.3358</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="B38" s="5">
-        <v>45882</v>
+        <v>45929</v>
       </c>
       <c r="C38" s="4">
-        <v>1.3259</v>
+        <v>1.3333</v>
       </c>
       <c r="D38" s="4">
-        <v>1.3233</v>
+        <v>1.3307</v>
       </c>
       <c r="E38" s="4">
-        <v>1.3246</v>
+        <v>1.332</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39" s="5">
-        <v>45881</v>
+        <v>45926</v>
       </c>
       <c r="C39" s="4">
-        <v>1.3221</v>
+        <v>1.3333</v>
       </c>
       <c r="D39" s="4">
-        <v>1.3195</v>
+        <v>1.3307</v>
       </c>
       <c r="E39" s="4">
-        <v>1.3208</v>
+        <v>1.332</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="B40" s="5">
-        <v>45880</v>
+        <v>45925</v>
       </c>
       <c r="C40" s="4">
-        <v>1.3217</v>
+        <v>1.3342</v>
       </c>
       <c r="D40" s="4">
-        <v>1.3191</v>
+        <v>1.3316</v>
       </c>
       <c r="E40" s="4">
-        <v>1.3204</v>
+        <v>1.3329</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="B41" s="5">
-        <v>45877</v>
+        <v>45924</v>
       </c>
       <c r="C41" s="4">
-        <v>1.3223</v>
+        <v>1.3367</v>
       </c>
       <c r="D41" s="4">
-        <v>1.3197</v>
+        <v>1.3341</v>
       </c>
       <c r="E41" s="4">
-        <v>1.321</v>
+        <v>1.3354</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="B42" s="5">
-        <v>45876</v>
+        <v>45923</v>
       </c>
       <c r="C42" s="4">
-        <v>1.3215</v>
+        <v>1.3367</v>
       </c>
       <c r="D42" s="4">
-        <v>1.3189</v>
+        <v>1.3341</v>
       </c>
       <c r="E42" s="4">
-        <v>1.3202</v>
+        <v>1.3354</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="B43" s="5">
-        <v>45875</v>
+        <v>45922</v>
       </c>
       <c r="C43" s="4">
-        <v>1.3191</v>
+        <v>1.3357</v>
       </c>
       <c r="D43" s="4">
-        <v>1.3165</v>
+        <v>1.3331</v>
       </c>
       <c r="E43" s="4">
-        <v>1.3178</v>
+        <v>1.3344</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="B44" s="5">
-        <v>45874</v>
+        <v>45919</v>
       </c>
       <c r="C44" s="4">
-        <v>1.3168</v>
+        <v>1.3346</v>
       </c>
       <c r="D44" s="4">
-        <v>1.3142</v>
+        <v>1.332</v>
       </c>
       <c r="E44" s="4">
-        <v>1.3155</v>
+        <v>1.3333</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="B45" s="5">
-        <v>45873</v>
+        <v>45918</v>
       </c>
       <c r="C45" s="4">
-        <v>1.3127</v>
+        <v>1.3334</v>
       </c>
       <c r="D45" s="4">
-        <v>1.3101</v>
+        <v>1.3308</v>
       </c>
       <c r="E45" s="4">
-        <v>1.3114</v>
+        <v>1.3321</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46" s="5">
-        <v>45870</v>
+        <v>45917</v>
       </c>
       <c r="C46" s="4">
-        <v>1.32</v>
+        <v>1.3342</v>
       </c>
       <c r="D46" s="4">
-        <v>1.3174</v>
+        <v>1.3316</v>
       </c>
       <c r="E46" s="4">
-        <v>1.3187</v>
+        <v>1.3329</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="B47" s="5">
-        <v>45869</v>
+        <v>45916</v>
       </c>
       <c r="C47" s="4">
-        <v>1.3216</v>
+        <v>1.3345</v>
       </c>
       <c r="D47" s="4">
-        <v>1.319</v>
+        <v>1.3319</v>
       </c>
       <c r="E47" s="4">
-        <v>1.3203</v>
+        <v>1.3332</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="B48" s="5">
-        <v>45868</v>
+        <v>45915</v>
       </c>
       <c r="C48" s="4">
-        <v>1.3201</v>
+        <v>1.3339</v>
       </c>
       <c r="D48" s="4">
-        <v>1.3175</v>
+        <v>1.3313</v>
       </c>
       <c r="E48" s="4">
-        <v>1.3188</v>
+        <v>1.3326</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="B49" s="5">
-        <v>45867</v>
+        <v>45912</v>
       </c>
       <c r="C49" s="4">
-        <v>1.3197</v>
+        <v>1.3333</v>
       </c>
       <c r="D49" s="4">
-        <v>1.3171</v>
+        <v>1.3307</v>
       </c>
       <c r="E49" s="4">
-        <v>1.3184</v>
+        <v>1.332</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="B50" s="5">
-        <v>45866</v>
+        <v>45911</v>
       </c>
       <c r="C50" s="4">
-        <v>1.3191</v>
+        <v>1.3252</v>
       </c>
       <c r="D50" s="4">
-        <v>1.3165</v>
+        <v>1.3226</v>
       </c>
       <c r="E50" s="4">
-        <v>1.3178</v>
+        <v>1.3239</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="B51" s="5">
-        <v>45863</v>
+        <v>45910</v>
       </c>
       <c r="C51" s="4">
-        <v>1.3187</v>
+        <v>1.3309</v>
       </c>
       <c r="D51" s="4">
-        <v>1.3161</v>
+        <v>1.3283</v>
       </c>
       <c r="E51" s="4">
-        <v>1.3174</v>
+        <v>1.3296</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="B52" s="5">
-        <v>45862</v>
+        <v>45909</v>
       </c>
       <c r="C52" s="4">
-        <v>1.3196</v>
+        <v>1.3318</v>
       </c>
       <c r="D52" s="4">
-        <v>1.317</v>
+        <v>1.3292</v>
       </c>
       <c r="E52" s="4">
-        <v>1.3183</v>
+        <v>1.3305</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53" s="5">
-        <v>45861</v>
+        <v>45908</v>
       </c>
       <c r="C53" s="4">
-        <v>1.3171</v>
+        <v>1.3313</v>
       </c>
       <c r="D53" s="4">
-        <v>1.3145</v>
+        <v>1.3287</v>
       </c>
       <c r="E53" s="4">
-        <v>1.3158</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="B54" s="5">
-        <v>45860</v>
+        <v>45905</v>
       </c>
       <c r="C54" s="4">
-        <v>1.3169</v>
+        <v>1.3304</v>
       </c>
       <c r="D54" s="4">
-        <v>1.3143</v>
+        <v>1.3278</v>
       </c>
       <c r="E54" s="4">
-        <v>1.3156</v>
+        <v>1.3291</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="B55" s="5">
-        <v>45859</v>
+        <v>45904</v>
       </c>
       <c r="C55" s="4">
-        <v>1.3175</v>
+        <v>1.325</v>
       </c>
       <c r="D55" s="4">
-        <v>1.3149</v>
+        <v>1.3224</v>
       </c>
       <c r="E55" s="4">
-        <v>1.3162</v>
+        <v>1.3237</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="B56" s="5">
-        <v>45856</v>
+        <v>45903</v>
       </c>
       <c r="C56" s="4">
-        <v>1.3157</v>
+        <v>1.3281</v>
       </c>
       <c r="D56" s="4">
-        <v>1.3131</v>
+        <v>1.3255</v>
       </c>
       <c r="E56" s="4">
-        <v>1.3144</v>
+        <v>1.3268</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57" s="5">
-        <v>45855</v>
+        <v>45902</v>
       </c>
       <c r="C57" s="4">
-        <v>1.3105</v>
+        <v>1.3309</v>
       </c>
       <c r="D57" s="4">
-        <v>1.3079</v>
+        <v>1.3283</v>
       </c>
       <c r="E57" s="4">
-        <v>1.3092</v>
+        <v>1.3296</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="B58" s="5">
-        <v>45854</v>
+        <v>45901</v>
       </c>
       <c r="C58" s="4">
-        <v>1.3116</v>
+        <v>1.3325</v>
       </c>
       <c r="D58" s="4">
-        <v>1.309</v>
+        <v>1.3299</v>
       </c>
       <c r="E58" s="4">
-        <v>1.3103</v>
+        <v>1.3312</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59" s="5">
-        <v>45853</v>
+        <v>45898</v>
       </c>
       <c r="C59" s="4">
-        <v>1.3103</v>
+        <v>1.3341</v>
       </c>
       <c r="D59" s="4">
-        <v>1.3077</v>
+        <v>1.3315</v>
       </c>
       <c r="E59" s="4">
-        <v>1.309</v>
+        <v>1.3328</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="B60" s="5">
-        <v>45852</v>
+        <v>45897</v>
       </c>
       <c r="C60" s="4">
-        <v>1.3094</v>
+        <v>1.334</v>
       </c>
       <c r="D60" s="4">
-        <v>1.3068</v>
+        <v>1.3314</v>
       </c>
       <c r="E60" s="4">
-        <v>1.3081</v>
+        <v>1.3327</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="B61" s="5">
-        <v>45849</v>
+        <v>45896</v>
       </c>
       <c r="C61" s="4">
-        <v>1.3123</v>
+        <v>1.333</v>
       </c>
       <c r="D61" s="4">
-        <v>1.3097</v>
+        <v>1.3304</v>
       </c>
       <c r="E61" s="4">
-        <v>1.311</v>
+        <v>1.3317</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62" s="5">
-        <v>45848</v>
+        <v>45895</v>
       </c>
       <c r="C62" s="4">
-        <v>1.3118</v>
+        <v>1.3345</v>
       </c>
       <c r="D62" s="4">
-        <v>1.3092</v>
+        <v>1.3319</v>
       </c>
       <c r="E62" s="4">
-        <v>1.3105</v>
+        <v>1.3332</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="B63" s="5">
-        <v>45847</v>
+        <v>45894</v>
       </c>
       <c r="C63" s="4">
-        <v>1.3118</v>
+        <v>1.3346</v>
       </c>
       <c r="D63" s="4">
-        <v>1.3092</v>
+        <v>1.332</v>
       </c>
       <c r="E63" s="4">
-        <v>1.3105</v>
+        <v>1.3333</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="B64" s="5">
-        <v>45846</v>
+        <v>45891</v>
       </c>
       <c r="C64" s="4">
-        <v>1.3124</v>
+        <v>1.3334</v>
       </c>
       <c r="D64" s="4">
-        <v>1.3098</v>
+        <v>1.3308</v>
       </c>
       <c r="E64" s="4">
-        <v>1.3111</v>
+        <v>1.3321</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="B65" s="5">
-        <v>45845</v>
+        <v>45890</v>
       </c>
       <c r="C65" s="4">
-        <v>1.3134</v>
+        <v>1.3318</v>
       </c>
       <c r="D65" s="4">
-        <v>1.3108</v>
+        <v>1.3292</v>
       </c>
       <c r="E65" s="4">
-        <v>1.3121</v>
+        <v>1.3305</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="B66" s="5">
-        <v>45842</v>
+        <v>45889</v>
       </c>
       <c r="C66" s="4">
-        <v>1.3131</v>
+        <v>1.3306</v>
       </c>
       <c r="D66" s="4">
-        <v>1.3105</v>
+        <v>1.328</v>
       </c>
       <c r="E66" s="4">
-        <v>1.3118</v>
+        <v>1.3293</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="B67" s="5">
-        <v>45841</v>
+        <v>45888</v>
       </c>
       <c r="C67" s="4">
-        <v>1.3109</v>
+        <v>1.3317</v>
       </c>
       <c r="D67" s="4">
-        <v>1.3083</v>
+        <v>1.3291</v>
       </c>
       <c r="E67" s="4">
-        <v>1.3096</v>
+        <v>1.3304</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68" s="5">
-        <v>45840</v>
+        <v>45887</v>
       </c>
       <c r="C68" s="4">
-        <v>1.3097</v>
+        <v>1.3306</v>
       </c>
       <c r="D68" s="4">
-        <v>1.3071</v>
+        <v>1.328</v>
       </c>
       <c r="E68" s="4">
-        <v>1.3084</v>
+        <v>1.3293</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="B69" s="5">
-        <v>45839</v>
+        <v>45884</v>
       </c>
       <c r="C69" s="4">
-        <v>1.3094</v>
+        <v>1.3299</v>
       </c>
       <c r="D69" s="4">
-        <v>1.3068</v>
+        <v>1.3273</v>
       </c>
       <c r="E69" s="4">
-        <v>1.3081</v>
+        <v>1.3286</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="B70" s="5">
-        <v>45838</v>
+        <v>45883</v>
       </c>
       <c r="C70" s="4">
-        <v>1.3108</v>
+        <v>1.3274</v>
       </c>
       <c r="D70" s="4">
-        <v>1.3082</v>
+        <v>1.3248</v>
       </c>
       <c r="E70" s="4">
-        <v>1.3095</v>
+        <v>1.3261</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="B71" s="5">
-        <v>45835</v>
+        <v>45882</v>
       </c>
       <c r="C71" s="4">
-        <v>1.31</v>
+        <v>1.3259</v>
       </c>
       <c r="D71" s="4">
-        <v>1.3074</v>
+        <v>1.3233</v>
       </c>
       <c r="E71" s="4">
-        <v>1.3087</v>
+        <v>1.3246</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="B72" s="5">
-        <v>45834</v>
+        <v>45881</v>
       </c>
       <c r="C72" s="4">
-        <v>1.3098</v>
+        <v>1.3221</v>
       </c>
       <c r="D72" s="4">
-        <v>1.3072</v>
+        <v>1.3195</v>
       </c>
       <c r="E72" s="4">
-        <v>1.3085</v>
+        <v>1.3208</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="B73" s="5">
-        <v>45833</v>
+        <v>45880</v>
       </c>
       <c r="C73" s="4">
-        <v>1.3088</v>
+        <v>1.3217</v>
       </c>
       <c r="D73" s="4">
-        <v>1.3062</v>
+        <v>1.3191</v>
       </c>
       <c r="E73" s="4">
-        <v>1.3075</v>
+        <v>1.3204</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="B74" s="5">
-        <v>45832</v>
+        <v>45877</v>
       </c>
       <c r="C74" s="4">
-        <v>1.3039</v>
+        <v>1.3223</v>
       </c>
       <c r="D74" s="4">
-        <v>1.3013</v>
+        <v>1.3197</v>
       </c>
       <c r="E74" s="4">
-        <v>1.3026</v>
+        <v>1.321</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="B75" s="5">
-        <v>45831</v>
+        <v>45876</v>
       </c>
       <c r="C75" s="4">
-        <v>1.3027</v>
+        <v>1.3215</v>
       </c>
       <c r="D75" s="4">
-        <v>1.3001</v>
+        <v>1.3189</v>
       </c>
       <c r="E75" s="4">
-        <v>1.3014</v>
+        <v>1.3202</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="B76" s="5">
-        <v>45828</v>
+        <v>45875</v>
       </c>
       <c r="C76" s="4">
-        <v>1.3029</v>
+        <v>1.3191</v>
       </c>
       <c r="D76" s="4">
-        <v>1.3003</v>
+        <v>1.3165</v>
       </c>
       <c r="E76" s="4">
-        <v>1.3016</v>
+        <v>1.3178</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="B77" s="5">
-        <v>45827</v>
+        <v>45874</v>
       </c>
       <c r="C77" s="4">
-        <v>1.3032</v>
+        <v>1.3168</v>
       </c>
       <c r="D77" s="4">
-        <v>1.3006</v>
+        <v>1.3142</v>
       </c>
       <c r="E77" s="4">
-        <v>1.3019</v>
+        <v>1.3155</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="B78" s="5">
-        <v>45826</v>
+        <v>45873</v>
       </c>
       <c r="C78" s="4">
-        <v>1.3036</v>
+        <v>1.3127</v>
       </c>
       <c r="D78" s="4">
-        <v>1.301</v>
+        <v>1.3101</v>
       </c>
       <c r="E78" s="4">
-        <v>1.3023</v>
+        <v>1.3114</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="B79" s="5">
-        <v>45825</v>
+        <v>45870</v>
       </c>
       <c r="C79" s="4">
-        <v>1.3051</v>
+        <v>1.32</v>
       </c>
       <c r="D79" s="4">
-        <v>1.3025</v>
+        <v>1.3174</v>
       </c>
       <c r="E79" s="4">
-        <v>1.3038</v>
+        <v>1.3187</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="B80" s="5">
-        <v>45824</v>
+        <v>45869</v>
       </c>
       <c r="C80" s="4">
-        <v>1.3035</v>
+        <v>1.3216</v>
       </c>
       <c r="D80" s="4">
-        <v>1.3009</v>
+        <v>1.319</v>
       </c>
       <c r="E80" s="4">
-        <v>1.3022</v>
+        <v>1.3203</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="B81" s="5">
-        <v>45821</v>
+        <v>45868</v>
       </c>
       <c r="C81" s="4">
-        <v>1.3077</v>
+        <v>1.3201</v>
       </c>
       <c r="D81" s="4">
-        <v>1.3051</v>
+        <v>1.3175</v>
       </c>
       <c r="E81" s="4">
-        <v>1.3064</v>
+        <v>1.3188</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="B82" s="5">
-        <v>45820</v>
+        <v>45867</v>
       </c>
       <c r="C82" s="4">
-        <v>1.3073</v>
+        <v>1.3197</v>
       </c>
       <c r="D82" s="4">
-        <v>1.3047</v>
+        <v>1.3171</v>
       </c>
       <c r="E82" s="4">
-        <v>1.306</v>
+        <v>1.3184</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="B83" s="5">
-        <v>45819</v>
+        <v>45866</v>
       </c>
       <c r="C83" s="4">
-        <v>1.3079</v>
+        <v>1.3191</v>
       </c>
       <c r="D83" s="4">
-        <v>1.3053</v>
+        <v>1.3165</v>
       </c>
       <c r="E83" s="4">
-        <v>1.3066</v>
+        <v>1.3178</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="B84" s="5">
-        <v>45818</v>
+        <v>45863</v>
       </c>
       <c r="C84" s="4">
-        <v>1.3062</v>
+        <v>1.3187</v>
       </c>
       <c r="D84" s="4">
-        <v>1.3036</v>
+        <v>1.3161</v>
       </c>
       <c r="E84" s="4">
-        <v>1.3049</v>
+        <v>1.3174</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="B85" s="5">
-        <v>45814</v>
+        <v>45862</v>
       </c>
       <c r="C85" s="4">
-        <v>1.3038</v>
+        <v>1.3196</v>
       </c>
       <c r="D85" s="4">
-        <v>1.3012</v>
+        <v>1.317</v>
       </c>
       <c r="E85" s="4">
-        <v>1.3025</v>
+        <v>1.3183</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="B86" s="5">
-        <v>45813</v>
+        <v>45861</v>
       </c>
       <c r="C86" s="4">
-        <v>1.3047</v>
+        <v>1.3171</v>
       </c>
       <c r="D86" s="4">
-        <v>1.3021</v>
+        <v>1.3145</v>
       </c>
       <c r="E86" s="4">
-        <v>1.3034</v>
+        <v>1.3158</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="B87" s="5">
-        <v>45812</v>
+        <v>45860</v>
       </c>
       <c r="C87" s="4">
-        <v>1.3025</v>
+        <v>1.3169</v>
       </c>
       <c r="D87" s="4">
-        <v>1.2999</v>
+        <v>1.3143</v>
       </c>
       <c r="E87" s="4">
-        <v>1.3012</v>
+        <v>1.3156</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="B88" s="5">
-        <v>45811</v>
+        <v>45859</v>
       </c>
       <c r="C88" s="4">
-        <v>1.3003</v>
+        <v>1.3175</v>
       </c>
       <c r="D88" s="4">
-        <v>1.2977</v>
+        <v>1.3149</v>
       </c>
       <c r="E88" s="4">
-        <v>1.299</v>
+        <v>1.3162</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="B89" s="5">
-        <v>45810</v>
+        <v>45856</v>
       </c>
       <c r="C89" s="4">
-        <v>1.3019</v>
+        <v>1.3157</v>
       </c>
       <c r="D89" s="4">
-        <v>1.2993</v>
+        <v>1.3131</v>
       </c>
       <c r="E89" s="4">
-        <v>1.3006</v>
+        <v>1.3144</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="B90" s="5">
-        <v>45807</v>
+        <v>45855</v>
       </c>
       <c r="C90" s="4">
-        <v>1.3009</v>
+        <v>1.3105</v>
       </c>
       <c r="D90" s="4">
-        <v>1.2983</v>
+        <v>1.3079</v>
       </c>
       <c r="E90" s="4">
-        <v>1.2996</v>
+        <v>1.3092</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="B91" s="5">
-        <v>45806</v>
+        <v>45854</v>
       </c>
       <c r="C91" s="4">
-        <v>1.2999</v>
+        <v>1.3116</v>
       </c>
       <c r="D91" s="4">
-        <v>1.2973</v>
+        <v>1.309</v>
       </c>
       <c r="E91" s="4">
-        <v>1.2986</v>
+        <v>1.3103</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="B92" s="5">
-        <v>45805</v>
+        <v>45853</v>
       </c>
       <c r="C92" s="4">
-        <v>1.3012</v>
+        <v>1.3103</v>
       </c>
       <c r="D92" s="4">
-        <v>1.2986</v>
+        <v>1.3077</v>
       </c>
       <c r="E92" s="4">
-        <v>1.2999</v>
+        <v>1.309</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="B93" s="5">
-        <v>45804</v>
+        <v>45852</v>
       </c>
       <c r="C93" s="4">
-        <v>1.295</v>
+        <v>1.3094</v>
       </c>
       <c r="D93" s="4">
-        <v>1.2924</v>
+        <v>1.3068</v>
       </c>
       <c r="E93" s="4">
-        <v>1.2937</v>
+        <v>1.3081</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="B94" s="5">
-        <v>45803</v>
+        <v>45849</v>
       </c>
       <c r="C94" s="4">
-        <v>1.2947</v>
+        <v>1.3123</v>
       </c>
       <c r="D94" s="4">
-        <v>1.2921</v>
+        <v>1.3097</v>
       </c>
       <c r="E94" s="4">
-        <v>1.2934</v>
+        <v>1.311</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="B95" s="5">
-        <v>45800</v>
+        <v>45848</v>
       </c>
       <c r="C95" s="4">
-        <v>1.2967</v>
+        <v>1.3118</v>
       </c>
       <c r="D95" s="4">
-        <v>1.2941</v>
+        <v>1.3092</v>
       </c>
       <c r="E95" s="4">
-        <v>1.2954</v>
+        <v>1.3105</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="B96" s="5">
-        <v>45799</v>
+        <v>45847</v>
       </c>
       <c r="C96" s="4">
-        <v>1.2976</v>
+        <v>1.3118</v>
       </c>
       <c r="D96" s="4">
-        <v>1.295</v>
+        <v>1.3092</v>
       </c>
       <c r="E96" s="4">
-        <v>1.2963</v>
+        <v>1.3105</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="B97" s="5">
-        <v>45798</v>
+        <v>45846</v>
       </c>
       <c r="C97" s="4">
-        <v>1.3019</v>
+        <v>1.3124</v>
       </c>
       <c r="D97" s="4">
-        <v>1.2993</v>
+        <v>1.3098</v>
       </c>
       <c r="E97" s="4">
-        <v>1.3006</v>
+        <v>1.3111</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="B98" s="5">
-        <v>45797</v>
+        <v>45845</v>
       </c>
       <c r="C98" s="4">
-        <v>1.299</v>
+        <v>1.3134</v>
       </c>
       <c r="D98" s="4">
-        <v>1.2964</v>
+        <v>1.3108</v>
       </c>
       <c r="E98" s="4">
-        <v>1.2977</v>
+        <v>1.3121</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="B99" s="5">
-        <v>45796</v>
+        <v>45842</v>
       </c>
       <c r="C99" s="4">
-        <v>1.301</v>
+        <v>1.3131</v>
       </c>
       <c r="D99" s="4">
-        <v>1.2984</v>
+        <v>1.3105</v>
       </c>
       <c r="E99" s="4">
-        <v>1.2997</v>
+        <v>1.3118</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="B100" s="5">
-        <v>45793</v>
+        <v>45841</v>
       </c>
       <c r="C100" s="4">
-        <v>1.2973</v>
+        <v>1.3109</v>
       </c>
       <c r="D100" s="4">
-        <v>1.2947</v>
+        <v>1.3083</v>
       </c>
       <c r="E100" s="4">
-        <v>1.296</v>
+        <v>1.3096</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="B101" s="5">
-        <v>45792</v>
+        <v>45840</v>
       </c>
       <c r="C101" s="4">
-        <v>1.2938</v>
+        <v>1.3097</v>
       </c>
       <c r="D101" s="4">
-        <v>1.2912</v>
+        <v>1.3071</v>
       </c>
       <c r="E101" s="4">
-        <v>1.2925</v>
+        <v>1.3084</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="B102" s="5">
-        <v>45791</v>
+        <v>45839</v>
       </c>
       <c r="C102" s="4">
-        <v>1.2936</v>
+        <v>1.3094</v>
       </c>
       <c r="D102" s="4">
-        <v>1.291</v>
+        <v>1.3068</v>
       </c>
       <c r="E102" s="4">
-        <v>1.2923</v>
+        <v>1.3081</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="B103" s="5">
-        <v>45790</v>
+        <v>45838</v>
       </c>
       <c r="C103" s="4">
-        <v>1.2933</v>
+        <v>1.3108</v>
       </c>
       <c r="D103" s="4">
-        <v>1.2907</v>
+        <v>1.3082</v>
       </c>
       <c r="E103" s="4">
-        <v>1.292</v>
+        <v>1.3095</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="B104" s="5">
-        <v>45789</v>
+        <v>45835</v>
       </c>
       <c r="C104" s="4">
-        <v>1.2866</v>
+        <v>1.31</v>
       </c>
       <c r="D104" s="4">
-        <v>1.284</v>
+        <v>1.3074</v>
       </c>
       <c r="E104" s="4">
-        <v>1.2853</v>
+        <v>1.3087</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="B105" s="5">
-        <v>45786</v>
+        <v>45834</v>
       </c>
       <c r="C105" s="4">
-        <v>1.2858</v>
+        <v>1.3098</v>
       </c>
       <c r="D105" s="4">
-        <v>1.2832</v>
+        <v>1.3072</v>
       </c>
       <c r="E105" s="4">
-        <v>1.2845</v>
+        <v>1.3085</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="B106" s="5">
-        <v>45785</v>
+        <v>45833</v>
       </c>
       <c r="C106" s="4">
-        <v>1.2827</v>
+        <v>1.3088</v>
       </c>
       <c r="D106" s="4">
-        <v>1.2801</v>
+        <v>1.3062</v>
       </c>
       <c r="E106" s="4">
-        <v>1.2814</v>
+        <v>1.3075</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="B107" s="5">
-        <v>45784</v>
+        <v>45832</v>
       </c>
       <c r="C107" s="4">
-        <v>1.2805</v>
+        <v>1.3039</v>
       </c>
       <c r="D107" s="4">
-        <v>1.2779</v>
+        <v>1.3013</v>
       </c>
       <c r="E107" s="4">
-        <v>1.2792</v>
+        <v>1.3026</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="B108" s="5">
-        <v>45783</v>
+        <v>45831</v>
       </c>
       <c r="C108" s="4">
-        <v>1.2817</v>
+        <v>1.3027</v>
       </c>
       <c r="D108" s="4">
-        <v>1.2791</v>
+        <v>1.3001</v>
       </c>
       <c r="E108" s="4">
-        <v>1.2804</v>
+        <v>1.3014</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="B109" s="5">
-        <v>45782</v>
+        <v>45828</v>
       </c>
       <c r="C109" s="4">
-        <v>1.2844</v>
+        <v>1.3029</v>
       </c>
       <c r="D109" s="4">
-        <v>1.2818</v>
+        <v>1.3003</v>
       </c>
       <c r="E109" s="4">
-        <v>1.2831</v>
+        <v>1.3016</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="B110" s="5">
-        <v>45779</v>
+        <v>45827</v>
       </c>
       <c r="C110" s="4">
-        <v>1.28</v>
+        <v>1.3032</v>
       </c>
       <c r="D110" s="4">
-        <v>1.2774</v>
+        <v>1.3006</v>
       </c>
       <c r="E110" s="4">
-        <v>1.2787</v>
+        <v>1.3019</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="B111" s="5">
-        <v>45778</v>
+        <v>45826</v>
       </c>
       <c r="C111" s="4">
-        <v>1.278</v>
+        <v>1.3036</v>
       </c>
       <c r="D111" s="4">
-        <v>1.2754</v>
+        <v>1.301</v>
       </c>
       <c r="E111" s="4">
-        <v>1.2767</v>
+        <v>1.3023</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="B112" s="5">
-        <v>45777</v>
+        <v>45825</v>
       </c>
       <c r="C112" s="4">
-        <v>1.2757</v>
+        <v>1.3051</v>
       </c>
       <c r="D112" s="4">
-        <v>1.2731</v>
+        <v>1.3025</v>
       </c>
       <c r="E112" s="4">
-        <v>1.2744</v>
+        <v>1.3038</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="B113" s="5">
-        <v>45776</v>
+        <v>45824</v>
       </c>
       <c r="C113" s="4">
-        <v>1.2712</v>
+        <v>1.3035</v>
       </c>
       <c r="D113" s="4">
-        <v>1.2686</v>
+        <v>1.3009</v>
       </c>
       <c r="E113" s="4">
-        <v>1.2699</v>
+        <v>1.3022</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="B114" s="5">
-        <v>45775</v>
+        <v>45821</v>
       </c>
       <c r="C114" s="4">
-        <v>1.2685</v>
+        <v>1.3077</v>
       </c>
       <c r="D114" s="4">
-        <v>1.2659</v>
+        <v>1.3051</v>
       </c>
       <c r="E114" s="4">
-        <v>1.2672</v>
+        <v>1.3064</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="B115" s="5">
-        <v>45771</v>
+        <v>45820</v>
       </c>
       <c r="C115" s="4">
-        <v>1.2628</v>
+        <v>1.3073</v>
       </c>
       <c r="D115" s="4">
-        <v>1.2602</v>
+        <v>1.3047</v>
       </c>
       <c r="E115" s="4">
-        <v>1.2615</v>
+        <v>1.306</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="B116" s="5">
-        <v>45770</v>
+        <v>45819</v>
       </c>
       <c r="C116" s="4">
-        <v>1.2556</v>
+        <v>1.3079</v>
       </c>
       <c r="D116" s="4">
-        <v>1.253</v>
+        <v>1.3053</v>
       </c>
       <c r="E116" s="4">
-        <v>1.2543</v>
+        <v>1.3066</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="B117" s="5">
-        <v>45769</v>
+        <v>45818</v>
       </c>
       <c r="C117" s="4">
-        <v>1.2559</v>
+        <v>1.3062</v>
       </c>
       <c r="D117" s="4">
-        <v>1.2533</v>
+        <v>1.3036</v>
       </c>
       <c r="E117" s="4">
-        <v>1.2546</v>
+        <v>1.3049</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="B118" s="5">
-        <v>45764</v>
+        <v>45814</v>
       </c>
       <c r="C118" s="4">
-        <v>1.2534</v>
+        <v>1.3038</v>
       </c>
       <c r="D118" s="4">
-        <v>1.2508</v>
+        <v>1.3012</v>
       </c>
       <c r="E118" s="4">
-        <v>1.2521</v>
+        <v>1.3025</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="B119" s="5">
-        <v>45763</v>
+        <v>45813</v>
       </c>
       <c r="C119" s="4">
-        <v>1.2568</v>
+        <v>1.3047</v>
       </c>
       <c r="D119" s="4">
-        <v>1.2542</v>
+        <v>1.3021</v>
       </c>
       <c r="E119" s="4">
-        <v>1.2555</v>
+        <v>1.3034</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="B120" s="5">
-        <v>45762</v>
+        <v>45812</v>
       </c>
       <c r="C120" s="4">
-        <v>1.2563</v>
+        <v>1.3025</v>
       </c>
       <c r="D120" s="4">
-        <v>1.2537</v>
+        <v>1.2999</v>
       </c>
       <c r="E120" s="4">
-        <v>1.255</v>
+        <v>1.3012</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="B121" s="5">
-        <v>45761</v>
+        <v>45811</v>
       </c>
       <c r="C121" s="4">
-        <v>1.2519</v>
+        <v>1.3003</v>
       </c>
       <c r="D121" s="4">
-        <v>1.2493</v>
+        <v>1.2977</v>
       </c>
       <c r="E121" s="4">
-        <v>1.2506</v>
+        <v>1.299</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="B122" s="5">
-        <v>45758</v>
+        <v>45810</v>
       </c>
       <c r="C122" s="4">
-        <v>1.2499</v>
+        <v>1.3019</v>
       </c>
       <c r="D122" s="4">
-        <v>1.2475</v>
+        <v>1.2993</v>
       </c>
       <c r="E122" s="4">
-        <v>1.2487</v>
+        <v>1.3006</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="B123" s="5">
-        <v>45757</v>
+        <v>45807</v>
       </c>
       <c r="C123" s="4">
-        <v>1.2488</v>
+        <v>1.3009</v>
       </c>
       <c r="D123" s="4">
-        <v>1.2464</v>
+        <v>1.2983</v>
       </c>
       <c r="E123" s="4">
-        <v>1.2476</v>
+        <v>1.2996</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="B124" s="5">
-        <v>45756</v>
+        <v>45806</v>
       </c>
       <c r="C124" s="4">
-        <v>1.2388</v>
+        <v>1.2999</v>
       </c>
       <c r="D124" s="4">
-        <v>1.2364</v>
+        <v>1.2973</v>
       </c>
       <c r="E124" s="4">
-        <v>1.2376</v>
+        <v>1.2986</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="B125" s="5">
-        <v>45755</v>
+        <v>45805</v>
       </c>
       <c r="C125" s="4">
-        <v>1.2362</v>
+        <v>1.3012</v>
       </c>
       <c r="D125" s="4">
-        <v>1.2338</v>
+        <v>1.2986</v>
       </c>
       <c r="E125" s="4">
-        <v>1.235</v>
+        <v>1.2999</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="B126" s="5">
-        <v>45754</v>
+        <v>45804</v>
       </c>
       <c r="C126" s="4">
-        <v>1.252</v>
+        <v>1.295</v>
       </c>
       <c r="D126" s="4">
-        <v>1.2494</v>
+        <v>1.2924</v>
       </c>
       <c r="E126" s="4">
-        <v>1.2507</v>
+        <v>1.2937</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="B127" s="5">
-        <v>45751</v>
+        <v>45803</v>
       </c>
       <c r="C127" s="4">
-        <v>1.2651</v>
+        <v>1.2947</v>
       </c>
       <c r="D127" s="4">
-        <v>1.2625</v>
+        <v>1.2921</v>
       </c>
       <c r="E127" s="4">
-        <v>1.2638</v>
+        <v>1.2934</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="B128" s="5">
-        <v>45750</v>
+        <v>45800</v>
       </c>
       <c r="C128" s="4">
-        <v>1.2784</v>
+        <v>1.2967</v>
       </c>
       <c r="D128" s="4">
-        <v>1.2758</v>
+        <v>1.2941</v>
       </c>
       <c r="E128" s="4">
-        <v>1.2771</v>
+        <v>1.2954</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="B129" s="5">
-        <v>45749</v>
+        <v>45799</v>
       </c>
       <c r="C129" s="4">
-        <v>1.2773</v>
+        <v>1.2976</v>
       </c>
       <c r="D129" s="4">
-        <v>1.2747</v>
+        <v>1.295</v>
       </c>
       <c r="E129" s="4">
-        <v>1.276</v>
+        <v>1.2963</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="B130" s="5">
-        <v>45748</v>
+        <v>45798</v>
       </c>
       <c r="C130" s="4">
-        <v>1.2717</v>
+        <v>1.3019</v>
       </c>
       <c r="D130" s="4">
-        <v>1.2691</v>
+        <v>1.2993</v>
       </c>
       <c r="E130" s="4">
-        <v>1.2704</v>
+        <v>1.3006</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="B131" s="5">
-        <v>45747</v>
+        <v>45797</v>
       </c>
       <c r="C131" s="4">
-        <v>1.2778</v>
+        <v>1.299</v>
       </c>
       <c r="D131" s="4">
-        <v>1.2752</v>
+        <v>1.2964</v>
       </c>
       <c r="E131" s="4">
-        <v>1.2765</v>
+        <v>1.2977</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="B132" s="5">
-        <v>45744</v>
+        <v>45796</v>
       </c>
       <c r="C132" s="4">
-        <v>1.2817</v>
+        <v>1.301</v>
       </c>
       <c r="D132" s="4">
-        <v>1.2791</v>
+        <v>1.2984</v>
       </c>
       <c r="E132" s="4">
-        <v>1.2804</v>
+        <v>1.2997</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="B133" s="5">
-        <v>45743</v>
+        <v>45793</v>
       </c>
       <c r="C133" s="4">
-        <v>1.2837</v>
+        <v>1.2973</v>
       </c>
       <c r="D133" s="4">
-        <v>1.2811</v>
+        <v>1.2947</v>
       </c>
       <c r="E133" s="4">
-        <v>1.2824</v>
+        <v>1.296</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="B134" s="5">
-        <v>45742</v>
+        <v>45792</v>
       </c>
       <c r="C134" s="4">
-        <v>1.2846</v>
+        <v>1.2938</v>
       </c>
       <c r="D134" s="4">
-        <v>1.282</v>
+        <v>1.2912</v>
       </c>
       <c r="E134" s="4">
-        <v>1.2833</v>
+        <v>1.2925</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="B135" s="5">
-        <v>45741</v>
+        <v>45791</v>
       </c>
       <c r="C135" s="4">
-        <v>1.2843</v>
+        <v>1.2936</v>
       </c>
       <c r="D135" s="4">
-        <v>1.2817</v>
+        <v>1.291</v>
       </c>
       <c r="E135" s="4">
-        <v>1.283</v>
+        <v>1.2923</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="B136" s="5">
-        <v>45740</v>
+        <v>45790</v>
       </c>
       <c r="C136" s="4">
-        <v>1.282</v>
+        <v>1.2933</v>
       </c>
       <c r="D136" s="4">
-        <v>1.2794</v>
+        <v>1.2907</v>
       </c>
       <c r="E136" s="4">
-        <v>1.2807</v>
+        <v>1.292</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="B137" s="5">
-        <v>45737</v>
+        <v>45789</v>
       </c>
       <c r="C137" s="4">
-        <v>1.2822</v>
+        <v>1.2866</v>
       </c>
       <c r="D137" s="4">
-        <v>1.2796</v>
+        <v>1.284</v>
       </c>
       <c r="E137" s="4">
-        <v>1.2809</v>
+        <v>1.2853</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="B138" s="5">
-        <v>45736</v>
+        <v>45786</v>
       </c>
       <c r="C138" s="4">
-        <v>1.2795</v>
+        <v>1.2858</v>
       </c>
       <c r="D138" s="4">
-        <v>1.2769</v>
+        <v>1.2832</v>
       </c>
       <c r="E138" s="4">
-        <v>1.2782</v>
+        <v>1.2845</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="B139" s="5">
-        <v>45735</v>
+        <v>45785</v>
       </c>
       <c r="C139" s="4">
-        <v>1.2774</v>
+        <v>1.2827</v>
       </c>
       <c r="D139" s="4">
-        <v>1.2748</v>
+        <v>1.2801</v>
       </c>
       <c r="E139" s="4">
-        <v>1.2761</v>
+        <v>1.2814</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="B140" s="5">
-        <v>45734</v>
+        <v>45784</v>
       </c>
       <c r="C140" s="4">
+        <v>1.2805</v>
+      </c>
+      <c r="D140" s="4">
         <v>1.2779</v>
       </c>
-      <c r="D140" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E140" s="4">
-        <v>1.2766</v>
+        <v>1.2792</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="B141" s="5">
-        <v>45733</v>
+        <v>45783</v>
       </c>
       <c r="C141" s="4">
-        <v>1.2747</v>
+        <v>1.2817</v>
       </c>
       <c r="D141" s="4">
-        <v>1.2721</v>
+        <v>1.2791</v>
       </c>
       <c r="E141" s="4">
-        <v>1.2734</v>
+        <v>1.2804</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="B142" s="5">
-        <v>45730</v>
+        <v>45782</v>
       </c>
       <c r="C142" s="4">
-        <v>1.2687</v>
+        <v>1.2844</v>
       </c>
       <c r="D142" s="4">
-        <v>1.2661</v>
+        <v>1.2818</v>
       </c>
       <c r="E142" s="4">
-        <v>1.2674</v>
+        <v>1.2831</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="B143" s="5">
-        <v>45729</v>
+        <v>45779</v>
       </c>
       <c r="C143" s="4">
-        <v>1.2727</v>
+        <v>1.28</v>
       </c>
       <c r="D143" s="4">
-        <v>1.2701</v>
+        <v>1.2774</v>
       </c>
       <c r="E143" s="4">
-        <v>1.2714</v>
+        <v>1.2787</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="B144" s="5">
-        <v>45728</v>
+        <v>45778</v>
       </c>
       <c r="C144" s="4">
-        <v>1.2743</v>
+        <v>1.278</v>
       </c>
       <c r="D144" s="4">
-        <v>1.2717</v>
+        <v>1.2754</v>
       </c>
       <c r="E144" s="4">
-        <v>1.273</v>
+        <v>1.2767</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="B145" s="5">
-        <v>45727</v>
+        <v>45777</v>
       </c>
       <c r="C145" s="4">
-        <v>1.2837</v>
+        <v>1.2757</v>
       </c>
       <c r="D145" s="4">
-        <v>1.2811</v>
+        <v>1.2731</v>
       </c>
       <c r="E145" s="4">
-        <v>1.2824</v>
+        <v>1.2744</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="B146" s="5">
-        <v>45726</v>
+        <v>45776</v>
       </c>
       <c r="C146" s="4">
-        <v>1.2841</v>
+        <v>1.2712</v>
       </c>
       <c r="D146" s="4">
-        <v>1.2815</v>
+        <v>1.2686</v>
       </c>
       <c r="E146" s="4">
-        <v>1.2828</v>
+        <v>1.2699</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="B147" s="5">
-        <v>45723</v>
+        <v>45775</v>
       </c>
       <c r="C147" s="4">
-        <v>1.2855</v>
+        <v>1.2685</v>
       </c>
       <c r="D147" s="4">
-        <v>1.2829</v>
+        <v>1.2659</v>
       </c>
       <c r="E147" s="4">
-        <v>1.2842</v>
+        <v>1.2672</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="B148" s="5">
-        <v>45722</v>
+        <v>45771</v>
       </c>
       <c r="C148" s="4">
-        <v>1.2914</v>
+        <v>1.2628</v>
       </c>
       <c r="D148" s="4">
-        <v>1.2888</v>
+        <v>1.2602</v>
       </c>
       <c r="E148" s="4">
-        <v>1.2901</v>
+        <v>1.2615</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="B149" s="5">
-        <v>45721</v>
+        <v>45770</v>
       </c>
       <c r="C149" s="4">
-        <v>1.2915</v>
+        <v>1.2556</v>
       </c>
       <c r="D149" s="4">
-        <v>1.2889</v>
+        <v>1.253</v>
       </c>
       <c r="E149" s="4">
-        <v>1.2902</v>
+        <v>1.2543</v>
       </c>
     </row>
     <row r="150" spans="1:6">
-      <c r="B150" s="6">
-[...9 lines deleted...]
-        <v>1.2945</v>
+      <c r="B150" s="5">
+        <v>45769</v>
+      </c>
+      <c r="C150" s="4">
+        <v>1.2559</v>
+      </c>
+      <c r="D150" s="4">
+        <v>1.2533</v>
+      </c>
+      <c r="E150" s="4">
+        <v>1.2546</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="B151" s="5">
-        <v>45719</v>
+        <v>45764</v>
       </c>
       <c r="C151" s="4">
-        <v>1.2962</v>
+        <v>1.2534</v>
       </c>
       <c r="D151" s="4">
-        <v>1.2936</v>
+        <v>1.2508</v>
       </c>
       <c r="E151" s="4">
-        <v>1.2949</v>
+        <v>1.2521</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="B152" s="5">
-        <v>45716</v>
+        <v>45763</v>
       </c>
       <c r="C152" s="4">
-        <v>1.296</v>
+        <v>1.2568</v>
       </c>
       <c r="D152" s="4">
-        <v>1.2934</v>
+        <v>1.2542</v>
       </c>
       <c r="E152" s="4">
-        <v>1.2947</v>
+        <v>1.2555</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="B153" s="5">
-        <v>45715</v>
+        <v>45762</v>
       </c>
       <c r="C153" s="4">
-        <v>1.2968</v>
+        <v>1.2563</v>
       </c>
       <c r="D153" s="4">
-        <v>1.2942</v>
+        <v>1.2537</v>
       </c>
       <c r="E153" s="4">
-        <v>1.2955</v>
+        <v>1.255</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="B154" s="5">
-        <v>45714</v>
+        <v>45761</v>
       </c>
       <c r="C154" s="4">
-        <v>1.2951</v>
+        <v>1.2519</v>
       </c>
       <c r="D154" s="4">
-        <v>1.2925</v>
+        <v>1.2493</v>
       </c>
       <c r="E154" s="4">
-        <v>1.2938</v>
+        <v>1.2506</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="B155" s="5">
-        <v>45713</v>
+        <v>45758</v>
       </c>
       <c r="C155" s="4">
-        <v>1.2965</v>
+        <v>1.2499</v>
       </c>
       <c r="D155" s="4">
-        <v>1.2939</v>
+        <v>1.2475</v>
       </c>
       <c r="E155" s="4">
-        <v>1.2952</v>
+        <v>1.2487</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="B156" s="5">
-        <v>45712</v>
+        <v>45757</v>
       </c>
       <c r="C156" s="4">
-        <v>1.2975</v>
+        <v>1.2488</v>
       </c>
       <c r="D156" s="4">
-        <v>1.2949</v>
+        <v>1.2464</v>
       </c>
       <c r="E156" s="4">
-        <v>1.2962</v>
+        <v>1.2476</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="B157" s="5">
-        <v>45709</v>
+        <v>45756</v>
       </c>
       <c r="C157" s="4">
-        <v>1.3013</v>
+        <v>1.2388</v>
       </c>
       <c r="D157" s="4">
-        <v>1.2987</v>
+        <v>1.2364</v>
       </c>
       <c r="E157" s="4">
-        <v>1.3</v>
+        <v>1.2376</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="B158" s="5">
-        <v>45708</v>
+        <v>45755</v>
       </c>
       <c r="C158" s="4">
-        <v>1.3053</v>
+        <v>1.2362</v>
       </c>
       <c r="D158" s="4">
-        <v>1.3027</v>
+        <v>1.2338</v>
       </c>
       <c r="E158" s="4">
-        <v>1.304</v>
+        <v>1.235</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="B159" s="5">
-        <v>45707</v>
+        <v>45754</v>
       </c>
       <c r="C159" s="4">
-        <v>1.3069</v>
+        <v>1.252</v>
       </c>
       <c r="D159" s="4">
-        <v>1.3043</v>
+        <v>1.2494</v>
       </c>
       <c r="E159" s="4">
-        <v>1.3056</v>
+        <v>1.2507</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="B160" s="5">
-        <v>45706</v>
+        <v>45751</v>
       </c>
       <c r="C160" s="4">
-        <v>1.3072</v>
+        <v>1.2651</v>
       </c>
       <c r="D160" s="4">
-        <v>1.3046</v>
+        <v>1.2625</v>
       </c>
       <c r="E160" s="4">
-        <v>1.3059</v>
+        <v>1.2638</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="B161" s="5">
-        <v>45705</v>
+        <v>45750</v>
       </c>
       <c r="C161" s="4">
-        <v>1.3069</v>
+        <v>1.2784</v>
       </c>
       <c r="D161" s="4">
-        <v>1.3043</v>
+        <v>1.2758</v>
       </c>
       <c r="E161" s="4">
-        <v>1.3056</v>
+        <v>1.2771</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="B162" s="5">
-        <v>45702</v>
+        <v>45749</v>
       </c>
       <c r="C162" s="4">
-        <v>1.3076</v>
+        <v>1.2773</v>
       </c>
       <c r="D162" s="4">
-        <v>1.305</v>
+        <v>1.2747</v>
       </c>
       <c r="E162" s="4">
-        <v>1.3063</v>
+        <v>1.276</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="B163" s="5">
-        <v>45701</v>
+        <v>45748</v>
       </c>
       <c r="C163" s="4">
-        <v>1.3061</v>
+        <v>1.2717</v>
       </c>
       <c r="D163" s="4">
-        <v>1.3035</v>
+        <v>1.2691</v>
       </c>
       <c r="E163" s="4">
-        <v>1.3048</v>
+        <v>1.2704</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="B164" s="5">
-        <v>45700</v>
+        <v>45747</v>
       </c>
       <c r="C164" s="4">
-        <v>1.3062</v>
+        <v>1.2778</v>
       </c>
       <c r="D164" s="4">
-        <v>1.3036</v>
+        <v>1.2752</v>
       </c>
       <c r="E164" s="4">
-        <v>1.3049</v>
+        <v>1.2765</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="B165" s="5">
-        <v>45699</v>
+        <v>45744</v>
       </c>
       <c r="C165" s="4">
-        <v>1.3061</v>
+        <v>1.2817</v>
       </c>
       <c r="D165" s="4">
-        <v>1.3035</v>
+        <v>1.2791</v>
       </c>
       <c r="E165" s="4">
-        <v>1.3048</v>
+        <v>1.2804</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="B166" s="5">
-        <v>45698</v>
+        <v>45743</v>
       </c>
       <c r="C166" s="4">
-        <v>1.3057</v>
+        <v>1.2837</v>
       </c>
       <c r="D166" s="4">
-        <v>1.3031</v>
+        <v>1.2811</v>
       </c>
       <c r="E166" s="4">
-        <v>1.3044</v>
+        <v>1.2824</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="B167" s="5">
-        <v>45695</v>
+        <v>45742</v>
       </c>
       <c r="C167" s="4">
-        <v>1.3079</v>
+        <v>1.2846</v>
       </c>
       <c r="D167" s="4">
-        <v>1.3053</v>
+        <v>1.282</v>
       </c>
       <c r="E167" s="4">
-        <v>1.3066</v>
+        <v>1.2833</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="B168" s="5">
-        <v>45694</v>
+        <v>45741</v>
       </c>
       <c r="C168" s="4">
-        <v>1.3042</v>
+        <v>1.2843</v>
       </c>
       <c r="D168" s="4">
-        <v>1.3016</v>
+        <v>1.2817</v>
       </c>
       <c r="E168" s="4">
-        <v>1.3029</v>
+        <v>1.283</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="B169" s="5">
-        <v>45693</v>
+        <v>45740</v>
       </c>
       <c r="C169" s="4">
-        <v>1.3025</v>
+        <v>1.282</v>
       </c>
       <c r="D169" s="4">
-        <v>1.2999</v>
+        <v>1.2794</v>
       </c>
       <c r="E169" s="4">
-        <v>1.3012</v>
+        <v>1.2807</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="B170" s="5">
-        <v>45692</v>
+        <v>45737</v>
       </c>
       <c r="C170" s="4">
-        <v>1.3023</v>
+        <v>1.2822</v>
       </c>
       <c r="D170" s="4">
-        <v>1.2997</v>
+        <v>1.2796</v>
       </c>
       <c r="E170" s="4">
-        <v>1.301</v>
+        <v>1.2809</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="B171" s="5">
-        <v>45691</v>
+        <v>45736</v>
       </c>
       <c r="C171" s="4">
-        <v>1.3084</v>
+        <v>1.2795</v>
       </c>
       <c r="D171" s="4">
-        <v>1.3058</v>
+        <v>1.2769</v>
       </c>
       <c r="E171" s="4">
-        <v>1.3071</v>
+        <v>1.2782</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="B172" s="5">
-        <v>45688</v>
+        <v>45735</v>
       </c>
       <c r="C172" s="4">
-        <v>1.3087</v>
+        <v>1.2774</v>
       </c>
       <c r="D172" s="4">
-        <v>1.3061</v>
+        <v>1.2748</v>
       </c>
       <c r="E172" s="4">
-        <v>1.3074</v>
+        <v>1.2761</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="B173" s="5">
-        <v>45687</v>
+        <v>45734</v>
       </c>
       <c r="C173" s="4">
-        <v>1.3088</v>
+        <v>1.2779</v>
       </c>
       <c r="D173" s="4">
-        <v>1.3062</v>
+        <v>1.2753</v>
       </c>
       <c r="E173" s="4">
-        <v>1.3075</v>
+        <v>1.2766</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="B174" s="5">
-        <v>45686</v>
+        <v>45733</v>
       </c>
       <c r="C174" s="4">
-        <v>1.3152</v>
+        <v>1.2747</v>
       </c>
       <c r="D174" s="4">
-        <v>1.3126</v>
+        <v>1.2721</v>
       </c>
       <c r="E174" s="4">
-        <v>1.3139</v>
+        <v>1.2734</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="B175" s="5">
-        <v>45685</v>
+        <v>45730</v>
       </c>
       <c r="C175" s="4">
-        <v>1.3134</v>
+        <v>1.2687</v>
       </c>
       <c r="D175" s="4">
-        <v>1.3108</v>
+        <v>1.2661</v>
       </c>
       <c r="E175" s="4">
-        <v>1.3121</v>
+        <v>1.2674</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="B176" s="5">
-        <v>45681</v>
+        <v>45729</v>
       </c>
       <c r="C176" s="4">
-        <v>1.3149</v>
+        <v>1.2727</v>
       </c>
       <c r="D176" s="4">
-        <v>1.3123</v>
+        <v>1.2701</v>
       </c>
       <c r="E176" s="4">
-        <v>1.3136</v>
+        <v>1.2714</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="B177" s="5">
-        <v>45680</v>
+        <v>45728</v>
       </c>
       <c r="C177" s="4">
-        <v>1.3148</v>
+        <v>1.2743</v>
       </c>
       <c r="D177" s="4">
-        <v>1.3122</v>
+        <v>1.2717</v>
       </c>
       <c r="E177" s="4">
-        <v>1.3135</v>
+        <v>1.273</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="B178" s="5">
-        <v>45679</v>
+        <v>45727</v>
       </c>
       <c r="C178" s="4">
-        <v>1.3129</v>
+        <v>1.2837</v>
       </c>
       <c r="D178" s="4">
-        <v>1.3103</v>
+        <v>1.2811</v>
       </c>
       <c r="E178" s="4">
-        <v>1.3116</v>
+        <v>1.2824</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="B179" s="5">
-        <v>45678</v>
+        <v>45726</v>
       </c>
       <c r="C179" s="4">
-        <v>1.3074</v>
+        <v>1.2841</v>
       </c>
       <c r="D179" s="4">
-        <v>1.3048</v>
+        <v>1.2815</v>
       </c>
       <c r="E179" s="4">
-        <v>1.3061</v>
+        <v>1.2828</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="B180" s="5">
-        <v>45677</v>
+        <v>45723</v>
       </c>
       <c r="C180" s="4">
-        <v>1.3064</v>
+        <v>1.2855</v>
       </c>
       <c r="D180" s="4">
-        <v>1.3038</v>
+        <v>1.2829</v>
       </c>
       <c r="E180" s="4">
-        <v>1.3051</v>
+        <v>1.2842</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="B181" s="5">
-        <v>45674</v>
+        <v>45722</v>
       </c>
       <c r="C181" s="4">
-        <v>1.3044</v>
+        <v>1.2914</v>
       </c>
       <c r="D181" s="4">
-        <v>1.3018</v>
+        <v>1.2888</v>
       </c>
       <c r="E181" s="4">
-        <v>1.3031</v>
+        <v>1.2901</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="B182" s="5">
-        <v>45673</v>
+        <v>45721</v>
       </c>
       <c r="C182" s="4">
-        <v>1.2996</v>
+        <v>1.2915</v>
       </c>
       <c r="D182" s="4">
-        <v>1.297</v>
+        <v>1.2889</v>
       </c>
       <c r="E182" s="4">
-        <v>1.2983</v>
+        <v>1.2902</v>
       </c>
     </row>
     <row r="183" spans="1:6">
-      <c r="B183" s="5">
-[...9 lines deleted...]
-        <v>1.2946</v>
+      <c r="B183" s="6">
+        <v>45720</v>
+      </c>
+      <c r="C183" s="8">
+        <v>1.2958</v>
+      </c>
+      <c r="D183" s="8">
+        <v>1.2932</v>
+      </c>
+      <c r="E183" s="8">
+        <v>1.2945</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="B184" s="5">
-        <v>45671</v>
+        <v>45719</v>
       </c>
       <c r="C184" s="4">
-        <v>1.2946</v>
+        <v>1.2962</v>
       </c>
       <c r="D184" s="4">
-        <v>1.292</v>
+        <v>1.2936</v>
       </c>
       <c r="E184" s="4">
-        <v>1.2933</v>
+        <v>1.2949</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="B185" s="5">
-        <v>45670</v>
+        <v>45716</v>
       </c>
       <c r="C185" s="4">
-        <v>1.2983</v>
+        <v>1.296</v>
       </c>
       <c r="D185" s="4">
-        <v>1.2957</v>
+        <v>1.2934</v>
       </c>
       <c r="E185" s="4">
-        <v>1.297</v>
+        <v>1.2947</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="B186" s="5">
-        <v>45667</v>
+        <v>45715</v>
       </c>
       <c r="C186" s="4">
-        <v>1.3034</v>
+        <v>1.2968</v>
       </c>
       <c r="D186" s="4">
-        <v>1.3008</v>
+        <v>1.2942</v>
       </c>
       <c r="E186" s="4">
-        <v>1.3021</v>
+        <v>1.2955</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="B187" s="5">
-        <v>45666</v>
+        <v>45714</v>
       </c>
       <c r="C187" s="4">
-        <v>1.3037</v>
+        <v>1.2951</v>
       </c>
       <c r="D187" s="4">
-        <v>1.3011</v>
+        <v>1.2925</v>
       </c>
       <c r="E187" s="4">
-        <v>1.3024</v>
+        <v>1.2938</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="B188" s="5">
-        <v>45665</v>
+        <v>45713</v>
       </c>
       <c r="C188" s="4">
-        <v>1.3021</v>
+        <v>1.2965</v>
       </c>
       <c r="D188" s="4">
-        <v>1.2995</v>
+        <v>1.2939</v>
       </c>
       <c r="E188" s="4">
-        <v>1.3008</v>
+        <v>1.2952</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="B189" s="5">
-        <v>45664</v>
+        <v>45712</v>
       </c>
       <c r="C189" s="4">
-        <v>1.3028</v>
+        <v>1.2975</v>
       </c>
       <c r="D189" s="4">
-        <v>1.3002</v>
+        <v>1.2949</v>
       </c>
       <c r="E189" s="4">
-        <v>1.3015</v>
+        <v>1.2962</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="B190" s="5">
-        <v>45663</v>
+        <v>45709</v>
       </c>
       <c r="C190" s="4">
-        <v>1.3024</v>
+        <v>1.3013</v>
       </c>
       <c r="D190" s="4">
-        <v>1.2998</v>
+        <v>1.2987</v>
       </c>
       <c r="E190" s="4">
-        <v>1.3011</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="B191" s="5">
-        <v>45660</v>
+        <v>45708</v>
       </c>
       <c r="C191" s="4">
-        <v>1.2989</v>
+        <v>1.3053</v>
       </c>
       <c r="D191" s="4">
-        <v>1.2963</v>
+        <v>1.3027</v>
       </c>
       <c r="E191" s="4">
-        <v>1.2976</v>
+        <v>1.304</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="B192" s="5">
-        <v>45659</v>
+        <v>45707</v>
       </c>
       <c r="C192" s="4">
-        <v>1.2991</v>
+        <v>1.3069</v>
       </c>
       <c r="D192" s="4">
-        <v>1.2965</v>
+        <v>1.3043</v>
       </c>
       <c r="E192" s="4">
-        <v>1.2978</v>
+        <v>1.3056</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="B193" s="5">
-        <v>45657</v>
+        <v>45706</v>
       </c>
       <c r="C193" s="4">
-        <v>1.3005</v>
+        <v>1.3072</v>
       </c>
       <c r="D193" s="4">
-        <v>1.2979</v>
+        <v>1.3046</v>
       </c>
       <c r="E193" s="4">
-        <v>1.2992</v>
+        <v>1.3059</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="B194" s="5">
-        <v>45656</v>
+        <v>45705</v>
       </c>
       <c r="C194" s="4">
-        <v>1.3034</v>
+        <v>1.3069</v>
       </c>
       <c r="D194" s="4">
-        <v>1.3008</v>
+        <v>1.3043</v>
       </c>
       <c r="E194" s="4">
-        <v>1.3021</v>
+        <v>1.3056</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="B195" s="5">
-        <v>45653</v>
+        <v>45702</v>
       </c>
       <c r="C195" s="4">
-        <v>1.3033</v>
+        <v>1.3076</v>
       </c>
       <c r="D195" s="4">
-        <v>1.3007</v>
+        <v>1.305</v>
       </c>
       <c r="E195" s="4">
-        <v>1.302</v>
+        <v>1.3063</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="B196" s="5">
-        <v>45650</v>
+        <v>45701</v>
       </c>
       <c r="C196" s="4">
-        <v>1.3005</v>
+        <v>1.3061</v>
       </c>
       <c r="D196" s="4">
-        <v>1.2979</v>
+        <v>1.3035</v>
       </c>
       <c r="E196" s="4">
-        <v>1.2992</v>
+        <v>1.3048</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="B197" s="5">
-        <v>45649</v>
+        <v>45700</v>
       </c>
       <c r="C197" s="4">
-        <v>1.2952</v>
+        <v>1.3062</v>
       </c>
       <c r="D197" s="4">
-        <v>1.2926</v>
+        <v>1.3036</v>
       </c>
       <c r="E197" s="4">
-        <v>1.2939</v>
+        <v>1.3049</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="B198" s="5">
-        <v>45646</v>
+        <v>45699</v>
       </c>
       <c r="C198" s="4">
-        <v>1.295</v>
+        <v>1.3061</v>
       </c>
       <c r="D198" s="4">
-        <v>1.2924</v>
+        <v>1.3035</v>
       </c>
       <c r="E198" s="4">
-        <v>1.2937</v>
+        <v>1.3048</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="B199" s="5">
-        <v>45645</v>
+        <v>45698</v>
       </c>
       <c r="C199" s="4">
-        <v>1.3</v>
+        <v>1.3057</v>
       </c>
       <c r="D199" s="4">
-        <v>1.2974</v>
+        <v>1.3031</v>
       </c>
       <c r="E199" s="4">
-        <v>1.2987</v>
+        <v>1.3044</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="B200" s="5">
-        <v>45644</v>
+        <v>45695</v>
       </c>
       <c r="C200" s="4">
-        <v>1.3058</v>
+        <v>1.3079</v>
       </c>
       <c r="D200" s="4">
-        <v>1.3032</v>
+        <v>1.3053</v>
       </c>
       <c r="E200" s="4">
-        <v>1.3045</v>
+        <v>1.3066</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="B201" s="5">
-        <v>45643</v>
+        <v>45694</v>
       </c>
       <c r="C201" s="4">
-        <v>1.3047</v>
+        <v>1.3042</v>
       </c>
       <c r="D201" s="4">
-        <v>1.3021</v>
+        <v>1.3016</v>
       </c>
       <c r="E201" s="4">
-        <v>1.3034</v>
+        <v>1.3029</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="B202" s="5">
-        <v>45642</v>
+        <v>45693</v>
       </c>
       <c r="C202" s="4">
-        <v>1.3069</v>
+        <v>1.3025</v>
       </c>
       <c r="D202" s="4">
-        <v>1.3043</v>
+        <v>1.2999</v>
       </c>
       <c r="E202" s="4">
-        <v>1.3056</v>
+        <v>1.3012</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="B203" s="5">
-        <v>45639</v>
+        <v>45692</v>
       </c>
       <c r="C203" s="4">
-        <v>1.3088</v>
+        <v>1.3023</v>
       </c>
       <c r="D203" s="4">
-        <v>1.3062</v>
+        <v>1.2997</v>
       </c>
       <c r="E203" s="4">
-        <v>1.3075</v>
+        <v>1.301</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="B204" s="5">
-        <v>45638</v>
+        <v>45691</v>
       </c>
       <c r="C204" s="4">
-        <v>1.3121</v>
+        <v>1.3084</v>
       </c>
       <c r="D204" s="4">
-        <v>1.3095</v>
+        <v>1.3058</v>
       </c>
       <c r="E204" s="4">
-        <v>1.3108</v>
+        <v>1.3071</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="B205" s="5">
-        <v>45637</v>
+        <v>45688</v>
       </c>
       <c r="C205" s="4">
-        <v>1.3117</v>
+        <v>1.3087</v>
       </c>
       <c r="D205" s="4">
-        <v>1.3091</v>
+        <v>1.3061</v>
       </c>
       <c r="E205" s="4">
-        <v>1.3104</v>
+        <v>1.3074</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="B206" s="5">
-        <v>45636</v>
+        <v>45687</v>
       </c>
       <c r="C206" s="4">
-        <v>1.3103</v>
+        <v>1.3088</v>
       </c>
       <c r="D206" s="4">
-        <v>1.3077</v>
+        <v>1.3062</v>
       </c>
       <c r="E206" s="4">
-        <v>1.309</v>
+        <v>1.3075</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="B207" s="5">
-        <v>45635</v>
+        <v>45686</v>
       </c>
       <c r="C207" s="4">
-        <v>1.314</v>
+        <v>1.3152</v>
       </c>
       <c r="D207" s="4">
-        <v>1.3114</v>
+        <v>1.3126</v>
       </c>
       <c r="E207" s="4">
-        <v>1.3127</v>
+        <v>1.3139</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="B208" s="5">
-        <v>45632</v>
+        <v>45685</v>
       </c>
       <c r="C208" s="4">
-        <v>1.3138</v>
+        <v>1.3134</v>
       </c>
       <c r="D208" s="4">
-        <v>1.3112</v>
+        <v>1.3108</v>
       </c>
       <c r="E208" s="4">
-        <v>1.3125</v>
+        <v>1.3121</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="B209" s="5">
-        <v>45631</v>
+        <v>45681</v>
       </c>
       <c r="C209" s="4">
-        <v>1.3141</v>
+        <v>1.3149</v>
       </c>
       <c r="D209" s="4">
-        <v>1.3115</v>
+        <v>1.3123</v>
       </c>
       <c r="E209" s="4">
-        <v>1.3128</v>
+        <v>1.3136</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="B210" s="5">
-        <v>45630</v>
+        <v>45680</v>
       </c>
       <c r="C210" s="4">
-        <v>1.3114</v>
+        <v>1.3148</v>
       </c>
       <c r="D210" s="4">
-        <v>1.3088</v>
+        <v>1.3122</v>
       </c>
       <c r="E210" s="4">
-        <v>1.3101</v>
+        <v>1.3135</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="B211" s="5">
-        <v>45629</v>
+        <v>45679</v>
       </c>
       <c r="C211" s="4">
-        <v>1.3096</v>
+        <v>1.3129</v>
       </c>
       <c r="D211" s="4">
-        <v>1.307</v>
+        <v>1.3103</v>
       </c>
       <c r="E211" s="4">
-        <v>1.3083</v>
+        <v>1.3116</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="B212" s="5">
-        <v>45628</v>
+        <v>45678</v>
       </c>
       <c r="C212" s="4">
-        <v>1.3071</v>
+        <v>1.3074</v>
       </c>
       <c r="D212" s="4">
-        <v>1.3045</v>
+        <v>1.3048</v>
       </c>
       <c r="E212" s="4">
-        <v>1.3058</v>
+        <v>1.3061</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="B213" s="5">
-        <v>45625</v>
+        <v>45677</v>
       </c>
       <c r="C213" s="4">
         <v>1.3064</v>
       </c>
       <c r="D213" s="4">
         <v>1.3038</v>
       </c>
       <c r="E213" s="4">
         <v>1.3051</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="B214" s="5">
-        <v>45624</v>
+        <v>45674</v>
       </c>
       <c r="C214" s="4">
-        <v>1.3055</v>
+        <v>1.3044</v>
       </c>
       <c r="D214" s="4">
-        <v>1.3029</v>
+        <v>1.3018</v>
       </c>
       <c r="E214" s="4">
-        <v>1.3042</v>
+        <v>1.3031</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="B215" s="5">
-        <v>45623</v>
+        <v>45673</v>
       </c>
       <c r="C215" s="4">
-        <v>1.3052</v>
+        <v>1.2996</v>
       </c>
       <c r="D215" s="4">
-        <v>1.3026</v>
+        <v>1.297</v>
       </c>
       <c r="E215" s="4">
-        <v>1.3039</v>
+        <v>1.2983</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="B216" s="5">
-        <v>45622</v>
+        <v>45672</v>
       </c>
       <c r="C216" s="4">
-        <v>1.3044</v>
+        <v>1.2959</v>
       </c>
       <c r="D216" s="4">
-        <v>1.3018</v>
+        <v>1.2933</v>
       </c>
       <c r="E216" s="4">
-        <v>1.3031</v>
+        <v>1.2946</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="B217" s="5">
-        <v>45621</v>
+        <v>45671</v>
       </c>
       <c r="C217" s="4">
-        <v>1.3018</v>
+        <v>1.2946</v>
       </c>
       <c r="D217" s="4">
-        <v>1.2992</v>
+        <v>1.292</v>
       </c>
       <c r="E217" s="4">
-        <v>1.3005</v>
+        <v>1.2933</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="B218" s="5">
-        <v>45618</v>
+        <v>45670</v>
       </c>
       <c r="C218" s="4">
-        <v>1.2981</v>
+        <v>1.2983</v>
       </c>
       <c r="D218" s="4">
-        <v>1.2955</v>
+        <v>1.2957</v>
       </c>
       <c r="E218" s="4">
-        <v>1.2968</v>
+        <v>1.297</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="B219" s="5">
-        <v>45617</v>
+        <v>45667</v>
       </c>
       <c r="C219" s="4">
-        <v>1.2977</v>
+        <v>1.3034</v>
       </c>
       <c r="D219" s="4">
-        <v>1.2951</v>
+        <v>1.3008</v>
       </c>
       <c r="E219" s="4">
-        <v>1.2964</v>
+        <v>1.3021</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="B220" s="5">
-        <v>45616</v>
+        <v>45666</v>
       </c>
       <c r="C220" s="4">
-        <v>1.2982</v>
+        <v>1.3037</v>
       </c>
       <c r="D220" s="4">
-        <v>1.2956</v>
+        <v>1.3011</v>
       </c>
       <c r="E220" s="4">
-        <v>1.2969</v>
+        <v>1.3024</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="B221" s="5">
-        <v>45615</v>
+        <v>45665</v>
       </c>
       <c r="C221" s="4">
-        <v>1.296</v>
+        <v>1.3021</v>
       </c>
       <c r="D221" s="4">
-        <v>1.2934</v>
+        <v>1.2995</v>
       </c>
       <c r="E221" s="4">
-        <v>1.2947</v>
+        <v>1.3008</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="B222" s="5">
-        <v>45614</v>
+        <v>45664</v>
       </c>
       <c r="C222" s="4">
-        <v>1.2953</v>
+        <v>1.3028</v>
       </c>
       <c r="D222" s="4">
-        <v>1.2927</v>
+        <v>1.3002</v>
       </c>
       <c r="E222" s="4">
-        <v>1.294</v>
+        <v>1.3015</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="B223" s="5">
-        <v>45611</v>
+        <v>45663</v>
       </c>
       <c r="C223" s="4">
-        <v>1.2962</v>
+        <v>1.3024</v>
       </c>
       <c r="D223" s="4">
-        <v>1.2936</v>
+        <v>1.2998</v>
       </c>
       <c r="E223" s="4">
-        <v>1.2949</v>
+        <v>1.3011</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="B224" s="5">
-        <v>45610</v>
+        <v>45660</v>
       </c>
       <c r="C224" s="4">
-        <v>1.296</v>
+        <v>1.2989</v>
       </c>
       <c r="D224" s="4">
-        <v>1.2934</v>
+        <v>1.2963</v>
       </c>
       <c r="E224" s="4">
-        <v>1.2947</v>
+        <v>1.2976</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="B225" s="5">
-        <v>45609</v>
+        <v>45659</v>
       </c>
       <c r="C225" s="4">
-        <v>1.2971</v>
+        <v>1.2991</v>
       </c>
       <c r="D225" s="4">
-        <v>1.2945</v>
+        <v>1.2965</v>
       </c>
       <c r="E225" s="4">
-        <v>1.2958</v>
+        <v>1.2978</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="B226" s="5">
-        <v>45608</v>
+        <v>45657</v>
       </c>
       <c r="C226" s="4">
-        <v>1.2975</v>
+        <v>1.3005</v>
       </c>
       <c r="D226" s="4">
-        <v>1.2949</v>
+        <v>1.2979</v>
       </c>
       <c r="E226" s="4">
-        <v>1.2962</v>
+        <v>1.2992</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="B227" s="5">
-        <v>45607</v>
+        <v>45656</v>
       </c>
       <c r="C227" s="4">
-        <v>1.2962</v>
+        <v>1.3034</v>
       </c>
       <c r="D227" s="4">
-        <v>1.2936</v>
+        <v>1.3008</v>
       </c>
       <c r="E227" s="4">
-        <v>1.2949</v>
+        <v>1.3021</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="B228" s="5">
-        <v>45604</v>
+        <v>45653</v>
       </c>
       <c r="C228" s="4">
-        <v>1.2918</v>
+        <v>1.3033</v>
       </c>
       <c r="D228" s="4">
-        <v>1.2892</v>
+        <v>1.3007</v>
       </c>
       <c r="E228" s="4">
-        <v>1.2905</v>
+        <v>1.302</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="B229" s="5">
-        <v>45603</v>
+        <v>45650</v>
       </c>
       <c r="C229" s="4">
-        <v>1.2917</v>
+        <v>1.3005</v>
       </c>
       <c r="D229" s="4">
-        <v>1.2891</v>
+        <v>1.2979</v>
       </c>
       <c r="E229" s="4">
-        <v>1.2904</v>
+        <v>1.2992</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="B230" s="5">
-        <v>45602</v>
+        <v>45649</v>
       </c>
       <c r="C230" s="4">
-        <v>1.2831</v>
+        <v>1.2952</v>
       </c>
       <c r="D230" s="4">
-        <v>1.2805</v>
+        <v>1.2926</v>
       </c>
       <c r="E230" s="4">
-        <v>1.2818</v>
+        <v>1.2939</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="B231" s="5">
-        <v>45601</v>
+        <v>45646</v>
       </c>
       <c r="C231" s="4">
-        <v>1.2824</v>
+        <v>1.295</v>
       </c>
       <c r="D231" s="4">
-        <v>1.2798</v>
+        <v>1.2924</v>
       </c>
       <c r="E231" s="4">
-        <v>1.2811</v>
+        <v>1.2937</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="B232" s="5">
-        <v>45600</v>
+        <v>45645</v>
       </c>
       <c r="C232" s="4">
-        <v>1.2813</v>
+        <v>1.3</v>
       </c>
       <c r="D232" s="4">
-        <v>1.2787</v>
+        <v>1.2974</v>
       </c>
       <c r="E232" s="4">
-        <v>1.28</v>
+        <v>1.2987</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="B233" s="5">
-        <v>45597</v>
+        <v>45644</v>
       </c>
       <c r="C233" s="4">
-        <v>1.2824</v>
+        <v>1.3058</v>
       </c>
       <c r="D233" s="4">
-        <v>1.2798</v>
+        <v>1.3032</v>
       </c>
       <c r="E233" s="4">
-        <v>1.2811</v>
+        <v>1.3045</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="B234" s="5">
-        <v>45596</v>
+        <v>45643</v>
       </c>
       <c r="C234" s="4">
-        <v>1.2865</v>
+        <v>1.3047</v>
       </c>
       <c r="D234" s="4">
-        <v>1.2839</v>
+        <v>1.3021</v>
       </c>
       <c r="E234" s="4">
-        <v>1.2852</v>
+        <v>1.3034</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="B235" s="5">
-        <v>45595</v>
+        <v>45642</v>
       </c>
       <c r="C235" s="4">
-        <v>1.2893</v>
+        <v>1.3069</v>
       </c>
       <c r="D235" s="4">
-        <v>1.2867</v>
+        <v>1.3043</v>
       </c>
       <c r="E235" s="4">
-        <v>1.288</v>
+        <v>1.3056</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="B236" s="5">
-        <v>45594</v>
+        <v>45639</v>
       </c>
       <c r="C236" s="4">
-        <v>1.2882</v>
+        <v>1.3088</v>
       </c>
       <c r="D236" s="4">
-        <v>1.2856</v>
+        <v>1.3062</v>
       </c>
       <c r="E236" s="4">
-        <v>1.2869</v>
+        <v>1.3075</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="B237" s="5">
-        <v>45593</v>
+        <v>45638</v>
       </c>
       <c r="C237" s="4">
-        <v>1.2855</v>
+        <v>1.3121</v>
       </c>
       <c r="D237" s="4">
-        <v>1.2829</v>
+        <v>1.3095</v>
       </c>
       <c r="E237" s="4">
-        <v>1.2842</v>
+        <v>1.3108</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="B238" s="5">
-        <v>45590</v>
+        <v>45637</v>
       </c>
       <c r="C238" s="4">
-        <v>1.2858</v>
+        <v>1.3117</v>
       </c>
       <c r="D238" s="4">
-        <v>1.2832</v>
+        <v>1.3091</v>
       </c>
       <c r="E238" s="4">
-        <v>1.2845</v>
+        <v>1.3104</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="B239" s="5">
-        <v>45589</v>
+        <v>45636</v>
       </c>
       <c r="C239" s="4">
-        <v>1.2864</v>
+        <v>1.3103</v>
       </c>
       <c r="D239" s="4">
-        <v>1.2838</v>
+        <v>1.3077</v>
       </c>
       <c r="E239" s="4">
-        <v>1.2851</v>
+        <v>1.309</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="B240" s="5">
-        <v>45588</v>
+        <v>45635</v>
       </c>
       <c r="C240" s="4">
-        <v>1.2868</v>
+        <v>1.314</v>
       </c>
       <c r="D240" s="4">
-        <v>1.2842</v>
+        <v>1.3114</v>
       </c>
       <c r="E240" s="4">
-        <v>1.2855</v>
+        <v>1.3127</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="B241" s="5">
-        <v>45587</v>
+        <v>45632</v>
       </c>
       <c r="C241" s="4">
-        <v>1.2919</v>
+        <v>1.3138</v>
       </c>
       <c r="D241" s="4">
-        <v>1.2893</v>
+        <v>1.3112</v>
       </c>
       <c r="E241" s="4">
-        <v>1.2906</v>
+        <v>1.3125</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="B242" s="5">
-        <v>45586</v>
+        <v>45631</v>
       </c>
       <c r="C242" s="4">
-        <v>1.2921</v>
+        <v>1.3141</v>
       </c>
       <c r="D242" s="4">
-        <v>1.2895</v>
+        <v>1.3115</v>
       </c>
       <c r="E242" s="4">
-        <v>1.2908</v>
+        <v>1.3128</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="B243" s="5">
-        <v>45583</v>
+        <v>45630</v>
       </c>
       <c r="C243" s="4">
-        <v>1.2928</v>
+        <v>1.3114</v>
       </c>
       <c r="D243" s="4">
-        <v>1.2902</v>
+        <v>1.3088</v>
       </c>
       <c r="E243" s="4">
-        <v>1.2915</v>
+        <v>1.3101</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="B244" s="5">
-        <v>45582</v>
+        <v>45629</v>
       </c>
       <c r="C244" s="4">
-        <v>1.2921</v>
+        <v>1.3096</v>
       </c>
       <c r="D244" s="4">
-        <v>1.2895</v>
+        <v>1.307</v>
       </c>
       <c r="E244" s="4">
-        <v>1.2908</v>
+        <v>1.3083</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="B245" s="5">
-        <v>45581</v>
+        <v>45628</v>
       </c>
       <c r="C245" s="4">
-        <v>1.291</v>
+        <v>1.3071</v>
       </c>
       <c r="D245" s="4">
-        <v>1.2884</v>
+        <v>1.3045</v>
       </c>
       <c r="E245" s="4">
-        <v>1.2897</v>
+        <v>1.3058</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="B246" s="5">
-        <v>45580</v>
+        <v>45625</v>
       </c>
       <c r="C246" s="4">
-        <v>1.2907</v>
+        <v>1.3064</v>
       </c>
       <c r="D246" s="4">
-        <v>1.2881</v>
+        <v>1.3038</v>
       </c>
       <c r="E246" s="4">
-        <v>1.2894</v>
+        <v>1.3051</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="B247" s="5">
-        <v>45579</v>
+        <v>45624</v>
       </c>
       <c r="C247" s="4">
-        <v>1.2875</v>
+        <v>1.3055</v>
       </c>
       <c r="D247" s="4">
-        <v>1.2849</v>
+        <v>1.3029</v>
       </c>
       <c r="E247" s="4">
-        <v>1.2862</v>
+        <v>1.3042</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="B248" s="5">
-        <v>45576</v>
+        <v>45623</v>
       </c>
       <c r="C248" s="4">
-        <v>1.286</v>
+        <v>1.3052</v>
       </c>
       <c r="D248" s="4">
-        <v>1.2834</v>
+        <v>1.3026</v>
       </c>
       <c r="E248" s="4">
-        <v>1.2847</v>
+        <v>1.3039</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="B249" s="5">
-        <v>45575</v>
+        <v>45622</v>
       </c>
       <c r="C249" s="4">
-        <v>1.2855</v>
+        <v>1.3044</v>
       </c>
       <c r="D249" s="4">
-        <v>1.2829</v>
+        <v>1.3018</v>
       </c>
       <c r="E249" s="4">
-        <v>1.2842</v>
+        <v>1.3031</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="B250" s="5">
-        <v>45574</v>
+        <v>45621</v>
       </c>
       <c r="C250" s="4">
-        <v>1.2834</v>
+        <v>1.3018</v>
       </c>
       <c r="D250" s="4">
-        <v>1.2808</v>
+        <v>1.2992</v>
       </c>
       <c r="E250" s="4">
-        <v>1.2821</v>
+        <v>1.3005</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="B251" s="5">
-        <v>45573</v>
+        <v>45618</v>
       </c>
       <c r="C251" s="4">
-        <v>1.2828</v>
+        <v>1.2981</v>
       </c>
       <c r="D251" s="4">
-        <v>1.2802</v>
+        <v>1.2955</v>
       </c>
       <c r="E251" s="4">
-        <v>1.2815</v>
+        <v>1.2968</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="B252" s="5">
-        <v>45569</v>
+        <v>45617</v>
       </c>
       <c r="C252" s="4">
-        <v>1.2814</v>
+        <v>1.2977</v>
       </c>
       <c r="D252" s="4">
-        <v>1.2788</v>
+        <v>1.2951</v>
       </c>
       <c r="E252" s="4">
-        <v>1.2801</v>
+        <v>1.2964</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="B253" s="5">
-        <v>45568</v>
+        <v>45616</v>
       </c>
       <c r="C253" s="4">
-        <v>1.2823</v>
+        <v>1.2982</v>
       </c>
       <c r="D253" s="4">
-        <v>1.2797</v>
+        <v>1.2956</v>
       </c>
       <c r="E253" s="4">
-        <v>1.281</v>
+        <v>1.2969</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="B254" s="5">
-        <v>45567</v>
+        <v>45615</v>
       </c>
       <c r="C254" s="4">
-        <v>1.283</v>
+        <v>1.296</v>
       </c>
       <c r="D254" s="4">
-        <v>1.2804</v>
+        <v>1.2934</v>
       </c>
       <c r="E254" s="4">
-        <v>1.2817</v>
+        <v>1.2947</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="B255" s="5">
-        <v>45566</v>
+        <v>45614</v>
       </c>
       <c r="C255" s="4">
-        <v>1.2821</v>
+        <v>1.2953</v>
       </c>
       <c r="D255" s="4">
-        <v>1.2795</v>
+        <v>1.2927</v>
       </c>
       <c r="E255" s="4">
-        <v>1.2808</v>
+        <v>1.294</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="B256" s="5">
-        <v>45565</v>
+        <v>45611</v>
       </c>
       <c r="C256" s="4">
-        <v>1.2846</v>
+        <v>1.2962</v>
       </c>
       <c r="D256" s="4">
-        <v>1.282</v>
+        <v>1.2936</v>
       </c>
       <c r="E256" s="4">
-        <v>1.2833</v>
+        <v>1.2949</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="B257" s="5">
-        <v>45562</v>
+        <v>45610</v>
       </c>
       <c r="C257" s="4">
-        <v>1.2838</v>
+        <v>1.296</v>
       </c>
       <c r="D257" s="4">
-        <v>1.2812</v>
+        <v>1.2934</v>
       </c>
       <c r="E257" s="4">
-        <v>1.2825</v>
+        <v>1.2947</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="B258" s="5">
-        <v>45561</v>
+        <v>45609</v>
       </c>
       <c r="C258" s="4">
-        <v>1.2797</v>
+        <v>1.2971</v>
       </c>
       <c r="D258" s="4">
-        <v>1.2771</v>
+        <v>1.2945</v>
       </c>
       <c r="E258" s="4">
-        <v>1.2784</v>
+        <v>1.2958</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="B259" s="5">
-        <v>45560</v>
+        <v>45608</v>
       </c>
       <c r="C259" s="4">
-        <v>1.2806</v>
+        <v>1.2975</v>
       </c>
       <c r="D259" s="4">
-        <v>1.278</v>
+        <v>1.2949</v>
       </c>
       <c r="E259" s="4">
-        <v>1.2793</v>
+        <v>1.2962</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="B260" s="5">
-        <v>45559</v>
+        <v>45607</v>
       </c>
       <c r="C260" s="4">
-        <v>1.2794</v>
+        <v>1.2962</v>
       </c>
       <c r="D260" s="4">
-        <v>1.2768</v>
+        <v>1.2936</v>
       </c>
       <c r="E260" s="4">
-        <v>1.2781</v>
+        <v>1.2949</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="B261" s="5">
-        <v>45558</v>
+        <v>45604</v>
       </c>
       <c r="C261" s="4">
-        <v>1.2809</v>
+        <v>1.2918</v>
       </c>
       <c r="D261" s="4">
-        <v>1.2783</v>
+        <v>1.2892</v>
       </c>
       <c r="E261" s="4">
-        <v>1.2796</v>
+        <v>1.2905</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="B262" s="5">
-        <v>45555</v>
+        <v>45603</v>
       </c>
       <c r="C262" s="4">
-        <v>1.281</v>
+        <v>1.2917</v>
       </c>
       <c r="D262" s="4">
-        <v>1.2784</v>
+        <v>1.2891</v>
       </c>
       <c r="E262" s="4">
-        <v>1.2797</v>
+        <v>1.2904</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="B263" s="5">
-        <v>45554</v>
+        <v>45602</v>
       </c>
       <c r="C263" s="4">
-        <v>1.2772</v>
+        <v>1.2831</v>
       </c>
       <c r="D263" s="4">
-        <v>1.2746</v>
+        <v>1.2805</v>
       </c>
       <c r="E263" s="4">
-        <v>1.2759</v>
+        <v>1.2818</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="B264" s="5">
-        <v>45553</v>
+        <v>45601</v>
       </c>
       <c r="C264" s="4">
-        <v>1.2781</v>
+        <v>1.2824</v>
       </c>
       <c r="D264" s="4">
-        <v>1.2755</v>
+        <v>1.2798</v>
       </c>
       <c r="E264" s="4">
-        <v>1.2768</v>
+        <v>1.2811</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="B265" s="5">
-        <v>45552</v>
+        <v>45600</v>
       </c>
       <c r="C265" s="4">
-        <v>1.278</v>
+        <v>1.2813</v>
       </c>
       <c r="D265" s="4">
-        <v>1.2754</v>
+        <v>1.2787</v>
       </c>
       <c r="E265" s="4">
-        <v>1.2767</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="B266" s="5">
-        <v>45551</v>
+        <v>45597</v>
       </c>
       <c r="C266" s="4">
-        <v>1.2781</v>
+        <v>1.2824</v>
       </c>
       <c r="D266" s="4">
-        <v>1.2755</v>
+        <v>1.2798</v>
       </c>
       <c r="E266" s="4">
-        <v>1.2768</v>
+        <v>1.2811</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="B267" s="5">
-        <v>45548</v>
+        <v>45596</v>
       </c>
       <c r="C267" s="4">
-        <v>1.2761</v>
+        <v>1.2865</v>
       </c>
       <c r="D267" s="4">
-        <v>1.2735</v>
+        <v>1.2839</v>
       </c>
       <c r="E267" s="4">
-        <v>1.2748</v>
+        <v>1.2852</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="B268" s="5">
-        <v>45547</v>
+        <v>45595</v>
       </c>
       <c r="C268" s="4">
-        <v>1.2717</v>
+        <v>1.2893</v>
       </c>
       <c r="D268" s="4">
-        <v>1.2691</v>
+        <v>1.2867</v>
       </c>
       <c r="E268" s="4">
-        <v>1.2704</v>
+        <v>1.288</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="B269" s="5">
-        <v>45546</v>
+        <v>45594</v>
       </c>
       <c r="C269" s="4">
-        <v>1.2705</v>
+        <v>1.2882</v>
       </c>
       <c r="D269" s="4">
-        <v>1.2679</v>
+        <v>1.2856</v>
       </c>
       <c r="E269" s="4">
-        <v>1.2692</v>
+        <v>1.2869</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="B270" s="5">
-        <v>45545</v>
+        <v>45593</v>
       </c>
       <c r="C270" s="4">
-        <v>1.2692</v>
+        <v>1.2855</v>
       </c>
       <c r="D270" s="4">
-        <v>1.2666</v>
+        <v>1.2829</v>
       </c>
       <c r="E270" s="4">
-        <v>1.2679</v>
+        <v>1.2842</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="B271" s="5">
-        <v>45544</v>
+        <v>45590</v>
       </c>
       <c r="C271" s="4">
-        <v>1.2664</v>
+        <v>1.2858</v>
       </c>
       <c r="D271" s="4">
-        <v>1.2638</v>
+        <v>1.2832</v>
       </c>
       <c r="E271" s="4">
-        <v>1.2651</v>
+        <v>1.2845</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="B272" s="5">
-        <v>45541</v>
+        <v>45589</v>
       </c>
       <c r="C272" s="4">
-        <v>1.269</v>
+        <v>1.2864</v>
       </c>
       <c r="D272" s="4">
-        <v>1.2664</v>
+        <v>1.2838</v>
       </c>
       <c r="E272" s="4">
-        <v>1.2677</v>
+        <v>1.2851</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="B273" s="5">
-        <v>45540</v>
+        <v>45588</v>
       </c>
       <c r="C273" s="4">
-        <v>1.2682</v>
+        <v>1.2868</v>
       </c>
       <c r="D273" s="4">
-        <v>1.2656</v>
+        <v>1.2842</v>
       </c>
       <c r="E273" s="4">
-        <v>1.2669</v>
+        <v>1.2855</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="B274" s="5">
-        <v>45539</v>
+        <v>45587</v>
       </c>
       <c r="C274" s="4">
-        <v>1.2733</v>
+        <v>1.2919</v>
       </c>
       <c r="D274" s="4">
-        <v>1.2707</v>
+        <v>1.2893</v>
       </c>
       <c r="E274" s="4">
-        <v>1.272</v>
+        <v>1.2906</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="B275" s="5">
-        <v>45538</v>
+        <v>45586</v>
       </c>
       <c r="C275" s="4">
-        <v>1.2751</v>
+        <v>1.2921</v>
       </c>
       <c r="D275" s="4">
-        <v>1.2725</v>
+        <v>1.2895</v>
       </c>
       <c r="E275" s="4">
-        <v>1.2738</v>
+        <v>1.2908</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="B276" s="5">
-        <v>45537</v>
+        <v>45583</v>
       </c>
       <c r="C276" s="4">
-        <v>1.2751</v>
+        <v>1.2928</v>
       </c>
       <c r="D276" s="4">
-        <v>1.2725</v>
+        <v>1.2902</v>
       </c>
       <c r="E276" s="4">
-        <v>1.2738</v>
+        <v>1.2915</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="B277" s="5">
-        <v>45534</v>
+        <v>45582</v>
       </c>
       <c r="C277" s="4">
-        <v>1.2712</v>
+        <v>1.2921</v>
       </c>
       <c r="D277" s="4">
-        <v>1.2686</v>
+        <v>1.2895</v>
       </c>
       <c r="E277" s="4">
-        <v>1.2699</v>
+        <v>1.2908</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="B278" s="5">
-        <v>45533</v>
+        <v>45581</v>
       </c>
       <c r="C278" s="4">
-        <v>1.2718</v>
+        <v>1.291</v>
       </c>
       <c r="D278" s="4">
-        <v>1.2692</v>
+        <v>1.2884</v>
       </c>
       <c r="E278" s="4">
-        <v>1.2705</v>
+        <v>1.2897</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="B279" s="5">
-        <v>45532</v>
+        <v>45580</v>
       </c>
       <c r="C279" s="4">
-        <v>1.2732</v>
+        <v>1.2907</v>
       </c>
       <c r="D279" s="4">
-        <v>1.2706</v>
+        <v>1.2881</v>
       </c>
       <c r="E279" s="4">
-        <v>1.2719</v>
+        <v>1.2894</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="B280" s="5">
-        <v>45531</v>
+        <v>45579</v>
       </c>
       <c r="C280" s="4">
-        <v>1.2734</v>
+        <v>1.2875</v>
       </c>
       <c r="D280" s="4">
-        <v>1.2708</v>
+        <v>1.2849</v>
       </c>
       <c r="E280" s="4">
-        <v>1.2721</v>
+        <v>1.2862</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="B281" s="5">
-        <v>45530</v>
+        <v>45576</v>
       </c>
       <c r="C281" s="4">
-        <v>1.2726</v>
+        <v>1.286</v>
       </c>
       <c r="D281" s="4">
-        <v>1.27</v>
+        <v>1.2834</v>
       </c>
       <c r="E281" s="4">
-        <v>1.2713</v>
+        <v>1.2847</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="B282" s="5">
-        <v>45527</v>
+        <v>45575</v>
       </c>
       <c r="C282" s="4">
-        <v>1.2709</v>
+        <v>1.2855</v>
       </c>
       <c r="D282" s="4">
-        <v>1.2683</v>
+        <v>1.2829</v>
       </c>
       <c r="E282" s="4">
-        <v>1.2696</v>
+        <v>1.2842</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="B283" s="5">
-        <v>45526</v>
+        <v>45574</v>
       </c>
       <c r="C283" s="4">
-        <v>1.2708</v>
+        <v>1.2834</v>
       </c>
       <c r="D283" s="4">
-        <v>1.2682</v>
+        <v>1.2808</v>
       </c>
       <c r="E283" s="4">
-        <v>1.2695</v>
+        <v>1.2821</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="B284" s="5">
-        <v>45525</v>
+        <v>45573</v>
       </c>
       <c r="C284" s="4">
-        <v>1.2687</v>
+        <v>1.2828</v>
       </c>
       <c r="D284" s="4">
-        <v>1.2661</v>
+        <v>1.2802</v>
       </c>
       <c r="E284" s="4">
-        <v>1.2674</v>
+        <v>1.2815</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="B285" s="5">
-        <v>45524</v>
+        <v>45569</v>
       </c>
       <c r="C285" s="4">
-        <v>1.2692</v>
+        <v>1.2814</v>
       </c>
       <c r="D285" s="4">
-        <v>1.2666</v>
+        <v>1.2788</v>
       </c>
       <c r="E285" s="4">
-        <v>1.2679</v>
+        <v>1.2801</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="B286" s="5">
-        <v>45523</v>
+        <v>45568</v>
       </c>
       <c r="C286" s="4">
-        <v>1.2684</v>
+        <v>1.2823</v>
       </c>
       <c r="D286" s="4">
-        <v>1.2658</v>
+        <v>1.2797</v>
       </c>
       <c r="E286" s="4">
-        <v>1.2671</v>
+        <v>1.281</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="B287" s="5">
-        <v>45520</v>
+        <v>45567</v>
       </c>
       <c r="C287" s="4">
-        <v>1.2647</v>
+        <v>1.283</v>
       </c>
       <c r="D287" s="4">
-        <v>1.2621</v>
+        <v>1.2804</v>
       </c>
       <c r="E287" s="4">
-        <v>1.2634</v>
+        <v>1.2817</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="B288" s="5">
-        <v>45519</v>
+        <v>45566</v>
       </c>
       <c r="C288" s="4">
-        <v>1.2615</v>
+        <v>1.2821</v>
       </c>
       <c r="D288" s="4">
-        <v>1.2589</v>
+        <v>1.2795</v>
       </c>
       <c r="E288" s="4">
-        <v>1.2602</v>
+        <v>1.2808</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="B289" s="5">
-        <v>45518</v>
+        <v>45565</v>
       </c>
       <c r="C289" s="4">
-        <v>1.2572</v>
+        <v>1.2846</v>
       </c>
       <c r="D289" s="4">
-        <v>1.2546</v>
+        <v>1.282</v>
       </c>
       <c r="E289" s="4">
-        <v>1.2559</v>
+        <v>1.2833</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="B290" s="5">
-        <v>45517</v>
+        <v>45562</v>
       </c>
       <c r="C290" s="4">
-        <v>1.2534</v>
+        <v>1.2838</v>
       </c>
       <c r="D290" s="4">
-        <v>1.2508</v>
+        <v>1.2812</v>
       </c>
       <c r="E290" s="4">
-        <v>1.2521</v>
+        <v>1.2825</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="B291" s="5">
-        <v>45516</v>
+        <v>45561</v>
       </c>
       <c r="C291" s="4">
-        <v>1.2526</v>
+        <v>1.2797</v>
       </c>
       <c r="D291" s="4">
-        <v>1.25</v>
+        <v>1.2771</v>
       </c>
       <c r="E291" s="4">
-        <v>1.2513</v>
+        <v>1.2784</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="B292" s="5">
-        <v>45513</v>
+        <v>45560</v>
       </c>
       <c r="C292" s="4">
-        <v>1.2481</v>
+        <v>1.2806</v>
       </c>
       <c r="D292" s="4">
-        <v>1.2457</v>
+        <v>1.278</v>
       </c>
       <c r="E292" s="4">
-        <v>1.2469</v>
+        <v>1.2793</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="B293" s="5">
-        <v>45512</v>
+        <v>45559</v>
       </c>
       <c r="C293" s="4">
-        <v>1.2455</v>
+        <v>1.2794</v>
       </c>
       <c r="D293" s="4">
-        <v>1.2431</v>
+        <v>1.2768</v>
       </c>
       <c r="E293" s="4">
-        <v>1.2443</v>
+        <v>1.2781</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="B294" s="5">
-        <v>45511</v>
+        <v>45558</v>
       </c>
       <c r="C294" s="4">
-        <v>1.2458</v>
+        <v>1.2809</v>
       </c>
       <c r="D294" s="4">
-        <v>1.2434</v>
+        <v>1.2783</v>
       </c>
       <c r="E294" s="4">
-        <v>1.2446</v>
+        <v>1.2796</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="B295" s="5">
-        <v>45510</v>
+        <v>45555</v>
       </c>
       <c r="C295" s="4">
-        <v>1.2435</v>
+        <v>1.281</v>
       </c>
       <c r="D295" s="4">
-        <v>1.2411</v>
+        <v>1.2784</v>
       </c>
       <c r="E295" s="4">
-        <v>1.2423</v>
+        <v>1.2797</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="B296" s="5">
-        <v>45509</v>
+        <v>45554</v>
       </c>
       <c r="C296" s="4">
-        <v>1.2634</v>
+        <v>1.2772</v>
       </c>
       <c r="D296" s="4">
-        <v>1.2608</v>
+        <v>1.2746</v>
       </c>
       <c r="E296" s="4">
-        <v>1.2621</v>
+        <v>1.2759</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="B297" s="5">
-        <v>45506</v>
+        <v>45553</v>
       </c>
       <c r="C297" s="4">
-        <v>1.2668</v>
+        <v>1.2781</v>
       </c>
       <c r="D297" s="4">
-        <v>1.2642</v>
+        <v>1.2755</v>
       </c>
       <c r="E297" s="4">
-        <v>1.2655</v>
+        <v>1.2768</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="B298" s="5">
-        <v>45505</v>
+        <v>45552</v>
       </c>
       <c r="C298" s="4">
-        <v>1.2687</v>
+        <v>1.278</v>
       </c>
       <c r="D298" s="4">
-        <v>1.2661</v>
+        <v>1.2754</v>
       </c>
       <c r="E298" s="4">
-        <v>1.2674</v>
+        <v>1.2767</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="B299" s="5">
-        <v>45504</v>
+        <v>45551</v>
       </c>
       <c r="C299" s="4">
-        <v>1.2618</v>
+        <v>1.2781</v>
       </c>
       <c r="D299" s="4">
-        <v>1.2592</v>
+        <v>1.2755</v>
       </c>
       <c r="E299" s="4">
-        <v>1.2605</v>
+        <v>1.2768</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="B300" s="5">
-        <v>45503</v>
+        <v>45548</v>
       </c>
       <c r="C300" s="4">
-        <v>1.262</v>
+        <v>1.2761</v>
       </c>
       <c r="D300" s="4">
-        <v>1.2594</v>
+        <v>1.2735</v>
       </c>
       <c r="E300" s="4">
-        <v>1.2607</v>
+        <v>1.2748</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="B301" s="5">
-        <v>45502</v>
+        <v>45547</v>
       </c>
       <c r="C301" s="4">
-        <v>1.2595</v>
+        <v>1.2717</v>
       </c>
       <c r="D301" s="4">
-        <v>1.2569</v>
+        <v>1.2691</v>
       </c>
       <c r="E301" s="4">
-        <v>1.2582</v>
+        <v>1.2704</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="B302" s="5">
-        <v>45499</v>
+        <v>45546</v>
       </c>
       <c r="C302" s="4">
-        <v>1.2552</v>
+        <v>1.2705</v>
       </c>
       <c r="D302" s="4">
-        <v>1.2526</v>
+        <v>1.2679</v>
       </c>
       <c r="E302" s="4">
-        <v>1.2539</v>
+        <v>1.2692</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="B303" s="5">
-        <v>45498</v>
+        <v>45545</v>
       </c>
       <c r="C303" s="4">
-        <v>1.2583</v>
+        <v>1.2692</v>
       </c>
       <c r="D303" s="4">
-        <v>1.2557</v>
+        <v>1.2666</v>
       </c>
       <c r="E303" s="4">
-        <v>1.257</v>
+        <v>1.2679</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="B304" s="5">
-        <v>45497</v>
+        <v>45544</v>
       </c>
       <c r="C304" s="4">
-        <v>1.2624</v>
+        <v>1.2664</v>
       </c>
       <c r="D304" s="4">
-        <v>1.2598</v>
+        <v>1.2638</v>
       </c>
       <c r="E304" s="4">
-        <v>1.2611</v>
+        <v>1.2651</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="B305" s="5">
-        <v>45496</v>
+        <v>45541</v>
       </c>
       <c r="C305" s="4">
-        <v>1.2602</v>
+        <v>1.269</v>
       </c>
       <c r="D305" s="4">
-        <v>1.2576</v>
+        <v>1.2664</v>
       </c>
       <c r="E305" s="4">
-        <v>1.2589</v>
+        <v>1.2677</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="B306" s="5">
-        <v>45495</v>
+        <v>45540</v>
       </c>
       <c r="C306" s="4">
-        <v>1.2582</v>
+        <v>1.2682</v>
       </c>
       <c r="D306" s="4">
-        <v>1.2556</v>
+        <v>1.2656</v>
       </c>
       <c r="E306" s="4">
-        <v>1.2569</v>
+        <v>1.2669</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="B307" s="5">
-        <v>45492</v>
+        <v>45539</v>
       </c>
       <c r="C307" s="4">
-        <v>1.2601</v>
+        <v>1.2733</v>
       </c>
       <c r="D307" s="4">
-        <v>1.2575</v>
+        <v>1.2707</v>
       </c>
       <c r="E307" s="4">
-        <v>1.2588</v>
+        <v>1.272</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="B308" s="5">
-        <v>45491</v>
+        <v>45538</v>
       </c>
       <c r="C308" s="4">
-        <v>1.2634</v>
+        <v>1.2751</v>
       </c>
       <c r="D308" s="4">
-        <v>1.2608</v>
+        <v>1.2725</v>
       </c>
       <c r="E308" s="4">
-        <v>1.2621</v>
+        <v>1.2738</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="B309" s="5">
-        <v>45490</v>
+        <v>45537</v>
       </c>
       <c r="C309" s="4">
-        <v>1.2644</v>
+        <v>1.2751</v>
       </c>
       <c r="D309" s="4">
-        <v>1.2618</v>
+        <v>1.2725</v>
       </c>
       <c r="E309" s="4">
-        <v>1.2631</v>
+        <v>1.2738</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="B310" s="5">
-        <v>45489</v>
+        <v>45534</v>
       </c>
       <c r="C310" s="4">
-        <v>1.2624</v>
+        <v>1.2712</v>
       </c>
       <c r="D310" s="4">
-        <v>1.2598</v>
+        <v>1.2686</v>
       </c>
       <c r="E310" s="4">
-        <v>1.2611</v>
+        <v>1.2699</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="B311" s="5">
-        <v>45488</v>
+        <v>45533</v>
       </c>
       <c r="C311" s="4">
-        <v>1.2606</v>
+        <v>1.2718</v>
       </c>
       <c r="D311" s="4">
-        <v>1.258</v>
+        <v>1.2692</v>
       </c>
       <c r="E311" s="4">
-        <v>1.2593</v>
+        <v>1.2705</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="B312" s="5">
-        <v>45485</v>
+        <v>45532</v>
       </c>
       <c r="C312" s="4">
-        <v>1.2576</v>
+        <v>1.2732</v>
       </c>
       <c r="D312" s="4">
-        <v>1.255</v>
+        <v>1.2706</v>
       </c>
       <c r="E312" s="4">
-        <v>1.2563</v>
+        <v>1.2719</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="B313" s="5">
-        <v>45484</v>
+        <v>45531</v>
       </c>
       <c r="C313" s="4">
-        <v>1.2554</v>
+        <v>1.2734</v>
       </c>
       <c r="D313" s="4">
-        <v>1.2528</v>
+        <v>1.2708</v>
       </c>
       <c r="E313" s="4">
-        <v>1.2541</v>
+        <v>1.2721</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="B314" s="5">
-        <v>45483</v>
+        <v>45530</v>
       </c>
       <c r="C314" s="4">
-        <v>1.2536</v>
+        <v>1.2726</v>
       </c>
       <c r="D314" s="4">
-        <v>1.251</v>
+        <v>1.27</v>
       </c>
       <c r="E314" s="4">
-        <v>1.2523</v>
+        <v>1.2713</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="B315" s="5">
-        <v>45482</v>
+        <v>45527</v>
       </c>
       <c r="C315" s="4">
-        <v>1.2522</v>
+        <v>1.2709</v>
       </c>
       <c r="D315" s="4">
-        <v>1.2496</v>
+        <v>1.2683</v>
       </c>
       <c r="E315" s="4">
-        <v>1.2509</v>
+        <v>1.2696</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="B316" s="5">
-        <v>45481</v>
+        <v>45526</v>
       </c>
       <c r="C316" s="4">
-        <v>1.2533</v>
+        <v>1.2708</v>
       </c>
       <c r="D316" s="4">
-        <v>1.2507</v>
+        <v>1.2682</v>
       </c>
       <c r="E316" s="4">
-        <v>1.252</v>
+        <v>1.2695</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="B317" s="5">
-        <v>45478</v>
+        <v>45525</v>
       </c>
       <c r="C317" s="4">
-        <v>1.2532</v>
+        <v>1.2687</v>
       </c>
       <c r="D317" s="4">
-        <v>1.2506</v>
+        <v>1.2661</v>
       </c>
       <c r="E317" s="4">
-        <v>1.2519</v>
+        <v>1.2674</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="B318" s="5">
-        <v>45477</v>
+        <v>45524</v>
       </c>
       <c r="C318" s="4">
-        <v>1.2507</v>
+        <v>1.2692</v>
       </c>
       <c r="D318" s="4">
-        <v>1.2483</v>
+        <v>1.2666</v>
       </c>
       <c r="E318" s="4">
-        <v>1.2495</v>
+        <v>1.2679</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="B319" s="5">
-        <v>45476</v>
+        <v>45523</v>
       </c>
       <c r="C319" s="4">
-        <v>1.2498</v>
+        <v>1.2684</v>
       </c>
       <c r="D319" s="4">
-        <v>1.2474</v>
+        <v>1.2658</v>
       </c>
       <c r="E319" s="4">
-        <v>1.2486</v>
+        <v>1.2671</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="B320" s="5">
-        <v>45475</v>
+        <v>45520</v>
       </c>
       <c r="C320" s="4">
-        <v>1.2494</v>
+        <v>1.2647</v>
       </c>
       <c r="D320" s="4">
-        <v>1.247</v>
+        <v>1.2621</v>
       </c>
       <c r="E320" s="4">
-        <v>1.2482</v>
+        <v>1.2634</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="B321" s="5">
-        <v>45474</v>
+        <v>45519</v>
       </c>
       <c r="C321" s="4">
-        <v>1.2506</v>
+        <v>1.2615</v>
       </c>
       <c r="D321" s="4">
-        <v>1.2482</v>
+        <v>1.2589</v>
       </c>
       <c r="E321" s="4">
-        <v>1.2494</v>
+        <v>1.2602</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="B322" s="5">
-        <v>45471</v>
+        <v>45518</v>
       </c>
       <c r="C322" s="4">
-        <v>1.2511</v>
+        <v>1.2572</v>
       </c>
       <c r="D322" s="4">
-        <v>1.2487</v>
+        <v>1.2546</v>
       </c>
       <c r="E322" s="4">
-        <v>1.2499</v>
+        <v>1.2559</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="B323" s="5">
-        <v>45470</v>
+        <v>45517</v>
       </c>
       <c r="C323" s="4">
-        <v>1.2369</v>
+        <v>1.2534</v>
       </c>
       <c r="D323" s="4">
-        <v>1.2345</v>
+        <v>1.2508</v>
       </c>
       <c r="E323" s="4">
-        <v>1.2357</v>
+        <v>1.2521</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="B324" s="5">
-        <v>45469</v>
+        <v>45516</v>
       </c>
       <c r="C324" s="4">
-        <v>1.2393</v>
+        <v>1.2526</v>
       </c>
       <c r="D324" s="4">
-        <v>1.2369</v>
+        <v>1.25</v>
       </c>
       <c r="E324" s="4">
-        <v>1.2381</v>
+        <v>1.2513</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="B325" s="5">
-        <v>45468</v>
+        <v>45513</v>
       </c>
       <c r="C325" s="4">
-        <v>1.2366</v>
+        <v>1.2481</v>
       </c>
       <c r="D325" s="4">
-        <v>1.2342</v>
+        <v>1.2457</v>
       </c>
       <c r="E325" s="4">
-        <v>1.2354</v>
+        <v>1.2469</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="B326" s="5">
-        <v>45467</v>
+        <v>45512</v>
       </c>
       <c r="C326" s="4">
-        <v>1.2385</v>
+        <v>1.2455</v>
       </c>
       <c r="D326" s="4">
-        <v>1.2361</v>
+        <v>1.2431</v>
       </c>
       <c r="E326" s="4">
-        <v>1.2373</v>
+        <v>1.2443</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="B327" s="5">
-        <v>45464</v>
+        <v>45511</v>
       </c>
       <c r="C327" s="4">
-        <v>1.2379</v>
+        <v>1.2458</v>
       </c>
       <c r="D327" s="4">
-        <v>1.2355</v>
+        <v>1.2434</v>
       </c>
       <c r="E327" s="4">
-        <v>1.2367</v>
+        <v>1.2446</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="B328" s="5">
-        <v>45463</v>
+        <v>45510</v>
       </c>
       <c r="C328" s="4">
-        <v>1.2376</v>
+        <v>1.2435</v>
       </c>
       <c r="D328" s="4">
-        <v>1.2352</v>
+        <v>1.2411</v>
       </c>
       <c r="E328" s="4">
-        <v>1.2364</v>
+        <v>1.2423</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="B329" s="5">
-        <v>45462</v>
+        <v>45509</v>
       </c>
       <c r="C329" s="4">
-        <v>1.2382</v>
+        <v>1.2634</v>
       </c>
       <c r="D329" s="4">
-        <v>1.2358</v>
+        <v>1.2608</v>
       </c>
       <c r="E329" s="4">
-        <v>1.237</v>
+        <v>1.2621</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="B330" s="5">
-        <v>45461</v>
+        <v>45506</v>
       </c>
       <c r="C330" s="4">
-        <v>1.2364</v>
+        <v>1.2668</v>
       </c>
       <c r="D330" s="4">
-        <v>1.234</v>
+        <v>1.2642</v>
       </c>
       <c r="E330" s="4">
-        <v>1.2352</v>
+        <v>1.2655</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="B331" s="5">
-        <v>45460</v>
+        <v>45505</v>
       </c>
       <c r="C331" s="4">
-        <v>1.2357</v>
+        <v>1.2687</v>
       </c>
       <c r="D331" s="4">
-        <v>1.2333</v>
+        <v>1.2661</v>
       </c>
       <c r="E331" s="4">
-        <v>1.2345</v>
+        <v>1.2674</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="B332" s="5">
-        <v>45457</v>
+        <v>45504</v>
       </c>
       <c r="C332" s="4">
-        <v>1.2361</v>
+        <v>1.2618</v>
       </c>
       <c r="D332" s="4">
-        <v>1.2337</v>
+        <v>1.2592</v>
       </c>
       <c r="E332" s="4">
-        <v>1.2349</v>
+        <v>1.2605</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="B333" s="5">
-        <v>45456</v>
+        <v>45503</v>
       </c>
       <c r="C333" s="4">
-        <v>1.2343</v>
+        <v>1.262</v>
       </c>
       <c r="D333" s="4">
-        <v>1.2319</v>
+        <v>1.2594</v>
       </c>
       <c r="E333" s="4">
-        <v>1.2331</v>
+        <v>1.2607</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="B334" s="5">
-        <v>45455</v>
+        <v>45502</v>
       </c>
       <c r="C334" s="4">
-        <v>1.2344</v>
+        <v>1.2595</v>
       </c>
       <c r="D334" s="4">
-        <v>1.232</v>
+        <v>1.2569</v>
       </c>
       <c r="E334" s="4">
-        <v>1.2332</v>
+        <v>1.2582</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="B335" s="5">
-        <v>45454</v>
+        <v>45499</v>
       </c>
       <c r="C335" s="4">
-        <v>1.2376</v>
+        <v>1.2552</v>
       </c>
       <c r="D335" s="4">
-        <v>1.2352</v>
+        <v>1.2526</v>
       </c>
       <c r="E335" s="4">
-        <v>1.2364</v>
+        <v>1.2539</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="B336" s="5">
-        <v>45450</v>
+        <v>45498</v>
       </c>
       <c r="C336" s="4">
-        <v>1.237</v>
+        <v>1.2583</v>
       </c>
       <c r="D336" s="4">
-        <v>1.2346</v>
+        <v>1.2557</v>
       </c>
       <c r="E336" s="4">
-        <v>1.2358</v>
+        <v>1.257</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="B337" s="5">
-        <v>45449</v>
+        <v>45497</v>
       </c>
       <c r="C337" s="4">
-        <v>1.2355</v>
+        <v>1.2624</v>
       </c>
       <c r="D337" s="4">
-        <v>1.2331</v>
+        <v>1.2598</v>
       </c>
       <c r="E337" s="4">
-        <v>1.2343</v>
+        <v>1.2611</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="B338" s="5">
-        <v>45448</v>
+        <v>45496</v>
       </c>
       <c r="C338" s="4">
-        <v>1.2314</v>
+        <v>1.2602</v>
       </c>
       <c r="D338" s="4">
-        <v>1.229</v>
+        <v>1.2576</v>
       </c>
       <c r="E338" s="4">
-        <v>1.2302</v>
+        <v>1.2589</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="B339" s="5">
-        <v>45447</v>
+        <v>45495</v>
       </c>
       <c r="C339" s="4">
-        <v>1.2321</v>
+        <v>1.2582</v>
       </c>
       <c r="D339" s="4">
-        <v>1.2297</v>
+        <v>1.2556</v>
       </c>
       <c r="E339" s="4">
-        <v>1.2309</v>
+        <v>1.2569</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="B340" s="5">
-        <v>45446</v>
+        <v>45492</v>
       </c>
       <c r="C340" s="4">
-        <v>1.2304</v>
+        <v>1.2601</v>
       </c>
       <c r="D340" s="4">
-        <v>1.228</v>
+        <v>1.2575</v>
       </c>
       <c r="E340" s="4">
-        <v>1.2292</v>
+        <v>1.2588</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="B341" s="5">
-        <v>45443</v>
+        <v>45491</v>
       </c>
       <c r="C341" s="4">
-        <v>1.2266</v>
+        <v>1.2634</v>
       </c>
       <c r="D341" s="4">
-        <v>1.2242</v>
+        <v>1.2608</v>
       </c>
       <c r="E341" s="4">
-        <v>1.2254</v>
+        <v>1.2621</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="B342" s="5">
-        <v>45442</v>
+        <v>45490</v>
       </c>
       <c r="C342" s="4">
-        <v>1.2275</v>
+        <v>1.2644</v>
       </c>
       <c r="D342" s="4">
-        <v>1.2251</v>
+        <v>1.2618</v>
       </c>
       <c r="E342" s="4">
-        <v>1.2263</v>
+        <v>1.2631</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="B343" s="5">
-        <v>45441</v>
+        <v>45489</v>
       </c>
       <c r="C343" s="4">
-        <v>1.2318</v>
+        <v>1.2624</v>
       </c>
       <c r="D343" s="4">
-        <v>1.2294</v>
+        <v>1.2598</v>
       </c>
       <c r="E343" s="4">
-        <v>1.2306</v>
+        <v>1.2611</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="B344" s="5">
-        <v>45440</v>
+        <v>45488</v>
       </c>
       <c r="C344" s="4">
-        <v>1.2338</v>
+        <v>1.2606</v>
       </c>
       <c r="D344" s="4">
-        <v>1.2314</v>
+        <v>1.258</v>
       </c>
       <c r="E344" s="4">
-        <v>1.2326</v>
+        <v>1.2593</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="B345" s="5">
-        <v>45439</v>
+        <v>45485</v>
       </c>
       <c r="C345" s="4">
-        <v>1.2323</v>
+        <v>1.2576</v>
       </c>
       <c r="D345" s="4">
-        <v>1.2299</v>
+        <v>1.255</v>
       </c>
       <c r="E345" s="4">
-        <v>1.2311</v>
+        <v>1.2563</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="B346" s="5">
-        <v>45436</v>
+        <v>45484</v>
       </c>
       <c r="C346" s="4">
-        <v>1.2334</v>
+        <v>1.2554</v>
       </c>
       <c r="D346" s="4">
-        <v>1.231</v>
+        <v>1.2528</v>
       </c>
       <c r="E346" s="4">
-        <v>1.2322</v>
+        <v>1.2541</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="B347" s="5">
-        <v>45435</v>
+        <v>45483</v>
       </c>
       <c r="C347" s="4">
-        <v>1.2357</v>
+        <v>1.2536</v>
       </c>
       <c r="D347" s="4">
-        <v>1.2333</v>
+        <v>1.251</v>
       </c>
       <c r="E347" s="4">
-        <v>1.2345</v>
+        <v>1.2523</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="B348" s="5">
-        <v>45434</v>
+        <v>45482</v>
       </c>
       <c r="C348" s="4">
-        <v>1.2362</v>
+        <v>1.2522</v>
       </c>
       <c r="D348" s="4">
-        <v>1.2338</v>
+        <v>1.2496</v>
       </c>
       <c r="E348" s="4">
-        <v>1.235</v>
+        <v>1.2509</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="B349" s="5">
-        <v>45433</v>
+        <v>45481</v>
       </c>
       <c r="C349" s="4">
-        <v>1.2368</v>
+        <v>1.2533</v>
       </c>
       <c r="D349" s="4">
-        <v>1.2344</v>
+        <v>1.2507</v>
       </c>
       <c r="E349" s="4">
-        <v>1.2356</v>
+        <v>1.252</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="B350" s="5">
-        <v>45432</v>
+        <v>45478</v>
       </c>
       <c r="C350" s="4">
-        <v>1.235</v>
+        <v>1.2532</v>
       </c>
       <c r="D350" s="4">
-        <v>1.2326</v>
+        <v>1.2506</v>
       </c>
       <c r="E350" s="4">
-        <v>1.2338</v>
+        <v>1.2519</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="B351" s="5">
-        <v>45429</v>
+        <v>45477</v>
       </c>
       <c r="C351" s="4">
-        <v>1.2344</v>
+        <v>1.2507</v>
       </c>
       <c r="D351" s="4">
-        <v>1.232</v>
+        <v>1.2483</v>
       </c>
       <c r="E351" s="4">
-        <v>1.2332</v>
+        <v>1.2495</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="B352" s="5">
-        <v>45428</v>
+        <v>45476</v>
       </c>
       <c r="C352" s="4">
-        <v>1.2319</v>
+        <v>1.2498</v>
       </c>
       <c r="D352" s="4">
-        <v>1.2295</v>
+        <v>1.2474</v>
       </c>
       <c r="E352" s="4">
-        <v>1.2307</v>
+        <v>1.2486</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="B353" s="5">
-        <v>45427</v>
+        <v>45475</v>
       </c>
       <c r="C353" s="4">
-        <v>1.2288</v>
+        <v>1.2494</v>
       </c>
       <c r="D353" s="4">
-        <v>1.2264</v>
+        <v>1.247</v>
       </c>
       <c r="E353" s="4">
-        <v>1.2276</v>
+        <v>1.2482</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="B354" s="5">
-        <v>45426</v>
+        <v>45474</v>
       </c>
       <c r="C354" s="4">
-        <v>1.2284</v>
+        <v>1.2506</v>
       </c>
       <c r="D354" s="4">
-        <v>1.226</v>
+        <v>1.2482</v>
       </c>
       <c r="E354" s="4">
-        <v>1.2272</v>
+        <v>1.2494</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="B355" s="5">
-        <v>45425</v>
+        <v>45471</v>
       </c>
       <c r="C355" s="4">
-        <v>1.2288</v>
+        <v>1.2511</v>
       </c>
       <c r="D355" s="4">
-        <v>1.2264</v>
+        <v>1.2487</v>
       </c>
       <c r="E355" s="4">
-        <v>1.2276</v>
+        <v>1.2499</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="B356" s="5">
-        <v>45422</v>
+        <v>45470</v>
       </c>
       <c r="C356" s="4">
-        <v>1.2273</v>
+        <v>1.2369</v>
       </c>
       <c r="D356" s="4">
-        <v>1.2249</v>
+        <v>1.2345</v>
       </c>
       <c r="E356" s="4">
-        <v>1.2261</v>
+        <v>1.2357</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="B357" s="5">
-        <v>45421</v>
+        <v>45469</v>
       </c>
       <c r="C357" s="4">
-        <v>1.2277</v>
+        <v>1.2393</v>
       </c>
       <c r="D357" s="4">
-        <v>1.2253</v>
+        <v>1.2369</v>
       </c>
       <c r="E357" s="4">
-        <v>1.2265</v>
+        <v>1.2381</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="B358" s="5">
-        <v>45420</v>
+        <v>45468</v>
       </c>
       <c r="C358" s="4">
-        <v>1.2267</v>
+        <v>1.2366</v>
       </c>
       <c r="D358" s="4">
-        <v>1.2243</v>
+        <v>1.2342</v>
       </c>
       <c r="E358" s="4">
-        <v>1.2255</v>
+        <v>1.2354</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="B359" s="5">
-        <v>45419</v>
+        <v>45467</v>
       </c>
       <c r="C359" s="4">
-        <v>1.2222</v>
+        <v>1.2385</v>
       </c>
       <c r="D359" s="4">
-        <v>1.2198</v>
+        <v>1.2361</v>
       </c>
       <c r="E359" s="4">
-        <v>1.221</v>
+        <v>1.2373</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="B360" s="5">
-        <v>45418</v>
+        <v>45464</v>
       </c>
       <c r="C360" s="4">
-        <v>1.219</v>
+        <v>1.2379</v>
       </c>
       <c r="D360" s="4">
-        <v>1.2166</v>
+        <v>1.2355</v>
       </c>
       <c r="E360" s="4">
-        <v>1.2178</v>
+        <v>1.2367</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="B361" s="5">
-        <v>45415</v>
+        <v>45463</v>
       </c>
       <c r="C361" s="4">
-        <v>1.216</v>
+        <v>1.2376</v>
       </c>
       <c r="D361" s="4">
-        <v>1.2136</v>
+        <v>1.2352</v>
       </c>
       <c r="E361" s="4">
-        <v>1.2148</v>
+        <v>1.2364</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="B362" s="5">
-        <v>45414</v>
+        <v>45462</v>
       </c>
       <c r="C362" s="4">
-        <v>1.2138</v>
+        <v>1.2382</v>
       </c>
       <c r="D362" s="4">
-        <v>1.2114</v>
+        <v>1.2358</v>
       </c>
       <c r="E362" s="4">
-        <v>1.2126</v>
+        <v>1.237</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="B363" s="5">
-        <v>45413</v>
+        <v>45461</v>
       </c>
       <c r="C363" s="4">
-        <v>1.2168</v>
+        <v>1.2364</v>
       </c>
       <c r="D363" s="4">
-        <v>1.2144</v>
+        <v>1.234</v>
       </c>
       <c r="E363" s="4">
-        <v>1.2156</v>
+        <v>1.2352</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="B364" s="5">
-        <v>45412</v>
+        <v>45460</v>
       </c>
       <c r="C364" s="4">
-        <v>1.2185</v>
+        <v>1.2357</v>
       </c>
       <c r="D364" s="4">
-        <v>1.2161</v>
+        <v>1.2333</v>
       </c>
       <c r="E364" s="4">
-        <v>1.2173</v>
+        <v>1.2345</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="B365" s="5">
-        <v>45411</v>
+        <v>45457</v>
       </c>
       <c r="C365" s="4">
-        <v>1.2164</v>
+        <v>1.2361</v>
       </c>
       <c r="D365" s="4">
-        <v>1.214</v>
+        <v>1.2337</v>
       </c>
       <c r="E365" s="4">
-        <v>1.2152</v>
+        <v>1.2349</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="B366" s="5">
-        <v>45408</v>
+        <v>45456</v>
       </c>
       <c r="C366" s="4">
-        <v>1.218</v>
+        <v>1.2343</v>
       </c>
       <c r="D366" s="4">
-        <v>1.2156</v>
+        <v>1.2319</v>
       </c>
       <c r="E366" s="4">
-        <v>1.2168</v>
+        <v>1.2331</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="B367" s="5">
-        <v>45406</v>
+        <v>45455</v>
       </c>
       <c r="C367" s="4">
-        <v>1.2196</v>
+        <v>1.2344</v>
       </c>
       <c r="D367" s="4">
-        <v>1.2172</v>
+        <v>1.232</v>
       </c>
       <c r="E367" s="4">
-        <v>1.2184</v>
+        <v>1.2332</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="B368" s="5">
-        <v>45405</v>
+        <v>45454</v>
       </c>
       <c r="C368" s="4">
-        <v>1.2171</v>
+        <v>1.2376</v>
       </c>
       <c r="D368" s="4">
-        <v>1.2147</v>
+        <v>1.2352</v>
       </c>
       <c r="E368" s="4">
-        <v>1.2159</v>
+        <v>1.2364</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="B369" s="5">
-        <v>45404</v>
+        <v>45450</v>
       </c>
       <c r="C369" s="4">
-        <v>1.2128</v>
+        <v>1.237</v>
       </c>
       <c r="D369" s="4">
-        <v>1.2104</v>
+        <v>1.2346</v>
       </c>
       <c r="E369" s="4">
-        <v>1.2116</v>
+        <v>1.2358</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="B370" s="5">
-        <v>45401</v>
+        <v>45449</v>
       </c>
       <c r="C370" s="4">
-        <v>1.214</v>
+        <v>1.2355</v>
       </c>
       <c r="D370" s="4">
-        <v>1.2116</v>
+        <v>1.2331</v>
       </c>
       <c r="E370" s="4">
-        <v>1.2128</v>
+        <v>1.2343</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="B371" s="5">
-        <v>45400</v>
+        <v>45448</v>
       </c>
       <c r="C371" s="4">
-        <v>1.2159</v>
+        <v>1.2314</v>
       </c>
       <c r="D371" s="4">
-        <v>1.2135</v>
+        <v>1.229</v>
       </c>
       <c r="E371" s="4">
-        <v>1.2147</v>
+        <v>1.2302</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="B372" s="5">
-        <v>45399</v>
+        <v>45447</v>
       </c>
       <c r="C372" s="4">
-        <v>1.2155</v>
+        <v>1.2321</v>
       </c>
       <c r="D372" s="4">
-        <v>1.2131</v>
+        <v>1.2297</v>
       </c>
       <c r="E372" s="4">
-        <v>1.2143</v>
+        <v>1.2309</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="B373" s="5">
-        <v>45398</v>
+        <v>45446</v>
       </c>
       <c r="C373" s="4">
-        <v>1.2172</v>
+        <v>1.2304</v>
       </c>
       <c r="D373" s="4">
-        <v>1.2148</v>
+        <v>1.228</v>
       </c>
       <c r="E373" s="4">
-        <v>1.216</v>
+        <v>1.2292</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="B374" s="5">
-        <v>45397</v>
+        <v>45443</v>
       </c>
       <c r="C374" s="4">
-        <v>1.2234</v>
+        <v>1.2266</v>
       </c>
       <c r="D374" s="4">
-        <v>1.221</v>
+        <v>1.2242</v>
       </c>
       <c r="E374" s="4">
-        <v>1.2222</v>
+        <v>1.2254</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="B375" s="5">
-        <v>45394</v>
+        <v>45442</v>
       </c>
       <c r="C375" s="4">
-        <v>1.2267</v>
+        <v>1.2275</v>
       </c>
       <c r="D375" s="4">
-        <v>1.2243</v>
+        <v>1.2251</v>
       </c>
       <c r="E375" s="4">
-        <v>1.2255</v>
+        <v>1.2263</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="B376" s="5">
-        <v>45393</v>
+        <v>45441</v>
       </c>
       <c r="C376" s="4">
-        <v>1.2271</v>
+        <v>1.2318</v>
       </c>
       <c r="D376" s="4">
-        <v>1.2247</v>
+        <v>1.2294</v>
       </c>
       <c r="E376" s="4">
-        <v>1.2259</v>
+        <v>1.2306</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="B377" s="5">
-        <v>45392</v>
+        <v>45440</v>
       </c>
       <c r="C377" s="4">
-        <v>1.2293</v>
+        <v>1.2338</v>
       </c>
       <c r="D377" s="4">
-        <v>1.2269</v>
+        <v>1.2314</v>
       </c>
       <c r="E377" s="4">
-        <v>1.2281</v>
+        <v>1.2326</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="B378" s="5">
-        <v>45391</v>
+        <v>45439</v>
       </c>
       <c r="C378" s="4">
-        <v>1.2285</v>
+        <v>1.2323</v>
       </c>
       <c r="D378" s="4">
-        <v>1.2261</v>
+        <v>1.2299</v>
       </c>
       <c r="E378" s="4">
-        <v>1.2273</v>
+        <v>1.2311</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="B379" s="5">
-        <v>45390</v>
+        <v>45436</v>
       </c>
       <c r="C379" s="4">
-        <v>1.2278</v>
+        <v>1.2334</v>
       </c>
       <c r="D379" s="4">
-        <v>1.2254</v>
+        <v>1.231</v>
       </c>
       <c r="E379" s="4">
-        <v>1.2266</v>
+        <v>1.2322</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="B380" s="5">
-        <v>45387</v>
+        <v>45435</v>
       </c>
       <c r="C380" s="4">
-        <v>1.2251</v>
+        <v>1.2357</v>
       </c>
       <c r="D380" s="4">
-        <v>1.2227</v>
+        <v>1.2333</v>
       </c>
       <c r="E380" s="4">
-        <v>1.2239</v>
+        <v>1.2345</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="B381" s="5">
-        <v>45386</v>
+        <v>45434</v>
       </c>
       <c r="C381" s="4">
-        <v>1.2289</v>
+        <v>1.2362</v>
       </c>
       <c r="D381" s="4">
-        <v>1.2265</v>
+        <v>1.2338</v>
       </c>
       <c r="E381" s="4">
-        <v>1.2277</v>
+        <v>1.235</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="B382" s="5">
-        <v>45385</v>
+        <v>45433</v>
       </c>
       <c r="C382" s="4">
-        <v>1.2286</v>
+        <v>1.2368</v>
       </c>
       <c r="D382" s="4">
-        <v>1.2262</v>
+        <v>1.2344</v>
       </c>
       <c r="E382" s="4">
-        <v>1.2274</v>
+        <v>1.2356</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="B383" s="5">
-        <v>45384</v>
+        <v>45432</v>
       </c>
       <c r="C383" s="4">
-        <v>1.2336</v>
+        <v>1.235</v>
       </c>
       <c r="D383" s="4">
-        <v>1.2312</v>
+        <v>1.2326</v>
       </c>
       <c r="E383" s="4">
-        <v>1.2324</v>
+        <v>1.2338</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="B384" s="5">
-        <v>45379</v>
+        <v>45429</v>
       </c>
       <c r="C384" s="4">
-        <v>1.2341</v>
+        <v>1.2344</v>
       </c>
       <c r="D384" s="4">
-        <v>1.2317</v>
+        <v>1.232</v>
       </c>
       <c r="E384" s="4">
-        <v>1.2329</v>
+        <v>1.2332</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="B385" s="5">
-        <v>45378</v>
+        <v>45428</v>
       </c>
       <c r="C385" s="4">
-        <v>1.2298</v>
+        <v>1.2319</v>
       </c>
       <c r="D385" s="4">
-        <v>1.2274</v>
+        <v>1.2295</v>
       </c>
       <c r="E385" s="4">
-        <v>1.2286</v>
+        <v>1.2307</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="B386" s="5">
-        <v>45377</v>
+        <v>45427</v>
       </c>
       <c r="C386" s="4">
-        <v>1.2308</v>
+        <v>1.2288</v>
       </c>
       <c r="D386" s="4">
-        <v>1.2284</v>
+        <v>1.2264</v>
       </c>
       <c r="E386" s="4">
-        <v>1.2296</v>
+        <v>1.2276</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="B387" s="5">
-        <v>45376</v>
+        <v>45426</v>
       </c>
       <c r="C387" s="4">
-        <v>1.233</v>
+        <v>1.2284</v>
       </c>
       <c r="D387" s="4">
-        <v>1.2306</v>
+        <v>1.226</v>
       </c>
       <c r="E387" s="4">
-        <v>1.2318</v>
+        <v>1.2272</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="B388" s="5">
-        <v>45373</v>
+        <v>45425</v>
       </c>
       <c r="C388" s="4">
-        <v>1.2318</v>
+        <v>1.2288</v>
       </c>
       <c r="D388" s="4">
-        <v>1.2294</v>
+        <v>1.2264</v>
       </c>
       <c r="E388" s="4">
-        <v>1.2306</v>
+        <v>1.2276</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="B389" s="5">
-        <v>45372</v>
+        <v>45422</v>
       </c>
       <c r="C389" s="4">
-        <v>1.2306</v>
+        <v>1.2273</v>
       </c>
       <c r="D389" s="4">
-        <v>1.2282</v>
+        <v>1.2249</v>
       </c>
       <c r="E389" s="4">
-        <v>1.2294</v>
+        <v>1.2261</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="B390" s="5">
-        <v>45371</v>
+        <v>45421</v>
       </c>
       <c r="C390" s="4">
-        <v>1.2264</v>
+        <v>1.2277</v>
       </c>
       <c r="D390" s="4">
-        <v>1.224</v>
+        <v>1.2253</v>
       </c>
       <c r="E390" s="4">
-        <v>1.2252</v>
+        <v>1.2265</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="B391" s="5">
-        <v>45370</v>
+        <v>45420</v>
       </c>
       <c r="C391" s="4">
-        <v>1.2246</v>
+        <v>1.2267</v>
       </c>
       <c r="D391" s="4">
-        <v>1.2222</v>
+        <v>1.2243</v>
       </c>
       <c r="E391" s="4">
-        <v>1.2234</v>
+        <v>1.2255</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="B392" s="5">
-        <v>45369</v>
+        <v>45419</v>
       </c>
       <c r="C392" s="4">
-        <v>1.2225</v>
+        <v>1.2222</v>
       </c>
       <c r="D392" s="4">
-        <v>1.2201</v>
+        <v>1.2198</v>
       </c>
       <c r="E392" s="4">
-        <v>1.2213</v>
+        <v>1.221</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="B393" s="5">
-        <v>45366</v>
+        <v>45418</v>
       </c>
       <c r="C393" s="4">
-        <v>1.224</v>
+        <v>1.219</v>
       </c>
       <c r="D393" s="4">
-        <v>1.2216</v>
+        <v>1.2166</v>
       </c>
       <c r="E393" s="4">
-        <v>1.2228</v>
+        <v>1.2178</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="B394" s="5">
-        <v>45365</v>
+        <v>45415</v>
       </c>
       <c r="C394" s="4">
-        <v>1.2243</v>
+        <v>1.216</v>
       </c>
       <c r="D394" s="4">
-        <v>1.2219</v>
+        <v>1.2136</v>
       </c>
       <c r="E394" s="4">
-        <v>1.2231</v>
+        <v>1.2148</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="B395" s="5">
-        <v>45364</v>
+        <v>45414</v>
       </c>
       <c r="C395" s="4">
-        <v>1.2254</v>
+        <v>1.2138</v>
       </c>
       <c r="D395" s="4">
-        <v>1.223</v>
+        <v>1.2114</v>
       </c>
       <c r="E395" s="4">
-        <v>1.2242</v>
+        <v>1.2126</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="B396" s="5">
-        <v>45363</v>
+        <v>45413</v>
       </c>
       <c r="C396" s="4">
-        <v>1.2217</v>
+        <v>1.2168</v>
       </c>
       <c r="D396" s="4">
-        <v>1.2193</v>
+        <v>1.2144</v>
       </c>
       <c r="E396" s="4">
-        <v>1.2205</v>
+        <v>1.2156</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="B397" s="5">
-        <v>45362</v>
+        <v>45412</v>
       </c>
       <c r="C397" s="4">
-        <v>1.2217</v>
+        <v>1.2185</v>
       </c>
       <c r="D397" s="4">
-        <v>1.2193</v>
+        <v>1.2161</v>
       </c>
       <c r="E397" s="4">
-        <v>1.2205</v>
+        <v>1.2173</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="B398" s="5">
-        <v>45359</v>
+        <v>45411</v>
       </c>
       <c r="C398" s="4">
-        <v>1.2264</v>
+        <v>1.2164</v>
       </c>
       <c r="D398" s="4">
-        <v>1.224</v>
+        <v>1.214</v>
       </c>
       <c r="E398" s="4">
-        <v>1.2252</v>
+        <v>1.2152</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="B399" s="5">
-        <v>45358</v>
+        <v>45408</v>
       </c>
       <c r="C399" s="4">
-        <v>1.2225</v>
+        <v>1.218</v>
       </c>
       <c r="D399" s="4">
-        <v>1.2201</v>
+        <v>1.2156</v>
       </c>
       <c r="E399" s="4">
-        <v>1.2213</v>
+        <v>1.2168</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="B400" s="5">
-        <v>45357</v>
+        <v>45406</v>
       </c>
       <c r="C400" s="4">
-        <v>1.22</v>
+        <v>1.2196</v>
       </c>
       <c r="D400" s="4">
-        <v>1.2176</v>
+        <v>1.2172</v>
       </c>
       <c r="E400" s="4">
-        <v>1.2188</v>
+        <v>1.2184</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="B401" s="5">
-        <v>45356</v>
+        <v>45405</v>
       </c>
       <c r="C401" s="4">
-        <v>1.2216</v>
+        <v>1.2171</v>
       </c>
       <c r="D401" s="4">
-        <v>1.2192</v>
+        <v>1.2147</v>
       </c>
       <c r="E401" s="4">
-        <v>1.2204</v>
+        <v>1.2159</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="B402" s="5">
-        <v>45355</v>
+        <v>45404</v>
       </c>
       <c r="C402" s="4">
-        <v>1.2202</v>
+        <v>1.2128</v>
       </c>
       <c r="D402" s="4">
-        <v>1.2178</v>
+        <v>1.2104</v>
       </c>
       <c r="E402" s="4">
-        <v>1.219</v>
+        <v>1.2116</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="B403" s="5">
-        <v>45352</v>
+        <v>45401</v>
       </c>
       <c r="C403" s="4">
-        <v>1.2184</v>
+        <v>1.214</v>
       </c>
       <c r="D403" s="4">
-        <v>1.216</v>
+        <v>1.2116</v>
       </c>
       <c r="E403" s="4">
-        <v>1.2172</v>
+        <v>1.2128</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="B404" s="5">
-        <v>45351</v>
+        <v>45400</v>
       </c>
       <c r="C404" s="4">
-        <v>1.2164</v>
+        <v>1.2159</v>
       </c>
       <c r="D404" s="4">
-        <v>1.214</v>
+        <v>1.2135</v>
       </c>
       <c r="E404" s="4">
-        <v>1.2152</v>
+        <v>1.2147</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="B405" s="5">
-        <v>45350</v>
+        <v>45399</v>
       </c>
       <c r="C405" s="4">
-        <v>1.2145</v>
+        <v>1.2155</v>
       </c>
       <c r="D405" s="4">
-        <v>1.2121</v>
+        <v>1.2131</v>
       </c>
       <c r="E405" s="4">
-        <v>1.2133</v>
+        <v>1.2143</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="B406" s="5">
-        <v>45349</v>
+        <v>45398</v>
       </c>
       <c r="C406" s="4">
-        <v>1.2141</v>
+        <v>1.2172</v>
       </c>
       <c r="D406" s="4">
-        <v>1.2117</v>
+        <v>1.2148</v>
       </c>
       <c r="E406" s="4">
-        <v>1.2129</v>
+        <v>1.216</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="B407" s="5">
-        <v>45348</v>
+        <v>45397</v>
       </c>
       <c r="C407" s="4">
-        <v>1.2143</v>
+        <v>1.2234</v>
       </c>
       <c r="D407" s="4">
-        <v>1.2119</v>
+        <v>1.221</v>
       </c>
       <c r="E407" s="4">
-        <v>1.2131</v>
+        <v>1.2222</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="B408" s="5">
-        <v>45345</v>
+        <v>45394</v>
       </c>
       <c r="C408" s="4">
-        <v>1.2137</v>
+        <v>1.2267</v>
       </c>
       <c r="D408" s="4">
-        <v>1.2113</v>
+        <v>1.2243</v>
       </c>
       <c r="E408" s="4">
-        <v>1.2125</v>
+        <v>1.2255</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="B409" s="5">
-        <v>45344</v>
+        <v>45393</v>
       </c>
       <c r="C409" s="4">
-        <v>1.2084</v>
+        <v>1.2271</v>
       </c>
       <c r="D409" s="4">
-        <v>1.206</v>
+        <v>1.2247</v>
       </c>
       <c r="E409" s="4">
-        <v>1.2072</v>
+        <v>1.2259</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="B410" s="5">
-        <v>45343</v>
+        <v>45392</v>
       </c>
       <c r="C410" s="4">
-        <v>1.2076</v>
+        <v>1.2293</v>
       </c>
       <c r="D410" s="4">
-        <v>1.2052</v>
+        <v>1.2269</v>
       </c>
       <c r="E410" s="4">
-        <v>1.2064</v>
+        <v>1.2281</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="B411" s="5">
-        <v>45342</v>
+        <v>45391</v>
       </c>
       <c r="C411" s="4">
-        <v>1.21</v>
+        <v>1.2285</v>
       </c>
       <c r="D411" s="4">
-        <v>1.2076</v>
+        <v>1.2261</v>
       </c>
       <c r="E411" s="4">
-        <v>1.2088</v>
+        <v>1.2273</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="B412" s="5">
-        <v>45341</v>
+        <v>45390</v>
       </c>
       <c r="C412" s="4">
-        <v>1.2074</v>
+        <v>1.2278</v>
       </c>
       <c r="D412" s="4">
-        <v>1.205</v>
+        <v>1.2254</v>
       </c>
       <c r="E412" s="4">
-        <v>1.2062</v>
+        <v>1.2266</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="B413" s="5">
-        <v>45338</v>
+        <v>45387</v>
       </c>
       <c r="C413" s="4">
-        <v>1.2069</v>
+        <v>1.2251</v>
       </c>
       <c r="D413" s="4">
-        <v>1.2045</v>
+        <v>1.2227</v>
       </c>
       <c r="E413" s="4">
-        <v>1.2057</v>
+        <v>1.2239</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="B414" s="5">
-        <v>45337</v>
+        <v>45386</v>
       </c>
       <c r="C414" s="4">
-        <v>1.2041</v>
+        <v>1.2289</v>
       </c>
       <c r="D414" s="4">
-        <v>1.2017</v>
+        <v>1.2265</v>
       </c>
       <c r="E414" s="4">
-        <v>1.2029</v>
+        <v>1.2277</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="B415" s="5">
-        <v>45336</v>
+        <v>45385</v>
       </c>
       <c r="C415" s="4">
-        <v>1.2012</v>
+        <v>1.2286</v>
       </c>
       <c r="D415" s="4">
-        <v>1.1988</v>
+        <v>1.2262</v>
       </c>
       <c r="E415" s="4">
-        <v>1.2</v>
+        <v>1.2274</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="B416" s="5">
-        <v>45335</v>
+        <v>45384</v>
       </c>
       <c r="C416" s="4">
-        <v>1.2046</v>
+        <v>1.2336</v>
       </c>
       <c r="D416" s="4">
-        <v>1.2022</v>
+        <v>1.2312</v>
       </c>
       <c r="E416" s="4">
-        <v>1.2034</v>
+        <v>1.2324</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="B417" s="5">
-        <v>45334</v>
+        <v>45379</v>
       </c>
       <c r="C417" s="4">
-        <v>1.2053</v>
+        <v>1.2341</v>
       </c>
       <c r="D417" s="4">
-        <v>1.2029</v>
+        <v>1.2317</v>
       </c>
       <c r="E417" s="4">
-        <v>1.2041</v>
+        <v>1.2329</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="B418" s="5">
-        <v>45331</v>
+        <v>45378</v>
       </c>
       <c r="C418" s="4">
-        <v>1.2059</v>
+        <v>1.2298</v>
       </c>
       <c r="D418" s="4">
-        <v>1.2035</v>
+        <v>1.2274</v>
       </c>
       <c r="E418" s="4">
-        <v>1.2047</v>
+        <v>1.2286</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="B419" s="5">
-        <v>45330</v>
+        <v>45377</v>
       </c>
       <c r="C419" s="4">
-        <v>1.2043</v>
+        <v>1.2308</v>
       </c>
       <c r="D419" s="4">
-        <v>1.2019</v>
+        <v>1.2284</v>
       </c>
       <c r="E419" s="4">
-        <v>1.2031</v>
+        <v>1.2296</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="B420" s="5">
-        <v>45329</v>
+        <v>45376</v>
       </c>
       <c r="C420" s="4">
-        <v>1.2028</v>
+        <v>1.233</v>
       </c>
       <c r="D420" s="4">
-        <v>1.2004</v>
+        <v>1.2306</v>
       </c>
       <c r="E420" s="4">
-        <v>1.2016</v>
+        <v>1.2318</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="B421" s="5">
-        <v>45328</v>
+        <v>45373</v>
       </c>
       <c r="C421" s="4">
-        <v>1.2016</v>
+        <v>1.2318</v>
       </c>
       <c r="D421" s="4">
-        <v>1.1992</v>
+        <v>1.2294</v>
       </c>
       <c r="E421" s="4">
-        <v>1.2004</v>
+        <v>1.2306</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="B422" s="5">
-        <v>45327</v>
+        <v>45372</v>
       </c>
       <c r="C422" s="4">
-        <v>1.2031</v>
+        <v>1.2306</v>
       </c>
       <c r="D422" s="4">
-        <v>1.2007</v>
+        <v>1.2282</v>
       </c>
       <c r="E422" s="4">
-        <v>1.2019</v>
+        <v>1.2294</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="B423" s="5">
-        <v>45324</v>
+        <v>45371</v>
       </c>
       <c r="C423" s="4">
-        <v>1.2038</v>
+        <v>1.2264</v>
       </c>
       <c r="D423" s="4">
-        <v>1.2014</v>
+        <v>1.224</v>
       </c>
       <c r="E423" s="4">
-        <v>1.2026</v>
+        <v>1.2252</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="B424" s="5">
-        <v>45323</v>
+        <v>45370</v>
       </c>
       <c r="C424" s="4">
-        <v>1.1974</v>
+        <v>1.2246</v>
       </c>
       <c r="D424" s="4">
-        <v>1.195</v>
+        <v>1.2222</v>
       </c>
       <c r="E424" s="4">
-        <v>1.1962</v>
+        <v>1.2234</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="B425" s="5">
-        <v>45322</v>
+        <v>45369</v>
       </c>
       <c r="C425" s="4">
-        <v>1.2022</v>
+        <v>1.2225</v>
       </c>
       <c r="D425" s="4">
-        <v>1.1998</v>
+        <v>1.2201</v>
       </c>
       <c r="E425" s="4">
-        <v>1.201</v>
+        <v>1.2213</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="B426" s="5">
-        <v>45321</v>
+        <v>45366</v>
       </c>
       <c r="C426" s="4">
-        <v>1.1993</v>
+        <v>1.224</v>
       </c>
       <c r="D426" s="4">
-        <v>1.1969</v>
+        <v>1.2216</v>
       </c>
       <c r="E426" s="4">
-        <v>1.1981</v>
+        <v>1.2228</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="B427" s="5">
-        <v>45320</v>
+        <v>45365</v>
       </c>
       <c r="C427" s="4">
-        <v>1.1973</v>
+        <v>1.2243</v>
       </c>
       <c r="D427" s="4">
-        <v>1.1949</v>
+        <v>1.2219</v>
       </c>
       <c r="E427" s="4">
-        <v>1.1961</v>
+        <v>1.2231</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="B428" s="5">
-        <v>45316</v>
+        <v>45364</v>
       </c>
       <c r="C428" s="4">
-        <v>1.1947</v>
+        <v>1.2254</v>
       </c>
       <c r="D428" s="4">
-        <v>1.1923</v>
+        <v>1.223</v>
       </c>
       <c r="E428" s="4">
-        <v>1.1935</v>
+        <v>1.2242</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="B429" s="5">
-        <v>45315</v>
+        <v>45363</v>
       </c>
       <c r="C429" s="4">
-        <v>1.1936</v>
+        <v>1.2217</v>
       </c>
       <c r="D429" s="4">
-        <v>1.1912</v>
+        <v>1.2193</v>
       </c>
       <c r="E429" s="4">
-        <v>1.1924</v>
+        <v>1.2205</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="B430" s="5">
-        <v>45314</v>
+        <v>45362</v>
       </c>
       <c r="C430" s="4">
-        <v>1.193</v>
+        <v>1.2217</v>
       </c>
       <c r="D430" s="4">
-        <v>1.1906</v>
+        <v>1.2193</v>
       </c>
       <c r="E430" s="4">
-        <v>1.1918</v>
+        <v>1.2205</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="B431" s="5">
-        <v>45313</v>
+        <v>45359</v>
       </c>
       <c r="C431" s="4">
-        <v>1.1914</v>
+        <v>1.2264</v>
       </c>
       <c r="D431" s="4">
-        <v>1.189</v>
+        <v>1.224</v>
       </c>
       <c r="E431" s="4">
-        <v>1.1902</v>
+        <v>1.2252</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="B432" s="5">
-        <v>45310</v>
+        <v>45358</v>
       </c>
       <c r="C432" s="4">
-        <v>1.1885</v>
+        <v>1.2225</v>
       </c>
       <c r="D432" s="4">
-        <v>1.1861</v>
+        <v>1.2201</v>
       </c>
       <c r="E432" s="4">
-        <v>1.1873</v>
+        <v>1.2213</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="B433" s="5">
-        <v>45309</v>
+        <v>45357</v>
       </c>
       <c r="C433" s="4">
-        <v>1.1859</v>
+        <v>1.22</v>
       </c>
       <c r="D433" s="4">
-        <v>1.1835</v>
+        <v>1.2176</v>
       </c>
       <c r="E433" s="4">
-        <v>1.1847</v>
+        <v>1.2188</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="B434" s="5">
-        <v>45308</v>
+        <v>45356</v>
       </c>
       <c r="C434" s="4">
-        <v>1.1888</v>
+        <v>1.2216</v>
       </c>
       <c r="D434" s="4">
-        <v>1.1864</v>
+        <v>1.2192</v>
       </c>
       <c r="E434" s="4">
-        <v>1.1876</v>
+        <v>1.2204</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="B435" s="5">
-        <v>45307</v>
+        <v>45355</v>
       </c>
       <c r="C435" s="4">
-        <v>1.1903</v>
+        <v>1.2202</v>
       </c>
       <c r="D435" s="4">
-        <v>1.1879</v>
+        <v>1.2178</v>
       </c>
       <c r="E435" s="4">
-        <v>1.1891</v>
+        <v>1.219</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="B436" s="5">
-        <v>45306</v>
+        <v>45352</v>
       </c>
       <c r="C436" s="4">
-        <v>1.1915</v>
+        <v>1.2184</v>
       </c>
       <c r="D436" s="4">
-        <v>1.1891</v>
+        <v>1.216</v>
       </c>
       <c r="E436" s="4">
-        <v>1.1903</v>
+        <v>1.2172</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="B437" s="5">
-        <v>45303</v>
+        <v>45351</v>
       </c>
       <c r="C437" s="4">
-        <v>1.1917</v>
+        <v>1.2164</v>
       </c>
       <c r="D437" s="4">
-        <v>1.1893</v>
+        <v>1.214</v>
       </c>
       <c r="E437" s="4">
-        <v>1.1905</v>
+        <v>1.2152</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="B438" s="5">
-        <v>45302</v>
+        <v>45350</v>
       </c>
       <c r="C438" s="4">
-        <v>1.191</v>
+        <v>1.2145</v>
       </c>
       <c r="D438" s="4">
-        <v>1.1886</v>
+        <v>1.2121</v>
       </c>
       <c r="E438" s="4">
-        <v>1.1898</v>
+        <v>1.2133</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="B439" s="5">
-        <v>45301</v>
+        <v>45349</v>
       </c>
       <c r="C439" s="4">
-        <v>1.1894</v>
+        <v>1.2141</v>
       </c>
       <c r="D439" s="4">
-        <v>1.187</v>
+        <v>1.2117</v>
       </c>
       <c r="E439" s="4">
-        <v>1.1882</v>
+        <v>1.2129</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="B440" s="5">
-        <v>45300</v>
+        <v>45348</v>
       </c>
       <c r="C440" s="4">
-        <v>1.1908</v>
+        <v>1.2143</v>
       </c>
       <c r="D440" s="4">
-        <v>1.1884</v>
+        <v>1.2119</v>
       </c>
       <c r="E440" s="4">
-        <v>1.1896</v>
+        <v>1.2131</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="B441" s="5">
-        <v>45299</v>
+        <v>45345</v>
       </c>
       <c r="C441" s="4">
-        <v>1.1864</v>
+        <v>1.2137</v>
       </c>
       <c r="D441" s="4">
-        <v>1.184</v>
+        <v>1.2113</v>
       </c>
       <c r="E441" s="4">
-        <v>1.1852</v>
+        <v>1.2125</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="B442" s="5">
-        <v>45296</v>
+        <v>45344</v>
       </c>
       <c r="C442" s="4">
-        <v>1.1879</v>
+        <v>1.2084</v>
       </c>
       <c r="D442" s="4">
-        <v>1.1855</v>
+        <v>1.206</v>
       </c>
       <c r="E442" s="4">
-        <v>1.1867</v>
+        <v>1.2072</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="B443" s="5">
-        <v>45295</v>
+        <v>45343</v>
       </c>
       <c r="C443" s="4">
-        <v>1.189</v>
+        <v>1.2076</v>
       </c>
       <c r="D443" s="4">
-        <v>1.1866</v>
+        <v>1.2052</v>
       </c>
       <c r="E443" s="4">
-        <v>1.1878</v>
+        <v>1.2064</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="B444" s="5">
-        <v>45294</v>
+        <v>45342</v>
       </c>
       <c r="C444" s="4">
-        <v>1.1908</v>
+        <v>1.21</v>
       </c>
       <c r="D444" s="4">
-        <v>1.1884</v>
+        <v>1.2076</v>
       </c>
       <c r="E444" s="4">
-        <v>1.1896</v>
+        <v>1.2088</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="B445" s="5">
-        <v>45293</v>
+        <v>45341</v>
       </c>
       <c r="C445" s="4">
-        <v>1.194</v>
+        <v>1.2074</v>
       </c>
       <c r="D445" s="4">
-        <v>1.1916</v>
+        <v>1.205</v>
       </c>
       <c r="E445" s="4">
-        <v>1.1928</v>
+        <v>1.2062</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="B446" s="5">
-        <v>45289</v>
+        <v>45338</v>
       </c>
       <c r="C446" s="4">
-        <v>1.1954</v>
+        <v>1.2069</v>
       </c>
       <c r="D446" s="4">
-        <v>1.193</v>
+        <v>1.2045</v>
       </c>
       <c r="E446" s="4">
-        <v>1.1942</v>
+        <v>1.2057</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="B447" s="5">
-        <v>45288</v>
+        <v>45337</v>
       </c>
       <c r="C447" s="4">
-        <v>1.193</v>
+        <v>1.2041</v>
       </c>
       <c r="D447" s="4">
-        <v>1.1906</v>
+        <v>1.2017</v>
       </c>
       <c r="E447" s="4">
-        <v>1.1918</v>
+        <v>1.2029</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="B448" s="5">
-        <v>45287</v>
+        <v>45336</v>
       </c>
       <c r="C448" s="4">
-        <v>1.1903</v>
+        <v>1.2012</v>
       </c>
       <c r="D448" s="4">
-        <v>1.1879</v>
+        <v>1.1988</v>
       </c>
       <c r="E448" s="4">
-        <v>1.1891</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="B449" s="5">
-        <v>45282</v>
+        <v>45335</v>
       </c>
       <c r="C449" s="4">
-        <v>1.1887</v>
+        <v>1.2046</v>
       </c>
       <c r="D449" s="4">
-        <v>1.1863</v>
+        <v>1.2022</v>
       </c>
       <c r="E449" s="4">
-        <v>1.1875</v>
+        <v>1.2034</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="B450" s="5">
-        <v>45281</v>
+        <v>45334</v>
       </c>
       <c r="C450" s="4">
-        <v>1.1873</v>
+        <v>1.2053</v>
       </c>
       <c r="D450" s="4">
-        <v>1.1849</v>
+        <v>1.2029</v>
       </c>
       <c r="E450" s="4">
-        <v>1.1861</v>
+        <v>1.2041</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="B451" s="5">
-        <v>45280</v>
+        <v>45331</v>
       </c>
       <c r="C451" s="4">
-        <v>1.19</v>
+        <v>1.2059</v>
       </c>
       <c r="D451" s="4">
-        <v>1.1876</v>
+        <v>1.2035</v>
       </c>
       <c r="E451" s="4">
-        <v>1.1888</v>
+        <v>1.2047</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="B452" s="5">
-        <v>45279</v>
+        <v>45330</v>
       </c>
       <c r="C452" s="4">
-        <v>1.1885</v>
+        <v>1.2043</v>
       </c>
       <c r="D452" s="4">
-        <v>1.1861</v>
+        <v>1.2019</v>
       </c>
       <c r="E452" s="4">
-        <v>1.1873</v>
+        <v>1.2031</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="B453" s="5">
-        <v>45278</v>
+        <v>45329</v>
       </c>
       <c r="C453" s="4">
-        <v>1.1861</v>
+        <v>1.2028</v>
       </c>
       <c r="D453" s="4">
-        <v>1.1837</v>
+        <v>1.2004</v>
       </c>
       <c r="E453" s="4">
-        <v>1.1849</v>
+        <v>1.2016</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="B454" s="5">
-        <v>45275</v>
+        <v>45328</v>
       </c>
       <c r="C454" s="4">
-        <v>1.1877</v>
+        <v>1.2016</v>
       </c>
       <c r="D454" s="4">
-        <v>1.1853</v>
+        <v>1.1992</v>
       </c>
       <c r="E454" s="4">
-        <v>1.1865</v>
+        <v>1.2004</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="B455" s="5">
-        <v>45274</v>
+        <v>45327</v>
       </c>
       <c r="C455" s="4">
-        <v>1.1855</v>
+        <v>1.2031</v>
       </c>
       <c r="D455" s="4">
-        <v>1.1831</v>
+        <v>1.2007</v>
       </c>
       <c r="E455" s="4">
-        <v>1.1843</v>
+        <v>1.2019</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="B456" s="5">
-        <v>45273</v>
+        <v>45324</v>
       </c>
       <c r="C456" s="4">
-        <v>1.1795</v>
+        <v>1.2038</v>
       </c>
       <c r="D456" s="4">
-        <v>1.1771</v>
+        <v>1.2014</v>
       </c>
       <c r="E456" s="4">
-        <v>1.1783</v>
+        <v>1.2026</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="B457" s="5">
-        <v>45272</v>
+        <v>45323</v>
       </c>
       <c r="C457" s="4">
-        <v>1.1778</v>
+        <v>1.1974</v>
       </c>
       <c r="D457" s="4">
-        <v>1.1754</v>
+        <v>1.195</v>
       </c>
       <c r="E457" s="4">
-        <v>1.1766</v>
+        <v>1.1962</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="B458" s="5">
-        <v>45271</v>
+        <v>45322</v>
       </c>
       <c r="C458" s="4">
-        <v>1.1752</v>
+        <v>1.2022</v>
       </c>
       <c r="D458" s="4">
-        <v>1.1728</v>
+        <v>1.1998</v>
       </c>
       <c r="E458" s="4">
-        <v>1.174</v>
+        <v>1.201</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="B459" s="5">
-        <v>45268</v>
+        <v>45321</v>
       </c>
       <c r="C459" s="4">
-        <v>1.1748</v>
+        <v>1.1993</v>
       </c>
       <c r="D459" s="4">
-        <v>1.1724</v>
+        <v>1.1969</v>
       </c>
       <c r="E459" s="4">
-        <v>1.1736</v>
+        <v>1.1981</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="B460" s="5">
-        <v>45267</v>
+        <v>45320</v>
       </c>
       <c r="C460" s="4">
-        <v>1.1734</v>
+        <v>1.1973</v>
       </c>
       <c r="D460" s="4">
-        <v>1.171</v>
+        <v>1.1949</v>
       </c>
       <c r="E460" s="4">
-        <v>1.1722</v>
+        <v>1.1961</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="B461" s="5">
-        <v>45266</v>
+        <v>45316</v>
       </c>
       <c r="C461" s="4">
-        <v>1.1741</v>
+        <v>1.1947</v>
       </c>
       <c r="D461" s="4">
-        <v>1.1717</v>
+        <v>1.1923</v>
       </c>
       <c r="E461" s="4">
-        <v>1.1729</v>
+        <v>1.1935</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="B462" s="5">
-        <v>45265</v>
+        <v>45315</v>
       </c>
       <c r="C462" s="4">
-        <v>1.1705</v>
+        <v>1.1936</v>
       </c>
       <c r="D462" s="4">
-        <v>1.1681</v>
+        <v>1.1912</v>
       </c>
       <c r="E462" s="4">
-        <v>1.1693</v>
+        <v>1.1924</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="B463" s="5">
-        <v>45264</v>
+        <v>45314</v>
       </c>
       <c r="C463" s="4">
-        <v>1.1722</v>
+        <v>1.193</v>
       </c>
       <c r="D463" s="4">
-        <v>1.1698</v>
+        <v>1.1906</v>
       </c>
       <c r="E463" s="4">
-        <v>1.171</v>
+        <v>1.1918</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="B464" s="5">
-        <v>45261</v>
+        <v>45313</v>
       </c>
       <c r="C464" s="4">
-        <v>1.1686</v>
+        <v>1.1914</v>
       </c>
       <c r="D464" s="4">
-        <v>1.1662</v>
+        <v>1.189</v>
       </c>
       <c r="E464" s="4">
-        <v>1.1674</v>
+        <v>1.1902</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="B465" s="5">
-        <v>45260</v>
+        <v>45310</v>
       </c>
       <c r="C465" s="4">
-        <v>1.1683</v>
+        <v>1.1885</v>
       </c>
       <c r="D465" s="4">
-        <v>1.1659</v>
+        <v>1.1861</v>
       </c>
       <c r="E465" s="4">
-        <v>1.1671</v>
+        <v>1.1873</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="B466" s="5">
-        <v>45259</v>
+        <v>45309</v>
       </c>
       <c r="C466" s="4">
-        <v>1.166</v>
+        <v>1.1859</v>
       </c>
       <c r="D466" s="4">
-        <v>1.1636</v>
+        <v>1.1835</v>
       </c>
       <c r="E466" s="4">
-        <v>1.1648</v>
+        <v>1.1847</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="B467" s="5">
-        <v>45258</v>
+        <v>45308</v>
       </c>
       <c r="C467" s="4">
-        <v>1.1657</v>
+        <v>1.1888</v>
       </c>
       <c r="D467" s="4">
-        <v>1.1633</v>
+        <v>1.1864</v>
       </c>
       <c r="E467" s="4">
-        <v>1.1645</v>
+        <v>1.1876</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="B468" s="5">
-        <v>45257</v>
+        <v>45307</v>
       </c>
       <c r="C468" s="4">
-        <v>1.1654</v>
+        <v>1.1903</v>
       </c>
       <c r="D468" s="4">
-        <v>1.163</v>
+        <v>1.1879</v>
       </c>
       <c r="E468" s="4">
-        <v>1.1642</v>
+        <v>1.1891</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="B469" s="5">
-        <v>45254</v>
+        <v>45306</v>
       </c>
       <c r="C469" s="4">
-        <v>1.1671</v>
+        <v>1.1915</v>
       </c>
       <c r="D469" s="4">
-        <v>1.1647</v>
+        <v>1.1891</v>
       </c>
       <c r="E469" s="4">
-        <v>1.1659</v>
+        <v>1.1903</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="B470" s="5">
-        <v>45253</v>
+        <v>45303</v>
       </c>
       <c r="C470" s="4">
-        <v>1.1673</v>
+        <v>1.1917</v>
       </c>
       <c r="D470" s="4">
-        <v>1.1649</v>
+        <v>1.1893</v>
       </c>
       <c r="E470" s="4">
-        <v>1.1661</v>
+        <v>1.1905</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="B471" s="5">
-        <v>45252</v>
+        <v>45302</v>
       </c>
       <c r="C471" s="4">
-        <v>1.1669</v>
+        <v>1.191</v>
       </c>
       <c r="D471" s="4">
-        <v>1.1645</v>
+        <v>1.1886</v>
       </c>
       <c r="E471" s="4">
-        <v>1.1657</v>
+        <v>1.1898</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="B472" s="5">
-        <v>45251</v>
+        <v>45301</v>
       </c>
       <c r="C472" s="4">
-        <v>1.1678</v>
+        <v>1.1894</v>
       </c>
       <c r="D472" s="4">
-        <v>1.1654</v>
+        <v>1.187</v>
       </c>
       <c r="E472" s="4">
-        <v>1.1666</v>
+        <v>1.1882</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="B473" s="5">
-        <v>45250</v>
+        <v>45300</v>
       </c>
       <c r="C473" s="4">
-        <v>1.1665</v>
+        <v>1.1908</v>
       </c>
       <c r="D473" s="4">
-        <v>1.1641</v>
+        <v>1.1884</v>
       </c>
       <c r="E473" s="4">
-        <v>1.1653</v>
+        <v>1.1896</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="B474" s="5">
-        <v>45247</v>
+        <v>45299</v>
       </c>
       <c r="C474" s="4">
-        <v>1.1655</v>
+        <v>1.1864</v>
       </c>
       <c r="D474" s="4">
-        <v>1.1631</v>
+        <v>1.184</v>
       </c>
       <c r="E474" s="4">
-        <v>1.1643</v>
+        <v>1.1852</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="B475" s="5">
-        <v>45246</v>
+        <v>45296</v>
       </c>
       <c r="C475" s="4">
-        <v>1.165</v>
+        <v>1.1879</v>
       </c>
       <c r="D475" s="4">
-        <v>1.1626</v>
+        <v>1.1855</v>
       </c>
       <c r="E475" s="4">
-        <v>1.1638</v>
+        <v>1.1867</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="B476" s="5">
-        <v>45245</v>
+        <v>45295</v>
       </c>
       <c r="C476" s="4">
-        <v>1.1654</v>
+        <v>1.189</v>
       </c>
       <c r="D476" s="4">
-        <v>1.163</v>
+        <v>1.1866</v>
       </c>
       <c r="E476" s="4">
-        <v>1.1642</v>
+        <v>1.1878</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="B477" s="5">
-        <v>45244</v>
+        <v>45294</v>
       </c>
       <c r="C477" s="4">
-        <v>1.1585</v>
+        <v>1.1908</v>
       </c>
       <c r="D477" s="4">
-        <v>1.1561</v>
+        <v>1.1884</v>
       </c>
       <c r="E477" s="4">
-        <v>1.1573</v>
+        <v>1.1896</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="B478" s="5">
-        <v>45243</v>
+        <v>45293</v>
       </c>
       <c r="C478" s="4">
-        <v>1.1576</v>
+        <v>1.194</v>
       </c>
       <c r="D478" s="4">
-        <v>1.1552</v>
+        <v>1.1916</v>
       </c>
       <c r="E478" s="4">
-        <v>1.1564</v>
+        <v>1.1928</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="B479" s="5">
-        <v>45240</v>
+        <v>45289</v>
       </c>
       <c r="C479" s="4">
-        <v>1.1546</v>
+        <v>1.1954</v>
       </c>
       <c r="D479" s="4">
-        <v>1.1522</v>
+        <v>1.193</v>
       </c>
       <c r="E479" s="4">
-        <v>1.1534</v>
+        <v>1.1942</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="B480" s="5">
-        <v>45239</v>
+        <v>45288</v>
       </c>
       <c r="C480" s="4">
-        <v>1.1569</v>
+        <v>1.193</v>
       </c>
       <c r="D480" s="4">
-        <v>1.1545</v>
+        <v>1.1906</v>
       </c>
       <c r="E480" s="4">
-        <v>1.1557</v>
+        <v>1.1918</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="B481" s="5">
-        <v>45238</v>
+        <v>45287</v>
       </c>
       <c r="C481" s="4">
-        <v>1.1562</v>
+        <v>1.1903</v>
       </c>
       <c r="D481" s="4">
-        <v>1.1538</v>
+        <v>1.1879</v>
       </c>
       <c r="E481" s="4">
-        <v>1.155</v>
+        <v>1.1891</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="B482" s="5">
-        <v>45237</v>
+        <v>45282</v>
       </c>
       <c r="C482" s="4">
-        <v>1.1541</v>
+        <v>1.1887</v>
       </c>
       <c r="D482" s="4">
-        <v>1.1517</v>
+        <v>1.1863</v>
       </c>
       <c r="E482" s="4">
-        <v>1.1529</v>
+        <v>1.1875</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="B483" s="5">
-        <v>45236</v>
+        <v>45281</v>
       </c>
       <c r="C483" s="4">
-        <v>1.1538</v>
+        <v>1.1873</v>
       </c>
       <c r="D483" s="4">
-        <v>1.1514</v>
+        <v>1.1849</v>
       </c>
       <c r="E483" s="4">
-        <v>1.1526</v>
+        <v>1.1861</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="B484" s="5">
-        <v>45233</v>
+        <v>45280</v>
       </c>
       <c r="C484" s="4">
-        <v>1.1513</v>
+        <v>1.19</v>
       </c>
       <c r="D484" s="4">
-        <v>1.1489</v>
+        <v>1.1876</v>
       </c>
       <c r="E484" s="4">
-        <v>1.1501</v>
+        <v>1.1888</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="B485" s="5">
-        <v>45232</v>
+        <v>45279</v>
       </c>
       <c r="C485" s="4">
-        <v>1.1453</v>
+        <v>1.1885</v>
       </c>
       <c r="D485" s="4">
-        <v>1.1431</v>
+        <v>1.1861</v>
       </c>
       <c r="E485" s="4">
-        <v>1.1442</v>
+        <v>1.1873</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="B486" s="5">
-        <v>45231</v>
+        <v>45278</v>
       </c>
       <c r="C486" s="4">
-        <v>1.1413</v>
+        <v>1.1861</v>
       </c>
       <c r="D486" s="4">
-        <v>1.1391</v>
+        <v>1.1837</v>
       </c>
       <c r="E486" s="4">
-        <v>1.1402</v>
+        <v>1.1849</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="B487" s="5">
-        <v>45230</v>
+        <v>45275</v>
       </c>
       <c r="C487" s="4">
-        <v>1.138</v>
+        <v>1.1877</v>
       </c>
       <c r="D487" s="4">
-        <v>1.1358</v>
+        <v>1.1853</v>
       </c>
       <c r="E487" s="4">
-        <v>1.1369</v>
+        <v>1.1865</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="B488" s="5">
-        <v>45229</v>
+        <v>45274</v>
       </c>
       <c r="C488" s="4">
-        <v>1.1356</v>
+        <v>1.1855</v>
       </c>
       <c r="D488" s="4">
-        <v>1.1334</v>
+        <v>1.1831</v>
       </c>
       <c r="E488" s="4">
-        <v>1.1345</v>
+        <v>1.1843</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="B489" s="5">
-        <v>45226</v>
+        <v>45273</v>
       </c>
       <c r="C489" s="4">
-        <v>1.1374</v>
+        <v>1.1795</v>
       </c>
       <c r="D489" s="4">
-        <v>1.1352</v>
+        <v>1.1771</v>
       </c>
       <c r="E489" s="4">
-        <v>1.1363</v>
+        <v>1.1783</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="B490" s="5">
-        <v>45225</v>
+        <v>45272</v>
       </c>
       <c r="C490" s="4">
-        <v>1.1393</v>
+        <v>1.1778</v>
       </c>
       <c r="D490" s="4">
-        <v>1.1371</v>
+        <v>1.1754</v>
       </c>
       <c r="E490" s="4">
-        <v>1.1382</v>
+        <v>1.1766</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="B491" s="5">
-        <v>45224</v>
+        <v>45271</v>
       </c>
       <c r="C491" s="4">
-        <v>1.1427</v>
+        <v>1.1752</v>
       </c>
       <c r="D491" s="4">
-        <v>1.1405</v>
+        <v>1.1728</v>
       </c>
       <c r="E491" s="4">
-        <v>1.1416</v>
+        <v>1.174</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="B492" s="5">
-        <v>45223</v>
+        <v>45268</v>
       </c>
       <c r="C492" s="4">
-        <v>1.142</v>
+        <v>1.1748</v>
       </c>
       <c r="D492" s="4">
-        <v>1.1398</v>
+        <v>1.1724</v>
       </c>
       <c r="E492" s="4">
-        <v>1.1409</v>
+        <v>1.1736</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="B493" s="5">
-        <v>45222</v>
+        <v>45267</v>
       </c>
       <c r="C493" s="4">
-        <v>1.1423</v>
+        <v>1.1734</v>
       </c>
       <c r="D493" s="4">
-        <v>1.1401</v>
+        <v>1.171</v>
       </c>
       <c r="E493" s="4">
-        <v>1.1412</v>
+        <v>1.1722</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="B494" s="5">
-        <v>45219</v>
+        <v>45266</v>
       </c>
       <c r="C494" s="4">
-        <v>1.1464</v>
+        <v>1.1741</v>
       </c>
       <c r="D494" s="4">
-        <v>1.1442</v>
+        <v>1.1717</v>
       </c>
       <c r="E494" s="4">
-        <v>1.1453</v>
+        <v>1.1729</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="B495" s="5">
-        <v>45218</v>
+        <v>45265</v>
       </c>
       <c r="C495" s="4">
-        <v>1.151</v>
+        <v>1.1705</v>
       </c>
       <c r="D495" s="4">
-        <v>1.1488</v>
+        <v>1.1681</v>
       </c>
       <c r="E495" s="4">
-        <v>1.1499</v>
+        <v>1.1693</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="B496" s="5">
-        <v>45217</v>
+        <v>45264</v>
       </c>
       <c r="C496" s="4">
-        <v>1.1573</v>
+        <v>1.1722</v>
       </c>
       <c r="D496" s="4">
-        <v>1.1549</v>
+        <v>1.1698</v>
       </c>
       <c r="E496" s="4">
-        <v>1.1561</v>
+        <v>1.171</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="B497" s="5">
-        <v>45216</v>
+        <v>45261</v>
       </c>
       <c r="C497" s="4">
-        <v>1.1572</v>
+        <v>1.1686</v>
       </c>
       <c r="D497" s="4">
-        <v>1.1548</v>
+        <v>1.1662</v>
       </c>
       <c r="E497" s="4">
-        <v>1.156</v>
+        <v>1.1674</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="B498" s="5">
-        <v>45215</v>
+        <v>45260</v>
       </c>
       <c r="C498" s="4">
-        <v>1.156</v>
+        <v>1.1683</v>
       </c>
       <c r="D498" s="4">
-        <v>1.1536</v>
+        <v>1.1659</v>
       </c>
       <c r="E498" s="4">
-        <v>1.1548</v>
+        <v>1.1671</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="B499" s="5">
-        <v>45212</v>
+        <v>45259</v>
       </c>
       <c r="C499" s="4">
-        <v>1.1576</v>
+        <v>1.166</v>
       </c>
       <c r="D499" s="4">
-        <v>1.1552</v>
+        <v>1.1636</v>
       </c>
       <c r="E499" s="4">
-        <v>1.1564</v>
+        <v>1.1648</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="B500" s="5">
-        <v>45211</v>
+        <v>45258</v>
       </c>
       <c r="C500" s="4">
-        <v>1.1584</v>
+        <v>1.1657</v>
       </c>
       <c r="D500" s="4">
-        <v>1.156</v>
+        <v>1.1633</v>
       </c>
       <c r="E500" s="4">
-        <v>1.1572</v>
+        <v>1.1645</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="B501" s="5">
-        <v>45210</v>
+        <v>45257</v>
       </c>
       <c r="C501" s="4">
-        <v>1.1566</v>
+        <v>1.1654</v>
       </c>
       <c r="D501" s="4">
-        <v>1.1542</v>
+        <v>1.163</v>
       </c>
       <c r="E501" s="4">
-        <v>1.1554</v>
+        <v>1.1642</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="B502" s="5">
-        <v>45209</v>
+        <v>45254</v>
       </c>
       <c r="C502" s="4">
-        <v>1.1526</v>
+        <v>1.1671</v>
       </c>
       <c r="D502" s="4">
-        <v>1.1502</v>
+        <v>1.1647</v>
       </c>
       <c r="E502" s="4">
-        <v>1.1514</v>
+        <v>1.1659</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="B503" s="5">
-        <v>45208</v>
+        <v>45253</v>
       </c>
       <c r="C503" s="4">
-        <v>1.1503</v>
+        <v>1.1673</v>
       </c>
       <c r="D503" s="4">
-        <v>1.1481</v>
+        <v>1.1649</v>
       </c>
       <c r="E503" s="4">
-        <v>1.1492</v>
+        <v>1.1661</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="B504" s="5">
-        <v>45205</v>
+        <v>45252</v>
       </c>
       <c r="C504" s="4">
-        <v>1.1471</v>
+        <v>1.1669</v>
       </c>
       <c r="D504" s="4">
-        <v>1.1449</v>
+        <v>1.1645</v>
       </c>
       <c r="E504" s="4">
-        <v>1.146</v>
+        <v>1.1657</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="B505" s="5">
-        <v>45204</v>
+        <v>45251</v>
       </c>
       <c r="C505" s="4">
-        <v>1.1466</v>
+        <v>1.1678</v>
       </c>
       <c r="D505" s="4">
-        <v>1.1444</v>
+        <v>1.1654</v>
       </c>
       <c r="E505" s="4">
-        <v>1.1455</v>
+        <v>1.1666</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="B506" s="5">
-        <v>45203</v>
+        <v>45250</v>
       </c>
       <c r="C506" s="4">
-        <v>1.1451</v>
+        <v>1.1665</v>
       </c>
       <c r="D506" s="4">
-        <v>1.1429</v>
+        <v>1.1641</v>
       </c>
       <c r="E506" s="4">
-        <v>1.144</v>
+        <v>1.1653</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="B507" s="5">
-        <v>45202</v>
+        <v>45247</v>
       </c>
       <c r="C507" s="4">
-        <v>1.1499</v>
+        <v>1.1655</v>
       </c>
       <c r="D507" s="4">
-        <v>1.1477</v>
+        <v>1.1631</v>
       </c>
       <c r="E507" s="4">
-        <v>1.1488</v>
+        <v>1.1643</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="B508" s="5">
-        <v>45198</v>
+        <v>45246</v>
       </c>
       <c r="C508" s="4">
-        <v>1.1533</v>
+        <v>1.165</v>
       </c>
       <c r="D508" s="4">
-        <v>1.1509</v>
+        <v>1.1626</v>
       </c>
       <c r="E508" s="4">
-        <v>1.1521</v>
+        <v>1.1638</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="B509" s="5">
-        <v>45197</v>
+        <v>45245</v>
       </c>
       <c r="C509" s="4">
-        <v>1.1522</v>
+        <v>1.1654</v>
       </c>
       <c r="D509" s="4">
-        <v>1.1498</v>
+        <v>1.163</v>
       </c>
       <c r="E509" s="4">
-        <v>1.151</v>
+        <v>1.1642</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="B510" s="5">
-        <v>45196</v>
+        <v>45244</v>
       </c>
       <c r="C510" s="4">
-        <v>1.1518</v>
+        <v>1.1585</v>
       </c>
       <c r="D510" s="4">
-        <v>1.1494</v>
+        <v>1.1561</v>
       </c>
       <c r="E510" s="4">
-        <v>1.1506</v>
+        <v>1.1573</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="B511" s="5">
-        <v>45195</v>
+        <v>45243</v>
       </c>
       <c r="C511" s="4">
-        <v>1.1563</v>
+        <v>1.1576</v>
       </c>
       <c r="D511" s="4">
-        <v>1.1539</v>
+        <v>1.1552</v>
       </c>
       <c r="E511" s="4">
-        <v>1.1551</v>
+        <v>1.1564</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="B512" s="5">
-        <v>45194</v>
+        <v>45240</v>
       </c>
       <c r="C512" s="4">
-        <v>1.1545</v>
+        <v>1.1546</v>
       </c>
       <c r="D512" s="4">
-        <v>1.1521</v>
+        <v>1.1522</v>
       </c>
       <c r="E512" s="4">
-        <v>1.1533</v>
+        <v>1.1534</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="B513" s="5">
-        <v>45191</v>
+        <v>45239</v>
       </c>
       <c r="C513" s="4">
-        <v>1.1572</v>
+        <v>1.1569</v>
       </c>
       <c r="D513" s="4">
-        <v>1.1548</v>
+        <v>1.1545</v>
       </c>
       <c r="E513" s="4">
-        <v>1.156</v>
+        <v>1.1557</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="B514" s="5">
-        <v>45190</v>
+        <v>45238</v>
       </c>
       <c r="C514" s="4">
-        <v>1.1607</v>
+        <v>1.1562</v>
       </c>
       <c r="D514" s="4">
-        <v>1.1583</v>
+        <v>1.1538</v>
       </c>
       <c r="E514" s="4">
-        <v>1.1595</v>
+        <v>1.155</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="B515" s="5">
-        <v>45189</v>
+        <v>45237</v>
       </c>
       <c r="C515" s="4">
-        <v>1.165</v>
+        <v>1.1541</v>
       </c>
       <c r="D515" s="4">
-        <v>1.1626</v>
+        <v>1.1517</v>
       </c>
       <c r="E515" s="4">
-        <v>1.1638</v>
+        <v>1.1529</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="B516" s="5">
-        <v>45188</v>
+        <v>45236</v>
       </c>
       <c r="C516" s="4">
-        <v>1.1674</v>
+        <v>1.1538</v>
       </c>
       <c r="D516" s="4">
-        <v>1.165</v>
+        <v>1.1514</v>
       </c>
       <c r="E516" s="4">
-        <v>1.1662</v>
+        <v>1.1526</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="B517" s="5">
-        <v>45187</v>
+        <v>45233</v>
       </c>
       <c r="C517" s="4">
-        <v>1.1692</v>
+        <v>1.1513</v>
       </c>
       <c r="D517" s="4">
-        <v>1.1668</v>
+        <v>1.1489</v>
       </c>
       <c r="E517" s="4">
-        <v>1.168</v>
+        <v>1.1501</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="B518" s="5">
-        <v>45184</v>
+        <v>45232</v>
       </c>
       <c r="C518" s="4">
-        <v>1.1719</v>
+        <v>1.1453</v>
       </c>
       <c r="D518" s="4">
-        <v>1.1695</v>
+        <v>1.1431</v>
       </c>
       <c r="E518" s="4">
-        <v>1.1707</v>
+        <v>1.1442</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="B519" s="5">
-        <v>45183</v>
+        <v>45231</v>
       </c>
       <c r="C519" s="4">
-        <v>1.1676</v>
+        <v>1.1413</v>
       </c>
       <c r="D519" s="4">
-        <v>1.1652</v>
+        <v>1.1391</v>
       </c>
       <c r="E519" s="4">
-        <v>1.1664</v>
+        <v>1.1402</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="B520" s="5">
-        <v>45182</v>
+        <v>45230</v>
       </c>
       <c r="C520" s="4">
-        <v>1.1671</v>
+        <v>1.138</v>
       </c>
       <c r="D520" s="4">
-        <v>1.1647</v>
+        <v>1.1358</v>
       </c>
       <c r="E520" s="4">
-        <v>1.1659</v>
+        <v>1.1369</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="B521" s="5">
-        <v>45181</v>
+        <v>45229</v>
       </c>
       <c r="C521" s="4">
-        <v>1.1689</v>
+        <v>1.1356</v>
       </c>
       <c r="D521" s="4">
-        <v>1.1665</v>
+        <v>1.1334</v>
       </c>
       <c r="E521" s="4">
-        <v>1.1677</v>
+        <v>1.1345</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="B522" s="5">
-        <v>45180</v>
+        <v>45226</v>
       </c>
       <c r="C522" s="4">
-        <v>1.1668</v>
+        <v>1.1374</v>
       </c>
       <c r="D522" s="4">
-        <v>1.1644</v>
+        <v>1.1352</v>
       </c>
       <c r="E522" s="4">
-        <v>1.1656</v>
+        <v>1.1363</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="B523" s="5">
-        <v>45177</v>
+        <v>45225</v>
       </c>
       <c r="C523" s="4">
-        <v>1.1666</v>
+        <v>1.1393</v>
       </c>
       <c r="D523" s="4">
-        <v>1.1642</v>
+        <v>1.1371</v>
       </c>
       <c r="E523" s="4">
-        <v>1.1654</v>
+        <v>1.1382</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="B524" s="5">
-        <v>45176</v>
+        <v>45224</v>
       </c>
       <c r="C524" s="4">
-        <v>1.1673</v>
+        <v>1.1427</v>
       </c>
       <c r="D524" s="4">
-        <v>1.1649</v>
+        <v>1.1405</v>
       </c>
       <c r="E524" s="4">
-        <v>1.1661</v>
+        <v>1.1416</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="B525" s="5">
-        <v>45175</v>
+        <v>45223</v>
       </c>
       <c r="C525" s="4">
-        <v>1.17</v>
+        <v>1.142</v>
       </c>
       <c r="D525" s="4">
-        <v>1.1676</v>
+        <v>1.1398</v>
       </c>
       <c r="E525" s="4">
-        <v>1.1688</v>
+        <v>1.1409</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="B526" s="5">
-        <v>45174</v>
+        <v>45222</v>
       </c>
       <c r="C526" s="4">
-        <v>1.1719</v>
+        <v>1.1423</v>
       </c>
       <c r="D526" s="4">
-        <v>1.1695</v>
+        <v>1.1401</v>
       </c>
       <c r="E526" s="4">
-        <v>1.1707</v>
+        <v>1.1412</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="B527" s="5">
-        <v>45173</v>
+        <v>45219</v>
       </c>
       <c r="C527" s="4">
-        <v>1.1715</v>
+        <v>1.1464</v>
       </c>
       <c r="D527" s="4">
-        <v>1.1691</v>
+        <v>1.1442</v>
       </c>
       <c r="E527" s="4">
-        <v>1.1703</v>
+        <v>1.1453</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="B528" s="5">
-        <v>45170</v>
+        <v>45218</v>
       </c>
       <c r="C528" s="4">
-        <v>1.1687</v>
+        <v>1.151</v>
       </c>
       <c r="D528" s="4">
-        <v>1.1663</v>
+        <v>1.1488</v>
       </c>
       <c r="E528" s="4">
-        <v>1.1675</v>
+        <v>1.1499</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="B529" s="5">
-        <v>45169</v>
+        <v>45217</v>
       </c>
       <c r="C529" s="4">
-        <v>1.1694</v>
+        <v>1.1573</v>
       </c>
       <c r="D529" s="4">
-        <v>1.167</v>
+        <v>1.1549</v>
       </c>
       <c r="E529" s="4">
-        <v>1.1682</v>
+        <v>1.1561</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="B530" s="5">
-        <v>45168</v>
+        <v>45216</v>
       </c>
       <c r="C530" s="4">
-        <v>1.1687</v>
+        <v>1.1572</v>
       </c>
       <c r="D530" s="4">
-        <v>1.1663</v>
+        <v>1.1548</v>
       </c>
       <c r="E530" s="4">
-        <v>1.1675</v>
+        <v>1.156</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="B531" s="5">
-        <v>45167</v>
+        <v>45215</v>
       </c>
       <c r="C531" s="4">
-        <v>1.1623</v>
+        <v>1.156</v>
       </c>
       <c r="D531" s="4">
-        <v>1.1599</v>
+        <v>1.1536</v>
       </c>
       <c r="E531" s="4">
-        <v>1.1611</v>
+        <v>1.1548</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="B532" s="5">
-        <v>45166</v>
+        <v>45212</v>
       </c>
       <c r="C532" s="4">
-        <v>1.1594</v>
+        <v>1.1576</v>
       </c>
       <c r="D532" s="4">
-        <v>1.157</v>
+        <v>1.1552</v>
       </c>
       <c r="E532" s="4">
-        <v>1.1582</v>
+        <v>1.1564</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="B533" s="5">
-        <v>45163</v>
+        <v>45211</v>
       </c>
       <c r="C533" s="4">
-        <v>1.1569</v>
+        <v>1.1584</v>
       </c>
       <c r="D533" s="4">
-        <v>1.1545</v>
+        <v>1.156</v>
       </c>
       <c r="E533" s="4">
-        <v>1.1557</v>
+        <v>1.1572</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="B534" s="5">
-        <v>45162</v>
+        <v>45210</v>
       </c>
       <c r="C534" s="4">
-        <v>1.1602</v>
+        <v>1.1566</v>
       </c>
       <c r="D534" s="4">
-        <v>1.1578</v>
+        <v>1.1542</v>
       </c>
       <c r="E534" s="4">
-        <v>1.159</v>
+        <v>1.1554</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="B535" s="5">
-        <v>45161</v>
+        <v>45209</v>
       </c>
       <c r="C535" s="4">
-        <v>1.1569</v>
+        <v>1.1526</v>
       </c>
       <c r="D535" s="4">
-        <v>1.1545</v>
+        <v>1.1502</v>
       </c>
       <c r="E535" s="4">
-        <v>1.1557</v>
+        <v>1.1514</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="B536" s="5">
-        <v>45160</v>
+        <v>45208</v>
       </c>
       <c r="C536" s="4">
-        <v>1.156</v>
+        <v>1.1503</v>
       </c>
       <c r="D536" s="4">
-        <v>1.1536</v>
+        <v>1.1481</v>
       </c>
       <c r="E536" s="4">
-        <v>1.1548</v>
+        <v>1.1492</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="B537" s="5">
-        <v>45159</v>
+        <v>45205</v>
       </c>
       <c r="C537" s="4">
-        <v>1.1555</v>
+        <v>1.1471</v>
       </c>
       <c r="D537" s="4">
-        <v>1.1531</v>
+        <v>1.1449</v>
       </c>
       <c r="E537" s="4">
-        <v>1.1543</v>
+        <v>1.146</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="B538" s="5">
-        <v>45156</v>
+        <v>45204</v>
       </c>
       <c r="C538" s="4">
-        <v>1.1567</v>
+        <v>1.1466</v>
       </c>
       <c r="D538" s="4">
-        <v>1.1543</v>
+        <v>1.1444</v>
       </c>
       <c r="E538" s="4">
-        <v>1.1555</v>
+        <v>1.1455</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="B539" s="5">
-        <v>45155</v>
+        <v>45203</v>
       </c>
       <c r="C539" s="4">
-        <v>1.1583</v>
+        <v>1.1451</v>
       </c>
       <c r="D539" s="4">
-        <v>1.1559</v>
+        <v>1.1429</v>
       </c>
       <c r="E539" s="4">
-        <v>1.1571</v>
+        <v>1.144</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="B540" s="5">
-        <v>45154</v>
+        <v>45202</v>
       </c>
       <c r="C540" s="4">
-        <v>1.1604</v>
+        <v>1.1499</v>
       </c>
       <c r="D540" s="4">
-        <v>1.158</v>
+        <v>1.1477</v>
       </c>
       <c r="E540" s="4">
-        <v>1.1592</v>
+        <v>1.1488</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="B541" s="5">
-        <v>45153</v>
+        <v>45198</v>
       </c>
       <c r="C541" s="4">
-        <v>1.166</v>
+        <v>1.1533</v>
       </c>
       <c r="D541" s="4">
-        <v>1.1636</v>
+        <v>1.1509</v>
       </c>
       <c r="E541" s="4">
-        <v>1.1648</v>
+        <v>1.1521</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="B542" s="5">
-        <v>45152</v>
+        <v>45197</v>
       </c>
       <c r="C542" s="4">
-        <v>1.165</v>
+        <v>1.1522</v>
       </c>
       <c r="D542" s="4">
-        <v>1.1626</v>
+        <v>1.1498</v>
       </c>
       <c r="E542" s="4">
-        <v>1.1638</v>
+        <v>1.151</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="B543" s="5">
-        <v>45149</v>
+        <v>45196</v>
       </c>
       <c r="C543" s="4">
-        <v>1.1675</v>
+        <v>1.1518</v>
       </c>
       <c r="D543" s="4">
-        <v>1.1651</v>
+        <v>1.1494</v>
       </c>
       <c r="E543" s="4">
-        <v>1.1663</v>
+        <v>1.1506</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="B544" s="5">
-        <v>45148</v>
+        <v>45195</v>
       </c>
       <c r="C544" s="4">
-        <v>1.1682</v>
+        <v>1.1563</v>
       </c>
       <c r="D544" s="4">
-        <v>1.1658</v>
+        <v>1.1539</v>
       </c>
       <c r="E544" s="4">
-        <v>1.167</v>
+        <v>1.1551</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="B545" s="5">
-        <v>45147</v>
+        <v>45194</v>
       </c>
       <c r="C545" s="4">
-        <v>1.1687</v>
+        <v>1.1545</v>
       </c>
       <c r="D545" s="4">
-        <v>1.1663</v>
+        <v>1.1521</v>
       </c>
       <c r="E545" s="4">
-        <v>1.1675</v>
+        <v>1.1533</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="B546" s="5">
-        <v>45146</v>
+        <v>45191</v>
       </c>
       <c r="C546" s="4">
-        <v>1.1679</v>
+        <v>1.1572</v>
       </c>
       <c r="D546" s="4">
-        <v>1.1655</v>
+        <v>1.1548</v>
       </c>
       <c r="E546" s="4">
-        <v>1.1667</v>
+        <v>1.156</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="B547" s="5">
-        <v>45145</v>
+        <v>45190</v>
       </c>
       <c r="C547" s="4">
-        <v>1.1655</v>
+        <v>1.1607</v>
       </c>
       <c r="D547" s="4">
-        <v>1.1631</v>
+        <v>1.1583</v>
       </c>
       <c r="E547" s="4">
-        <v>1.1643</v>
+        <v>1.1595</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="B548" s="5">
-        <v>45142</v>
+        <v>45189</v>
       </c>
       <c r="C548" s="4">
-        <v>1.1663</v>
+        <v>1.165</v>
       </c>
       <c r="D548" s="4">
-        <v>1.1639</v>
+        <v>1.1626</v>
       </c>
       <c r="E548" s="4">
-        <v>1.1651</v>
+        <v>1.1638</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="B549" s="5">
-        <v>45141</v>
+        <v>45188</v>
       </c>
       <c r="C549" s="4">
-        <v>1.167</v>
+        <v>1.1674</v>
       </c>
       <c r="D549" s="4">
-        <v>1.1646</v>
+        <v>1.165</v>
       </c>
       <c r="E549" s="4">
-        <v>1.1658</v>
+        <v>1.1662</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="B550" s="5">
-        <v>45140</v>
+        <v>45187</v>
       </c>
       <c r="C550" s="4">
-        <v>1.1711</v>
+        <v>1.1692</v>
       </c>
       <c r="D550" s="4">
-        <v>1.1687</v>
+        <v>1.1668</v>
       </c>
       <c r="E550" s="4">
-        <v>1.1699</v>
+        <v>1.168</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="B551" s="5">
-        <v>45139</v>
+        <v>45184</v>
       </c>
       <c r="C551" s="4">
-        <v>1.1724</v>
+        <v>1.1719</v>
       </c>
       <c r="D551" s="4">
-        <v>1.17</v>
+        <v>1.1695</v>
       </c>
       <c r="E551" s="4">
-        <v>1.1712</v>
+        <v>1.1707</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="B552" s="5">
-        <v>45138</v>
+        <v>45183</v>
       </c>
       <c r="C552" s="4">
-        <v>1.172</v>
+        <v>1.1676</v>
       </c>
       <c r="D552" s="4">
-        <v>1.1696</v>
+        <v>1.1652</v>
       </c>
       <c r="E552" s="4">
-        <v>1.1708</v>
+        <v>1.1664</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="B553" s="5">
-        <v>45135</v>
+        <v>45182</v>
       </c>
       <c r="C553" s="4">
-        <v>1.1687</v>
+        <v>1.1671</v>
       </c>
       <c r="D553" s="4">
-        <v>1.1663</v>
+        <v>1.1647</v>
       </c>
       <c r="E553" s="4">
-        <v>1.1675</v>
+        <v>1.1659</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="B554" s="5">
-        <v>45134</v>
+        <v>45181</v>
       </c>
       <c r="C554" s="4">
-        <v>1.1707</v>
+        <v>1.1689</v>
       </c>
       <c r="D554" s="4">
-        <v>1.1683</v>
+        <v>1.1665</v>
       </c>
       <c r="E554" s="4">
-        <v>1.1695</v>
+        <v>1.1677</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="B555" s="5">
-        <v>45133</v>
+        <v>45180</v>
       </c>
       <c r="C555" s="4">
-        <v>1.1681</v>
+        <v>1.1668</v>
       </c>
       <c r="D555" s="4">
-        <v>1.1657</v>
+        <v>1.1644</v>
       </c>
       <c r="E555" s="4">
-        <v>1.1669</v>
+        <v>1.1656</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="B556" s="5">
-        <v>45132</v>
+        <v>45177</v>
       </c>
       <c r="C556" s="4">
-        <v>1.1665</v>
+        <v>1.1666</v>
       </c>
       <c r="D556" s="4">
-        <v>1.1641</v>
+        <v>1.1642</v>
       </c>
       <c r="E556" s="4">
-        <v>1.1653</v>
+        <v>1.1654</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="B557" s="5">
-        <v>45131</v>
+        <v>45176</v>
       </c>
       <c r="C557" s="4">
-        <v>1.1653</v>
+        <v>1.1673</v>
       </c>
       <c r="D557" s="4">
-        <v>1.1629</v>
+        <v>1.1649</v>
       </c>
       <c r="E557" s="4">
-        <v>1.1641</v>
+        <v>1.1661</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="B558" s="5">
-        <v>45128</v>
+        <v>45175</v>
       </c>
       <c r="C558" s="4">
-        <v>1.1641</v>
+        <v>1.17</v>
       </c>
       <c r="D558" s="4">
-        <v>1.1617</v>
+        <v>1.1676</v>
       </c>
       <c r="E558" s="4">
-        <v>1.1629</v>
+        <v>1.1688</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="B559" s="5">
-        <v>45127</v>
+        <v>45174</v>
       </c>
       <c r="C559" s="4">
-        <v>1.1668</v>
+        <v>1.1719</v>
       </c>
       <c r="D559" s="4">
-        <v>1.1644</v>
+        <v>1.1695</v>
       </c>
       <c r="E559" s="4">
-        <v>1.1656</v>
+        <v>1.1707</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="B560" s="5">
-        <v>45126</v>
+        <v>45173</v>
       </c>
       <c r="C560" s="4">
-        <v>1.165</v>
+        <v>1.1715</v>
       </c>
       <c r="D560" s="4">
-        <v>1.1626</v>
+        <v>1.1691</v>
       </c>
       <c r="E560" s="4">
-        <v>1.1638</v>
+        <v>1.1703</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="B561" s="5">
-        <v>45125</v>
+        <v>45170</v>
       </c>
       <c r="C561" s="4">
-        <v>1.1628</v>
+        <v>1.1687</v>
       </c>
       <c r="D561" s="4">
-        <v>1.1604</v>
+        <v>1.1663</v>
       </c>
       <c r="E561" s="4">
-        <v>1.1616</v>
+        <v>1.1675</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="B562" s="5">
-        <v>45124</v>
+        <v>45169</v>
       </c>
       <c r="C562" s="4">
-        <v>1.1626</v>
+        <v>1.1694</v>
       </c>
       <c r="D562" s="4">
-        <v>1.1602</v>
+        <v>1.167</v>
       </c>
       <c r="E562" s="4">
-        <v>1.1614</v>
+        <v>1.1682</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="B563" s="5">
-        <v>45121</v>
+        <v>45168</v>
       </c>
       <c r="C563" s="4">
-        <v>1.1616</v>
+        <v>1.1687</v>
       </c>
       <c r="D563" s="4">
-        <v>1.1592</v>
+        <v>1.1663</v>
       </c>
       <c r="E563" s="4">
-        <v>1.1604</v>
+        <v>1.1675</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="B564" s="5">
-        <v>45120</v>
+        <v>45167</v>
       </c>
       <c r="C564" s="4">
-        <v>1.1587</v>
+        <v>1.1623</v>
       </c>
       <c r="D564" s="4">
-        <v>1.1563</v>
+        <v>1.1599</v>
       </c>
       <c r="E564" s="4">
-        <v>1.1575</v>
+        <v>1.1611</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="B565" s="5">
-        <v>45119</v>
+        <v>45166</v>
       </c>
       <c r="C565" s="4">
-        <v>1.1555</v>
+        <v>1.1594</v>
       </c>
       <c r="D565" s="4">
-        <v>1.1531</v>
+        <v>1.157</v>
       </c>
       <c r="E565" s="4">
-        <v>1.1543</v>
+        <v>1.1582</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="B566" s="5">
-        <v>45118</v>
+        <v>45163</v>
       </c>
       <c r="C566" s="4">
-        <v>1.1521</v>
+        <v>1.1569</v>
       </c>
       <c r="D566" s="4">
-        <v>1.1497</v>
+        <v>1.1545</v>
       </c>
       <c r="E566" s="4">
-        <v>1.1509</v>
+        <v>1.1557</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="B567" s="5">
-        <v>45117</v>
+        <v>45162</v>
       </c>
       <c r="C567" s="4">
-        <v>1.1482</v>
+        <v>1.1602</v>
       </c>
       <c r="D567" s="4">
-        <v>1.146</v>
+        <v>1.1578</v>
       </c>
       <c r="E567" s="4">
-        <v>1.1471</v>
+        <v>1.159</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="B568" s="5">
-        <v>45114</v>
+        <v>45161</v>
       </c>
       <c r="C568" s="4">
-        <v>1.1509</v>
+        <v>1.1569</v>
       </c>
       <c r="D568" s="4">
-        <v>1.1487</v>
+        <v>1.1545</v>
       </c>
       <c r="E568" s="4">
-        <v>1.1498</v>
+        <v>1.1557</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="B569" s="5">
-        <v>45113</v>
+        <v>45160</v>
       </c>
       <c r="C569" s="4">
-        <v>1.1575</v>
+        <v>1.156</v>
       </c>
       <c r="D569" s="4">
-        <v>1.1551</v>
+        <v>1.1536</v>
       </c>
       <c r="E569" s="4">
-        <v>1.1563</v>
+        <v>1.1548</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="B570" s="5">
-        <v>45112</v>
+        <v>45159</v>
       </c>
       <c r="C570" s="4">
-        <v>1.1605</v>
+        <v>1.1555</v>
       </c>
       <c r="D570" s="4">
-        <v>1.1581</v>
+        <v>1.1531</v>
       </c>
       <c r="E570" s="4">
-        <v>1.1593</v>
+        <v>1.1543</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="B571" s="5">
-        <v>45111</v>
+        <v>45156</v>
       </c>
       <c r="C571" s="4">
-        <v>1.1614</v>
+        <v>1.1567</v>
       </c>
       <c r="D571" s="4">
-        <v>1.159</v>
+        <v>1.1543</v>
       </c>
       <c r="E571" s="4">
-        <v>1.1602</v>
+        <v>1.1555</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="B572" s="5">
-        <v>45110</v>
+        <v>45155</v>
       </c>
       <c r="C572" s="4">
-        <v>1.1599</v>
+        <v>1.1583</v>
       </c>
       <c r="D572" s="4">
-        <v>1.1575</v>
+        <v>1.1559</v>
       </c>
       <c r="E572" s="4">
-        <v>1.1587</v>
+        <v>1.1571</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="B573" s="5">
-        <v>45107</v>
+        <v>45154</v>
       </c>
       <c r="C573" s="4">
-        <v>1.1568</v>
+        <v>1.1604</v>
       </c>
       <c r="D573" s="4">
-        <v>1.1544</v>
+        <v>1.158</v>
       </c>
       <c r="E573" s="4">
-        <v>1.1556</v>
+        <v>1.1592</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="B574" s="5">
-        <v>45106</v>
+        <v>45153</v>
       </c>
       <c r="C574" s="4">
-        <v>1.1562</v>
+        <v>1.166</v>
       </c>
       <c r="D574" s="4">
-        <v>1.1538</v>
+        <v>1.1636</v>
       </c>
       <c r="E574" s="4">
-        <v>1.155</v>
+        <v>1.1648</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="B575" s="5">
-        <v>45105</v>
+        <v>45152</v>
       </c>
       <c r="C575" s="4">
-        <v>1.1524</v>
+        <v>1.165</v>
       </c>
       <c r="D575" s="4">
-        <v>1.15</v>
+        <v>1.1626</v>
       </c>
       <c r="E575" s="4">
-        <v>1.1512</v>
+        <v>1.1638</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="B576" s="5">
-        <v>45104</v>
+        <v>45149</v>
       </c>
       <c r="C576" s="4">
-        <v>1.1478</v>
+        <v>1.1675</v>
       </c>
       <c r="D576" s="4">
-        <v>1.1456</v>
+        <v>1.1651</v>
       </c>
       <c r="E576" s="4">
-        <v>1.1467</v>
+        <v>1.1663</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="B577" s="5">
-        <v>45103</v>
+        <v>45148</v>
       </c>
       <c r="C577" s="4">
-        <v>1.147</v>
+        <v>1.1682</v>
       </c>
       <c r="D577" s="4">
-        <v>1.1448</v>
+        <v>1.1658</v>
       </c>
       <c r="E577" s="4">
-        <v>1.1459</v>
+        <v>1.167</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="B578" s="5">
-        <v>45100</v>
+        <v>45147</v>
       </c>
       <c r="C578" s="4">
-        <v>1.1483</v>
+        <v>1.1687</v>
       </c>
       <c r="D578" s="4">
-        <v>1.1461</v>
+        <v>1.1663</v>
       </c>
       <c r="E578" s="4">
-        <v>1.1472</v>
+        <v>1.1675</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="B579" s="5">
-        <v>45099</v>
+        <v>45146</v>
       </c>
       <c r="C579" s="4">
-        <v>1.1509</v>
+        <v>1.1679</v>
       </c>
       <c r="D579" s="4">
-        <v>1.1487</v>
+        <v>1.1655</v>
       </c>
       <c r="E579" s="4">
-        <v>1.1498</v>
+        <v>1.1667</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="B580" s="5">
-        <v>45098</v>
+        <v>45145</v>
       </c>
       <c r="C580" s="4">
-        <v>1.155</v>
+        <v>1.1655</v>
       </c>
       <c r="D580" s="4">
-        <v>1.1526</v>
+        <v>1.1631</v>
       </c>
       <c r="E580" s="4">
-        <v>1.1538</v>
+        <v>1.1643</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="B581" s="5">
-        <v>45097</v>
+        <v>45142</v>
       </c>
       <c r="C581" s="4">
-        <v>1.1564</v>
+        <v>1.1663</v>
       </c>
       <c r="D581" s="4">
-        <v>1.154</v>
+        <v>1.1639</v>
       </c>
       <c r="E581" s="4">
-        <v>1.1552</v>
+        <v>1.1651</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="B582" s="5">
-        <v>45096</v>
+        <v>45141</v>
       </c>
       <c r="C582" s="4">
-        <v>1.1552</v>
+        <v>1.167</v>
       </c>
       <c r="D582" s="4">
-        <v>1.1528</v>
+        <v>1.1646</v>
       </c>
       <c r="E582" s="4">
-        <v>1.154</v>
+        <v>1.1658</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="B583" s="5">
-        <v>45093</v>
+        <v>45140</v>
       </c>
       <c r="C583" s="4">
-        <v>1.1543</v>
+        <v>1.1711</v>
       </c>
       <c r="D583" s="4">
-        <v>1.1519</v>
+        <v>1.1687</v>
       </c>
       <c r="E583" s="4">
-        <v>1.1531</v>
+        <v>1.1699</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="B584" s="5">
-        <v>45092</v>
+        <v>45139</v>
       </c>
       <c r="C584" s="4">
-        <v>1.1505</v>
+        <v>1.1724</v>
       </c>
       <c r="D584" s="4">
-        <v>1.1483</v>
+        <v>1.17</v>
       </c>
       <c r="E584" s="4">
-        <v>1.1494</v>
+        <v>1.1712</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="B585" s="5">
-        <v>45091</v>
+        <v>45138</v>
       </c>
       <c r="C585" s="4">
-        <v>1.1502</v>
+        <v>1.172</v>
       </c>
       <c r="D585" s="4">
-        <v>1.148</v>
+        <v>1.1696</v>
       </c>
       <c r="E585" s="4">
-        <v>1.1491</v>
+        <v>1.1708</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="B586" s="5">
-        <v>45090</v>
+        <v>45135</v>
       </c>
       <c r="C586" s="4">
-        <v>1.1488</v>
+        <v>1.1687</v>
       </c>
       <c r="D586" s="4">
-        <v>1.1466</v>
+        <v>1.1663</v>
       </c>
       <c r="E586" s="4">
-        <v>1.1477</v>
+        <v>1.1675</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="B587" s="5">
-        <v>45086</v>
+        <v>45134</v>
       </c>
       <c r="C587" s="4">
-        <v>1.1466</v>
+        <v>1.1707</v>
       </c>
       <c r="D587" s="4">
-        <v>1.1444</v>
+        <v>1.1683</v>
       </c>
       <c r="E587" s="4">
-        <v>1.1455</v>
+        <v>1.1695</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="B588" s="5">
-        <v>45085</v>
+        <v>45133</v>
       </c>
       <c r="C588" s="4">
-        <v>1.1461</v>
+        <v>1.1681</v>
       </c>
       <c r="D588" s="4">
-        <v>1.1439</v>
+        <v>1.1657</v>
       </c>
       <c r="E588" s="4">
-        <v>1.145</v>
+        <v>1.1669</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="B589" s="5">
-        <v>45084</v>
+        <v>45132</v>
       </c>
       <c r="C589" s="4">
-        <v>1.1484</v>
+        <v>1.1665</v>
       </c>
       <c r="D589" s="4">
-        <v>1.1462</v>
+        <v>1.1641</v>
       </c>
       <c r="E589" s="4">
-        <v>1.1473</v>
+        <v>1.1653</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="B590" s="5">
-        <v>45083</v>
+        <v>45131</v>
       </c>
       <c r="C590" s="4">
-        <v>1.1487</v>
+        <v>1.1653</v>
       </c>
       <c r="D590" s="4">
-        <v>1.1465</v>
+        <v>1.1629</v>
       </c>
       <c r="E590" s="4">
-        <v>1.1476</v>
+        <v>1.1641</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="B591" s="5">
-        <v>45082</v>
+        <v>45128</v>
       </c>
       <c r="C591" s="4">
-        <v>1.1509</v>
+        <v>1.1641</v>
       </c>
       <c r="D591" s="4">
-        <v>1.1487</v>
+        <v>1.1617</v>
       </c>
       <c r="E591" s="4">
-        <v>1.1498</v>
+        <v>1.1629</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="B592" s="5">
-        <v>45079</v>
+        <v>45127</v>
       </c>
       <c r="C592" s="4">
-        <v>1.1464</v>
+        <v>1.1668</v>
       </c>
       <c r="D592" s="4">
-        <v>1.1442</v>
+        <v>1.1644</v>
       </c>
       <c r="E592" s="4">
-        <v>1.1453</v>
+        <v>1.1656</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="B593" s="5">
-        <v>45078</v>
+        <v>45126</v>
       </c>
       <c r="C593" s="4">
-        <v>1.1449</v>
+        <v>1.165</v>
       </c>
       <c r="D593" s="4">
-        <v>1.1427</v>
+        <v>1.1626</v>
       </c>
       <c r="E593" s="4">
-        <v>1.1438</v>
+        <v>1.1638</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="B594" s="5">
-        <v>45077</v>
+        <v>45125</v>
       </c>
       <c r="C594" s="4">
-        <v>1.1458</v>
+        <v>1.1628</v>
       </c>
       <c r="D594" s="4">
-        <v>1.1436</v>
+        <v>1.1604</v>
       </c>
       <c r="E594" s="4">
-        <v>1.1447</v>
+        <v>1.1616</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="B595" s="5">
-        <v>45076</v>
+        <v>45124</v>
       </c>
       <c r="C595" s="4">
-        <v>1.1486</v>
+        <v>1.1626</v>
       </c>
       <c r="D595" s="4">
-        <v>1.1464</v>
+        <v>1.1602</v>
       </c>
       <c r="E595" s="4">
-        <v>1.1475</v>
+        <v>1.1614</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="B596" s="5">
-        <v>45075</v>
+        <v>45121</v>
       </c>
       <c r="C596" s="4">
-        <v>1.1491</v>
+        <v>1.1616</v>
       </c>
       <c r="D596" s="4">
-        <v>1.1469</v>
+        <v>1.1592</v>
       </c>
       <c r="E596" s="4">
-        <v>1.148</v>
+        <v>1.1604</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="B597" s="5">
-        <v>45072</v>
+        <v>45120</v>
       </c>
       <c r="C597" s="4">
-        <v>1.1445</v>
+        <v>1.1587</v>
       </c>
       <c r="D597" s="4">
-        <v>1.1423</v>
+        <v>1.1563</v>
       </c>
       <c r="E597" s="4">
-        <v>1.1434</v>
+        <v>1.1575</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="B598" s="5">
-        <v>45071</v>
+        <v>45119</v>
       </c>
       <c r="C598" s="4">
-        <v>1.1438</v>
+        <v>1.1555</v>
       </c>
       <c r="D598" s="4">
-        <v>1.1416</v>
+        <v>1.1531</v>
       </c>
       <c r="E598" s="4">
-        <v>1.1427</v>
+        <v>1.1543</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="B599" s="5">
-        <v>45070</v>
+        <v>45118</v>
       </c>
       <c r="C599" s="4">
-        <v>1.1471</v>
+        <v>1.1521</v>
       </c>
       <c r="D599" s="4">
-        <v>1.1449</v>
+        <v>1.1497</v>
       </c>
       <c r="E599" s="4">
-        <v>1.146</v>
+        <v>1.1509</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="B600" s="5">
-        <v>45069</v>
+        <v>45117</v>
       </c>
       <c r="C600" s="4">
-        <v>1.1508</v>
+        <v>1.1482</v>
       </c>
       <c r="D600" s="4">
-        <v>1.1486</v>
+        <v>1.146</v>
       </c>
       <c r="E600" s="4">
-        <v>1.1497</v>
+        <v>1.1471</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="B601" s="5">
-        <v>45068</v>
+        <v>45114</v>
       </c>
       <c r="C601" s="4">
-        <v>1.1501</v>
+        <v>1.1509</v>
       </c>
       <c r="D601" s="4">
-        <v>1.1479</v>
+        <v>1.1487</v>
       </c>
       <c r="E601" s="4">
-        <v>1.149</v>
+        <v>1.1498</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="B602" s="5">
-        <v>45065</v>
+        <v>45113</v>
       </c>
       <c r="C602" s="4">
-        <v>1.1514</v>
+        <v>1.1575</v>
       </c>
       <c r="D602" s="4">
-        <v>1.149</v>
+        <v>1.1551</v>
       </c>
       <c r="E602" s="4">
-        <v>1.1502</v>
+        <v>1.1563</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="B603" s="5">
-        <v>45064</v>
+        <v>45112</v>
       </c>
       <c r="C603" s="4">
-        <v>1.1484</v>
+        <v>1.1605</v>
       </c>
       <c r="D603" s="4">
-        <v>1.1462</v>
+        <v>1.1581</v>
       </c>
       <c r="E603" s="4">
-        <v>1.1473</v>
+        <v>1.1593</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="B604" s="5">
-        <v>45063</v>
+        <v>45111</v>
       </c>
       <c r="C604" s="4">
-        <v>1.1448</v>
+        <v>1.1614</v>
       </c>
       <c r="D604" s="4">
-        <v>1.1426</v>
+        <v>1.159</v>
       </c>
       <c r="E604" s="4">
-        <v>1.1437</v>
+        <v>1.1602</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="B605" s="5">
-        <v>45062</v>
+        <v>45110</v>
       </c>
       <c r="C605" s="4">
-        <v>1.1474</v>
+        <v>1.1599</v>
       </c>
       <c r="D605" s="4">
-        <v>1.1452</v>
+        <v>1.1575</v>
       </c>
       <c r="E605" s="4">
-        <v>1.1463</v>
+        <v>1.1587</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="B606" s="5">
-        <v>45061</v>
+        <v>45107</v>
       </c>
       <c r="C606" s="4">
-        <v>1.1479</v>
+        <v>1.1568</v>
       </c>
       <c r="D606" s="4">
-        <v>1.1457</v>
+        <v>1.1544</v>
       </c>
       <c r="E606" s="4">
-        <v>1.1468</v>
+        <v>1.1556</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="B607" s="5">
-        <v>45058</v>
+        <v>45106</v>
       </c>
       <c r="C607" s="4">
-        <v>1.1469</v>
+        <v>1.1562</v>
       </c>
       <c r="D607" s="4">
-        <v>1.1447</v>
+        <v>1.1538</v>
       </c>
       <c r="E607" s="4">
-        <v>1.1458</v>
+        <v>1.155</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="B608" s="5">
-        <v>45057</v>
+        <v>45105</v>
       </c>
       <c r="C608" s="4">
-        <v>1.1457</v>
+        <v>1.1524</v>
       </c>
       <c r="D608" s="4">
-        <v>1.1435</v>
+        <v>1.15</v>
       </c>
       <c r="E608" s="4">
-        <v>1.1446</v>
+        <v>1.1512</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="B609" s="5">
-        <v>45056</v>
+        <v>45104</v>
       </c>
       <c r="C609" s="4">
-        <v>1.1449</v>
+        <v>1.1478</v>
       </c>
       <c r="D609" s="4">
-        <v>1.1427</v>
+        <v>1.1456</v>
       </c>
       <c r="E609" s="4">
-        <v>1.1438</v>
+        <v>1.1467</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="B610" s="5">
-        <v>45055</v>
+        <v>45103</v>
       </c>
       <c r="C610" s="4">
-        <v>1.1454</v>
+        <v>1.147</v>
       </c>
       <c r="D610" s="4">
-        <v>1.1432</v>
+        <v>1.1448</v>
       </c>
       <c r="E610" s="4">
-        <v>1.1443</v>
+        <v>1.1459</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="B611" s="5">
-        <v>45054</v>
+        <v>45100</v>
       </c>
       <c r="C611" s="4">
-        <v>1.1459</v>
+        <v>1.1483</v>
       </c>
       <c r="D611" s="4">
-        <v>1.1437</v>
+        <v>1.1461</v>
       </c>
       <c r="E611" s="4">
-        <v>1.1448</v>
+        <v>1.1472</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="B612" s="5">
-        <v>45051</v>
+        <v>45099</v>
       </c>
       <c r="C612" s="4">
-        <v>1.1428</v>
+        <v>1.1509</v>
       </c>
       <c r="D612" s="4">
-        <v>1.1406</v>
+        <v>1.1487</v>
       </c>
       <c r="E612" s="4">
-        <v>1.1417</v>
+        <v>1.1498</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="B613" s="5">
-        <v>45050</v>
+        <v>45098</v>
       </c>
       <c r="C613" s="4">
-        <v>1.1426</v>
+        <v>1.155</v>
       </c>
       <c r="D613" s="4">
-        <v>1.1404</v>
+        <v>1.1526</v>
       </c>
       <c r="E613" s="4">
-        <v>1.1415</v>
+        <v>1.1538</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="B614" s="5">
-        <v>45049</v>
+        <v>45097</v>
       </c>
       <c r="C614" s="4">
-        <v>1.1431</v>
+        <v>1.1564</v>
       </c>
       <c r="D614" s="4">
-        <v>1.1409</v>
+        <v>1.154</v>
       </c>
       <c r="E614" s="4">
-        <v>1.142</v>
+        <v>1.1552</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="B615" s="5">
-        <v>45048</v>
+        <v>45096</v>
       </c>
       <c r="C615" s="4">
-        <v>1.1479</v>
+        <v>1.1552</v>
       </c>
       <c r="D615" s="4">
-        <v>1.1457</v>
+        <v>1.1528</v>
       </c>
       <c r="E615" s="4">
-        <v>1.1468</v>
+        <v>1.154</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="B616" s="5">
-        <v>45047</v>
+        <v>45093</v>
       </c>
       <c r="C616" s="4">
-        <v>1.1515</v>
+        <v>1.1543</v>
       </c>
       <c r="D616" s="4">
-        <v>1.1491</v>
+        <v>1.1519</v>
       </c>
       <c r="E616" s="4">
-        <v>1.1503</v>
+        <v>1.1531</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="B617" s="5">
-        <v>45044</v>
+        <v>45092</v>
       </c>
       <c r="C617" s="4">
-        <v>1.1484</v>
+        <v>1.1505</v>
       </c>
       <c r="D617" s="4">
-        <v>1.1462</v>
+        <v>1.1483</v>
       </c>
       <c r="E617" s="4">
-        <v>1.1473</v>
+        <v>1.1494</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="B618" s="5">
-        <v>45043</v>
+        <v>45091</v>
       </c>
       <c r="C618" s="4">
-        <v>1.145</v>
+        <v>1.1502</v>
       </c>
       <c r="D618" s="4">
-        <v>1.1428</v>
+        <v>1.148</v>
       </c>
       <c r="E618" s="4">
-        <v>1.1439</v>
+        <v>1.1491</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="B619" s="5">
-        <v>45042</v>
+        <v>45090</v>
       </c>
       <c r="C619" s="4">
-        <v>1.1465</v>
+        <v>1.1488</v>
       </c>
       <c r="D619" s="4">
-        <v>1.1443</v>
+        <v>1.1466</v>
       </c>
       <c r="E619" s="4">
-        <v>1.1454</v>
+        <v>1.1477</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="B620" s="5">
-        <v>45040</v>
+        <v>45086</v>
       </c>
       <c r="C620" s="4">
-        <v>1.1482</v>
+        <v>1.1466</v>
       </c>
       <c r="D620" s="4">
-        <v>1.146</v>
+        <v>1.1444</v>
       </c>
       <c r="E620" s="4">
-        <v>1.1471</v>
+        <v>1.1455</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="B621" s="5">
-        <v>45037</v>
+        <v>45085</v>
       </c>
       <c r="C621" s="4">
-        <v>1.1469</v>
+        <v>1.1461</v>
       </c>
       <c r="D621" s="4">
-        <v>1.1447</v>
+        <v>1.1439</v>
       </c>
       <c r="E621" s="4">
-        <v>1.1458</v>
+        <v>1.145</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="B622" s="5">
-        <v>45036</v>
+        <v>45084</v>
       </c>
       <c r="C622" s="4">
-        <v>1.1485</v>
+        <v>1.1484</v>
       </c>
       <c r="D622" s="4">
-        <v>1.1463</v>
+        <v>1.1462</v>
       </c>
       <c r="E622" s="4">
-        <v>1.1474</v>
+        <v>1.1473</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="B623" s="5">
-        <v>45035</v>
+        <v>45083</v>
       </c>
       <c r="C623" s="4">
-        <v>1.1489</v>
+        <v>1.1487</v>
       </c>
       <c r="D623" s="4">
-        <v>1.1467</v>
+        <v>1.1465</v>
       </c>
       <c r="E623" s="4">
-        <v>1.1478</v>
+        <v>1.1476</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="B624" s="5">
-        <v>45034</v>
+        <v>45082</v>
       </c>
       <c r="C624" s="4">
-        <v>1.1496</v>
+        <v>1.1509</v>
       </c>
       <c r="D624" s="4">
-        <v>1.1474</v>
+        <v>1.1487</v>
       </c>
       <c r="E624" s="4">
-        <v>1.1485</v>
+        <v>1.1498</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="B625" s="5">
-        <v>45033</v>
+        <v>45079</v>
       </c>
       <c r="C625" s="4">
-        <v>1.1493</v>
+        <v>1.1464</v>
       </c>
       <c r="D625" s="4">
-        <v>1.1471</v>
+        <v>1.1442</v>
       </c>
       <c r="E625" s="4">
-        <v>1.1482</v>
+        <v>1.1453</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="B626" s="5">
-        <v>45030</v>
+        <v>45078</v>
       </c>
       <c r="C626" s="4">
-        <v>1.1482</v>
+        <v>1.1449</v>
       </c>
       <c r="D626" s="4">
-        <v>1.146</v>
+        <v>1.1427</v>
       </c>
       <c r="E626" s="4">
-        <v>1.1471</v>
+        <v>1.1438</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="B627" s="5">
-        <v>45029</v>
+        <v>45077</v>
       </c>
       <c r="C627" s="4">
-        <v>1.1464</v>
+        <v>1.1458</v>
       </c>
       <c r="D627" s="4">
-        <v>1.1442</v>
+        <v>1.1436</v>
       </c>
       <c r="E627" s="4">
-        <v>1.1453</v>
+        <v>1.1447</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="B628" s="5">
-        <v>45028</v>
+        <v>45076</v>
       </c>
       <c r="C628" s="4">
-        <v>1.148</v>
+        <v>1.1486</v>
       </c>
       <c r="D628" s="4">
-        <v>1.1458</v>
+        <v>1.1464</v>
       </c>
       <c r="E628" s="4">
-        <v>1.1469</v>
+        <v>1.1475</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="B629" s="5">
-        <v>45027</v>
+        <v>45075</v>
       </c>
       <c r="C629" s="4">
-        <v>1.1461</v>
+        <v>1.1491</v>
       </c>
       <c r="D629" s="4">
-        <v>1.1439</v>
+        <v>1.1469</v>
       </c>
       <c r="E629" s="4">
-        <v>1.145</v>
+        <v>1.148</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="B630" s="5">
-        <v>45022</v>
+        <v>45072</v>
       </c>
       <c r="C630" s="4">
-        <v>1.141</v>
+        <v>1.1445</v>
       </c>
       <c r="D630" s="4">
-        <v>1.1388</v>
+        <v>1.1423</v>
       </c>
       <c r="E630" s="4">
-        <v>1.1399</v>
+        <v>1.1434</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="B631" s="5">
-        <v>45021</v>
+        <v>45071</v>
       </c>
       <c r="C631" s="4">
-        <v>1.1419</v>
+        <v>1.1438</v>
       </c>
       <c r="D631" s="4">
-        <v>1.1397</v>
+        <v>1.1416</v>
       </c>
       <c r="E631" s="4">
-        <v>1.1408</v>
+        <v>1.1427</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="B632" s="5">
-        <v>45020</v>
+        <v>45070</v>
       </c>
       <c r="C632" s="4">
-        <v>1.1416</v>
+        <v>1.1471</v>
       </c>
       <c r="D632" s="4">
-        <v>1.1394</v>
+        <v>1.1449</v>
       </c>
       <c r="E632" s="4">
-        <v>1.1405</v>
+        <v>1.146</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="B633" s="5">
-        <v>45019</v>
+        <v>45069</v>
       </c>
       <c r="C633" s="4">
-        <v>1.1418</v>
+        <v>1.1508</v>
       </c>
       <c r="D633" s="4">
-        <v>1.1396</v>
+        <v>1.1486</v>
       </c>
       <c r="E633" s="4">
-        <v>1.1407</v>
+        <v>1.1497</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="B634" s="5">
-        <v>45016</v>
+        <v>45068</v>
       </c>
       <c r="C634" s="4">
-        <v>1.1374</v>
+        <v>1.1501</v>
       </c>
       <c r="D634" s="4">
-        <v>1.1352</v>
+        <v>1.1479</v>
       </c>
       <c r="E634" s="4">
-        <v>1.1363</v>
+        <v>1.149</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="B635" s="5">
-        <v>45015</v>
+        <v>45065</v>
       </c>
       <c r="C635" s="4">
-        <v>1.1337</v>
+        <v>1.1514</v>
       </c>
       <c r="D635" s="4">
-        <v>1.1315</v>
+        <v>1.149</v>
       </c>
       <c r="E635" s="4">
-        <v>1.1326</v>
+        <v>1.1502</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="B636" s="5">
-        <v>45014</v>
+        <v>45064</v>
       </c>
       <c r="C636" s="4">
-        <v>1.128</v>
+        <v>1.1484</v>
       </c>
       <c r="D636" s="4">
-        <v>1.1258</v>
+        <v>1.1462</v>
       </c>
       <c r="E636" s="4">
-        <v>1.1269</v>
+        <v>1.1473</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="B637" s="5">
-        <v>45013</v>
+        <v>45063</v>
       </c>
       <c r="C637" s="4">
-        <v>1.1284</v>
+        <v>1.1448</v>
       </c>
       <c r="D637" s="4">
-        <v>1.1262</v>
+        <v>1.1426</v>
       </c>
       <c r="E637" s="4">
-        <v>1.1273</v>
+        <v>1.1437</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="B638" s="5">
-        <v>45012</v>
+        <v>45062</v>
       </c>
       <c r="C638" s="4">
-        <v>1.1252</v>
+        <v>1.1474</v>
       </c>
       <c r="D638" s="4">
-        <v>1.123</v>
+        <v>1.1452</v>
       </c>
       <c r="E638" s="4">
-        <v>1.1241</v>
+        <v>1.1463</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="B639" s="5">
-        <v>45009</v>
+        <v>45061</v>
       </c>
       <c r="C639" s="4">
-        <v>1.1251</v>
+        <v>1.1479</v>
       </c>
       <c r="D639" s="4">
-        <v>1.1229</v>
+        <v>1.1457</v>
       </c>
       <c r="E639" s="4">
-        <v>1.124</v>
+        <v>1.1468</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="B640" s="5">
-        <v>45008</v>
+        <v>45058</v>
       </c>
       <c r="C640" s="4">
-        <v>1.1245</v>
+        <v>1.1469</v>
       </c>
       <c r="D640" s="4">
-        <v>1.1223</v>
+        <v>1.1447</v>
       </c>
       <c r="E640" s="4">
-        <v>1.1234</v>
+        <v>1.1458</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="B641" s="5">
-        <v>45007</v>
+        <v>45057</v>
       </c>
       <c r="C641" s="4">
-        <v>1.1281</v>
+        <v>1.1457</v>
       </c>
       <c r="D641" s="4">
-        <v>1.1259</v>
+        <v>1.1435</v>
       </c>
       <c r="E641" s="4">
-        <v>1.127</v>
+        <v>1.1446</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="B642" s="5">
-        <v>45006</v>
+        <v>45056</v>
       </c>
       <c r="C642" s="4">
-        <v>1.1226</v>
+        <v>1.1449</v>
       </c>
       <c r="D642" s="4">
-        <v>1.1204</v>
+        <v>1.1427</v>
       </c>
       <c r="E642" s="4">
-        <v>1.1215</v>
+        <v>1.1438</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="B643" s="5">
-        <v>45005</v>
+        <v>45055</v>
       </c>
       <c r="C643" s="4">
-        <v>1.1206</v>
+        <v>1.1454</v>
       </c>
       <c r="D643" s="4">
-        <v>1.1184</v>
+        <v>1.1432</v>
       </c>
       <c r="E643" s="4">
-        <v>1.1195</v>
+        <v>1.1443</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="B644" s="5">
-        <v>45002</v>
+        <v>45054</v>
       </c>
       <c r="C644" s="4">
-        <v>1.1254</v>
+        <v>1.1459</v>
       </c>
       <c r="D644" s="4">
-        <v>1.1232</v>
+        <v>1.1437</v>
       </c>
       <c r="E644" s="4">
-        <v>1.1243</v>
+        <v>1.1448</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="B645" s="5">
-        <v>45001</v>
+        <v>45051</v>
       </c>
       <c r="C645" s="4">
-        <v>1.1224</v>
+        <v>1.1428</v>
       </c>
       <c r="D645" s="4">
-        <v>1.1202</v>
+        <v>1.1406</v>
       </c>
       <c r="E645" s="4">
-        <v>1.1213</v>
+        <v>1.1417</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="B646" s="5">
-        <v>45000</v>
+        <v>45050</v>
       </c>
       <c r="C646" s="4">
-        <v>1.1271</v>
+        <v>1.1426</v>
       </c>
       <c r="D646" s="4">
-        <v>1.1249</v>
+        <v>1.1404</v>
       </c>
       <c r="E646" s="4">
-        <v>1.126</v>
+        <v>1.1415</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="B647" s="5">
-        <v>44999</v>
+        <v>45049</v>
       </c>
       <c r="C647" s="4">
-        <v>1.1219</v>
+        <v>1.1431</v>
       </c>
       <c r="D647" s="4">
-        <v>1.1197</v>
+        <v>1.1409</v>
       </c>
       <c r="E647" s="4">
-        <v>1.1208</v>
+        <v>1.142</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="B648" s="5">
-        <v>44998</v>
+        <v>45048</v>
       </c>
       <c r="C648" s="4">
-        <v>1.1271</v>
+        <v>1.1479</v>
       </c>
       <c r="D648" s="4">
-        <v>1.1249</v>
+        <v>1.1457</v>
       </c>
       <c r="E648" s="4">
-        <v>1.126</v>
+        <v>1.1468</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="B649" s="5">
-        <v>44995</v>
+        <v>45047</v>
       </c>
       <c r="C649" s="4">
-        <v>1.1328</v>
+        <v>1.1515</v>
       </c>
       <c r="D649" s="4">
-        <v>1.1306</v>
+        <v>1.1491</v>
       </c>
       <c r="E649" s="4">
-        <v>1.1317</v>
+        <v>1.1503</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="B650" s="5">
-        <v>44994</v>
+        <v>45044</v>
       </c>
       <c r="C650" s="4">
-        <v>1.1402</v>
+        <v>1.1484</v>
       </c>
       <c r="D650" s="4">
-        <v>1.138</v>
+        <v>1.1462</v>
       </c>
       <c r="E650" s="4">
-        <v>1.1391</v>
+        <v>1.1473</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="B651" s="5">
-        <v>44993</v>
+        <v>45043</v>
       </c>
       <c r="C651" s="4">
-        <v>1.1392</v>
+        <v>1.145</v>
       </c>
       <c r="D651" s="4">
-        <v>1.137</v>
+        <v>1.1428</v>
       </c>
       <c r="E651" s="4">
-        <v>1.1381</v>
+        <v>1.1439</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="B652" s="5">
-        <v>44992</v>
+        <v>45042</v>
       </c>
       <c r="C652" s="4">
-        <v>1.1416</v>
+        <v>1.1465</v>
       </c>
       <c r="D652" s="4">
-        <v>1.1394</v>
+        <v>1.1443</v>
       </c>
       <c r="E652" s="4">
-        <v>1.1405</v>
+        <v>1.1454</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="B653" s="5">
-        <v>44991</v>
+        <v>45040</v>
       </c>
       <c r="C653" s="4">
-        <v>1.1398</v>
+        <v>1.1482</v>
       </c>
       <c r="D653" s="4">
-        <v>1.1376</v>
+        <v>1.146</v>
       </c>
       <c r="E653" s="4">
-        <v>1.1387</v>
+        <v>1.1471</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="B654" s="5">
-        <v>44988</v>
+        <v>45037</v>
       </c>
       <c r="C654" s="4">
-        <v>1.1341</v>
+        <v>1.1469</v>
       </c>
       <c r="D654" s="4">
-        <v>1.1319</v>
+        <v>1.1447</v>
       </c>
       <c r="E654" s="4">
-        <v>1.133</v>
+        <v>1.1458</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="B655" s="5">
-        <v>44987</v>
+        <v>45036</v>
       </c>
       <c r="C655" s="4">
-        <v>1.1312</v>
+        <v>1.1485</v>
       </c>
       <c r="D655" s="4">
-        <v>1.129</v>
+        <v>1.1463</v>
       </c>
       <c r="E655" s="4">
-        <v>1.1301</v>
+        <v>1.1474</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="B656" s="5">
-        <v>44986</v>
+        <v>45035</v>
       </c>
       <c r="C656" s="4">
-        <v>1.1318</v>
+        <v>1.1489</v>
       </c>
       <c r="D656" s="4">
-        <v>1.1296</v>
+        <v>1.1467</v>
       </c>
       <c r="E656" s="4">
-        <v>1.1307</v>
+        <v>1.1478</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="B657" s="5">
-        <v>44985</v>
+        <v>45034</v>
       </c>
       <c r="C657" s="4">
-        <v>1.1326</v>
+        <v>1.1496</v>
       </c>
       <c r="D657" s="4">
-        <v>1.1304</v>
+        <v>1.1474</v>
       </c>
       <c r="E657" s="4">
-        <v>1.1315</v>
+        <v>1.1485</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="B658" s="5">
-        <v>44984</v>
+        <v>45033</v>
       </c>
       <c r="C658" s="4">
-        <v>1.1304</v>
+        <v>1.1493</v>
       </c>
       <c r="D658" s="4">
-        <v>1.1282</v>
+        <v>1.1471</v>
       </c>
       <c r="E658" s="4">
-        <v>1.1293</v>
+        <v>1.1482</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="B659" s="5">
-        <v>44981</v>
+        <v>45030</v>
       </c>
       <c r="C659" s="4">
-        <v>1.1343</v>
+        <v>1.1482</v>
       </c>
       <c r="D659" s="4">
-        <v>1.1321</v>
+        <v>1.146</v>
       </c>
       <c r="E659" s="4">
-        <v>1.1332</v>
+        <v>1.1471</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="B660" s="5">
-        <v>44980</v>
+        <v>45029</v>
       </c>
       <c r="C660" s="4">
-        <v>1.1323</v>
+        <v>1.1464</v>
       </c>
       <c r="D660" s="4">
-        <v>1.1301</v>
+        <v>1.1442</v>
       </c>
       <c r="E660" s="4">
-        <v>1.1312</v>
+        <v>1.1453</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="B661" s="5">
-        <v>44979</v>
+        <v>45028</v>
       </c>
       <c r="C661" s="4">
-        <v>1.1333</v>
+        <v>1.148</v>
       </c>
       <c r="D661" s="4">
-        <v>1.1311</v>
+        <v>1.1458</v>
       </c>
       <c r="E661" s="4">
-        <v>1.1322</v>
+        <v>1.1469</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="B662" s="5">
-        <v>44978</v>
+        <v>45027</v>
       </c>
       <c r="C662" s="4">
-        <v>1.1378</v>
+        <v>1.1461</v>
       </c>
       <c r="D662" s="4">
-        <v>1.1356</v>
+        <v>1.1439</v>
       </c>
       <c r="E662" s="4">
-        <v>1.1367</v>
+        <v>1.145</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="B663" s="5">
-        <v>44977</v>
+        <v>45022</v>
       </c>
       <c r="C663" s="4">
-        <v>1.139</v>
+        <v>1.141</v>
       </c>
       <c r="D663" s="4">
-        <v>1.1368</v>
+        <v>1.1388</v>
       </c>
       <c r="E663" s="4">
-        <v>1.1379</v>
+        <v>1.1399</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="B664" s="5">
-        <v>44974</v>
+        <v>45021</v>
       </c>
       <c r="C664" s="4">
-        <v>1.1401</v>
+        <v>1.1419</v>
       </c>
       <c r="D664" s="4">
-        <v>1.1379</v>
+        <v>1.1397</v>
       </c>
       <c r="E664" s="4">
-        <v>1.139</v>
+        <v>1.1408</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="B665" s="5">
-        <v>44973</v>
+        <v>45020</v>
       </c>
       <c r="C665" s="4">
-        <v>1.1435</v>
+        <v>1.1416</v>
       </c>
       <c r="D665" s="4">
-        <v>1.1413</v>
+        <v>1.1394</v>
       </c>
       <c r="E665" s="4">
-        <v>1.1424</v>
+        <v>1.1405</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="B666" s="5">
-        <v>44972</v>
+        <v>45019</v>
       </c>
       <c r="C666" s="4">
-        <v>1.1403</v>
+        <v>1.1418</v>
       </c>
       <c r="D666" s="4">
-        <v>1.1381</v>
+        <v>1.1396</v>
       </c>
       <c r="E666" s="4">
-        <v>1.1392</v>
+        <v>1.1407</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="B667" s="5">
-        <v>44971</v>
+        <v>45016</v>
       </c>
       <c r="C667" s="4">
-        <v>1.1422</v>
+        <v>1.1374</v>
       </c>
       <c r="D667" s="4">
-        <v>1.14</v>
+        <v>1.1352</v>
       </c>
       <c r="E667" s="4">
-        <v>1.1411</v>
+        <v>1.1363</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="B668" s="5">
-        <v>44970</v>
+        <v>45015</v>
       </c>
       <c r="C668" s="4">
-        <v>1.1402</v>
+        <v>1.1337</v>
       </c>
       <c r="D668" s="4">
-        <v>1.138</v>
+        <v>1.1315</v>
       </c>
       <c r="E668" s="4">
-        <v>1.1391</v>
+        <v>1.1326</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="B669" s="5">
-        <v>44967</v>
+        <v>45014</v>
       </c>
       <c r="C669" s="4">
-        <v>1.1408</v>
+        <v>1.128</v>
       </c>
       <c r="D669" s="4">
-        <v>1.1386</v>
+        <v>1.1258</v>
       </c>
       <c r="E669" s="4">
-        <v>1.1397</v>
+        <v>1.1269</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="B670" s="5">
-        <v>44966</v>
+        <v>45013</v>
       </c>
       <c r="C670" s="4">
-        <v>1.1445</v>
+        <v>1.1284</v>
       </c>
       <c r="D670" s="4">
-        <v>1.1423</v>
+        <v>1.1262</v>
       </c>
       <c r="E670" s="4">
-        <v>1.1434</v>
+        <v>1.1273</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="B671" s="5">
-        <v>44965</v>
+        <v>45012</v>
       </c>
       <c r="C671" s="4">
-        <v>1.1472</v>
+        <v>1.1252</v>
       </c>
       <c r="D671" s="4">
-        <v>1.145</v>
+        <v>1.123</v>
       </c>
       <c r="E671" s="4">
-        <v>1.1461</v>
+        <v>1.1241</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="B672" s="5">
-        <v>44964</v>
+        <v>45009</v>
       </c>
       <c r="C672" s="4">
-        <v>1.1461</v>
+        <v>1.1251</v>
       </c>
       <c r="D672" s="4">
-        <v>1.1439</v>
+        <v>1.1229</v>
       </c>
       <c r="E672" s="4">
-        <v>1.145</v>
+        <v>1.124</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="B673" s="5">
-        <v>44963</v>
+        <v>45008</v>
       </c>
       <c r="C673" s="4">
-        <v>1.1489</v>
+        <v>1.1245</v>
       </c>
       <c r="D673" s="4">
-        <v>1.1467</v>
+        <v>1.1223</v>
       </c>
       <c r="E673" s="4">
-        <v>1.1478</v>
+        <v>1.1234</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="B674" s="5">
-        <v>44960</v>
+        <v>45007</v>
       </c>
       <c r="C674" s="4">
-        <v>1.15</v>
+        <v>1.1281</v>
       </c>
       <c r="D674" s="4">
-        <v>1.1478</v>
+        <v>1.1259</v>
       </c>
       <c r="E674" s="4">
-        <v>1.1489</v>
+        <v>1.127</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="B675" s="5">
-        <v>44959</v>
+        <v>45006</v>
       </c>
       <c r="C675" s="4">
-        <v>1.1451</v>
+        <v>1.1226</v>
       </c>
       <c r="D675" s="4">
-        <v>1.1429</v>
+        <v>1.1204</v>
       </c>
       <c r="E675" s="4">
-        <v>1.144</v>
+        <v>1.1215</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="B676" s="5">
-        <v>44958</v>
+        <v>45005</v>
       </c>
       <c r="C676" s="4">
-        <v>1.1431</v>
+        <v>1.1206</v>
       </c>
       <c r="D676" s="4">
-        <v>1.1409</v>
+        <v>1.1184</v>
       </c>
       <c r="E676" s="4">
-        <v>1.142</v>
+        <v>1.1195</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="B677" s="5">
-        <v>44957</v>
+        <v>45002</v>
       </c>
       <c r="C677" s="4">
-        <v>1.1406</v>
+        <v>1.1254</v>
       </c>
       <c r="D677" s="4">
-        <v>1.1384</v>
+        <v>1.1232</v>
       </c>
       <c r="E677" s="4">
-        <v>1.1395</v>
+        <v>1.1243</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="B678" s="5">
-        <v>44956</v>
+        <v>45001</v>
       </c>
       <c r="C678" s="4">
-        <v>1.1422</v>
+        <v>1.1224</v>
       </c>
       <c r="D678" s="4">
-        <v>1.14</v>
+        <v>1.1202</v>
       </c>
       <c r="E678" s="4">
-        <v>1.1411</v>
+        <v>1.1213</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="B679" s="5">
-        <v>44953</v>
+        <v>45000</v>
       </c>
       <c r="C679" s="4">
-        <v>1.1417</v>
+        <v>1.1271</v>
       </c>
       <c r="D679" s="4">
-        <v>1.1395</v>
+        <v>1.1249</v>
       </c>
       <c r="E679" s="4">
-        <v>1.1406</v>
+        <v>1.126</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="B680" s="5">
-        <v>44951</v>
+        <v>44999</v>
       </c>
       <c r="C680" s="4">
-        <v>1.1401</v>
+        <v>1.1219</v>
       </c>
       <c r="D680" s="4">
-        <v>1.1379</v>
+        <v>1.1197</v>
       </c>
       <c r="E680" s="4">
-        <v>1.139</v>
+        <v>1.1208</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="B681" s="5">
-        <v>44950</v>
+        <v>44998</v>
       </c>
       <c r="C681" s="4">
-        <v>1.1411</v>
+        <v>1.1271</v>
       </c>
       <c r="D681" s="4">
-        <v>1.1389</v>
+        <v>1.1249</v>
       </c>
       <c r="E681" s="4">
-        <v>1.14</v>
+        <v>1.126</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="B682" s="5">
-        <v>44949</v>
+        <v>44995</v>
       </c>
       <c r="C682" s="4">
-        <v>1.1395</v>
+        <v>1.1328</v>
       </c>
       <c r="D682" s="4">
-        <v>1.1373</v>
+        <v>1.1306</v>
       </c>
       <c r="E682" s="4">
-        <v>1.1384</v>
+        <v>1.1317</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="B683" s="5">
-        <v>44946</v>
+        <v>44994</v>
       </c>
       <c r="C683" s="4">
-        <v>1.1374</v>
+        <v>1.1402</v>
       </c>
       <c r="D683" s="4">
-        <v>1.1352</v>
+        <v>1.138</v>
       </c>
       <c r="E683" s="4">
-        <v>1.1363</v>
+        <v>1.1391</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="B684" s="5">
-        <v>44945</v>
+        <v>44993</v>
       </c>
       <c r="C684" s="4">
-        <v>1.1371</v>
+        <v>1.1392</v>
       </c>
       <c r="D684" s="4">
-        <v>1.1349</v>
+        <v>1.137</v>
       </c>
       <c r="E684" s="4">
-        <v>1.136</v>
+        <v>1.1381</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="B685" s="5">
-        <v>44944</v>
+        <v>44992</v>
       </c>
       <c r="C685" s="4">
-        <v>1.1371</v>
+        <v>1.1416</v>
       </c>
       <c r="D685" s="4">
-        <v>1.1349</v>
+        <v>1.1394</v>
       </c>
       <c r="E685" s="4">
-        <v>1.136</v>
+        <v>1.1405</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="B686" s="5">
-        <v>44943</v>
+        <v>44991</v>
       </c>
       <c r="C686" s="4">
-        <v>1.137</v>
+        <v>1.1398</v>
       </c>
       <c r="D686" s="4">
-        <v>1.1348</v>
+        <v>1.1376</v>
       </c>
       <c r="E686" s="4">
-        <v>1.1359</v>
+        <v>1.1387</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="B687" s="5">
-        <v>44942</v>
+        <v>44988</v>
       </c>
       <c r="C687" s="4">
-        <v>1.1366</v>
+        <v>1.1341</v>
       </c>
       <c r="D687" s="4">
-        <v>1.1344</v>
+        <v>1.1319</v>
       </c>
       <c r="E687" s="4">
-        <v>1.1355</v>
+        <v>1.133</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="B688" s="5">
-        <v>44939</v>
+        <v>44987</v>
       </c>
       <c r="C688" s="4">
-        <v>1.1337</v>
+        <v>1.1312</v>
       </c>
       <c r="D688" s="4">
-        <v>1.1315</v>
+        <v>1.129</v>
       </c>
       <c r="E688" s="4">
-        <v>1.1326</v>
+        <v>1.1301</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="B689" s="5">
-        <v>44938</v>
+        <v>44986</v>
       </c>
       <c r="C689" s="4">
-        <v>1.1301</v>
+        <v>1.1318</v>
       </c>
       <c r="D689" s="4">
-        <v>1.1279</v>
+        <v>1.1296</v>
       </c>
       <c r="E689" s="4">
-        <v>1.129</v>
+        <v>1.1307</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="B690" s="5">
-        <v>44937</v>
+        <v>44985</v>
       </c>
       <c r="C690" s="4">
-        <v>1.1237</v>
+        <v>1.1326</v>
       </c>
       <c r="D690" s="4">
-        <v>1.1215</v>
+        <v>1.1304</v>
       </c>
       <c r="E690" s="4">
-        <v>1.1226</v>
+        <v>1.1315</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="B691" s="5">
-        <v>44936</v>
+        <v>44984</v>
       </c>
       <c r="C691" s="4">
-        <v>1.1204</v>
+        <v>1.1304</v>
       </c>
       <c r="D691" s="4">
-        <v>1.1182</v>
+        <v>1.1282</v>
       </c>
       <c r="E691" s="4">
-        <v>1.1193</v>
+        <v>1.1293</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="B692" s="5">
-        <v>44935</v>
+        <v>44981</v>
       </c>
       <c r="C692" s="4">
-        <v>1.1202</v>
+        <v>1.1343</v>
       </c>
       <c r="D692" s="4">
-        <v>1.118</v>
+        <v>1.1321</v>
       </c>
       <c r="E692" s="4">
-        <v>1.1191</v>
+        <v>1.1332</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="B693" s="5">
-        <v>44932</v>
+        <v>44980</v>
       </c>
       <c r="C693" s="4">
-        <v>1.1157</v>
+        <v>1.1323</v>
       </c>
       <c r="D693" s="4">
-        <v>1.1135</v>
+        <v>1.1301</v>
       </c>
       <c r="E693" s="4">
-        <v>1.1146</v>
+        <v>1.1312</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="B694" s="5">
-        <v>44931</v>
+        <v>44979</v>
       </c>
       <c r="C694" s="4">
-        <v>1.1147</v>
+        <v>1.1333</v>
       </c>
       <c r="D694" s="4">
-        <v>1.1125</v>
+        <v>1.1311</v>
       </c>
       <c r="E694" s="4">
-        <v>1.1136</v>
+        <v>1.1322</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="B695" s="5">
-        <v>44930</v>
+        <v>44978</v>
       </c>
       <c r="C695" s="4">
-        <v>1.1138</v>
+        <v>1.1378</v>
       </c>
       <c r="D695" s="4">
-        <v>1.1116</v>
+        <v>1.1356</v>
       </c>
       <c r="E695" s="4">
-        <v>1.1127</v>
+        <v>1.1367</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="B696" s="5">
-        <v>44929</v>
+        <v>44977</v>
       </c>
       <c r="C696" s="4">
-        <v>1.1095</v>
+        <v>1.139</v>
       </c>
       <c r="D696" s="4">
-        <v>1.1073</v>
+        <v>1.1368</v>
       </c>
       <c r="E696" s="4">
-        <v>1.1084</v>
+        <v>1.1379</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="B697" s="5">
-        <v>44925</v>
+        <v>44974</v>
       </c>
       <c r="C697" s="4">
-        <v>1.1128</v>
+        <v>1.1401</v>
       </c>
       <c r="D697" s="4">
-        <v>1.1106</v>
+        <v>1.1379</v>
       </c>
       <c r="E697" s="4">
-        <v>1.1117</v>
+        <v>1.139</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="B698" s="5">
-        <v>44924</v>
+        <v>44973</v>
       </c>
       <c r="C698" s="4">
-        <v>1.1094</v>
+        <v>1.1435</v>
       </c>
       <c r="D698" s="4">
-        <v>1.1072</v>
+        <v>1.1413</v>
       </c>
       <c r="E698" s="4">
-        <v>1.1083</v>
+        <v>1.1424</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="B699" s="5">
-        <v>44923</v>
+        <v>44972</v>
       </c>
       <c r="C699" s="4">
-        <v>1.1135</v>
+        <v>1.1403</v>
       </c>
       <c r="D699" s="4">
-        <v>1.1113</v>
+        <v>1.1381</v>
       </c>
       <c r="E699" s="4">
-        <v>1.1124</v>
+        <v>1.1392</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="B700" s="5">
-        <v>44918</v>
+        <v>44971</v>
       </c>
       <c r="C700" s="4">
-        <v>1.1147</v>
+        <v>1.1422</v>
       </c>
       <c r="D700" s="4">
-        <v>1.1125</v>
+        <v>1.14</v>
       </c>
       <c r="E700" s="4">
-        <v>1.1136</v>
+        <v>1.1411</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="B701" s="5">
-        <v>44917</v>
+        <v>44970</v>
       </c>
       <c r="C701" s="4">
-        <v>1.1173</v>
+        <v>1.1402</v>
       </c>
       <c r="D701" s="4">
-        <v>1.1151</v>
+        <v>1.138</v>
       </c>
       <c r="E701" s="4">
-        <v>1.1162</v>
+        <v>1.1391</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="B702" s="5">
-        <v>44916</v>
+        <v>44967</v>
       </c>
       <c r="C702" s="4">
-        <v>1.1144</v>
+        <v>1.1408</v>
       </c>
       <c r="D702" s="4">
-        <v>1.1122</v>
+        <v>1.1386</v>
       </c>
       <c r="E702" s="4">
-        <v>1.1133</v>
+        <v>1.1397</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="B703" s="5">
-        <v>44915</v>
+        <v>44966</v>
       </c>
       <c r="C703" s="4">
-        <v>1.1119</v>
+        <v>1.1445</v>
       </c>
       <c r="D703" s="4">
-        <v>1.1097</v>
+        <v>1.1423</v>
       </c>
       <c r="E703" s="4">
-        <v>1.1108</v>
+        <v>1.1434</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="B704" s="5">
-        <v>44914</v>
+        <v>44965</v>
       </c>
       <c r="C704" s="4">
-        <v>1.1173</v>
+        <v>1.1472</v>
       </c>
       <c r="D704" s="4">
-        <v>1.1151</v>
+        <v>1.145</v>
       </c>
       <c r="E704" s="4">
-        <v>1.1162</v>
+        <v>1.1461</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="B705" s="5">
-        <v>44911</v>
+        <v>44964</v>
       </c>
       <c r="C705" s="4">
-        <v>1.1205</v>
+        <v>1.1461</v>
       </c>
       <c r="D705" s="4">
-        <v>1.1183</v>
+        <v>1.1439</v>
       </c>
       <c r="E705" s="4">
-        <v>1.1194</v>
+        <v>1.145</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="B706" s="5">
-        <v>44910</v>
+        <v>44963</v>
       </c>
       <c r="C706" s="4">
-        <v>1.1256</v>
+        <v>1.1489</v>
       </c>
       <c r="D706" s="4">
-        <v>1.1234</v>
+        <v>1.1467</v>
       </c>
       <c r="E706" s="4">
-        <v>1.1245</v>
+        <v>1.1478</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="B707" s="5">
-        <v>44909</v>
+        <v>44960</v>
       </c>
       <c r="C707" s="4">
-        <v>1.1272</v>
+        <v>1.15</v>
       </c>
       <c r="D707" s="4">
-        <v>1.125</v>
+        <v>1.1478</v>
       </c>
       <c r="E707" s="4">
-        <v>1.1261</v>
+        <v>1.1489</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="B708" s="5">
-        <v>44908</v>
+        <v>44959</v>
       </c>
       <c r="C708" s="4">
-        <v>1.1253</v>
+        <v>1.1451</v>
       </c>
       <c r="D708" s="4">
-        <v>1.1231</v>
+        <v>1.1429</v>
       </c>
       <c r="E708" s="4">
-        <v>1.1242</v>
+        <v>1.144</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="B709" s="5">
-        <v>44907</v>
+        <v>44958</v>
       </c>
       <c r="C709" s="4">
-        <v>1.1223</v>
+        <v>1.1431</v>
       </c>
       <c r="D709" s="4">
-        <v>1.1201</v>
+        <v>1.1409</v>
       </c>
       <c r="E709" s="4">
-        <v>1.1212</v>
+        <v>1.142</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="B710" s="5">
-        <v>44904</v>
+        <v>44957</v>
       </c>
       <c r="C710" s="4">
-        <v>1.124</v>
+        <v>1.1406</v>
       </c>
       <c r="D710" s="4">
-        <v>1.1218</v>
+        <v>1.1384</v>
       </c>
       <c r="E710" s="4">
-        <v>1.1229</v>
+        <v>1.1395</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="B711" s="5">
-        <v>44903</v>
+        <v>44956</v>
       </c>
       <c r="C711" s="4">
-        <v>1.1221</v>
+        <v>1.1422</v>
       </c>
       <c r="D711" s="4">
-        <v>1.1199</v>
+        <v>1.14</v>
       </c>
       <c r="E711" s="4">
-        <v>1.121</v>
+        <v>1.1411</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="B712" s="5">
-        <v>44902</v>
+        <v>44953</v>
       </c>
       <c r="C712" s="4">
-        <v>1.1252</v>
+        <v>1.1417</v>
       </c>
       <c r="D712" s="4">
-        <v>1.123</v>
+        <v>1.1395</v>
       </c>
       <c r="E712" s="4">
-        <v>1.1241</v>
+        <v>1.1406</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="B713" s="5">
-        <v>44901</v>
+        <v>44951</v>
       </c>
       <c r="C713" s="4">
-        <v>1.129</v>
+        <v>1.1401</v>
       </c>
       <c r="D713" s="4">
-        <v>1.1268</v>
+        <v>1.1379</v>
       </c>
       <c r="E713" s="4">
-        <v>1.1279</v>
+        <v>1.139</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="B714" s="5">
-        <v>44900</v>
+        <v>44950</v>
       </c>
       <c r="C714" s="4">
-        <v>1.1326</v>
+        <v>1.1411</v>
       </c>
       <c r="D714" s="4">
-        <v>1.1304</v>
+        <v>1.1389</v>
       </c>
       <c r="E714" s="4">
-        <v>1.1315</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="B715" s="5">
-        <v>44897</v>
+        <v>44949</v>
       </c>
       <c r="C715" s="4">
-        <v>1.132</v>
+        <v>1.1395</v>
       </c>
       <c r="D715" s="4">
-        <v>1.1298</v>
+        <v>1.1373</v>
       </c>
       <c r="E715" s="4">
-        <v>1.1309</v>
+        <v>1.1384</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="B716" s="5">
-        <v>44896</v>
+        <v>44946</v>
       </c>
       <c r="C716" s="4">
-        <v>1.1327</v>
+        <v>1.1374</v>
       </c>
       <c r="D716" s="4">
-        <v>1.1305</v>
+        <v>1.1352</v>
       </c>
       <c r="E716" s="4">
-        <v>1.1316</v>
+        <v>1.1363</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="B717" s="5">
-        <v>44895</v>
+        <v>44945</v>
       </c>
       <c r="C717" s="4">
-        <v>1.1249</v>
+        <v>1.1371</v>
       </c>
       <c r="D717" s="4">
-        <v>1.1227</v>
+        <v>1.1349</v>
       </c>
       <c r="E717" s="4">
-        <v>1.1238</v>
+        <v>1.136</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="B718" s="5">
-        <v>44894</v>
+        <v>44944</v>
       </c>
       <c r="C718" s="4">
-        <v>1.1233</v>
+        <v>1.1371</v>
       </c>
       <c r="D718" s="4">
-        <v>1.1211</v>
+        <v>1.1349</v>
       </c>
       <c r="E718" s="4">
-        <v>1.1222</v>
+        <v>1.136</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="B719" s="5">
-        <v>44893</v>
+        <v>44943</v>
       </c>
       <c r="C719" s="4">
-        <v>1.1251</v>
+        <v>1.137</v>
       </c>
       <c r="D719" s="4">
-        <v>1.1229</v>
+        <v>1.1348</v>
       </c>
       <c r="E719" s="4">
-        <v>1.124</v>
+        <v>1.1359</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="B720" s="5">
-        <v>44890</v>
+        <v>44942</v>
       </c>
       <c r="C720" s="4">
-        <v>1.1251</v>
+        <v>1.1366</v>
       </c>
       <c r="D720" s="4">
-        <v>1.1229</v>
+        <v>1.1344</v>
       </c>
       <c r="E720" s="4">
-        <v>1.124</v>
+        <v>1.1355</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="B721" s="5">
-        <v>44889</v>
+        <v>44939</v>
       </c>
       <c r="C721" s="4">
-        <v>1.1243</v>
+        <v>1.1337</v>
       </c>
       <c r="D721" s="4">
-        <v>1.1221</v>
+        <v>1.1315</v>
       </c>
       <c r="E721" s="4">
-        <v>1.1232</v>
+        <v>1.1326</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="B722" s="5">
-        <v>44888</v>
+        <v>44938</v>
       </c>
       <c r="C722" s="4">
-        <v>1.1239</v>
+        <v>1.1301</v>
       </c>
       <c r="D722" s="4">
-        <v>1.1217</v>
+        <v>1.1279</v>
       </c>
       <c r="E722" s="4">
-        <v>1.1228</v>
+        <v>1.129</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="B723" s="5">
-        <v>44887</v>
+        <v>44937</v>
       </c>
       <c r="C723" s="4">
-        <v>1.1206</v>
+        <v>1.1237</v>
       </c>
       <c r="D723" s="4">
-        <v>1.1184</v>
+        <v>1.1215</v>
       </c>
       <c r="E723" s="4">
-        <v>1.1195</v>
+        <v>1.1226</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="B724" s="5">
-        <v>44886</v>
+        <v>44936</v>
       </c>
       <c r="C724" s="4">
-        <v>1.1191</v>
+        <v>1.1204</v>
       </c>
       <c r="D724" s="4">
-        <v>1.1169</v>
+        <v>1.1182</v>
       </c>
       <c r="E724" s="4">
-        <v>1.118</v>
+        <v>1.1193</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="B725" s="5">
-        <v>44883</v>
+        <v>44935</v>
       </c>
       <c r="C725" s="4">
-        <v>1.1186</v>
+        <v>1.1202</v>
       </c>
       <c r="D725" s="4">
-        <v>1.1164</v>
+        <v>1.118</v>
       </c>
       <c r="E725" s="4">
-        <v>1.1175</v>
+        <v>1.1191</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="B726" s="5">
-        <v>44882</v>
+        <v>44932</v>
       </c>
       <c r="C726" s="4">
-        <v>1.1184</v>
+        <v>1.1157</v>
       </c>
       <c r="D726" s="4">
-        <v>1.1162</v>
+        <v>1.1135</v>
       </c>
       <c r="E726" s="4">
-        <v>1.1173</v>
+        <v>1.1146</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="B727" s="5">
-        <v>44881</v>
+        <v>44931</v>
       </c>
       <c r="C727" s="4">
-        <v>1.1192</v>
+        <v>1.1147</v>
       </c>
       <c r="D727" s="4">
-        <v>1.117</v>
+        <v>1.1125</v>
       </c>
       <c r="E727" s="4">
-        <v>1.1181</v>
+        <v>1.1136</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="B728" s="5">
-        <v>44880</v>
+        <v>44930</v>
       </c>
       <c r="C728" s="4">
-        <v>1.1176</v>
+        <v>1.1138</v>
       </c>
       <c r="D728" s="4">
-        <v>1.1154</v>
+        <v>1.1116</v>
       </c>
       <c r="E728" s="4">
-        <v>1.1165</v>
+        <v>1.1127</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="B729" s="5">
-        <v>44879</v>
+        <v>44929</v>
       </c>
       <c r="C729" s="4">
-        <v>1.1195</v>
+        <v>1.1095</v>
       </c>
       <c r="D729" s="4">
-        <v>1.1173</v>
+        <v>1.1073</v>
       </c>
       <c r="E729" s="4">
-        <v>1.1184</v>
+        <v>1.1084</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="B730" s="5">
-        <v>44876</v>
+        <v>44925</v>
       </c>
       <c r="C730" s="4">
-        <v>1.1159</v>
+        <v>1.1128</v>
       </c>
       <c r="D730" s="4">
-        <v>1.1137</v>
+        <v>1.1106</v>
       </c>
       <c r="E730" s="4">
-        <v>1.1148</v>
+        <v>1.1117</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="B731" s="5">
-        <v>44875</v>
+        <v>44924</v>
       </c>
       <c r="C731" s="4">
-        <v>1.1023</v>
+        <v>1.1094</v>
       </c>
       <c r="D731" s="4">
-        <v>1.1001</v>
+        <v>1.1072</v>
       </c>
       <c r="E731" s="4">
-        <v>1.1012</v>
+        <v>1.1083</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="B732" s="5">
-        <v>44874</v>
+        <v>44923</v>
       </c>
       <c r="C732" s="4">
-        <v>1.1048</v>
+        <v>1.1135</v>
       </c>
       <c r="D732" s="4">
-        <v>1.1026</v>
+        <v>1.1113</v>
       </c>
       <c r="E732" s="4">
-        <v>1.1037</v>
+        <v>1.1124</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="B733" s="5">
-        <v>44873</v>
+        <v>44918</v>
       </c>
       <c r="C733" s="4">
-        <v>1.1027</v>
+        <v>1.1147</v>
       </c>
       <c r="D733" s="4">
-        <v>1.1005</v>
+        <v>1.1125</v>
       </c>
       <c r="E733" s="4">
-        <v>1.1016</v>
+        <v>1.1136</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="B734" s="5">
-        <v>44872</v>
+        <v>44917</v>
       </c>
       <c r="C734" s="4">
-        <v>1.1006</v>
+        <v>1.1173</v>
       </c>
       <c r="D734" s="4">
-        <v>1.0984</v>
+        <v>1.1151</v>
       </c>
       <c r="E734" s="4">
-        <v>1.0995</v>
+        <v>1.1162</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="B735" s="5">
-        <v>44869</v>
+        <v>44916</v>
       </c>
       <c r="C735" s="4">
-        <v>1.0974</v>
+        <v>1.1144</v>
       </c>
       <c r="D735" s="4">
-        <v>1.0952</v>
+        <v>1.1122</v>
       </c>
       <c r="E735" s="4">
-        <v>1.0963</v>
+        <v>1.1133</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="B736" s="5">
-        <v>44868</v>
+        <v>44915</v>
       </c>
       <c r="C736" s="4">
-        <v>1.098</v>
+        <v>1.1119</v>
       </c>
       <c r="D736" s="4">
-        <v>1.0958</v>
+        <v>1.1097</v>
       </c>
       <c r="E736" s="4">
-        <v>1.0969</v>
+        <v>1.1108</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="B737" s="5">
-        <v>44867</v>
+        <v>44914</v>
       </c>
       <c r="C737" s="4">
-        <v>1.1062</v>
+        <v>1.1173</v>
       </c>
       <c r="D737" s="4">
-        <v>1.104</v>
+        <v>1.1151</v>
       </c>
       <c r="E737" s="4">
-        <v>1.1051</v>
+        <v>1.1162</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="B738" s="5">
-        <v>44866</v>
+        <v>44911</v>
       </c>
       <c r="C738" s="4">
-        <v>1.1053</v>
+        <v>1.1205</v>
       </c>
       <c r="D738" s="4">
-        <v>1.1031</v>
+        <v>1.1183</v>
       </c>
       <c r="E738" s="4">
-        <v>1.1042</v>
+        <v>1.1194</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="B739" s="5">
-        <v>44865</v>
+        <v>44910</v>
       </c>
       <c r="C739" s="4">
-        <v>1.1024</v>
+        <v>1.1256</v>
       </c>
       <c r="D739" s="4">
-        <v>1.1002</v>
+        <v>1.1234</v>
       </c>
       <c r="E739" s="4">
-        <v>1.1013</v>
+        <v>1.1245</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="B740" s="5">
-        <v>44862</v>
+        <v>44909</v>
       </c>
       <c r="C740" s="4">
-        <v>1.0965</v>
+        <v>1.1272</v>
       </c>
       <c r="D740" s="4">
-        <v>1.0943</v>
+        <v>1.125</v>
       </c>
       <c r="E740" s="4">
-        <v>1.0954</v>
+        <v>1.1261</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="B741" s="5">
-        <v>44861</v>
+        <v>44908</v>
       </c>
       <c r="C741" s="4">
-        <v>1.0976</v>
+        <v>1.1253</v>
       </c>
       <c r="D741" s="4">
-        <v>1.0954</v>
+        <v>1.1231</v>
       </c>
       <c r="E741" s="4">
-        <v>1.0965</v>
+        <v>1.1242</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="B742" s="5">
-        <v>44860</v>
+        <v>44907</v>
       </c>
       <c r="C742" s="4">
-        <v>1.098</v>
+        <v>1.1223</v>
       </c>
       <c r="D742" s="4">
-        <v>1.0958</v>
+        <v>1.1201</v>
       </c>
       <c r="E742" s="4">
-        <v>1.0969</v>
+        <v>1.1212</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="B743" s="5">
-        <v>44859</v>
+        <v>44904</v>
       </c>
       <c r="C743" s="4">
-        <v>1.0955</v>
+        <v>1.124</v>
       </c>
       <c r="D743" s="4">
-        <v>1.0933</v>
+        <v>1.1218</v>
       </c>
       <c r="E743" s="4">
-        <v>1.0944</v>
+        <v>1.1229</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="B744" s="5">
-        <v>44858</v>
+        <v>44903</v>
       </c>
       <c r="C744" s="4">
-        <v>1.0921</v>
+        <v>1.1221</v>
       </c>
       <c r="D744" s="4">
-        <v>1.0899</v>
+        <v>1.1199</v>
       </c>
       <c r="E744" s="4">
-        <v>1.091</v>
+        <v>1.121</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="B745" s="5">
-        <v>44855</v>
+        <v>44902</v>
       </c>
       <c r="C745" s="4">
-        <v>1.0862</v>
+        <v>1.1252</v>
       </c>
       <c r="D745" s="4">
-        <v>1.084</v>
+        <v>1.123</v>
       </c>
       <c r="E745" s="4">
-        <v>1.0851</v>
+        <v>1.1241</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="B746" s="5">
-        <v>44854</v>
+        <v>44901</v>
       </c>
       <c r="C746" s="4">
-        <v>1.0903</v>
+        <v>1.129</v>
       </c>
       <c r="D746" s="4">
-        <v>1.0881</v>
+        <v>1.1268</v>
       </c>
       <c r="E746" s="4">
-        <v>1.0892</v>
+        <v>1.1279</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="B747" s="5">
-        <v>44853</v>
+        <v>44900</v>
       </c>
       <c r="C747" s="4">
-        <v>1.095</v>
+        <v>1.1326</v>
       </c>
       <c r="D747" s="4">
-        <v>1.0928</v>
+        <v>1.1304</v>
       </c>
       <c r="E747" s="4">
-        <v>1.0939</v>
+        <v>1.1315</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="B748" s="5">
-        <v>44852</v>
+        <v>44897</v>
       </c>
       <c r="C748" s="4">
-        <v>1.092</v>
+        <v>1.132</v>
       </c>
       <c r="D748" s="4">
-        <v>1.0898</v>
+        <v>1.1298</v>
       </c>
       <c r="E748" s="4">
-        <v>1.0909</v>
+        <v>1.1309</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="B749" s="5">
-        <v>44851</v>
+        <v>44896</v>
       </c>
       <c r="C749" s="4">
-        <v>1.0848</v>
+        <v>1.1327</v>
       </c>
       <c r="D749" s="4">
-        <v>1.0826</v>
+        <v>1.1305</v>
       </c>
       <c r="E749" s="4">
-        <v>1.0837</v>
+        <v>1.1316</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="B750" s="5">
-        <v>44848</v>
+        <v>44895</v>
       </c>
       <c r="C750" s="4">
-        <v>1.0903</v>
+        <v>1.1249</v>
       </c>
       <c r="D750" s="4">
-        <v>1.0881</v>
+        <v>1.1227</v>
       </c>
       <c r="E750" s="4">
-        <v>1.0892</v>
+        <v>1.1238</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="B751" s="5">
-        <v>44847</v>
+        <v>44894</v>
       </c>
       <c r="C751" s="4">
-        <v>1.0826</v>
+        <v>1.1233</v>
       </c>
       <c r="D751" s="4">
-        <v>1.0804</v>
+        <v>1.1211</v>
       </c>
       <c r="E751" s="4">
-        <v>1.0815</v>
+        <v>1.1222</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="B752" s="5">
-        <v>44846</v>
+        <v>44893</v>
       </c>
       <c r="C752" s="4">
-        <v>1.083</v>
+        <v>1.1251</v>
       </c>
       <c r="D752" s="4">
-        <v>1.0808</v>
+        <v>1.1229</v>
       </c>
       <c r="E752" s="4">
-        <v>1.0819</v>
+        <v>1.124</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="B753" s="5">
-        <v>44845</v>
+        <v>44890</v>
       </c>
       <c r="C753" s="4">
-        <v>1.0855</v>
+        <v>1.1251</v>
       </c>
       <c r="D753" s="4">
-        <v>1.0833</v>
+        <v>1.1229</v>
       </c>
       <c r="E753" s="4">
-        <v>1.0844</v>
+        <v>1.124</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="B754" s="5">
-        <v>44844</v>
+        <v>44889</v>
       </c>
       <c r="C754" s="4">
-        <v>1.0867</v>
+        <v>1.1243</v>
       </c>
       <c r="D754" s="4">
-        <v>1.0845</v>
+        <v>1.1221</v>
       </c>
       <c r="E754" s="4">
-        <v>1.0856</v>
+        <v>1.1232</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="B755" s="5">
-        <v>44841</v>
+        <v>44888</v>
       </c>
       <c r="C755" s="4">
-        <v>1.0941</v>
+        <v>1.1239</v>
       </c>
       <c r="D755" s="4">
-        <v>1.0919</v>
+        <v>1.1217</v>
       </c>
       <c r="E755" s="4">
-        <v>1.093</v>
+        <v>1.1228</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="B756" s="5">
-        <v>44840</v>
+        <v>44887</v>
       </c>
       <c r="C756" s="4">
-        <v>1.098</v>
+        <v>1.1206</v>
       </c>
       <c r="D756" s="4">
-        <v>1.0958</v>
+        <v>1.1184</v>
       </c>
       <c r="E756" s="4">
-        <v>1.0969</v>
+        <v>1.1195</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="B757" s="5">
-        <v>44839</v>
+        <v>44886</v>
       </c>
       <c r="C757" s="4">
-        <v>1.098</v>
+        <v>1.1191</v>
       </c>
       <c r="D757" s="4">
-        <v>1.0958</v>
+        <v>1.1169</v>
       </c>
       <c r="E757" s="4">
-        <v>1.0969</v>
+        <v>1.118</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="B758" s="5">
-        <v>44838</v>
+        <v>44883</v>
       </c>
       <c r="C758" s="4">
-        <v>1.0863</v>
+        <v>1.1186</v>
       </c>
       <c r="D758" s="4">
-        <v>1.0841</v>
+        <v>1.1164</v>
       </c>
       <c r="E758" s="4">
-        <v>1.0852</v>
+        <v>1.1175</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="B759" s="5">
-        <v>44834</v>
+        <v>44882</v>
       </c>
       <c r="C759" s="4">
-        <v>1.0768</v>
+        <v>1.1184</v>
       </c>
       <c r="D759" s="4">
-        <v>1.0746</v>
+        <v>1.1162</v>
       </c>
       <c r="E759" s="4">
-        <v>1.0757</v>
+        <v>1.1173</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="B760" s="5">
-        <v>44833</v>
+        <v>44881</v>
       </c>
       <c r="C760" s="4">
-        <v>1.0824</v>
+        <v>1.1192</v>
       </c>
       <c r="D760" s="4">
-        <v>1.0802</v>
+        <v>1.117</v>
       </c>
       <c r="E760" s="4">
-        <v>1.0813</v>
+        <v>1.1181</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="B761" s="5">
-        <v>44832</v>
+        <v>44880</v>
       </c>
       <c r="C761" s="4">
-        <v>1.0768</v>
+        <v>1.1176</v>
       </c>
       <c r="D761" s="4">
-        <v>1.0746</v>
+        <v>1.1154</v>
       </c>
       <c r="E761" s="4">
-        <v>1.0757</v>
+        <v>1.1165</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="B762" s="5">
-        <v>44831</v>
+        <v>44879</v>
       </c>
       <c r="C762" s="4">
-        <v>1.0791</v>
+        <v>1.1195</v>
       </c>
       <c r="D762" s="4">
-        <v>1.0769</v>
+        <v>1.1173</v>
       </c>
       <c r="E762" s="4">
-        <v>1.078</v>
+        <v>1.1184</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="B763" s="5">
-        <v>44830</v>
+        <v>44876</v>
       </c>
       <c r="C763" s="4">
-        <v>1.0824</v>
+        <v>1.1159</v>
       </c>
       <c r="D763" s="4">
-        <v>1.0802</v>
+        <v>1.1137</v>
       </c>
       <c r="E763" s="4">
-        <v>1.0813</v>
+        <v>1.1148</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="B764" s="5">
-        <v>44827</v>
+        <v>44875</v>
       </c>
       <c r="C764" s="4">
-        <v>1.0894</v>
+        <v>1.1023</v>
       </c>
       <c r="D764" s="4">
-        <v>1.0872</v>
+        <v>1.1001</v>
       </c>
       <c r="E764" s="4">
-        <v>1.0883</v>
+        <v>1.1012</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="B765" s="5">
-        <v>44825</v>
+        <v>44874</v>
       </c>
       <c r="C765" s="4">
-        <v>1.0996</v>
+        <v>1.1048</v>
       </c>
       <c r="D765" s="4">
-        <v>1.0974</v>
+        <v>1.1026</v>
       </c>
       <c r="E765" s="4">
-        <v>1.0985</v>
+        <v>1.1037</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="B766" s="5">
-        <v>44824</v>
+        <v>44873</v>
       </c>
       <c r="C766" s="4">
-        <v>1.1051</v>
+        <v>1.1027</v>
       </c>
       <c r="D766" s="4">
-        <v>1.1029</v>
+        <v>1.1005</v>
       </c>
       <c r="E766" s="4">
-        <v>1.104</v>
+        <v>1.1016</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="B767" s="5">
-        <v>44823</v>
+        <v>44872</v>
       </c>
       <c r="C767" s="4">
-        <v>1.1021</v>
+        <v>1.1006</v>
       </c>
       <c r="D767" s="4">
-        <v>1.0999</v>
+        <v>1.0984</v>
       </c>
       <c r="E767" s="4">
-        <v>1.101</v>
+        <v>1.0995</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="B768" s="5">
-        <v>44820</v>
+        <v>44869</v>
       </c>
       <c r="C768" s="4">
-        <v>1.1058</v>
+        <v>1.0974</v>
       </c>
       <c r="D768" s="4">
-        <v>1.1036</v>
+        <v>1.0952</v>
       </c>
       <c r="E768" s="4">
-        <v>1.1047</v>
+        <v>1.0963</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="B769" s="5">
-        <v>44819</v>
+        <v>44868</v>
       </c>
       <c r="C769" s="4">
-        <v>1.1113</v>
+        <v>1.098</v>
       </c>
       <c r="D769" s="4">
-        <v>1.1091</v>
+        <v>1.0958</v>
       </c>
       <c r="E769" s="4">
-        <v>1.1102</v>
+        <v>1.0969</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="B770" s="5">
-        <v>44818</v>
+        <v>44867</v>
       </c>
       <c r="C770" s="4">
-        <v>1.113</v>
+        <v>1.1062</v>
       </c>
       <c r="D770" s="4">
-        <v>1.1108</v>
+        <v>1.104</v>
       </c>
       <c r="E770" s="4">
-        <v>1.1119</v>
+        <v>1.1051</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="B771" s="5">
-        <v>44817</v>
+        <v>44866</v>
       </c>
       <c r="C771" s="4">
-        <v>1.1234</v>
+        <v>1.1053</v>
       </c>
       <c r="D771" s="4">
-        <v>1.1212</v>
+        <v>1.1031</v>
       </c>
       <c r="E771" s="4">
-        <v>1.1223</v>
+        <v>1.1042</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="B772" s="5">
-        <v>44816</v>
+        <v>44865</v>
       </c>
       <c r="C772" s="4">
-        <v>1.1193</v>
+        <v>1.1024</v>
       </c>
       <c r="D772" s="4">
-        <v>1.1171</v>
+        <v>1.1002</v>
       </c>
       <c r="E772" s="4">
-        <v>1.1182</v>
+        <v>1.1013</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="B773" s="5">
-        <v>44813</v>
+        <v>44862</v>
       </c>
       <c r="C773" s="4">
-        <v>1.1156</v>
+        <v>1.0965</v>
       </c>
       <c r="D773" s="4">
-        <v>1.1134</v>
+        <v>1.0943</v>
       </c>
       <c r="E773" s="4">
-        <v>1.1145</v>
+        <v>1.0954</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="B774" s="5">
-        <v>44812</v>
+        <v>44861</v>
       </c>
       <c r="C774" s="4">
-        <v>1.1127</v>
+        <v>1.0976</v>
       </c>
       <c r="D774" s="4">
-        <v>1.1105</v>
+        <v>1.0954</v>
       </c>
       <c r="E774" s="4">
-        <v>1.1116</v>
+        <v>1.0965</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="B775" s="5">
-        <v>44811</v>
+        <v>44860</v>
       </c>
       <c r="C775" s="4">
-        <v>1.106</v>
+        <v>1.098</v>
       </c>
       <c r="D775" s="4">
-        <v>1.1038</v>
+        <v>1.0958</v>
       </c>
       <c r="E775" s="4">
-        <v>1.1049</v>
+        <v>1.0969</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="B776" s="5">
-        <v>44810</v>
+        <v>44859</v>
       </c>
       <c r="C776" s="4">
-        <v>1.1083</v>
+        <v>1.0955</v>
       </c>
       <c r="D776" s="4">
-        <v>1.1061</v>
+        <v>1.0933</v>
       </c>
       <c r="E776" s="4">
-        <v>1.1072</v>
+        <v>1.0944</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="B777" s="5">
-        <v>44809</v>
+        <v>44858</v>
       </c>
       <c r="C777" s="4">
-        <v>1.1086</v>
+        <v>1.0921</v>
       </c>
       <c r="D777" s="4">
-        <v>1.1064</v>
+        <v>1.0899</v>
       </c>
       <c r="E777" s="4">
-        <v>1.1075</v>
+        <v>1.091</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="B778" s="5">
-        <v>44806</v>
+        <v>44855</v>
       </c>
       <c r="C778" s="4">
-        <v>1.1096</v>
+        <v>1.0862</v>
       </c>
       <c r="D778" s="4">
-        <v>1.1074</v>
+        <v>1.084</v>
       </c>
       <c r="E778" s="4">
-        <v>1.1085</v>
+        <v>1.0851</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="B779" s="5">
-        <v>44805</v>
+        <v>44854</v>
       </c>
       <c r="C779" s="4">
-        <v>1.111</v>
+        <v>1.0903</v>
       </c>
       <c r="D779" s="4">
-        <v>1.1088</v>
+        <v>1.0881</v>
       </c>
       <c r="E779" s="4">
-        <v>1.1099</v>
+        <v>1.0892</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="B780" s="5">
-        <v>44804</v>
+        <v>44853</v>
       </c>
       <c r="C780" s="4">
-        <v>1.1156</v>
+        <v>1.095</v>
       </c>
       <c r="D780" s="4">
-        <v>1.1134</v>
+        <v>1.0928</v>
       </c>
       <c r="E780" s="4">
-        <v>1.1145</v>
+        <v>1.0939</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="B781" s="5">
-        <v>44803</v>
+        <v>44852</v>
       </c>
       <c r="C781" s="4">
-        <v>1.1167</v>
+        <v>1.092</v>
       </c>
       <c r="D781" s="4">
-        <v>1.1145</v>
+        <v>1.0898</v>
       </c>
       <c r="E781" s="4">
-        <v>1.1156</v>
+        <v>1.0909</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="B782" s="5">
-        <v>44802</v>
+        <v>44851</v>
       </c>
       <c r="C782" s="4">
-        <v>1.1177</v>
+        <v>1.0848</v>
       </c>
       <c r="D782" s="4">
-        <v>1.1155</v>
+        <v>1.0826</v>
       </c>
       <c r="E782" s="4">
-        <v>1.1166</v>
+        <v>1.0837</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="B783" s="5">
-        <v>44799</v>
+        <v>44848</v>
       </c>
       <c r="C783" s="4">
-        <v>1.1273</v>
+        <v>1.0903</v>
       </c>
       <c r="D783" s="4">
-        <v>1.1251</v>
+        <v>1.0881</v>
       </c>
       <c r="E783" s="4">
-        <v>1.1262</v>
+        <v>1.0892</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="B784" s="5">
-        <v>44798</v>
+        <v>44847</v>
       </c>
       <c r="C784" s="4">
-        <v>1.1232</v>
+        <v>1.0826</v>
       </c>
       <c r="D784" s="4">
-        <v>1.121</v>
+        <v>1.0804</v>
       </c>
       <c r="E784" s="4">
-        <v>1.1221</v>
+        <v>1.0815</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="B785" s="5">
-        <v>44797</v>
+        <v>44846</v>
       </c>
       <c r="C785" s="4">
-        <v>1.1212</v>
+        <v>1.083</v>
       </c>
       <c r="D785" s="4">
-        <v>1.119</v>
+        <v>1.0808</v>
       </c>
       <c r="E785" s="4">
-        <v>1.1201</v>
+        <v>1.0819</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="B786" s="5">
-        <v>44796</v>
+        <v>44845</v>
       </c>
       <c r="C786" s="4">
-        <v>1.1228</v>
+        <v>1.0855</v>
       </c>
       <c r="D786" s="4">
-        <v>1.1206</v>
+        <v>1.0833</v>
       </c>
       <c r="E786" s="4">
-        <v>1.1217</v>
+        <v>1.0844</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="B787" s="5">
-        <v>44795</v>
+        <v>44844</v>
       </c>
       <c r="C787" s="4">
-        <v>1.1309</v>
+        <v>1.0867</v>
       </c>
       <c r="D787" s="4">
-        <v>1.1287</v>
+        <v>1.0845</v>
       </c>
       <c r="E787" s="4">
-        <v>1.1298</v>
+        <v>1.0856</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="B788" s="5">
-        <v>44792</v>
+        <v>44841</v>
       </c>
       <c r="C788" s="4">
-        <v>1.1354</v>
+        <v>1.0941</v>
       </c>
       <c r="D788" s="4">
-        <v>1.1332</v>
+        <v>1.0919</v>
       </c>
       <c r="E788" s="4">
-        <v>1.1343</v>
+        <v>1.093</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="B789" s="5">
-        <v>44791</v>
+        <v>44840</v>
       </c>
       <c r="C789" s="4">
-        <v>1.1364</v>
+        <v>1.098</v>
       </c>
       <c r="D789" s="4">
-        <v>1.1342</v>
+        <v>1.0958</v>
       </c>
       <c r="E789" s="4">
-        <v>1.1353</v>
+        <v>1.0969</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="B790" s="5">
-        <v>44790</v>
+        <v>44839</v>
       </c>
       <c r="C790" s="4">
-        <v>1.1367</v>
+        <v>1.098</v>
       </c>
       <c r="D790" s="4">
-        <v>1.1345</v>
+        <v>1.0958</v>
       </c>
       <c r="E790" s="4">
-        <v>1.1356</v>
+        <v>1.0969</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="B791" s="5">
-        <v>44789</v>
+        <v>44838</v>
       </c>
       <c r="C791" s="4">
-        <v>1.1349</v>
+        <v>1.0863</v>
       </c>
       <c r="D791" s="4">
-        <v>1.1327</v>
+        <v>1.0841</v>
       </c>
       <c r="E791" s="4">
-        <v>1.1338</v>
+        <v>1.0852</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="B792" s="5">
-        <v>44788</v>
+        <v>44834</v>
       </c>
       <c r="C792" s="4">
-        <v>1.1307</v>
+        <v>1.0768</v>
       </c>
       <c r="D792" s="4">
-        <v>1.1285</v>
+        <v>1.0746</v>
       </c>
       <c r="E792" s="4">
-        <v>1.1296</v>
+        <v>1.0757</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="B793" s="5">
-        <v>44785</v>
+        <v>44833</v>
       </c>
       <c r="C793" s="4">
-        <v>1.1263</v>
+        <v>1.0824</v>
       </c>
       <c r="D793" s="4">
-        <v>1.1241</v>
+        <v>1.0802</v>
       </c>
       <c r="E793" s="4">
-        <v>1.1252</v>
+        <v>1.0813</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="B794" s="5">
-        <v>44784</v>
+        <v>44832</v>
       </c>
       <c r="C794" s="4">
-        <v>1.1277</v>
+        <v>1.0768</v>
       </c>
       <c r="D794" s="4">
-        <v>1.1255</v>
+        <v>1.0746</v>
       </c>
       <c r="E794" s="4">
-        <v>1.1266</v>
+        <v>1.0757</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="B795" s="5">
-        <v>44783</v>
+        <v>44831</v>
       </c>
       <c r="C795" s="4">
-        <v>1.1235</v>
+        <v>1.0791</v>
       </c>
       <c r="D795" s="4">
-        <v>1.1213</v>
+        <v>1.0769</v>
       </c>
       <c r="E795" s="4">
-        <v>1.1224</v>
+        <v>1.078</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="B796" s="5">
-        <v>44782</v>
+        <v>44830</v>
       </c>
       <c r="C796" s="4">
-        <v>1.1254</v>
+        <v>1.0824</v>
       </c>
       <c r="D796" s="4">
-        <v>1.1232</v>
+        <v>1.0802</v>
       </c>
       <c r="E796" s="4">
-        <v>1.1243</v>
+        <v>1.0813</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="B797" s="5">
-        <v>44781</v>
+        <v>44827</v>
       </c>
       <c r="C797" s="4">
-        <v>1.1259</v>
+        <v>1.0894</v>
       </c>
       <c r="D797" s="4">
-        <v>1.1237</v>
+        <v>1.0872</v>
       </c>
       <c r="E797" s="4">
-        <v>1.1248</v>
+        <v>1.0883</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="B798" s="5">
-        <v>44778</v>
+        <v>44825</v>
       </c>
       <c r="C798" s="4">
-        <v>1.1256</v>
+        <v>1.0996</v>
       </c>
       <c r="D798" s="4">
-        <v>1.1234</v>
+        <v>1.0974</v>
       </c>
       <c r="E798" s="4">
-        <v>1.1245</v>
+        <v>1.0985</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="B799" s="5">
-        <v>44777</v>
+        <v>44824</v>
       </c>
       <c r="C799" s="4">
-        <v>1.1245</v>
+        <v>1.1051</v>
       </c>
       <c r="D799" s="4">
-        <v>1.1223</v>
+        <v>1.1029</v>
       </c>
       <c r="E799" s="4">
-        <v>1.1234</v>
+        <v>1.104</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="B800" s="5">
-        <v>44776</v>
+        <v>44823</v>
       </c>
       <c r="C800" s="4">
-        <v>1.1218</v>
+        <v>1.1021</v>
       </c>
       <c r="D800" s="4">
-        <v>1.1196</v>
+        <v>1.0999</v>
       </c>
       <c r="E800" s="4">
-        <v>1.1207</v>
+        <v>1.101</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="B801" s="5">
-        <v>44775</v>
+        <v>44820</v>
       </c>
       <c r="C801" s="4">
-        <v>1.1231</v>
+        <v>1.1058</v>
       </c>
       <c r="D801" s="4">
-        <v>1.1209</v>
+        <v>1.1036</v>
       </c>
       <c r="E801" s="4">
-        <v>1.122</v>
+        <v>1.1047</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="B802" s="5">
-        <v>44774</v>
+        <v>44819</v>
       </c>
       <c r="C802" s="4">
-        <v>1.1238</v>
+        <v>1.1113</v>
       </c>
       <c r="D802" s="4">
-        <v>1.1216</v>
+        <v>1.1091</v>
       </c>
       <c r="E802" s="4">
-        <v>1.1227</v>
+        <v>1.1102</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="B803" s="5">
-        <v>44771</v>
+        <v>44818</v>
       </c>
       <c r="C803" s="4">
-        <v>1.1202</v>
+        <v>1.113</v>
       </c>
       <c r="D803" s="4">
-        <v>1.118</v>
+        <v>1.1108</v>
       </c>
       <c r="E803" s="4">
-        <v>1.1191</v>
+        <v>1.1119</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="B804" s="5">
-        <v>44770</v>
+        <v>44817</v>
       </c>
       <c r="C804" s="4">
-        <v>1.1152</v>
+        <v>1.1234</v>
       </c>
       <c r="D804" s="4">
-        <v>1.113</v>
+        <v>1.1212</v>
       </c>
       <c r="E804" s="4">
-        <v>1.1141</v>
+        <v>1.1223</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="B805" s="5">
-        <v>44769</v>
+        <v>44816</v>
       </c>
       <c r="C805" s="4">
-        <v>1.1082</v>
+        <v>1.1193</v>
       </c>
       <c r="D805" s="4">
-        <v>1.106</v>
+        <v>1.1171</v>
       </c>
       <c r="E805" s="4">
-        <v>1.1071</v>
+        <v>1.1182</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="B806" s="5">
-        <v>44768</v>
+        <v>44813</v>
       </c>
       <c r="C806" s="4">
-        <v>1.1096</v>
+        <v>1.1156</v>
       </c>
       <c r="D806" s="4">
-        <v>1.1074</v>
+        <v>1.1134</v>
       </c>
       <c r="E806" s="4">
-        <v>1.1085</v>
+        <v>1.1145</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="B807" s="5">
-        <v>44767</v>
+        <v>44812</v>
       </c>
       <c r="C807" s="4">
-        <v>1.1088</v>
+        <v>1.1127</v>
       </c>
       <c r="D807" s="4">
-        <v>1.1066</v>
+        <v>1.1105</v>
       </c>
       <c r="E807" s="4">
-        <v>1.1077</v>
+        <v>1.1116</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="B808" s="5">
-        <v>44764</v>
+        <v>44811</v>
       </c>
       <c r="C808" s="4">
-        <v>1.1099</v>
+        <v>1.106</v>
       </c>
       <c r="D808" s="4">
-        <v>1.1077</v>
+        <v>1.1038</v>
       </c>
       <c r="E808" s="4">
-        <v>1.1088</v>
+        <v>1.1049</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="B809" s="5">
-        <v>44763</v>
+        <v>44810</v>
       </c>
       <c r="C809" s="4">
-        <v>1.108</v>
+        <v>1.1083</v>
       </c>
       <c r="D809" s="4">
-        <v>1.1058</v>
+        <v>1.1061</v>
       </c>
       <c r="E809" s="4">
-        <v>1.1069</v>
+        <v>1.1072</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="B810" s="5">
-        <v>44762</v>
+        <v>44809</v>
       </c>
       <c r="C810" s="4">
-        <v>1.1054</v>
+        <v>1.1086</v>
       </c>
       <c r="D810" s="4">
-        <v>1.1032</v>
+        <v>1.1064</v>
       </c>
       <c r="E810" s="4">
-        <v>1.1043</v>
+        <v>1.1075</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="B811" s="5">
-        <v>44761</v>
+        <v>44806</v>
       </c>
       <c r="C811" s="4">
-        <v>1.0982</v>
+        <v>1.1096</v>
       </c>
       <c r="D811" s="4">
-        <v>1.096</v>
+        <v>1.1074</v>
       </c>
       <c r="E811" s="4">
-        <v>1.0971</v>
+        <v>1.1085</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="B812" s="5">
-        <v>44760</v>
+        <v>44805</v>
       </c>
       <c r="C812" s="4">
-        <v>1.1003</v>
+        <v>1.111</v>
       </c>
       <c r="D812" s="4">
-        <v>1.0981</v>
+        <v>1.1088</v>
       </c>
       <c r="E812" s="4">
-        <v>1.0992</v>
+        <v>1.1099</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="B813" s="5">
-        <v>44757</v>
+        <v>44804</v>
       </c>
       <c r="C813" s="4">
-        <v>1.0953</v>
+        <v>1.1156</v>
       </c>
       <c r="D813" s="4">
-        <v>1.0931</v>
+        <v>1.1134</v>
       </c>
       <c r="E813" s="4">
-        <v>1.0942</v>
+        <v>1.1145</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="B814" s="5">
-        <v>44756</v>
+        <v>44803</v>
       </c>
       <c r="C814" s="4">
-        <v>1.0975</v>
+        <v>1.1167</v>
       </c>
       <c r="D814" s="4">
-        <v>1.0953</v>
+        <v>1.1145</v>
       </c>
       <c r="E814" s="4">
-        <v>1.0964</v>
+        <v>1.1156</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="B815" s="5">
-        <v>44755</v>
+        <v>44802</v>
       </c>
       <c r="C815" s="4">
-        <v>1.0982</v>
+        <v>1.1177</v>
       </c>
       <c r="D815" s="4">
-        <v>1.096</v>
+        <v>1.1155</v>
       </c>
       <c r="E815" s="4">
-        <v>1.0971</v>
+        <v>1.1166</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="B816" s="5">
-        <v>44754</v>
+        <v>44799</v>
       </c>
       <c r="C816" s="4">
-        <v>1.1001</v>
+        <v>1.1273</v>
       </c>
       <c r="D816" s="4">
-        <v>1.0979</v>
+        <v>1.1251</v>
       </c>
       <c r="E816" s="4">
-        <v>1.099</v>
+        <v>1.1262</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="B817" s="5">
-        <v>44753</v>
+        <v>44798</v>
       </c>
       <c r="C817" s="4">
-        <v>1.0997</v>
+        <v>1.1232</v>
       </c>
       <c r="D817" s="4">
-        <v>1.0975</v>
+        <v>1.121</v>
       </c>
       <c r="E817" s="4">
-        <v>1.0986</v>
+        <v>1.1221</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="B818" s="5">
-        <v>44750</v>
+        <v>44797</v>
       </c>
       <c r="C818" s="4">
-        <v>1.1025</v>
+        <v>1.1212</v>
       </c>
       <c r="D818" s="4">
-        <v>1.1003</v>
+        <v>1.119</v>
       </c>
       <c r="E818" s="4">
-        <v>1.1014</v>
+        <v>1.1201</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="B819" s="5">
-        <v>44749</v>
+        <v>44796</v>
       </c>
       <c r="C819" s="4">
-        <v>1.0992</v>
+        <v>1.1228</v>
       </c>
       <c r="D819" s="4">
-        <v>1.097</v>
+        <v>1.1206</v>
       </c>
       <c r="E819" s="4">
-        <v>1.0981</v>
+        <v>1.1217</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="B820" s="5">
-        <v>44748</v>
+        <v>44795</v>
       </c>
       <c r="C820" s="4">
-        <v>1.0981</v>
+        <v>1.1309</v>
       </c>
       <c r="D820" s="4">
-        <v>1.0959</v>
+        <v>1.1287</v>
       </c>
       <c r="E820" s="4">
-        <v>1.097</v>
+        <v>1.1298</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="B821" s="5">
-        <v>44747</v>
+        <v>44792</v>
       </c>
       <c r="C821" s="4">
-        <v>1.0984</v>
+        <v>1.1354</v>
       </c>
       <c r="D821" s="4">
-        <v>1.0962</v>
+        <v>1.1332</v>
       </c>
       <c r="E821" s="4">
-        <v>1.0973</v>
+        <v>1.1343</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="B822" s="5">
-        <v>44746</v>
+        <v>44791</v>
       </c>
       <c r="C822" s="4">
-        <v>1.099</v>
+        <v>1.1364</v>
       </c>
       <c r="D822" s="4">
-        <v>1.0968</v>
+        <v>1.1342</v>
       </c>
       <c r="E822" s="4">
-        <v>1.0979</v>
+        <v>1.1353</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="B823" s="5">
-        <v>44743</v>
+        <v>44790</v>
       </c>
       <c r="C823" s="4">
-        <v>1.0933</v>
+        <v>1.1367</v>
       </c>
       <c r="D823" s="4">
-        <v>1.0911</v>
+        <v>1.1345</v>
       </c>
       <c r="E823" s="4">
-        <v>1.0922</v>
+        <v>1.1356</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="B824" s="5">
-        <v>44742</v>
+        <v>44789</v>
       </c>
       <c r="C824" s="4">
-        <v>1.0972</v>
+        <v>1.1349</v>
       </c>
       <c r="D824" s="4">
-        <v>1.095</v>
+        <v>1.1327</v>
       </c>
       <c r="E824" s="4">
-        <v>1.0961</v>
+        <v>1.1338</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="B825" s="5">
-        <v>44741</v>
+        <v>44788</v>
       </c>
       <c r="C825" s="4">
-        <v>1.0989</v>
+        <v>1.1307</v>
       </c>
       <c r="D825" s="4">
-        <v>1.0967</v>
+        <v>1.1285</v>
       </c>
       <c r="E825" s="4">
-        <v>1.0978</v>
+        <v>1.1296</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="B826" s="5">
-        <v>44740</v>
+        <v>44785</v>
       </c>
       <c r="C826" s="4">
-        <v>1.1026</v>
+        <v>1.1263</v>
       </c>
       <c r="D826" s="4">
-        <v>1.1004</v>
+        <v>1.1241</v>
       </c>
       <c r="E826" s="4">
-        <v>1.1015</v>
+        <v>1.1252</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="B827" s="5">
-        <v>44739</v>
+        <v>44784</v>
       </c>
       <c r="C827" s="4">
-        <v>1.1003</v>
+        <v>1.1277</v>
       </c>
       <c r="D827" s="4">
-        <v>1.0981</v>
+        <v>1.1255</v>
       </c>
       <c r="E827" s="4">
-        <v>1.0992</v>
+        <v>1.1266</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="B828" s="5">
-        <v>44736</v>
+        <v>44783</v>
       </c>
       <c r="C828" s="4">
-        <v>1.0903</v>
+        <v>1.1235</v>
       </c>
       <c r="D828" s="4">
-        <v>1.0881</v>
+        <v>1.1213</v>
       </c>
       <c r="E828" s="4">
-        <v>1.0892</v>
+        <v>1.1224</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="B829" s="5">
-        <v>44735</v>
+        <v>44782</v>
       </c>
       <c r="C829" s="4">
-        <v>1.0868</v>
+        <v>1.1254</v>
       </c>
       <c r="D829" s="4">
-        <v>1.0846</v>
+        <v>1.1232</v>
       </c>
       <c r="E829" s="4">
-        <v>1.0857</v>
+        <v>1.1243</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="B830" s="5">
-        <v>44734</v>
+        <v>44781</v>
       </c>
       <c r="C830" s="4">
-        <v>1.0852</v>
+        <v>1.1259</v>
       </c>
       <c r="D830" s="4">
-        <v>1.083</v>
+        <v>1.1237</v>
       </c>
       <c r="E830" s="4">
-        <v>1.0841</v>
+        <v>1.1248</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="B831" s="5">
-        <v>44733</v>
+        <v>44778</v>
       </c>
       <c r="C831" s="4">
-        <v>1.0818</v>
+        <v>1.1256</v>
       </c>
       <c r="D831" s="4">
-        <v>1.0796</v>
+        <v>1.1234</v>
       </c>
       <c r="E831" s="4">
-        <v>1.0807</v>
+        <v>1.1245</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="B832" s="5">
-        <v>44732</v>
+        <v>44777</v>
       </c>
       <c r="C832" s="4">
-        <v>1.0798</v>
+        <v>1.1245</v>
       </c>
       <c r="D832" s="4">
-        <v>1.0776</v>
+        <v>1.1223</v>
       </c>
       <c r="E832" s="4">
-        <v>1.0787</v>
+        <v>1.1234</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="B833" s="5">
-        <v>44729</v>
+        <v>44776</v>
       </c>
       <c r="C833" s="4">
-        <v>1.0801</v>
+        <v>1.1218</v>
       </c>
       <c r="D833" s="4">
-        <v>1.0779</v>
+        <v>1.1196</v>
       </c>
       <c r="E833" s="4">
-        <v>1.079</v>
+        <v>1.1207</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="B834" s="5">
-        <v>44728</v>
+        <v>44775</v>
       </c>
       <c r="C834" s="4">
-        <v>1.0905</v>
+        <v>1.1231</v>
       </c>
       <c r="D834" s="4">
-        <v>1.0883</v>
+        <v>1.1209</v>
       </c>
       <c r="E834" s="4">
-        <v>1.0894</v>
+        <v>1.122</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="B835" s="5">
-        <v>44727</v>
+        <v>44774</v>
       </c>
       <c r="C835" s="4">
-        <v>1.09</v>
+        <v>1.1238</v>
       </c>
       <c r="D835" s="4">
-        <v>1.0878</v>
+        <v>1.1216</v>
       </c>
       <c r="E835" s="4">
-        <v>1.0889</v>
+        <v>1.1227</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="B836" s="5">
-        <v>44726</v>
+        <v>44771</v>
       </c>
       <c r="C836" s="4">
-        <v>1.0929</v>
+        <v>1.1202</v>
       </c>
       <c r="D836" s="4">
-        <v>1.0907</v>
+        <v>1.118</v>
       </c>
       <c r="E836" s="4">
-        <v>1.0918</v>
+        <v>1.1191</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="B837" s="5">
-        <v>44722</v>
+        <v>44770</v>
       </c>
       <c r="C837" s="4">
-        <v>1.116</v>
+        <v>1.1152</v>
       </c>
       <c r="D837" s="4">
-        <v>1.1138</v>
+        <v>1.113</v>
       </c>
       <c r="E837" s="4">
-        <v>1.1149</v>
+        <v>1.1141</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="B838" s="5">
-        <v>44721</v>
+        <v>44769</v>
       </c>
       <c r="C838" s="4">
-        <v>1.122</v>
+        <v>1.1082</v>
       </c>
       <c r="D838" s="4">
-        <v>1.1198</v>
+        <v>1.106</v>
       </c>
       <c r="E838" s="4">
-        <v>1.1209</v>
+        <v>1.1071</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="B839" s="5">
-        <v>44720</v>
+        <v>44768</v>
       </c>
       <c r="C839" s="4">
-        <v>1.1266</v>
+        <v>1.1096</v>
       </c>
       <c r="D839" s="4">
-        <v>1.1244</v>
+        <v>1.1074</v>
       </c>
       <c r="E839" s="4">
-        <v>1.1255</v>
+        <v>1.1085</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="B840" s="5">
-        <v>44719</v>
+        <v>44767</v>
       </c>
       <c r="C840" s="4">
-        <v>1.1247</v>
+        <v>1.1088</v>
       </c>
       <c r="D840" s="4">
-        <v>1.1225</v>
+        <v>1.1066</v>
       </c>
       <c r="E840" s="4">
-        <v>1.1236</v>
+        <v>1.1077</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="B841" s="5">
-        <v>44718</v>
+        <v>44764</v>
       </c>
       <c r="C841" s="4">
-        <v>1.127</v>
+        <v>1.1099</v>
       </c>
       <c r="D841" s="4">
-        <v>1.1248</v>
+        <v>1.1077</v>
       </c>
       <c r="E841" s="4">
-        <v>1.1259</v>
+        <v>1.1088</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="B842" s="5">
-        <v>44715</v>
+        <v>44763</v>
       </c>
       <c r="C842" s="4">
-        <v>1.1302</v>
+        <v>1.108</v>
       </c>
       <c r="D842" s="4">
-        <v>1.128</v>
+        <v>1.1058</v>
       </c>
       <c r="E842" s="4">
-        <v>1.1291</v>
+        <v>1.1069</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="B843" s="5">
-        <v>44714</v>
+        <v>44762</v>
       </c>
       <c r="C843" s="4">
-        <v>1.1266</v>
+        <v>1.1054</v>
       </c>
       <c r="D843" s="4">
-        <v>1.1244</v>
+        <v>1.1032</v>
       </c>
       <c r="E843" s="4">
-        <v>1.1255</v>
+        <v>1.1043</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="B844" s="5">
-        <v>44713</v>
+        <v>44761</v>
       </c>
       <c r="C844" s="4">
-        <v>1.1309</v>
+        <v>1.0982</v>
       </c>
       <c r="D844" s="4">
-        <v>1.1287</v>
+        <v>1.096</v>
       </c>
       <c r="E844" s="4">
-        <v>1.1298</v>
+        <v>1.0971</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="B845" s="5">
-        <v>44712</v>
+        <v>44760</v>
       </c>
       <c r="C845" s="4">
-        <v>1.1319</v>
+        <v>1.1003</v>
       </c>
       <c r="D845" s="4">
-        <v>1.1297</v>
+        <v>1.0981</v>
       </c>
       <c r="E845" s="4">
-        <v>1.1308</v>
+        <v>1.0992</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="B846" s="5">
-        <v>44711</v>
+        <v>44757</v>
       </c>
       <c r="C846" s="4">
-        <v>1.1333</v>
+        <v>1.0953</v>
       </c>
       <c r="D846" s="4">
-        <v>1.1311</v>
+        <v>1.0931</v>
       </c>
       <c r="E846" s="4">
-        <v>1.1322</v>
+        <v>1.0942</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="B847" s="5">
-        <v>44708</v>
+        <v>44756</v>
       </c>
       <c r="C847" s="4">
-        <v>1.1264</v>
+        <v>1.0975</v>
       </c>
       <c r="D847" s="4">
-        <v>1.1242</v>
+        <v>1.0953</v>
       </c>
       <c r="E847" s="4">
-        <v>1.1253</v>
+        <v>1.0964</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="B848" s="5">
-        <v>44707</v>
+        <v>44755</v>
       </c>
       <c r="C848" s="4">
-        <v>1.1207</v>
+        <v>1.0982</v>
       </c>
       <c r="D848" s="4">
-        <v>1.1185</v>
+        <v>1.096</v>
       </c>
       <c r="E848" s="4">
-        <v>1.1196</v>
+        <v>1.0971</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="B849" s="5">
-        <v>44706</v>
+        <v>44754</v>
       </c>
       <c r="C849" s="4">
-        <v>1.1198</v>
+        <v>1.1001</v>
       </c>
       <c r="D849" s="4">
-        <v>1.1176</v>
+        <v>1.0979</v>
       </c>
       <c r="E849" s="4">
-        <v>1.1187</v>
+        <v>1.099</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="B850" s="5">
-        <v>44705</v>
+        <v>44753</v>
       </c>
       <c r="C850" s="4">
-        <v>1.1206</v>
+        <v>1.0997</v>
       </c>
       <c r="D850" s="4">
-        <v>1.1184</v>
+        <v>1.0975</v>
       </c>
       <c r="E850" s="4">
-        <v>1.1195</v>
+        <v>1.0986</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="B851" s="5">
-        <v>44704</v>
+        <v>44750</v>
       </c>
       <c r="C851" s="4">
-        <v>1.1187</v>
+        <v>1.1025</v>
       </c>
       <c r="D851" s="4">
-        <v>1.1165</v>
+        <v>1.1003</v>
       </c>
       <c r="E851" s="4">
-        <v>1.1176</v>
+        <v>1.1014</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="B852" s="5">
-        <v>44701</v>
+        <v>44749</v>
       </c>
       <c r="C852" s="4">
-        <v>1.1166</v>
+        <v>1.0992</v>
       </c>
       <c r="D852" s="4">
-        <v>1.1144</v>
+        <v>1.097</v>
       </c>
       <c r="E852" s="4">
-        <v>1.1155</v>
+        <v>1.0981</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="B853" s="5">
-        <v>44700</v>
+        <v>44748</v>
       </c>
       <c r="C853" s="4">
-        <v>1.1169</v>
+        <v>1.0981</v>
       </c>
       <c r="D853" s="4">
-        <v>1.1147</v>
+        <v>1.0959</v>
       </c>
       <c r="E853" s="4">
-        <v>1.1158</v>
+        <v>1.097</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="B854" s="5">
-        <v>44699</v>
+        <v>44747</v>
       </c>
       <c r="C854" s="4">
-        <v>1.1263</v>
+        <v>1.0984</v>
       </c>
       <c r="D854" s="4">
-        <v>1.1241</v>
+        <v>1.0962</v>
       </c>
       <c r="E854" s="4">
-        <v>1.1252</v>
+        <v>1.0973</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="B855" s="5">
-        <v>44698</v>
+        <v>44746</v>
       </c>
       <c r="C855" s="4">
-        <v>1.1207</v>
+        <v>1.099</v>
       </c>
       <c r="D855" s="4">
-        <v>1.1185</v>
+        <v>1.0968</v>
       </c>
       <c r="E855" s="4">
-        <v>1.1196</v>
+        <v>1.0979</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="B856" s="5">
-        <v>44697</v>
+        <v>44743</v>
       </c>
       <c r="C856" s="4">
-        <v>1.1215</v>
+        <v>1.0933</v>
       </c>
       <c r="D856" s="4">
-        <v>1.1193</v>
+        <v>1.0911</v>
       </c>
       <c r="E856" s="4">
-        <v>1.1204</v>
+        <v>1.0922</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="B857" s="5">
-        <v>44694</v>
+        <v>44742</v>
       </c>
       <c r="C857" s="4">
-        <v>1.1153</v>
+        <v>1.0972</v>
       </c>
       <c r="D857" s="4">
-        <v>1.1131</v>
+        <v>1.095</v>
       </c>
       <c r="E857" s="4">
-        <v>1.1142</v>
+        <v>1.0961</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="B858" s="5">
-        <v>44693</v>
+        <v>44741</v>
       </c>
       <c r="C858" s="4">
-        <v>1.1101</v>
+        <v>1.0989</v>
       </c>
       <c r="D858" s="4">
-        <v>1.1079</v>
+        <v>1.0967</v>
       </c>
       <c r="E858" s="4">
-        <v>1.109</v>
+        <v>1.0978</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="B859" s="5">
-        <v>44692</v>
+        <v>44740</v>
       </c>
       <c r="C859" s="4">
-        <v>1.1155</v>
+        <v>1.1026</v>
       </c>
       <c r="D859" s="4">
-        <v>1.1133</v>
+        <v>1.1004</v>
       </c>
       <c r="E859" s="4">
-        <v>1.1144</v>
+        <v>1.1015</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="B860" s="5">
-        <v>44691</v>
+        <v>44739</v>
       </c>
       <c r="C860" s="4">
-        <v>1.1143</v>
+        <v>1.1003</v>
       </c>
       <c r="D860" s="4">
-        <v>1.1121</v>
+        <v>1.0981</v>
       </c>
       <c r="E860" s="4">
-        <v>1.1132</v>
+        <v>1.0992</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="B861" s="5">
-        <v>44690</v>
+        <v>44736</v>
       </c>
       <c r="C861" s="4">
-        <v>1.1219</v>
+        <v>1.0903</v>
       </c>
       <c r="D861" s="4">
-        <v>1.1197</v>
+        <v>1.0881</v>
       </c>
       <c r="E861" s="4">
-        <v>1.1208</v>
+        <v>1.0892</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="B862" s="5">
-        <v>44687</v>
+        <v>44735</v>
       </c>
       <c r="C862" s="4">
-        <v>1.1269</v>
+        <v>1.0868</v>
       </c>
       <c r="D862" s="4">
-        <v>1.1247</v>
+        <v>1.0846</v>
       </c>
       <c r="E862" s="4">
-        <v>1.1258</v>
+        <v>1.0857</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="B863" s="5">
-        <v>44686</v>
+        <v>44734</v>
       </c>
       <c r="C863" s="4">
-        <v>1.1385</v>
+        <v>1.0852</v>
       </c>
       <c r="D863" s="4">
-        <v>1.1363</v>
+        <v>1.083</v>
       </c>
       <c r="E863" s="4">
-        <v>1.1374</v>
+        <v>1.0841</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="B864" s="5">
-        <v>44685</v>
+        <v>44733</v>
       </c>
       <c r="C864" s="4">
-        <v>1.1335</v>
+        <v>1.0818</v>
       </c>
       <c r="D864" s="4">
-        <v>1.1313</v>
+        <v>1.0796</v>
       </c>
       <c r="E864" s="4">
-        <v>1.1324</v>
+        <v>1.0807</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="B865" s="5">
-        <v>44684</v>
+        <v>44732</v>
       </c>
       <c r="C865" s="4">
-        <v>1.1344</v>
+        <v>1.0798</v>
       </c>
       <c r="D865" s="4">
-        <v>1.1322</v>
+        <v>1.0776</v>
       </c>
       <c r="E865" s="4">
-        <v>1.1333</v>
+        <v>1.0787</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="B866" s="5">
-        <v>44683</v>
+        <v>44729</v>
       </c>
       <c r="C866" s="4">
-        <v>1.1359</v>
+        <v>1.0801</v>
       </c>
       <c r="D866" s="4">
-        <v>1.1337</v>
+        <v>1.0779</v>
       </c>
       <c r="E866" s="4">
-        <v>1.1348</v>
+        <v>1.079</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="B867" s="5">
-        <v>44680</v>
+        <v>44728</v>
       </c>
       <c r="C867" s="4">
-        <v>1.1439</v>
+        <v>1.0905</v>
       </c>
       <c r="D867" s="4">
-        <v>1.1417</v>
+        <v>1.0883</v>
       </c>
       <c r="E867" s="4">
-        <v>1.1428</v>
+        <v>1.0894</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="B868" s="5">
-        <v>44679</v>
+        <v>44727</v>
       </c>
       <c r="C868" s="4">
-        <v>1.1373</v>
+        <v>1.09</v>
       </c>
       <c r="D868" s="4">
-        <v>1.1351</v>
+        <v>1.0878</v>
       </c>
       <c r="E868" s="4">
-        <v>1.1362</v>
+        <v>1.0889</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="B869" s="5">
-        <v>44678</v>
+        <v>44726</v>
       </c>
       <c r="C869" s="4">
-        <v>1.1348</v>
+        <v>1.0929</v>
       </c>
       <c r="D869" s="4">
-        <v>1.1326</v>
+        <v>1.0907</v>
       </c>
       <c r="E869" s="4">
-        <v>1.1337</v>
+        <v>1.0918</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="B870" s="5">
-        <v>44677</v>
+        <v>44722</v>
       </c>
       <c r="C870" s="4">
-        <v>1.1413</v>
+        <v>1.116</v>
       </c>
       <c r="D870" s="4">
-        <v>1.1391</v>
+        <v>1.1138</v>
       </c>
       <c r="E870" s="4">
-        <v>1.1402</v>
+        <v>1.1149</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="B871" s="5">
-        <v>44673</v>
+        <v>44721</v>
       </c>
       <c r="C871" s="4">
-        <v>1.1485</v>
+        <v>1.122</v>
       </c>
       <c r="D871" s="4">
-        <v>1.1463</v>
+        <v>1.1198</v>
       </c>
       <c r="E871" s="4">
-        <v>1.1474</v>
+        <v>1.1209</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="B872" s="5">
-        <v>44672</v>
+        <v>44720</v>
       </c>
       <c r="C872" s="4">
-        <v>1.1533</v>
+        <v>1.1266</v>
       </c>
       <c r="D872" s="4">
-        <v>1.1509</v>
+        <v>1.1244</v>
       </c>
       <c r="E872" s="4">
-        <v>1.1521</v>
+        <v>1.1255</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="B873" s="5">
-        <v>44671</v>
+        <v>44719</v>
       </c>
       <c r="C873" s="4">
-        <v>1.1527</v>
+        <v>1.1247</v>
       </c>
       <c r="D873" s="4">
-        <v>1.1503</v>
+        <v>1.1225</v>
       </c>
       <c r="E873" s="4">
-        <v>1.1515</v>
+        <v>1.1236</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="B874" s="5">
-        <v>44670</v>
+        <v>44718</v>
       </c>
       <c r="C874" s="4">
-        <v>1.1513</v>
+        <v>1.127</v>
       </c>
       <c r="D874" s="4">
-        <v>1.1489</v>
+        <v>1.1248</v>
       </c>
       <c r="E874" s="4">
-        <v>1.1501</v>
+        <v>1.1259</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="B875" s="5">
-        <v>44665</v>
+        <v>44715</v>
       </c>
       <c r="C875" s="4">
-        <v>1.1525</v>
+        <v>1.1302</v>
       </c>
       <c r="D875" s="4">
-        <v>1.1501</v>
+        <v>1.128</v>
       </c>
       <c r="E875" s="4">
-        <v>1.1513</v>
+        <v>1.1291</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="B876" s="5">
-        <v>44664</v>
+        <v>44714</v>
       </c>
       <c r="C876" s="4">
-        <v>1.1465</v>
+        <v>1.1266</v>
       </c>
       <c r="D876" s="4">
-        <v>1.1443</v>
+        <v>1.1244</v>
       </c>
       <c r="E876" s="4">
-        <v>1.1454</v>
+        <v>1.1255</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="B877" s="5">
-        <v>44663</v>
+        <v>44713</v>
       </c>
       <c r="C877" s="4">
-        <v>1.1476</v>
+        <v>1.1309</v>
       </c>
       <c r="D877" s="4">
-        <v>1.1454</v>
+        <v>1.1287</v>
       </c>
       <c r="E877" s="4">
-        <v>1.1465</v>
+        <v>1.1298</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="B878" s="5">
-        <v>44662</v>
+        <v>44712</v>
       </c>
       <c r="C878" s="4">
-        <v>1.1509</v>
+        <v>1.1319</v>
       </c>
       <c r="D878" s="4">
-        <v>1.1487</v>
+        <v>1.1297</v>
       </c>
       <c r="E878" s="4">
-        <v>1.1498</v>
+        <v>1.1308</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="B879" s="5">
-        <v>44659</v>
+        <v>44711</v>
       </c>
       <c r="C879" s="4">
-        <v>1.1495</v>
+        <v>1.1333</v>
       </c>
       <c r="D879" s="4">
-        <v>1.1473</v>
+        <v>1.1311</v>
       </c>
       <c r="E879" s="4">
-        <v>1.1484</v>
+        <v>1.1322</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="B880" s="5">
-        <v>44658</v>
+        <v>44708</v>
       </c>
       <c r="C880" s="4">
-        <v>1.1486</v>
+        <v>1.1264</v>
       </c>
       <c r="D880" s="4">
-        <v>1.1464</v>
+        <v>1.1242</v>
       </c>
       <c r="E880" s="4">
-        <v>1.1475</v>
+        <v>1.1253</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="B881" s="5">
-        <v>44657</v>
+        <v>44707</v>
       </c>
       <c r="C881" s="4">
-        <v>1.1516</v>
+        <v>1.1207</v>
       </c>
       <c r="D881" s="4">
-        <v>1.1492</v>
+        <v>1.1185</v>
       </c>
       <c r="E881" s="4">
-        <v>1.1504</v>
+        <v>1.1196</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="B882" s="5">
-        <v>44655</v>
+        <v>44706</v>
       </c>
       <c r="C882" s="4">
-        <v>1.1567</v>
+        <v>1.1198</v>
       </c>
       <c r="D882" s="4">
-        <v>1.1543</v>
+        <v>1.1176</v>
       </c>
       <c r="E882" s="4">
-        <v>1.1555</v>
+        <v>1.1187</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="B883" s="5">
-        <v>44652</v>
+        <v>44705</v>
       </c>
       <c r="C883" s="4">
-        <v>1.1548</v>
+        <v>1.1206</v>
       </c>
       <c r="D883" s="4">
-        <v>1.1524</v>
+        <v>1.1184</v>
       </c>
       <c r="E883" s="4">
-        <v>1.1536</v>
+        <v>1.1195</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="B884" s="5">
-        <v>44651</v>
+        <v>44704</v>
       </c>
       <c r="C884" s="4">
-        <v>1.1584</v>
+        <v>1.1187</v>
       </c>
       <c r="D884" s="4">
-        <v>1.156</v>
+        <v>1.1165</v>
       </c>
       <c r="E884" s="4">
-        <v>1.1572</v>
+        <v>1.1176</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="B885" s="5">
-        <v>44650</v>
+        <v>44701</v>
       </c>
       <c r="C885" s="4">
-        <v>1.1608</v>
+        <v>1.1166</v>
       </c>
       <c r="D885" s="4">
-        <v>1.1584</v>
+        <v>1.1144</v>
       </c>
       <c r="E885" s="4">
-        <v>1.1596</v>
+        <v>1.1155</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="B886" s="5">
-        <v>44649</v>
+        <v>44700</v>
       </c>
       <c r="C886" s="4">
-        <v>1.1544</v>
+        <v>1.1169</v>
       </c>
       <c r="D886" s="4">
-        <v>1.152</v>
+        <v>1.1147</v>
       </c>
       <c r="E886" s="4">
-        <v>1.1532</v>
+        <v>1.1158</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="B887" s="5">
-        <v>44648</v>
+        <v>44699</v>
       </c>
       <c r="C887" s="4">
-        <v>1.1501</v>
+        <v>1.1263</v>
       </c>
       <c r="D887" s="4">
-        <v>1.1479</v>
+        <v>1.1241</v>
       </c>
       <c r="E887" s="4">
-        <v>1.149</v>
+        <v>1.1252</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="B888" s="5">
-        <v>44645</v>
+        <v>44698</v>
       </c>
       <c r="C888" s="4">
-        <v>1.1509</v>
+        <v>1.1207</v>
       </c>
       <c r="D888" s="4">
-        <v>1.1487</v>
+        <v>1.1185</v>
       </c>
       <c r="E888" s="4">
-        <v>1.1498</v>
+        <v>1.1196</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="B889" s="5">
-        <v>44644</v>
+        <v>44697</v>
       </c>
       <c r="C889" s="4">
-        <v>1.1494</v>
+        <v>1.1215</v>
       </c>
       <c r="D889" s="4">
-        <v>1.1472</v>
+        <v>1.1193</v>
       </c>
       <c r="E889" s="4">
-        <v>1.1483</v>
+        <v>1.1204</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="B890" s="5">
-        <v>44643</v>
+        <v>44694</v>
       </c>
       <c r="C890" s="4">
-        <v>1.1526</v>
+        <v>1.1153</v>
       </c>
       <c r="D890" s="4">
-        <v>1.1502</v>
+        <v>1.1131</v>
       </c>
       <c r="E890" s="4">
-        <v>1.1514</v>
+        <v>1.1142</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="B891" s="5">
-        <v>44642</v>
+        <v>44693</v>
       </c>
       <c r="C891" s="4">
-        <v>1.1499</v>
+        <v>1.1101</v>
       </c>
       <c r="D891" s="4">
-        <v>1.1477</v>
+        <v>1.1079</v>
       </c>
       <c r="E891" s="4">
-        <v>1.1488</v>
+        <v>1.109</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="B892" s="5">
-        <v>44641</v>
+        <v>44692</v>
       </c>
       <c r="C892" s="4">
-        <v>1.1502</v>
+        <v>1.1155</v>
       </c>
       <c r="D892" s="4">
-        <v>1.148</v>
+        <v>1.1133</v>
       </c>
       <c r="E892" s="4">
-        <v>1.1491</v>
+        <v>1.1144</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="B893" s="5">
-        <v>44638</v>
+        <v>44691</v>
       </c>
       <c r="C893" s="4">
-        <v>1.149</v>
+        <v>1.1143</v>
       </c>
       <c r="D893" s="4">
-        <v>1.1468</v>
+        <v>1.1121</v>
       </c>
       <c r="E893" s="4">
-        <v>1.1479</v>
+        <v>1.1132</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="B894" s="5">
-        <v>44637</v>
+        <v>44690</v>
       </c>
       <c r="C894" s="4">
-        <v>1.1456</v>
+        <v>1.1219</v>
       </c>
       <c r="D894" s="4">
-        <v>1.1434</v>
+        <v>1.1197</v>
       </c>
       <c r="E894" s="4">
-        <v>1.1445</v>
+        <v>1.1208</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="B895" s="5">
-        <v>44636</v>
+        <v>44687</v>
       </c>
       <c r="C895" s="4">
-        <v>1.1384</v>
+        <v>1.1269</v>
       </c>
       <c r="D895" s="4">
-        <v>1.1362</v>
+        <v>1.1247</v>
       </c>
       <c r="E895" s="4">
-        <v>1.1373</v>
+        <v>1.1258</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="B896" s="5">
-        <v>44635</v>
+        <v>44686</v>
       </c>
       <c r="C896" s="4">
-        <v>1.1345</v>
+        <v>1.1385</v>
       </c>
       <c r="D896" s="4">
-        <v>1.1323</v>
+        <v>1.1363</v>
       </c>
       <c r="E896" s="4">
-        <v>1.1334</v>
+        <v>1.1374</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="B897" s="5">
-        <v>44634</v>
+        <v>44685</v>
       </c>
       <c r="C897" s="4">
-        <v>1.1353</v>
+        <v>1.1335</v>
       </c>
       <c r="D897" s="4">
-        <v>1.1331</v>
+        <v>1.1313</v>
       </c>
       <c r="E897" s="4">
-        <v>1.1342</v>
+        <v>1.1324</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="B898" s="5">
-        <v>44631</v>
+        <v>44684</v>
       </c>
       <c r="C898" s="4">
-        <v>1.1346</v>
+        <v>1.1344</v>
       </c>
       <c r="D898" s="4">
-        <v>1.1324</v>
+        <v>1.1322</v>
       </c>
       <c r="E898" s="4">
-        <v>1.1335</v>
+        <v>1.1333</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="B899" s="5">
-        <v>44630</v>
+        <v>44683</v>
       </c>
       <c r="C899" s="4">
-        <v>1.1374</v>
+        <v>1.1359</v>
       </c>
       <c r="D899" s="4">
-        <v>1.1352</v>
+        <v>1.1337</v>
       </c>
       <c r="E899" s="4">
-        <v>1.1363</v>
+        <v>1.1348</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="B900" s="5">
-        <v>44629</v>
+        <v>44680</v>
       </c>
       <c r="C900" s="4">
-        <v>1.1292</v>
+        <v>1.1439</v>
       </c>
       <c r="D900" s="4">
-        <v>1.127</v>
+        <v>1.1417</v>
       </c>
       <c r="E900" s="4">
-        <v>1.1281</v>
+        <v>1.1428</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="B901" s="5">
-        <v>44628</v>
+        <v>44679</v>
       </c>
       <c r="C901" s="4">
-        <v>1.1288</v>
+        <v>1.1373</v>
       </c>
       <c r="D901" s="4">
-        <v>1.1266</v>
+        <v>1.1351</v>
       </c>
       <c r="E901" s="4">
-        <v>1.1277</v>
+        <v>1.1362</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="B902" s="5">
-        <v>44627</v>
+        <v>44678</v>
       </c>
       <c r="C902" s="4">
-        <v>1.138</v>
+        <v>1.1348</v>
       </c>
       <c r="D902" s="4">
-        <v>1.1358</v>
+        <v>1.1326</v>
       </c>
       <c r="E902" s="4">
-        <v>1.1369</v>
+        <v>1.1337</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="B903" s="5">
-        <v>44624</v>
+        <v>44677</v>
       </c>
       <c r="C903" s="4">
-        <v>1.1461</v>
+        <v>1.1413</v>
       </c>
       <c r="D903" s="4">
-        <v>1.1439</v>
+        <v>1.1391</v>
       </c>
       <c r="E903" s="4">
-        <v>1.145</v>
+        <v>1.1402</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="B904" s="5">
-        <v>44623</v>
+        <v>44673</v>
       </c>
       <c r="C904" s="4">
-        <v>1.1504</v>
+        <v>1.1485</v>
       </c>
       <c r="D904" s="4">
-        <v>1.1482</v>
+        <v>1.1463</v>
       </c>
       <c r="E904" s="4">
-        <v>1.1493</v>
+        <v>1.1474</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="B905" s="5">
-        <v>44622</v>
+        <v>44672</v>
       </c>
       <c r="C905" s="4">
-        <v>1.1477</v>
+        <v>1.1533</v>
       </c>
       <c r="D905" s="4">
-        <v>1.1455</v>
+        <v>1.1509</v>
       </c>
       <c r="E905" s="4">
-        <v>1.1466</v>
+        <v>1.1521</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="B906" s="5">
-        <v>44621</v>
+        <v>44671</v>
       </c>
       <c r="C906" s="4">
-        <v>1.1504</v>
+        <v>1.1527</v>
       </c>
       <c r="D906" s="4">
-        <v>1.1482</v>
+        <v>1.1503</v>
       </c>
       <c r="E906" s="4">
-        <v>1.1493</v>
+        <v>1.1515</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="B907" s="5">
-        <v>44620</v>
+        <v>44670</v>
       </c>
       <c r="C907" s="4">
-        <v>1.1502</v>
+        <v>1.1513</v>
       </c>
       <c r="D907" s="4">
-        <v>1.148</v>
+        <v>1.1489</v>
       </c>
       <c r="E907" s="4">
-        <v>1.1491</v>
+        <v>1.1501</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="B908" s="5">
-        <v>44617</v>
+        <v>44665</v>
       </c>
       <c r="C908" s="4">
-        <v>1.1442</v>
+        <v>1.1525</v>
       </c>
       <c r="D908" s="4">
-        <v>1.142</v>
+        <v>1.1501</v>
       </c>
       <c r="E908" s="4">
-        <v>1.1431</v>
+        <v>1.1513</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="B909" s="5">
-        <v>44616</v>
+        <v>44664</v>
       </c>
       <c r="C909" s="4">
-        <v>1.1442</v>
+        <v>1.1465</v>
       </c>
       <c r="D909" s="4">
-        <v>1.142</v>
+        <v>1.1443</v>
       </c>
       <c r="E909" s="4">
-        <v>1.1431</v>
+        <v>1.1454</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="B910" s="5">
-        <v>44615</v>
+        <v>44663</v>
       </c>
       <c r="C910" s="4">
-        <v>1.1516</v>
+        <v>1.1476</v>
       </c>
       <c r="D910" s="4">
-        <v>1.1492</v>
+        <v>1.1454</v>
       </c>
       <c r="E910" s="4">
-        <v>1.1504</v>
+        <v>1.1465</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="B911" s="5">
-        <v>44614</v>
+        <v>44662</v>
       </c>
       <c r="C911" s="4">
-        <v>1.1533</v>
+        <v>1.1509</v>
       </c>
       <c r="D911" s="4">
-        <v>1.1509</v>
+        <v>1.1487</v>
       </c>
       <c r="E911" s="4">
-        <v>1.1521</v>
+        <v>1.1498</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="B912" s="5">
-        <v>44613</v>
+        <v>44659</v>
       </c>
       <c r="C912" s="4">
-        <v>1.1574</v>
+        <v>1.1495</v>
       </c>
       <c r="D912" s="4">
-        <v>1.155</v>
+        <v>1.1473</v>
       </c>
       <c r="E912" s="4">
-        <v>1.1562</v>
+        <v>1.1484</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="B913" s="5">
-        <v>44610</v>
+        <v>44658</v>
       </c>
       <c r="C913" s="4">
-        <v>1.1586</v>
+        <v>1.1486</v>
       </c>
       <c r="D913" s="4">
-        <v>1.1562</v>
+        <v>1.1464</v>
       </c>
       <c r="E913" s="4">
-        <v>1.1574</v>
+        <v>1.1475</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="B914" s="5">
-        <v>44609</v>
+        <v>44657</v>
       </c>
       <c r="C914" s="4">
-        <v>1.1657</v>
+        <v>1.1516</v>
       </c>
       <c r="D914" s="4">
-        <v>1.1633</v>
+        <v>1.1492</v>
       </c>
       <c r="E914" s="4">
-        <v>1.1645</v>
+        <v>1.1504</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="B915" s="5">
-        <v>44608</v>
+        <v>44655</v>
       </c>
       <c r="C915" s="4">
-        <v>1.1646</v>
+        <v>1.1567</v>
       </c>
       <c r="D915" s="4">
-        <v>1.1622</v>
+        <v>1.1543</v>
       </c>
       <c r="E915" s="4">
-        <v>1.1634</v>
+        <v>1.1555</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="B916" s="5">
-        <v>44607</v>
+        <v>44652</v>
       </c>
       <c r="C916" s="4">
-        <v>1.1589</v>
+        <v>1.1548</v>
       </c>
       <c r="D916" s="4">
-        <v>1.1565</v>
+        <v>1.1524</v>
       </c>
       <c r="E916" s="4">
-        <v>1.1577</v>
+        <v>1.1536</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="B917" s="5">
-        <v>44606</v>
+        <v>44651</v>
       </c>
       <c r="C917" s="4">
-        <v>1.1623</v>
+        <v>1.1584</v>
       </c>
       <c r="D917" s="4">
-        <v>1.1599</v>
+        <v>1.156</v>
       </c>
       <c r="E917" s="4">
-        <v>1.1611</v>
+        <v>1.1572</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="B918" s="5">
-        <v>44603</v>
+        <v>44650</v>
       </c>
       <c r="C918" s="4">
-        <v>1.1638</v>
+        <v>1.1608</v>
       </c>
       <c r="D918" s="4">
-        <v>1.1614</v>
+        <v>1.1584</v>
       </c>
       <c r="E918" s="4">
-        <v>1.1626</v>
+        <v>1.1596</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="B919" s="5">
-        <v>44602</v>
+        <v>44649</v>
       </c>
       <c r="C919" s="4">
-        <v>1.1705</v>
+        <v>1.1544</v>
       </c>
       <c r="D919" s="4">
-        <v>1.1681</v>
+        <v>1.152</v>
       </c>
       <c r="E919" s="4">
-        <v>1.1693</v>
+        <v>1.1532</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="B920" s="5">
-        <v>44601</v>
+        <v>44648</v>
       </c>
       <c r="C920" s="4">
-        <v>1.166</v>
+        <v>1.1501</v>
       </c>
       <c r="D920" s="4">
-        <v>1.1636</v>
+        <v>1.1479</v>
       </c>
       <c r="E920" s="4">
-        <v>1.1648</v>
+        <v>1.149</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="B921" s="5">
-        <v>44600</v>
+        <v>44645</v>
       </c>
       <c r="C921" s="4">
-        <v>1.1626</v>
+        <v>1.1509</v>
       </c>
       <c r="D921" s="4">
-        <v>1.1602</v>
+        <v>1.1487</v>
       </c>
       <c r="E921" s="4">
-        <v>1.1614</v>
+        <v>1.1498</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="B922" s="5">
-        <v>44599</v>
+        <v>44644</v>
       </c>
       <c r="C922" s="4">
-        <v>1.1626</v>
+        <v>1.1494</v>
       </c>
       <c r="D922" s="4">
-        <v>1.1602</v>
+        <v>1.1472</v>
       </c>
       <c r="E922" s="4">
-        <v>1.1614</v>
+        <v>1.1483</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="B923" s="5">
-        <v>44596</v>
+        <v>44643</v>
       </c>
       <c r="C923" s="4">
-        <v>1.1603</v>
+        <v>1.1526</v>
       </c>
       <c r="D923" s="4">
-        <v>1.1579</v>
+        <v>1.1502</v>
       </c>
       <c r="E923" s="4">
-        <v>1.1591</v>
+        <v>1.1514</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="B924" s="5">
-        <v>44595</v>
+        <v>44642</v>
       </c>
       <c r="C924" s="4">
-        <v>1.1651</v>
+        <v>1.1499</v>
       </c>
       <c r="D924" s="4">
-        <v>1.1627</v>
+        <v>1.1477</v>
       </c>
       <c r="E924" s="4">
-        <v>1.1639</v>
+        <v>1.1488</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="B925" s="5">
-        <v>44594</v>
+        <v>44641</v>
       </c>
       <c r="C925" s="4">
-        <v>1.1623</v>
+        <v>1.1502</v>
       </c>
       <c r="D925" s="4">
-        <v>1.1599</v>
+        <v>1.148</v>
       </c>
       <c r="E925" s="4">
-        <v>1.1611</v>
+        <v>1.1491</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="B926" s="5">
-        <v>44593</v>
+        <v>44638</v>
       </c>
       <c r="C926" s="4">
-        <v>1.159</v>
+        <v>1.149</v>
       </c>
       <c r="D926" s="4">
-        <v>1.1566</v>
+        <v>1.1468</v>
       </c>
       <c r="E926" s="4">
-        <v>1.1578</v>
+        <v>1.1479</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="B927" s="5">
-        <v>44592</v>
+        <v>44637</v>
       </c>
       <c r="C927" s="4">
-        <v>1.1538</v>
+        <v>1.1456</v>
       </c>
       <c r="D927" s="4">
-        <v>1.1538</v>
+        <v>1.1434</v>
       </c>
       <c r="E927" s="4">
-        <v>1.1538</v>
+        <v>1.1445</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="B928" s="5">
-        <v>44589</v>
+        <v>44636</v>
       </c>
       <c r="C928" s="4">
-        <v>1.1488</v>
+        <v>1.1384</v>
       </c>
       <c r="D928" s="4">
-        <v>1.1488</v>
+        <v>1.1362</v>
       </c>
       <c r="E928" s="4">
-        <v>1.1488</v>
+        <v>1.1373</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="B929" s="5">
-        <v>44588</v>
+        <v>44635</v>
       </c>
       <c r="C929" s="4">
-        <v>1.1448</v>
+        <v>1.1345</v>
       </c>
       <c r="D929" s="4">
-        <v>1.1448</v>
+        <v>1.1323</v>
       </c>
       <c r="E929" s="4">
-        <v>1.1448</v>
+        <v>1.1334</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="B930" s="5">
-        <v>44586</v>
+        <v>44634</v>
       </c>
       <c r="C930" s="4">
-        <v>1.1518</v>
+        <v>1.1353</v>
       </c>
       <c r="D930" s="4">
-        <v>1.1518</v>
+        <v>1.1331</v>
       </c>
       <c r="E930" s="4">
-        <v>1.1518</v>
+        <v>1.1342</v>
       </c>
     </row>
     <row r="931" spans="1:6">
       <c r="B931" s="5">
-        <v>44585</v>
+        <v>44631</v>
       </c>
       <c r="C931" s="4">
-        <v>1.1569</v>
+        <v>1.1346</v>
       </c>
       <c r="D931" s="4">
-        <v>1.1569</v>
+        <v>1.1324</v>
       </c>
       <c r="E931" s="4">
-        <v>1.1569</v>
+        <v>1.1335</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="B932" s="5">
-        <v>44582</v>
+        <v>44630</v>
       </c>
       <c r="C932" s="4">
-        <v>1.1608</v>
+        <v>1.1374</v>
       </c>
       <c r="D932" s="4">
-        <v>1.1608</v>
+        <v>1.1352</v>
       </c>
       <c r="E932" s="4">
-        <v>1.1608</v>
+        <v>1.1363</v>
       </c>
     </row>
     <row r="933" spans="1:6">
       <c r="B933" s="5">
-        <v>44581</v>
+        <v>44629</v>
       </c>
       <c r="C933" s="4">
-        <v>1.1676</v>
+        <v>1.1292</v>
       </c>
       <c r="D933" s="4">
-        <v>1.1676</v>
+        <v>1.127</v>
       </c>
       <c r="E933" s="4">
-        <v>1.1676</v>
+        <v>1.1281</v>
       </c>
     </row>
     <row r="934" spans="1:6">
       <c r="B934" s="5">
-        <v>44580</v>
+        <v>44628</v>
       </c>
       <c r="C934" s="4">
-        <v>1.171</v>
+        <v>1.1288</v>
       </c>
       <c r="D934" s="4">
-        <v>1.171</v>
+        <v>1.1266</v>
       </c>
       <c r="E934" s="4">
-        <v>1.171</v>
+        <v>1.1277</v>
       </c>
     </row>
     <row r="935" spans="1:6">
       <c r="B935" s="5">
-        <v>44579</v>
+        <v>44627</v>
       </c>
       <c r="C935" s="4">
-        <v>1.1773</v>
+        <v>1.138</v>
       </c>
       <c r="D935" s="4">
-        <v>1.1773</v>
+        <v>1.1358</v>
       </c>
       <c r="E935" s="4">
-        <v>1.1773</v>
+        <v>1.1369</v>
       </c>
     </row>
     <row r="936" spans="1:6">
       <c r="B936" s="5">
-        <v>44578</v>
+        <v>44624</v>
       </c>
       <c r="C936" s="4">
-        <v>1.1768</v>
+        <v>1.1461</v>
       </c>
       <c r="D936" s="4">
-        <v>1.1768</v>
+        <v>1.1439</v>
       </c>
       <c r="E936" s="4">
-        <v>1.1768</v>
+        <v>1.145</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="B937" s="5">
-        <v>44575</v>
+        <v>44623</v>
       </c>
       <c r="C937" s="4">
-        <v>1.1759</v>
+        <v>1.1504</v>
       </c>
       <c r="D937" s="4">
-        <v>1.1759</v>
+        <v>1.1482</v>
       </c>
       <c r="E937" s="4">
-        <v>1.1759</v>
+        <v>1.1493</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="B938" s="5">
-        <v>44574</v>
+        <v>44622</v>
       </c>
       <c r="C938" s="4">
-        <v>1.1808</v>
+        <v>1.1477</v>
       </c>
       <c r="D938" s="4">
-        <v>1.1808</v>
+        <v>1.1455</v>
       </c>
       <c r="E938" s="4">
-        <v>1.1808</v>
+        <v>1.1466</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="B939" s="5">
-        <v>44573</v>
+        <v>44621</v>
       </c>
       <c r="C939" s="4">
-        <v>1.1792</v>
+        <v>1.1504</v>
       </c>
       <c r="D939" s="4">
-        <v>1.1792</v>
+        <v>1.1482</v>
       </c>
       <c r="E939" s="4">
-        <v>1.1792</v>
+        <v>1.1493</v>
       </c>
     </row>
     <row r="940" spans="1:6">
       <c r="B940" s="5">
-        <v>44572</v>
+        <v>44620</v>
       </c>
       <c r="C940" s="4">
-        <v>1.1761</v>
+        <v>1.1502</v>
       </c>
       <c r="D940" s="4">
-        <v>1.1761</v>
+        <v>1.148</v>
       </c>
       <c r="E940" s="4">
-        <v>1.1761</v>
+        <v>1.1491</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="B941" s="5">
-        <v>44571</v>
+        <v>44617</v>
       </c>
       <c r="C941" s="4">
-        <v>1.1784</v>
+        <v>1.1442</v>
       </c>
       <c r="D941" s="4">
-        <v>1.1784</v>
+        <v>1.142</v>
       </c>
       <c r="E941" s="4">
-        <v>1.1784</v>
+        <v>1.1431</v>
       </c>
     </row>
     <row r="942" spans="1:6">
       <c r="B942" s="5">
-        <v>44568</v>
+        <v>44616</v>
       </c>
       <c r="C942" s="4">
-        <v>1.1796</v>
+        <v>1.1442</v>
       </c>
       <c r="D942" s="4">
-        <v>1.1796</v>
+        <v>1.142</v>
       </c>
       <c r="E942" s="4">
-        <v>1.1796</v>
+        <v>1.1431</v>
       </c>
     </row>
     <row r="943" spans="1:6">
       <c r="B943" s="5">
-        <v>44567</v>
+        <v>44615</v>
       </c>
       <c r="C943" s="4">
-        <v>1.1759</v>
+        <v>1.1516</v>
       </c>
       <c r="D943" s="4">
-        <v>1.1759</v>
+        <v>1.1492</v>
       </c>
       <c r="E943" s="4">
-        <v>1.1759</v>
+        <v>1.1504</v>
       </c>
     </row>
     <row r="944" spans="1:6">
       <c r="B944" s="5">
-        <v>44566</v>
+        <v>44614</v>
       </c>
       <c r="C944" s="4">
-        <v>1.1842</v>
+        <v>1.1533</v>
       </c>
       <c r="D944" s="4">
-        <v>1.1842</v>
+        <v>1.1509</v>
       </c>
       <c r="E944" s="4">
-        <v>1.1842</v>
+        <v>1.1521</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="B945" s="5">
-        <v>44565</v>
+        <v>44613</v>
       </c>
       <c r="C945" s="4">
-        <v>1.1849</v>
+        <v>1.1574</v>
       </c>
       <c r="D945" s="4">
-        <v>1.1849</v>
+        <v>1.155</v>
       </c>
       <c r="E945" s="4">
-        <v>1.1849</v>
+        <v>1.1562</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="B946" s="5">
-        <v>44561</v>
+        <v>44610</v>
       </c>
       <c r="C946" s="4">
-        <v>1.1798</v>
+        <v>1.1586</v>
       </c>
       <c r="D946" s="4">
-        <v>1.1798</v>
+        <v>1.1562</v>
       </c>
       <c r="E946" s="4">
-        <v>1.1798</v>
+        <v>1.1574</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="B947" s="5">
-        <v>44560</v>
+        <v>44609</v>
       </c>
       <c r="C947" s="4">
-        <v>1.1816</v>
+        <v>1.1657</v>
       </c>
       <c r="D947" s="4">
-        <v>1.1816</v>
+        <v>1.1633</v>
       </c>
       <c r="E947" s="4">
-        <v>1.1816</v>
+        <v>1.1645</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="B948" s="5">
-        <v>44559</v>
+        <v>44608</v>
       </c>
       <c r="C948" s="4">
-        <v>1.1818</v>
+        <v>1.1646</v>
       </c>
       <c r="D948" s="4">
-        <v>1.1818</v>
+        <v>1.1622</v>
       </c>
       <c r="E948" s="4">
-        <v>1.1818</v>
+        <v>1.1634</v>
       </c>
     </row>
     <row r="949" spans="1:6">
       <c r="B949" s="5">
-        <v>44554</v>
+        <v>44607</v>
       </c>
       <c r="C949" s="4">
-        <v>1.178</v>
+        <v>1.1589</v>
       </c>
       <c r="D949" s="4">
-        <v>1.178</v>
+        <v>1.1565</v>
       </c>
       <c r="E949" s="4">
-        <v>1.178</v>
+        <v>1.1577</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="B950" s="5">
-        <v>44553</v>
+        <v>44606</v>
       </c>
       <c r="C950" s="4">
-        <v>1.1759</v>
+        <v>1.1623</v>
       </c>
       <c r="D950" s="4">
-        <v>1.1759</v>
+        <v>1.1599</v>
       </c>
       <c r="E950" s="4">
-        <v>1.1759</v>
+        <v>1.1611</v>
       </c>
     </row>
     <row r="951" spans="1:6">
       <c r="B951" s="5">
-        <v>44552</v>
+        <v>44603</v>
       </c>
       <c r="C951" s="4">
-        <v>1.1744</v>
+        <v>1.1638</v>
       </c>
       <c r="D951" s="4">
-        <v>1.1744</v>
+        <v>1.1614</v>
       </c>
       <c r="E951" s="4">
-        <v>1.1744</v>
+        <v>1.1626</v>
       </c>
     </row>
     <row r="952" spans="1:6">
       <c r="B952" s="5">
-        <v>44551</v>
+        <v>44602</v>
       </c>
       <c r="C952" s="4">
-        <v>1.1694</v>
+        <v>1.1705</v>
       </c>
       <c r="D952" s="4">
-        <v>1.1694</v>
+        <v>1.1681</v>
       </c>
       <c r="E952" s="4">
-        <v>1.1694</v>
+        <v>1.1693</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="B953" s="5">
-        <v>44550</v>
+        <v>44601</v>
       </c>
       <c r="C953" s="4">
-        <v>1.1719</v>
+        <v>1.166</v>
       </c>
       <c r="D953" s="4">
-        <v>1.1719</v>
+        <v>1.1636</v>
       </c>
       <c r="E953" s="4">
-        <v>1.1719</v>
+        <v>1.1648</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="B954" s="5">
-        <v>44547</v>
+        <v>44600</v>
       </c>
       <c r="C954" s="4">
-        <v>1.1736</v>
+        <v>1.1626</v>
       </c>
       <c r="D954" s="4">
-        <v>1.1736</v>
+        <v>1.1602</v>
       </c>
       <c r="E954" s="4">
-        <v>1.1736</v>
+        <v>1.1614</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="B955" s="5">
-        <v>44546</v>
+        <v>44599</v>
       </c>
       <c r="C955" s="4">
-        <v>1.1744</v>
+        <v>1.1626</v>
       </c>
       <c r="D955" s="4">
-        <v>1.1744</v>
+        <v>1.1602</v>
       </c>
       <c r="E955" s="4">
-        <v>1.1744</v>
+        <v>1.1614</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="B956" s="5">
-        <v>44545</v>
+        <v>44596</v>
       </c>
       <c r="C956" s="4">
-        <v>1.1736</v>
+        <v>1.1603</v>
       </c>
       <c r="D956" s="4">
-        <v>1.1736</v>
+        <v>1.1579</v>
       </c>
       <c r="E956" s="4">
-        <v>1.1736</v>
+        <v>1.1591</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="B957" s="5">
-        <v>44544</v>
+        <v>44595</v>
       </c>
       <c r="C957" s="4">
-        <v>1.1781</v>
+        <v>1.1651</v>
       </c>
       <c r="D957" s="4">
-        <v>1.1781</v>
+        <v>1.1627</v>
       </c>
       <c r="E957" s="4">
-        <v>1.1781</v>
+        <v>1.1639</v>
       </c>
     </row>
     <row r="958" spans="1:6">
       <c r="B958" s="5">
-        <v>44543</v>
+        <v>44594</v>
       </c>
       <c r="C958" s="4">
-        <v>1.1784</v>
+        <v>1.1623</v>
       </c>
       <c r="D958" s="4">
-        <v>1.1784</v>
+        <v>1.1599</v>
       </c>
       <c r="E958" s="4">
-        <v>1.1784</v>
+        <v>1.1611</v>
       </c>
     </row>
     <row r="959" spans="1:6">
       <c r="B959" s="5">
-        <v>44540</v>
+        <v>44593</v>
       </c>
       <c r="C959" s="4">
-        <v>1.1783</v>
+        <v>1.159</v>
       </c>
       <c r="D959" s="4">
-        <v>1.1783</v>
+        <v>1.1566</v>
       </c>
       <c r="E959" s="4">
-        <v>1.1783</v>
+        <v>1.1578</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="B960" s="5">
-        <v>44539</v>
+        <v>44592</v>
       </c>
       <c r="C960" s="4">
-        <v>1.1802</v>
+        <v>1.1538</v>
       </c>
       <c r="D960" s="4">
-        <v>1.1802</v>
+        <v>1.1538</v>
       </c>
       <c r="E960" s="4">
-        <v>1.1802</v>
+        <v>1.1538</v>
       </c>
     </row>
     <row r="961" spans="1:6">
       <c r="B961" s="5">
-        <v>44538</v>
+        <v>44589</v>
       </c>
       <c r="C961" s="4">
-        <v>1.1805</v>
+        <v>1.1488</v>
       </c>
       <c r="D961" s="4">
-        <v>1.1805</v>
+        <v>1.1488</v>
       </c>
       <c r="E961" s="4">
-        <v>1.1805</v>
+        <v>1.1488</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="B962" s="5">
-        <v>44537</v>
+        <v>44588</v>
       </c>
       <c r="C962" s="4">
-        <v>1.1736</v>
+        <v>1.1448</v>
       </c>
       <c r="D962" s="4">
-        <v>1.1736</v>
+        <v>1.1448</v>
       </c>
       <c r="E962" s="4">
-        <v>1.1736</v>
+        <v>1.1448</v>
       </c>
     </row>
     <row r="963" spans="1:6">
       <c r="B963" s="5">
-        <v>44536</v>
+        <v>44586</v>
       </c>
       <c r="C963" s="4">
-        <v>1.1694</v>
+        <v>1.1518</v>
       </c>
       <c r="D963" s="4">
-        <v>1.1694</v>
+        <v>1.1518</v>
       </c>
       <c r="E963" s="4">
-        <v>1.1694</v>
+        <v>1.1518</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="B964" s="5">
-        <v>44533</v>
+        <v>44585</v>
       </c>
       <c r="C964" s="4">
-        <v>1.1689</v>
+        <v>1.1569</v>
       </c>
       <c r="D964" s="4">
-        <v>1.1689</v>
+        <v>1.1569</v>
       </c>
       <c r="E964" s="4">
-        <v>1.1689</v>
+        <v>1.1569</v>
       </c>
     </row>
     <row r="965" spans="1:6">
       <c r="B965" s="5">
-        <v>44532</v>
+        <v>44582</v>
       </c>
       <c r="C965" s="4">
-        <v>1.1633</v>
+        <v>1.1608</v>
       </c>
       <c r="D965" s="4">
-        <v>1.1633</v>
+        <v>1.1608</v>
       </c>
       <c r="E965" s="4">
-        <v>1.1633</v>
+        <v>1.1608</v>
       </c>
     </row>
     <row r="966" spans="1:6">
       <c r="B966" s="5">
-        <v>44531</v>
+        <v>44581</v>
       </c>
       <c r="C966" s="4">
-        <v>1.1655</v>
+        <v>1.1676</v>
       </c>
       <c r="D966" s="4">
-        <v>1.1655</v>
+        <v>1.1676</v>
       </c>
       <c r="E966" s="4">
-        <v>1.1655</v>
+        <v>1.1676</v>
       </c>
     </row>
     <row r="967" spans="1:6">
       <c r="B967" s="5">
-        <v>44530</v>
+        <v>44580</v>
       </c>
       <c r="C967" s="4">
         <v>1.171</v>
       </c>
       <c r="D967" s="4">
         <v>1.171</v>
       </c>
       <c r="E967" s="4">
         <v>1.171</v>
       </c>
     </row>
     <row r="968" spans="1:6">
       <c r="B968" s="5">
-        <v>44529</v>
+        <v>44579</v>
       </c>
       <c r="C968" s="4">
-        <v>1.1686</v>
+        <v>1.1773</v>
       </c>
       <c r="D968" s="4">
-        <v>1.1686</v>
+        <v>1.1773</v>
       </c>
       <c r="E968" s="4">
-        <v>1.1686</v>
+        <v>1.1773</v>
       </c>
     </row>
     <row r="969" spans="1:6">
       <c r="B969" s="5">
-        <v>44526</v>
+        <v>44578</v>
       </c>
       <c r="C969" s="4">
-        <v>1.1765</v>
+        <v>1.1768</v>
       </c>
       <c r="D969" s="4">
-        <v>1.1765</v>
+        <v>1.1768</v>
       </c>
       <c r="E969" s="4">
-        <v>1.1765</v>
+        <v>1.1768</v>
       </c>
     </row>
     <row r="970" spans="1:6">
       <c r="B970" s="5">
-        <v>44525</v>
+        <v>44575</v>
       </c>
       <c r="C970" s="4">
-        <v>1.1791</v>
+        <v>1.1759</v>
       </c>
       <c r="D970" s="4">
-        <v>1.1791</v>
+        <v>1.1759</v>
       </c>
       <c r="E970" s="4">
-        <v>1.1791</v>
+        <v>1.1759</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="B971" s="5">
-        <v>44524</v>
+        <v>44574</v>
       </c>
       <c r="C971" s="4">
-        <v>1.1782</v>
+        <v>1.1808</v>
       </c>
       <c r="D971" s="4">
-        <v>1.1782</v>
+        <v>1.1808</v>
       </c>
       <c r="E971" s="4">
-        <v>1.1782</v>
+        <v>1.1808</v>
       </c>
     </row>
     <row r="972" spans="1:6">
       <c r="B972" s="5">
-        <v>44523</v>
+        <v>44573</v>
       </c>
       <c r="C972" s="4">
-        <v>1.1786</v>
+        <v>1.1792</v>
       </c>
       <c r="D972" s="4">
-        <v>1.1786</v>
+        <v>1.1792</v>
       </c>
       <c r="E972" s="4">
-        <v>1.1786</v>
+        <v>1.1792</v>
       </c>
     </row>
     <row r="973" spans="1:6">
       <c r="B973" s="5">
-        <v>44522</v>
+        <v>44572</v>
       </c>
       <c r="C973" s="4">
-        <v>1.1792</v>
+        <v>1.1761</v>
       </c>
       <c r="D973" s="4">
-        <v>1.1792</v>
+        <v>1.1761</v>
       </c>
       <c r="E973" s="4">
-        <v>1.1792</v>
+        <v>1.1761</v>
       </c>
     </row>
     <row r="974" spans="1:6">
       <c r="B974" s="5">
-        <v>44519</v>
+        <v>44571</v>
       </c>
       <c r="C974" s="4">
-        <v>1.1818</v>
+        <v>1.1784</v>
       </c>
       <c r="D974" s="4">
-        <v>1.1818</v>
+        <v>1.1784</v>
       </c>
       <c r="E974" s="4">
-        <v>1.1818</v>
+        <v>1.1784</v>
       </c>
     </row>
     <row r="975" spans="1:6">
       <c r="B975" s="5">
-        <v>44518</v>
+        <v>44568</v>
       </c>
       <c r="C975" s="4">
-        <v>1.1813</v>
+        <v>1.1796</v>
       </c>
       <c r="D975" s="4">
-        <v>1.1813</v>
+        <v>1.1796</v>
       </c>
       <c r="E975" s="4">
-        <v>1.1813</v>
+        <v>1.1796</v>
       </c>
     </row>
     <row r="976" spans="1:6">
       <c r="B976" s="5">
-        <v>44517</v>
+        <v>44567</v>
       </c>
       <c r="C976" s="4">
-        <v>1.1815</v>
+        <v>1.1759</v>
       </c>
       <c r="D976" s="4">
-        <v>1.1815</v>
+        <v>1.1759</v>
       </c>
       <c r="E976" s="4">
-        <v>1.1815</v>
+        <v>1.1759</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="B977" s="5">
-        <v>44516</v>
+        <v>44566</v>
       </c>
       <c r="C977" s="4">
-        <v>1.1816</v>
+        <v>1.1842</v>
       </c>
       <c r="D977" s="4">
-        <v>1.1816</v>
+        <v>1.1842</v>
       </c>
       <c r="E977" s="4">
-        <v>1.1816</v>
+        <v>1.1842</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="B978" s="5">
-        <v>44515</v>
+        <v>44565</v>
       </c>
       <c r="C978" s="4">
-        <v>1.1837</v>
+        <v>1.1849</v>
       </c>
       <c r="D978" s="4">
-        <v>1.1837</v>
+        <v>1.1849</v>
       </c>
       <c r="E978" s="4">
-        <v>1.1837</v>
+        <v>1.1849</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="B979" s="5">
-        <v>44512</v>
+        <v>44561</v>
       </c>
       <c r="C979" s="4">
-        <v>1.183</v>
+        <v>1.1798</v>
       </c>
       <c r="D979" s="4">
-        <v>1.183</v>
+        <v>1.1798</v>
       </c>
       <c r="E979" s="4">
-        <v>1.183</v>
+        <v>1.1798</v>
       </c>
     </row>
     <row r="980" spans="1:6">
       <c r="B980" s="5">
-        <v>44511</v>
+        <v>44560</v>
       </c>
       <c r="C980" s="4">
-        <v>1.1798</v>
+        <v>1.1816</v>
       </c>
       <c r="D980" s="4">
-        <v>1.1798</v>
+        <v>1.1816</v>
       </c>
       <c r="E980" s="4">
-        <v>1.1798</v>
+        <v>1.1816</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="B981" s="5">
-        <v>44510</v>
+        <v>44559</v>
       </c>
       <c r="C981" s="4">
-        <v>1.183</v>
+        <v>1.1818</v>
       </c>
       <c r="D981" s="4">
-        <v>1.183</v>
+        <v>1.1818</v>
       </c>
       <c r="E981" s="4">
-        <v>1.183</v>
+        <v>1.1818</v>
       </c>
     </row>
     <row r="982" spans="1:6">
       <c r="B982" s="5">
-        <v>44509</v>
+        <v>44554</v>
       </c>
       <c r="C982" s="4">
-        <v>1.1826</v>
+        <v>1.178</v>
       </c>
       <c r="D982" s="4">
-        <v>1.1826</v>
+        <v>1.178</v>
       </c>
       <c r="E982" s="4">
-        <v>1.1826</v>
+        <v>1.178</v>
       </c>
     </row>
     <row r="983" spans="1:6">
       <c r="B983" s="5">
-        <v>44508</v>
+        <v>44553</v>
       </c>
       <c r="C983" s="4">
-        <v>1.1825</v>
+        <v>1.1759</v>
       </c>
       <c r="D983" s="4">
-        <v>1.1825</v>
+        <v>1.1759</v>
       </c>
       <c r="E983" s="4">
-        <v>1.1825</v>
+        <v>1.1759</v>
       </c>
     </row>
     <row r="984" spans="1:6">
       <c r="B984" s="5">
-        <v>44505</v>
+        <v>44552</v>
       </c>
       <c r="C984" s="4">
-        <v>1.181</v>
+        <v>1.1744</v>
       </c>
       <c r="D984" s="4">
-        <v>1.181</v>
+        <v>1.1744</v>
       </c>
       <c r="E984" s="4">
-        <v>1.181</v>
+        <v>1.1744</v>
       </c>
     </row>
     <row r="985" spans="1:6">
       <c r="B985" s="5">
-        <v>44504</v>
+        <v>44551</v>
       </c>
       <c r="C985" s="4">
-        <v>1.1778</v>
+        <v>1.1694</v>
       </c>
       <c r="D985" s="4">
-        <v>1.1778</v>
+        <v>1.1694</v>
       </c>
       <c r="E985" s="4">
-        <v>1.1778</v>
+        <v>1.1694</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="B986" s="5">
-        <v>44503</v>
+        <v>44550</v>
       </c>
       <c r="C986" s="4">
-        <v>1.1759</v>
+        <v>1.1719</v>
       </c>
       <c r="D986" s="4">
-        <v>1.1759</v>
+        <v>1.1719</v>
       </c>
       <c r="E986" s="4">
-        <v>1.1759</v>
+        <v>1.1719</v>
       </c>
     </row>
     <row r="987" spans="1:6">
       <c r="B987" s="5">
-        <v>44502</v>
+        <v>44547</v>
       </c>
       <c r="C987" s="4">
-        <v>1.1705</v>
+        <v>1.1736</v>
       </c>
       <c r="D987" s="4">
-        <v>1.1705</v>
+        <v>1.1736</v>
       </c>
       <c r="E987" s="4">
-        <v>1.1705</v>
+        <v>1.1736</v>
       </c>
     </row>
     <row r="988" spans="1:6">
       <c r="B988" s="5">
-        <v>44501</v>
+        <v>44546</v>
       </c>
       <c r="C988" s="4">
-        <v>1.1708</v>
+        <v>1.1744</v>
       </c>
       <c r="D988" s="4">
-        <v>1.1708</v>
+        <v>1.1744</v>
       </c>
       <c r="E988" s="4">
-        <v>1.1708</v>
+        <v>1.1744</v>
       </c>
     </row>
     <row r="989" spans="1:6">
       <c r="B989" s="5">
-        <v>44498</v>
+        <v>44545</v>
       </c>
       <c r="C989" s="4">
-        <v>1.1683</v>
+        <v>1.1736</v>
       </c>
       <c r="D989" s="4">
-        <v>1.1683</v>
+        <v>1.1736</v>
       </c>
       <c r="E989" s="4">
-        <v>1.1683</v>
+        <v>1.1736</v>
       </c>
     </row>
     <row r="990" spans="1:6">
       <c r="B990" s="5">
-        <v>44497</v>
+        <v>44544</v>
       </c>
       <c r="C990" s="4">
-        <v>1.1719</v>
+        <v>1.1781</v>
       </c>
       <c r="D990" s="4">
-        <v>1.1719</v>
+        <v>1.1781</v>
       </c>
       <c r="E990" s="4">
-        <v>1.1719</v>
+        <v>1.1781</v>
       </c>
     </row>
     <row r="991" spans="1:6">
       <c r="B991" s="5">
-        <v>44496</v>
+        <v>44543</v>
       </c>
       <c r="C991" s="4">
-        <v>1.1748</v>
+        <v>1.1784</v>
       </c>
       <c r="D991" s="4">
-        <v>1.1748</v>
+        <v>1.1784</v>
       </c>
       <c r="E991" s="4">
-        <v>1.1748</v>
+        <v>1.1784</v>
       </c>
     </row>
     <row r="992" spans="1:6">
       <c r="B992" s="5">
-        <v>44495</v>
+        <v>44540</v>
       </c>
       <c r="C992" s="4">
-        <v>1.1749</v>
+        <v>1.1783</v>
       </c>
       <c r="D992" s="4">
-        <v>1.1749</v>
+        <v>1.1783</v>
       </c>
       <c r="E992" s="4">
-        <v>1.1749</v>
+        <v>1.1783</v>
       </c>
     </row>
     <row r="993" spans="1:6">
       <c r="B993" s="5">
-        <v>44494</v>
+        <v>44539</v>
       </c>
       <c r="C993" s="4">
-        <v>1.1745</v>
+        <v>1.1802</v>
       </c>
       <c r="D993" s="4">
-        <v>1.1745</v>
+        <v>1.1802</v>
       </c>
       <c r="E993" s="4">
-        <v>1.1745</v>
+        <v>1.1802</v>
       </c>
     </row>
     <row r="994" spans="1:6">
       <c r="B994" s="5">
-        <v>44491</v>
+        <v>44538</v>
       </c>
       <c r="C994" s="4">
-        <v>1.1731</v>
+        <v>1.1805</v>
       </c>
       <c r="D994" s="4">
-        <v>1.1731</v>
+        <v>1.1805</v>
       </c>
       <c r="E994" s="4">
-        <v>1.1731</v>
+        <v>1.1805</v>
       </c>
     </row>
     <row r="995" spans="1:6">
       <c r="B995" s="5">
-        <v>44490</v>
+        <v>44537</v>
       </c>
       <c r="C995" s="4">
-        <v>1.1728</v>
+        <v>1.1736</v>
       </c>
       <c r="D995" s="4">
-        <v>1.1728</v>
+        <v>1.1736</v>
       </c>
       <c r="E995" s="4">
-        <v>1.1728</v>
+        <v>1.1736</v>
       </c>
     </row>
     <row r="996" spans="1:6">
       <c r="B996" s="5">
-        <v>44489</v>
+        <v>44536</v>
       </c>
       <c r="C996" s="4">
-        <v>1.1725</v>
+        <v>1.1694</v>
       </c>
       <c r="D996" s="4">
-        <v>1.1725</v>
+        <v>1.1694</v>
       </c>
       <c r="E996" s="4">
-        <v>1.1725</v>
+        <v>1.1694</v>
       </c>
     </row>
     <row r="997" spans="1:6">
       <c r="B997" s="5">
-        <v>44488</v>
+        <v>44533</v>
       </c>
       <c r="C997" s="4">
-        <v>1.1713</v>
+        <v>1.1689</v>
       </c>
       <c r="D997" s="4">
-        <v>1.1713</v>
+        <v>1.1689</v>
       </c>
       <c r="E997" s="4">
-        <v>1.1713</v>
+        <v>1.1689</v>
       </c>
     </row>
     <row r="998" spans="1:6">
       <c r="B998" s="5">
-        <v>44487</v>
+        <v>44532</v>
       </c>
       <c r="C998" s="4">
-        <v>1.1712</v>
+        <v>1.1633</v>
       </c>
       <c r="D998" s="4">
-        <v>1.1712</v>
+        <v>1.1633</v>
       </c>
       <c r="E998" s="4">
-        <v>1.1712</v>
+        <v>1.1633</v>
       </c>
     </row>
     <row r="999" spans="1:6">
       <c r="B999" s="5">
-        <v>44484</v>
+        <v>44531</v>
       </c>
       <c r="C999" s="4">
-        <v>1.1682</v>
+        <v>1.1655</v>
       </c>
       <c r="D999" s="4">
-        <v>1.1682</v>
+        <v>1.1655</v>
       </c>
       <c r="E999" s="4">
-        <v>1.1682</v>
+        <v>1.1655</v>
       </c>
     </row>
     <row r="1000" spans="1:6">
       <c r="B1000" s="5">
-        <v>44483</v>
+        <v>44530</v>
       </c>
       <c r="C1000" s="4">
-        <v>1.1638</v>
+        <v>1.171</v>
       </c>
       <c r="D1000" s="4">
-        <v>1.1638</v>
+        <v>1.171</v>
       </c>
       <c r="E1000" s="4">
-        <v>1.1638</v>
+        <v>1.171</v>
       </c>
     </row>
     <row r="1001" spans="1:6">
       <c r="B1001" s="5">
-        <v>44482</v>
+        <v>44529</v>
       </c>
       <c r="C1001" s="4">
-        <v>1.1614</v>
+        <v>1.1686</v>
       </c>
       <c r="D1001" s="4">
-        <v>1.1614</v>
+        <v>1.1686</v>
       </c>
       <c r="E1001" s="4">
-        <v>1.1614</v>
+        <v>1.1686</v>
       </c>
     </row>
     <row r="1002" spans="1:6">
       <c r="B1002" s="5">
-        <v>44481</v>
+        <v>44526</v>
       </c>
       <c r="C1002" s="4">
-        <v>1.1618</v>
+        <v>1.1765</v>
       </c>
       <c r="D1002" s="4">
-        <v>1.1618</v>
+        <v>1.1765</v>
       </c>
       <c r="E1002" s="4">
-        <v>1.1618</v>
+        <v>1.1765</v>
       </c>
     </row>
     <row r="1003" spans="1:6">
       <c r="B1003" s="5">
-        <v>44480</v>
+        <v>44525</v>
       </c>
       <c r="C1003" s="4">
-        <v>1.1644</v>
+        <v>1.1791</v>
       </c>
       <c r="D1003" s="4">
-        <v>1.1644</v>
+        <v>1.1791</v>
       </c>
       <c r="E1003" s="4">
-        <v>1.1644</v>
+        <v>1.1791</v>
       </c>
     </row>
     <row r="1004" spans="1:6">
       <c r="B1004" s="5">
-        <v>44477</v>
+        <v>44524</v>
       </c>
       <c r="C1004" s="4">
-        <v>1.1637</v>
+        <v>1.1782</v>
       </c>
       <c r="D1004" s="4">
-        <v>1.1637</v>
+        <v>1.1782</v>
       </c>
       <c r="E1004" s="4">
-        <v>1.1637</v>
+        <v>1.1782</v>
       </c>
     </row>
     <row r="1005" spans="1:6">
       <c r="B1005" s="5">
-        <v>44476</v>
+        <v>44523</v>
       </c>
       <c r="C1005" s="4">
-        <v>1.1629</v>
+        <v>1.1786</v>
       </c>
       <c r="D1005" s="4">
-        <v>1.1629</v>
+        <v>1.1786</v>
       </c>
       <c r="E1005" s="4">
-        <v>1.1629</v>
+        <v>1.1786</v>
       </c>
     </row>
     <row r="1006" spans="1:6">
       <c r="B1006" s="5">
-        <v>44475</v>
+        <v>44522</v>
       </c>
       <c r="C1006" s="4">
-        <v>1.1625</v>
+        <v>1.1792</v>
       </c>
       <c r="D1006" s="4">
-        <v>1.1625</v>
+        <v>1.1792</v>
       </c>
       <c r="E1006" s="4">
-        <v>1.1625</v>
+        <v>1.1792</v>
       </c>
     </row>
     <row r="1007" spans="1:6">
       <c r="B1007" s="5">
-        <v>44474</v>
+        <v>44519</v>
       </c>
       <c r="C1007" s="4">
-        <v>1.1625</v>
+        <v>1.1818</v>
       </c>
       <c r="D1007" s="4">
-        <v>1.1625</v>
+        <v>1.1818</v>
       </c>
       <c r="E1007" s="4">
-        <v>1.1625</v>
+        <v>1.1818</v>
       </c>
     </row>
     <row r="1008" spans="1:6">
       <c r="B1008" s="5">
-        <v>44470</v>
+        <v>44518</v>
       </c>
       <c r="C1008" s="4">
-        <v>1.1628</v>
+        <v>1.1813</v>
       </c>
       <c r="D1008" s="4">
-        <v>1.1628</v>
+        <v>1.1813</v>
       </c>
       <c r="E1008" s="4">
-        <v>1.1628</v>
+        <v>1.1813</v>
       </c>
     </row>
     <row r="1009" spans="1:6">
       <c r="B1009" s="5">
-        <v>44469</v>
+        <v>44517</v>
       </c>
       <c r="C1009" s="4">
-        <v>1.1646</v>
+        <v>1.1815</v>
       </c>
       <c r="D1009" s="4">
-        <v>1.1646</v>
+        <v>1.1815</v>
       </c>
       <c r="E1009" s="4">
-        <v>1.1646</v>
+        <v>1.1815</v>
       </c>
     </row>
     <row r="1010" spans="1:6">
       <c r="B1010" s="5">
-        <v>44468</v>
+        <v>44516</v>
       </c>
       <c r="C1010" s="4">
-        <v>1.1634</v>
+        <v>1.1816</v>
       </c>
       <c r="D1010" s="4">
-        <v>1.1634</v>
+        <v>1.1816</v>
       </c>
       <c r="E1010" s="4">
-        <v>1.1634</v>
+        <v>1.1816</v>
       </c>
     </row>
     <row r="1011" spans="1:6">
       <c r="B1011" s="5">
-        <v>44466</v>
+        <v>44515</v>
       </c>
       <c r="C1011" s="4">
-        <v>1.1688</v>
+        <v>1.1837</v>
       </c>
       <c r="D1011" s="4">
-        <v>1.1688</v>
+        <v>1.1837</v>
       </c>
       <c r="E1011" s="4">
-        <v>1.1688</v>
+        <v>1.1837</v>
       </c>
     </row>
     <row r="1012" spans="1:6">
       <c r="B1012" s="5">
-        <v>44463</v>
+        <v>44512</v>
       </c>
       <c r="C1012" s="4">
-        <v>1.1728</v>
+        <v>1.183</v>
       </c>
       <c r="D1012" s="4">
-        <v>1.1728</v>
+        <v>1.183</v>
       </c>
       <c r="E1012" s="4">
-        <v>1.1728</v>
+        <v>1.183</v>
       </c>
     </row>
     <row r="1013" spans="1:6">
       <c r="B1013" s="5">
-        <v>44462</v>
+        <v>44511</v>
       </c>
       <c r="C1013" s="4">
-        <v>1.1725</v>
+        <v>1.1798</v>
       </c>
       <c r="D1013" s="4">
-        <v>1.1725</v>
+        <v>1.1798</v>
       </c>
       <c r="E1013" s="4">
-        <v>1.1725</v>
+        <v>1.1798</v>
       </c>
     </row>
     <row r="1014" spans="1:6">
       <c r="B1014" s="5">
-        <v>44461</v>
+        <v>44510</v>
       </c>
       <c r="C1014" s="4">
-        <v>1.1697</v>
+        <v>1.183</v>
       </c>
       <c r="D1014" s="4">
-        <v>1.1697</v>
+        <v>1.183</v>
       </c>
       <c r="E1014" s="4">
-        <v>1.1697</v>
+        <v>1.183</v>
       </c>
     </row>
     <row r="1015" spans="1:6">
       <c r="B1015" s="5">
-        <v>44460</v>
+        <v>44509</v>
       </c>
       <c r="C1015" s="4">
-        <v>1.1677</v>
+        <v>1.1826</v>
       </c>
       <c r="D1015" s="4">
-        <v>1.1677</v>
+        <v>1.1826</v>
       </c>
       <c r="E1015" s="4">
-        <v>1.1677</v>
+        <v>1.1826</v>
       </c>
     </row>
     <row r="1016" spans="1:6">
       <c r="B1016" s="5">
-        <v>44459</v>
+        <v>44508</v>
       </c>
       <c r="C1016" s="4">
-        <v>1.1711</v>
+        <v>1.1825</v>
       </c>
       <c r="D1016" s="4">
-        <v>1.1711</v>
+        <v>1.1825</v>
       </c>
       <c r="E1016" s="4">
-        <v>1.1711</v>
+        <v>1.1825</v>
       </c>
     </row>
     <row r="1017" spans="1:6">
       <c r="B1017" s="5">
-        <v>44456</v>
+        <v>44505</v>
       </c>
       <c r="C1017" s="4">
-        <v>1.1776</v>
+        <v>1.181</v>
       </c>
       <c r="D1017" s="4">
-        <v>1.1776</v>
+        <v>1.181</v>
       </c>
       <c r="E1017" s="4">
-        <v>1.1776</v>
+        <v>1.181</v>
       </c>
     </row>
     <row r="1018" spans="1:6">
       <c r="B1018" s="5">
-        <v>44455</v>
+        <v>44504</v>
       </c>
       <c r="C1018" s="4">
-        <v>1.1789</v>
+        <v>1.1778</v>
       </c>
       <c r="D1018" s="4">
-        <v>1.1789</v>
+        <v>1.1778</v>
       </c>
       <c r="E1018" s="4">
-        <v>1.1789</v>
+        <v>1.1778</v>
       </c>
     </row>
     <row r="1019" spans="1:6">
       <c r="B1019" s="5">
-        <v>44454</v>
+        <v>44503</v>
       </c>
       <c r="C1019" s="4">
-        <v>1.1771</v>
+        <v>1.1759</v>
       </c>
       <c r="D1019" s="4">
-        <v>1.1771</v>
+        <v>1.1759</v>
       </c>
       <c r="E1019" s="4">
-        <v>1.1771</v>
+        <v>1.1759</v>
       </c>
     </row>
     <row r="1020" spans="1:6">
       <c r="B1020" s="5">
-        <v>44453</v>
+        <v>44502</v>
       </c>
       <c r="C1020" s="4">
-        <v>1.1772</v>
+        <v>1.1705</v>
       </c>
       <c r="D1020" s="4">
-        <v>1.1772</v>
+        <v>1.1705</v>
       </c>
       <c r="E1020" s="4">
-        <v>1.1772</v>
+        <v>1.1705</v>
       </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="B1021" s="5">
-        <v>44452</v>
+        <v>44501</v>
       </c>
       <c r="C1021" s="4">
-        <v>1.1757</v>
+        <v>1.1708</v>
       </c>
       <c r="D1021" s="4">
-        <v>1.1757</v>
+        <v>1.1708</v>
       </c>
       <c r="E1021" s="4">
-        <v>1.1757</v>
+        <v>1.1708</v>
       </c>
     </row>
     <row r="1022" spans="1:6">
       <c r="B1022" s="5">
-        <v>44449</v>
+        <v>44498</v>
       </c>
       <c r="C1022" s="4">
-        <v>1.1758</v>
+        <v>1.1683</v>
       </c>
       <c r="D1022" s="4">
-        <v>1.1758</v>
+        <v>1.1683</v>
       </c>
       <c r="E1022" s="4">
-        <v>1.1758</v>
+        <v>1.1683</v>
       </c>
     </row>
     <row r="1023" spans="1:6">
       <c r="B1023" s="5">
-        <v>44448</v>
+        <v>44497</v>
       </c>
       <c r="C1023" s="4">
-        <v>1.1761</v>
+        <v>1.1719</v>
       </c>
       <c r="D1023" s="4">
-        <v>1.1761</v>
+        <v>1.1719</v>
       </c>
       <c r="E1023" s="4">
-        <v>1.1761</v>
+        <v>1.1719</v>
       </c>
     </row>
     <row r="1024" spans="1:6">
       <c r="B1024" s="5">
-        <v>44447</v>
+        <v>44496</v>
       </c>
       <c r="C1024" s="4">
-        <v>1.1804</v>
+        <v>1.1748</v>
       </c>
       <c r="D1024" s="4">
-        <v>1.1804</v>
+        <v>1.1748</v>
       </c>
       <c r="E1024" s="4">
-        <v>1.1804</v>
+        <v>1.1748</v>
       </c>
     </row>
     <row r="1025" spans="1:6">
       <c r="B1025" s="5">
-        <v>44446</v>
+        <v>44495</v>
       </c>
       <c r="C1025" s="4">
-        <v>1.181</v>
+        <v>1.1749</v>
       </c>
       <c r="D1025" s="4">
-        <v>1.181</v>
+        <v>1.1749</v>
       </c>
       <c r="E1025" s="4">
-        <v>1.181</v>
+        <v>1.1749</v>
       </c>
     </row>
     <row r="1026" spans="1:6">
       <c r="B1026" s="5">
-        <v>44445</v>
+        <v>44494</v>
       </c>
       <c r="C1026" s="4">
-        <v>1.1794</v>
+        <v>1.1745</v>
       </c>
       <c r="D1026" s="4">
-        <v>1.1794</v>
+        <v>1.1745</v>
       </c>
       <c r="E1026" s="4">
-        <v>1.1794</v>
+        <v>1.1745</v>
       </c>
     </row>
     <row r="1027" spans="1:6">
       <c r="B1027" s="5">
-        <v>44442</v>
+        <v>44491</v>
       </c>
       <c r="C1027" s="4">
-        <v>1.1797</v>
+        <v>1.1731</v>
       </c>
       <c r="D1027" s="4">
-        <v>1.1797</v>
+        <v>1.1731</v>
       </c>
       <c r="E1027" s="4">
-        <v>1.1797</v>
+        <v>1.1731</v>
       </c>
     </row>
     <row r="1028" spans="1:6">
       <c r="B1028" s="5">
-        <v>44441</v>
+        <v>44490</v>
       </c>
       <c r="C1028" s="4">
-        <v>1.1789</v>
+        <v>1.1728</v>
       </c>
       <c r="D1028" s="4">
-        <v>1.1789</v>
+        <v>1.1728</v>
       </c>
       <c r="E1028" s="4">
-        <v>1.1789</v>
+        <v>1.1728</v>
       </c>
     </row>
     <row r="1029" spans="1:6">
       <c r="B1029" s="5">
-        <v>44440</v>
+        <v>44489</v>
       </c>
       <c r="C1029" s="4">
-        <v>1.1792</v>
+        <v>1.1725</v>
       </c>
       <c r="D1029" s="4">
-        <v>1.1792</v>
+        <v>1.1725</v>
       </c>
       <c r="E1029" s="4">
-        <v>1.1792</v>
+        <v>1.1725</v>
       </c>
     </row>
     <row r="1030" spans="1:6">
       <c r="B1030" s="5">
-        <v>44439</v>
+        <v>44488</v>
       </c>
       <c r="C1030" s="4">
-        <v>1.1794</v>
+        <v>1.1713</v>
       </c>
       <c r="D1030" s="4">
-        <v>1.1794</v>
+        <v>1.1713</v>
       </c>
       <c r="E1030" s="4">
-        <v>1.1794</v>
+        <v>1.1713</v>
       </c>
     </row>
     <row r="1031" spans="1:6">
       <c r="B1031" s="5">
-        <v>44438</v>
+        <v>44487</v>
       </c>
       <c r="C1031" s="4">
-        <v>1.1772</v>
+        <v>1.1712</v>
       </c>
       <c r="D1031" s="4">
-        <v>1.1772</v>
+        <v>1.1712</v>
       </c>
       <c r="E1031" s="4">
-        <v>1.1772</v>
+        <v>1.1712</v>
       </c>
     </row>
     <row r="1032" spans="1:6">
       <c r="B1032" s="5">
-        <v>44435</v>
+        <v>44484</v>
       </c>
       <c r="C1032" s="4">
-        <v>1.1753</v>
+        <v>1.1682</v>
       </c>
       <c r="D1032" s="4">
-        <v>1.1753</v>
+        <v>1.1682</v>
       </c>
       <c r="E1032" s="4">
-        <v>1.1753</v>
+        <v>1.1682</v>
       </c>
     </row>
     <row r="1033" spans="1:6">
       <c r="B1033" s="5">
-        <v>44434</v>
+        <v>44483</v>
       </c>
       <c r="C1033" s="4">
-        <v>1.1766</v>
+        <v>1.1638</v>
       </c>
       <c r="D1033" s="4">
-        <v>1.1766</v>
+        <v>1.1638</v>
       </c>
       <c r="E1033" s="4">
-        <v>1.1766</v>
+        <v>1.1638</v>
       </c>
     </row>
     <row r="1034" spans="1:6">
       <c r="B1034" s="5">
-        <v>44433</v>
+        <v>44482</v>
       </c>
       <c r="C1034" s="4">
-        <v>1.1768</v>
+        <v>1.1614</v>
       </c>
       <c r="D1034" s="4">
-        <v>1.1768</v>
+        <v>1.1614</v>
       </c>
       <c r="E1034" s="4">
-        <v>1.1768</v>
+        <v>1.1614</v>
       </c>
     </row>
     <row r="1035" spans="1:6">
       <c r="B1035" s="5">
-        <v>44432</v>
+        <v>44481</v>
       </c>
       <c r="C1035" s="4">
-        <v>1.176</v>
+        <v>1.1618</v>
       </c>
       <c r="D1035" s="4">
-        <v>1.176</v>
+        <v>1.1618</v>
       </c>
       <c r="E1035" s="4">
-        <v>1.176</v>
+        <v>1.1618</v>
       </c>
     </row>
     <row r="1036" spans="1:6">
       <c r="B1036" s="5">
-        <v>44431</v>
+        <v>44480</v>
       </c>
       <c r="C1036" s="4">
-        <v>1.1748</v>
+        <v>1.1644</v>
       </c>
       <c r="D1036" s="4">
-        <v>1.1748</v>
+        <v>1.1644</v>
       </c>
       <c r="E1036" s="4">
-        <v>1.1748</v>
+        <v>1.1644</v>
       </c>
     </row>
     <row r="1037" spans="1:6">
       <c r="B1037" s="5">
-        <v>44428</v>
+        <v>44477</v>
       </c>
       <c r="C1037" s="4">
-        <v>1.1727</v>
+        <v>1.1637</v>
       </c>
       <c r="D1037" s="4">
-        <v>1.1727</v>
+        <v>1.1637</v>
       </c>
       <c r="E1037" s="4">
-        <v>1.1727</v>
+        <v>1.1637</v>
       </c>
     </row>
     <row r="1038" spans="1:6">
       <c r="B1038" s="5">
-        <v>44427</v>
+        <v>44476</v>
       </c>
       <c r="C1038" s="4">
-        <v>1.1735</v>
+        <v>1.1629</v>
       </c>
       <c r="D1038" s="4">
-        <v>1.1735</v>
+        <v>1.1629</v>
       </c>
       <c r="E1038" s="4">
-        <v>1.1735</v>
+        <v>1.1629</v>
       </c>
     </row>
     <row r="1039" spans="1:6">
       <c r="B1039" s="5">
-        <v>44426</v>
+        <v>44475</v>
       </c>
       <c r="C1039" s="4">
-        <v>1.1752</v>
+        <v>1.1625</v>
       </c>
       <c r="D1039" s="4">
-        <v>1.1752</v>
+        <v>1.1625</v>
       </c>
       <c r="E1039" s="4">
-        <v>1.1752</v>
+        <v>1.1625</v>
       </c>
     </row>
     <row r="1040" spans="1:6">
       <c r="B1040" s="5">
-        <v>44425</v>
+        <v>44474</v>
       </c>
       <c r="C1040" s="4">
-        <v>1.1758</v>
+        <v>1.1625</v>
       </c>
       <c r="D1040" s="4">
-        <v>1.1758</v>
+        <v>1.1625</v>
       </c>
       <c r="E1040" s="4">
-        <v>1.1758</v>
+        <v>1.1625</v>
       </c>
     </row>
     <row r="1041" spans="1:6">
       <c r="B1041" s="5">
-        <v>44424</v>
+        <v>44470</v>
       </c>
       <c r="C1041" s="4">
-        <v>1.1764</v>
+        <v>1.1628</v>
       </c>
       <c r="D1041" s="4">
-        <v>1.1764</v>
+        <v>1.1628</v>
       </c>
       <c r="E1041" s="4">
-        <v>1.1764</v>
+        <v>1.1628</v>
       </c>
     </row>
     <row r="1042" spans="1:6">
       <c r="B1042" s="5">
-        <v>44421</v>
+        <v>44469</v>
       </c>
       <c r="C1042" s="4">
-        <v>1.1779</v>
+        <v>1.1646</v>
       </c>
       <c r="D1042" s="4">
-        <v>1.1779</v>
+        <v>1.1646</v>
       </c>
       <c r="E1042" s="4">
-        <v>1.1779</v>
+        <v>1.1646</v>
       </c>
     </row>
     <row r="1043" spans="1:6">
       <c r="B1043" s="5">
-        <v>44420</v>
+        <v>44468</v>
       </c>
       <c r="C1043" s="4">
-        <v>1.1758</v>
+        <v>1.1634</v>
       </c>
       <c r="D1043" s="4">
-        <v>1.1758</v>
+        <v>1.1634</v>
       </c>
       <c r="E1043" s="4">
-        <v>1.1758</v>
+        <v>1.1634</v>
       </c>
     </row>
     <row r="1044" spans="1:6">
       <c r="B1044" s="5">
-        <v>44419</v>
+        <v>44466</v>
       </c>
       <c r="C1044" s="4">
-        <v>1.1748</v>
+        <v>1.1688</v>
       </c>
       <c r="D1044" s="4">
-        <v>1.1748</v>
+        <v>1.1688</v>
       </c>
       <c r="E1044" s="4">
-        <v>1.1748</v>
+        <v>1.1688</v>
       </c>
     </row>
     <row r="1045" spans="1:6">
       <c r="B1045" s="5">
-        <v>44418</v>
+        <v>44463</v>
       </c>
       <c r="C1045" s="4">
-        <v>1.1746</v>
+        <v>1.1728</v>
       </c>
       <c r="D1045" s="4">
-        <v>1.1746</v>
+        <v>1.1728</v>
       </c>
       <c r="E1045" s="4">
-        <v>1.1746</v>
+        <v>1.1728</v>
       </c>
     </row>
     <row r="1046" spans="1:6">
       <c r="B1046" s="5">
-        <v>44417</v>
+        <v>44462</v>
       </c>
       <c r="C1046" s="4">
-        <v>1.1739</v>
+        <v>1.1725</v>
       </c>
       <c r="D1046" s="4">
-        <v>1.1739</v>
+        <v>1.1725</v>
       </c>
       <c r="E1046" s="4">
-        <v>1.1739</v>
+        <v>1.1725</v>
       </c>
     </row>
     <row r="1047" spans="1:6">
       <c r="B1047" s="5">
-        <v>44414</v>
+        <v>44461</v>
       </c>
       <c r="C1047" s="4">
-        <v>1.173</v>
+        <v>1.1697</v>
       </c>
       <c r="D1047" s="4">
-        <v>1.173</v>
+        <v>1.1697</v>
       </c>
       <c r="E1047" s="4">
-        <v>1.173</v>
+        <v>1.1697</v>
       </c>
     </row>
     <row r="1048" spans="1:6">
       <c r="B1048" s="5">
-        <v>44413</v>
+        <v>44460</v>
       </c>
       <c r="C1048" s="4">
-        <v>1.1719</v>
+        <v>1.1677</v>
       </c>
       <c r="D1048" s="4">
-        <v>1.1719</v>
+        <v>1.1677</v>
       </c>
       <c r="E1048" s="4">
-        <v>1.1719</v>
+        <v>1.1677</v>
       </c>
     </row>
     <row r="1049" spans="1:6">
       <c r="B1049" s="5">
-        <v>44412</v>
+        <v>44459</v>
       </c>
       <c r="C1049" s="4">
-        <v>1.172</v>
+        <v>1.1711</v>
       </c>
       <c r="D1049" s="4">
-        <v>1.172</v>
+        <v>1.1711</v>
       </c>
       <c r="E1049" s="4">
-        <v>1.172</v>
+        <v>1.1711</v>
       </c>
     </row>
     <row r="1050" spans="1:6">
       <c r="B1050" s="5">
-        <v>44411</v>
+        <v>44456</v>
       </c>
       <c r="C1050" s="4">
-        <v>1.1699</v>
+        <v>1.1776</v>
       </c>
       <c r="D1050" s="4">
-        <v>1.1699</v>
+        <v>1.1776</v>
       </c>
       <c r="E1050" s="4">
-        <v>1.1699</v>
+        <v>1.1776</v>
       </c>
     </row>
     <row r="1051" spans="1:6">
       <c r="B1051" s="5">
-        <v>44410</v>
+        <v>44455</v>
       </c>
       <c r="C1051" s="4">
-        <v>1.1697</v>
+        <v>1.1789</v>
       </c>
       <c r="D1051" s="4">
-        <v>1.1697</v>
+        <v>1.1789</v>
       </c>
       <c r="E1051" s="4">
-        <v>1.1697</v>
+        <v>1.1789</v>
       </c>
     </row>
     <row r="1052" spans="1:6">
       <c r="B1052" s="5">
-        <v>44407</v>
+        <v>44454</v>
       </c>
       <c r="C1052" s="4">
-        <v>1.1679</v>
+        <v>1.1771</v>
       </c>
       <c r="D1052" s="4">
-        <v>1.1679</v>
+        <v>1.1771</v>
       </c>
       <c r="E1052" s="4">
-        <v>1.1679</v>
+        <v>1.1771</v>
       </c>
     </row>
     <row r="1053" spans="1:6">
       <c r="B1053" s="5">
-        <v>44406</v>
+        <v>44453</v>
       </c>
       <c r="C1053" s="4">
-        <v>1.1675</v>
+        <v>1.1772</v>
       </c>
       <c r="D1053" s="4">
-        <v>1.1675</v>
+        <v>1.1772</v>
       </c>
       <c r="E1053" s="4">
-        <v>1.1675</v>
+        <v>1.1772</v>
       </c>
     </row>
     <row r="1054" spans="1:6">
       <c r="B1054" s="5">
-        <v>44405</v>
+        <v>44452</v>
       </c>
       <c r="C1054" s="4">
-        <v>1.1654</v>
+        <v>1.1757</v>
       </c>
       <c r="D1054" s="4">
-        <v>1.1654</v>
+        <v>1.1757</v>
       </c>
       <c r="E1054" s="4">
-        <v>1.1654</v>
+        <v>1.1757</v>
       </c>
     </row>
     <row r="1055" spans="1:6">
       <c r="B1055" s="5">
-        <v>44404</v>
+        <v>44449</v>
       </c>
       <c r="C1055" s="4">
-        <v>1.1679</v>
+        <v>1.1758</v>
       </c>
       <c r="D1055" s="4">
-        <v>1.1679</v>
+        <v>1.1758</v>
       </c>
       <c r="E1055" s="4">
-        <v>1.1679</v>
+        <v>1.1758</v>
       </c>
     </row>
     <row r="1056" spans="1:6">
       <c r="B1056" s="5">
-        <v>44403</v>
+        <v>44448</v>
       </c>
       <c r="C1056" s="4">
-        <v>1.1676</v>
+        <v>1.1761</v>
       </c>
       <c r="D1056" s="4">
-        <v>1.1676</v>
+        <v>1.1761</v>
       </c>
       <c r="E1056" s="4">
-        <v>1.1676</v>
+        <v>1.1761</v>
       </c>
     </row>
     <row r="1057" spans="1:6">
       <c r="B1057" s="5">
-        <v>44400</v>
+        <v>44447</v>
       </c>
       <c r="C1057" s="4">
-        <v>1.1648</v>
+        <v>1.1804</v>
       </c>
       <c r="D1057" s="4">
-        <v>1.1648</v>
+        <v>1.1804</v>
       </c>
       <c r="E1057" s="4">
-        <v>1.1648</v>
+        <v>1.1804</v>
       </c>
     </row>
     <row r="1058" spans="1:6">
       <c r="B1058" s="5">
-        <v>44399</v>
+        <v>44446</v>
       </c>
       <c r="C1058" s="4">
-        <v>1.1649</v>
+        <v>1.181</v>
       </c>
       <c r="D1058" s="4">
-        <v>1.1649</v>
+        <v>1.181</v>
       </c>
       <c r="E1058" s="4">
-        <v>1.1649</v>
+        <v>1.181</v>
       </c>
     </row>
     <row r="1059" spans="1:6">
       <c r="B1059" s="5">
-        <v>44398</v>
+        <v>44445</v>
       </c>
       <c r="C1059" s="4">
-        <v>1.1602</v>
+        <v>1.1794</v>
       </c>
       <c r="D1059" s="4">
-        <v>1.1602</v>
+        <v>1.1794</v>
       </c>
       <c r="E1059" s="4">
-        <v>1.1602</v>
+        <v>1.1794</v>
       </c>
     </row>
     <row r="1060" spans="1:6">
       <c r="B1060" s="5">
-        <v>44397</v>
+        <v>44442</v>
       </c>
       <c r="C1060" s="4">
-        <v>1.1548</v>
+        <v>1.1797</v>
       </c>
       <c r="D1060" s="4">
-        <v>1.1548</v>
+        <v>1.1797</v>
       </c>
       <c r="E1060" s="4">
-        <v>1.1548</v>
+        <v>1.1797</v>
       </c>
     </row>
     <row r="1061" spans="1:6">
       <c r="B1061" s="5">
-        <v>44396</v>
+        <v>44441</v>
       </c>
       <c r="C1061" s="4">
-        <v>1.1599</v>
+        <v>1.1789</v>
       </c>
       <c r="D1061" s="4">
-        <v>1.1599</v>
+        <v>1.1789</v>
       </c>
       <c r="E1061" s="4">
-        <v>1.1599</v>
+        <v>1.1789</v>
       </c>
     </row>
     <row r="1062" spans="1:6">
       <c r="B1062" s="5">
-        <v>44393</v>
+        <v>44440</v>
       </c>
       <c r="C1062" s="4">
-        <v>1.1627</v>
+        <v>1.1792</v>
       </c>
       <c r="D1062" s="4">
-        <v>1.1627</v>
+        <v>1.1792</v>
       </c>
       <c r="E1062" s="4">
-        <v>1.1627</v>
+        <v>1.1792</v>
       </c>
     </row>
     <row r="1063" spans="1:6">
       <c r="B1063" s="5">
-        <v>44392</v>
+        <v>44439</v>
       </c>
       <c r="C1063" s="4">
-        <v>1.1621</v>
+        <v>1.1794</v>
       </c>
       <c r="D1063" s="4">
-        <v>1.1621</v>
+        <v>1.1794</v>
       </c>
       <c r="E1063" s="4">
-        <v>1.1621</v>
+        <v>1.1794</v>
       </c>
     </row>
     <row r="1064" spans="1:6">
       <c r="B1064" s="5">
-        <v>44391</v>
+        <v>44438</v>
       </c>
       <c r="C1064" s="4">
-        <v>1.163</v>
+        <v>1.1772</v>
       </c>
       <c r="D1064" s="4">
-        <v>1.163</v>
+        <v>1.1772</v>
       </c>
       <c r="E1064" s="4">
-        <v>1.163</v>
+        <v>1.1772</v>
       </c>
     </row>
     <row r="1065" spans="1:6">
       <c r="B1065" s="5">
-        <v>44390</v>
+        <v>44435</v>
       </c>
       <c r="C1065" s="4">
-        <v>1.1621</v>
+        <v>1.1753</v>
       </c>
       <c r="D1065" s="4">
-        <v>1.1621</v>
+        <v>1.1753</v>
       </c>
       <c r="E1065" s="4">
-        <v>1.1621</v>
+        <v>1.1753</v>
       </c>
     </row>
     <row r="1066" spans="1:6">
       <c r="B1066" s="5">
-        <v>44389</v>
+        <v>44434</v>
       </c>
       <c r="C1066" s="4">
-        <v>1.1605</v>
+        <v>1.1766</v>
       </c>
       <c r="D1066" s="4">
-        <v>1.1605</v>
+        <v>1.1766</v>
       </c>
       <c r="E1066" s="4">
-        <v>1.1605</v>
+        <v>1.1766</v>
       </c>
     </row>
     <row r="1067" spans="1:6">
       <c r="B1067" s="5">
-        <v>44386</v>
+        <v>44433</v>
       </c>
       <c r="C1067" s="4">
-        <v>1.157</v>
+        <v>1.1768</v>
       </c>
       <c r="D1067" s="4">
-        <v>1.157</v>
+        <v>1.1768</v>
       </c>
       <c r="E1067" s="4">
-        <v>1.157</v>
+        <v>1.1768</v>
       </c>
     </row>
     <row r="1068" spans="1:6">
       <c r="B1068" s="5">
-        <v>44385</v>
+        <v>44432</v>
       </c>
       <c r="C1068" s="4">
-        <v>1.1611</v>
+        <v>1.176</v>
       </c>
       <c r="D1068" s="4">
-        <v>1.1611</v>
+        <v>1.176</v>
       </c>
       <c r="E1068" s="4">
-        <v>1.1611</v>
+        <v>1.176</v>
       </c>
     </row>
     <row r="1069" spans="1:6">
       <c r="B1069" s="5">
-        <v>44384</v>
+        <v>44431</v>
       </c>
       <c r="C1069" s="4">
-        <v>1.1593</v>
+        <v>1.1748</v>
       </c>
       <c r="D1069" s="4">
-        <v>1.1593</v>
+        <v>1.1748</v>
       </c>
       <c r="E1069" s="4">
-        <v>1.1593</v>
+        <v>1.1748</v>
       </c>
     </row>
     <row r="1070" spans="1:6">
       <c r="B1070" s="5">
-        <v>44383</v>
+        <v>44428</v>
       </c>
       <c r="C1070" s="4">
-        <v>1.1571</v>
+        <v>1.1727</v>
       </c>
       <c r="D1070" s="4">
-        <v>1.1571</v>
+        <v>1.1727</v>
       </c>
       <c r="E1070" s="4">
-        <v>1.1571</v>
+        <v>1.1727</v>
       </c>
     </row>
     <row r="1071" spans="1:6">
       <c r="B1071" s="5">
-        <v>44382</v>
+        <v>44427</v>
       </c>
       <c r="C1071" s="4">
-        <v>1.1579</v>
+        <v>1.1735</v>
       </c>
       <c r="D1071" s="4">
-        <v>1.1579</v>
+        <v>1.1735</v>
       </c>
       <c r="E1071" s="4">
-        <v>1.1579</v>
+        <v>1.1735</v>
       </c>
     </row>
     <row r="1072" spans="1:6">
       <c r="B1072" s="5">
-        <v>44379</v>
+        <v>44426</v>
       </c>
       <c r="C1072" s="4">
-        <v>1.157</v>
+        <v>1.1752</v>
       </c>
       <c r="D1072" s="4">
-        <v>1.157</v>
+        <v>1.1752</v>
       </c>
       <c r="E1072" s="4">
-        <v>1.157</v>
+        <v>1.1752</v>
       </c>
     </row>
     <row r="1073" spans="1:6">
       <c r="B1073" s="5">
-        <v>44378</v>
+        <v>44425</v>
       </c>
       <c r="C1073" s="4">
-        <v>1.1538</v>
+        <v>1.1758</v>
       </c>
       <c r="D1073" s="4">
-        <v>1.1538</v>
+        <v>1.1758</v>
       </c>
       <c r="E1073" s="4">
-        <v>1.1538</v>
+        <v>1.1758</v>
       </c>
     </row>
     <row r="1074" spans="1:6">
       <c r="B1074" s="5">
-        <v>44377</v>
+        <v>44424</v>
       </c>
       <c r="C1074" s="4">
-        <v>1.1562</v>
+        <v>1.1764</v>
       </c>
       <c r="D1074" s="4">
-        <v>1.1562</v>
+        <v>1.1764</v>
       </c>
       <c r="E1074" s="4">
-        <v>1.1562</v>
+        <v>1.1764</v>
       </c>
     </row>
     <row r="1075" spans="1:6">
       <c r="B1075" s="5">
-        <v>44376</v>
+        <v>44421</v>
       </c>
       <c r="C1075" s="4">
-        <v>1.1558</v>
+        <v>1.1779</v>
       </c>
       <c r="D1075" s="4">
-        <v>1.1558</v>
+        <v>1.1779</v>
       </c>
       <c r="E1075" s="4">
-        <v>1.1558</v>
+        <v>1.1779</v>
       </c>
     </row>
     <row r="1076" spans="1:6">
       <c r="B1076" s="5">
-        <v>44375</v>
+        <v>44420</v>
       </c>
       <c r="C1076" s="4">
-        <v>1.1558</v>
+        <v>1.1758</v>
       </c>
       <c r="D1076" s="4">
-        <v>1.1558</v>
+        <v>1.1758</v>
       </c>
       <c r="E1076" s="4">
-        <v>1.1558</v>
+        <v>1.1758</v>
       </c>
     </row>
     <row r="1077" spans="1:6">
       <c r="B1077" s="5">
-        <v>44372</v>
+        <v>44419</v>
       </c>
       <c r="C1077" s="4">
-        <v>1.1546</v>
+        <v>1.1748</v>
       </c>
       <c r="D1077" s="4">
-        <v>1.1546</v>
+        <v>1.1748</v>
       </c>
       <c r="E1077" s="4">
-        <v>1.1546</v>
+        <v>1.1748</v>
       </c>
     </row>
     <row r="1078" spans="1:6">
       <c r="B1078" s="5">
-        <v>44371</v>
+        <v>44418</v>
       </c>
       <c r="C1078" s="4">
-        <v>1.152</v>
+        <v>1.1746</v>
       </c>
       <c r="D1078" s="4">
-        <v>1.152</v>
+        <v>1.1746</v>
       </c>
       <c r="E1078" s="4">
-        <v>1.152</v>
+        <v>1.1746</v>
       </c>
     </row>
     <row r="1079" spans="1:6">
       <c r="B1079" s="5">
-        <v>44370</v>
+        <v>44417</v>
       </c>
       <c r="C1079" s="4">
-        <v>1.1546</v>
+        <v>1.1739</v>
       </c>
       <c r="D1079" s="4">
-        <v>1.1546</v>
+        <v>1.1739</v>
       </c>
       <c r="E1079" s="4">
-        <v>1.1546</v>
+        <v>1.1739</v>
       </c>
     </row>
     <row r="1080" spans="1:6">
       <c r="B1080" s="5">
-        <v>44369</v>
+        <v>44414</v>
       </c>
       <c r="C1080" s="4">
-        <v>1.1539</v>
+        <v>1.173</v>
       </c>
       <c r="D1080" s="4">
-        <v>1.1539</v>
+        <v>1.173</v>
       </c>
       <c r="E1080" s="4">
-        <v>1.1539</v>
+        <v>1.173</v>
       </c>
     </row>
     <row r="1081" spans="1:6">
       <c r="B1081" s="5">
-        <v>44368</v>
+        <v>44413</v>
       </c>
       <c r="C1081" s="4">
-        <v>1.1499</v>
+        <v>1.1719</v>
       </c>
       <c r="D1081" s="4">
-        <v>1.1499</v>
+        <v>1.1719</v>
       </c>
       <c r="E1081" s="4">
-        <v>1.1499</v>
+        <v>1.1719</v>
       </c>
     </row>
     <row r="1082" spans="1:6">
       <c r="B1082" s="5">
-        <v>44365</v>
+        <v>44412</v>
       </c>
       <c r="C1082" s="4">
-        <v>1.1563</v>
+        <v>1.172</v>
       </c>
       <c r="D1082" s="4">
-        <v>1.1563</v>
+        <v>1.172</v>
       </c>
       <c r="E1082" s="4">
-        <v>1.1563</v>
+        <v>1.172</v>
       </c>
     </row>
     <row r="1083" spans="1:6">
       <c r="B1083" s="5">
-        <v>44364</v>
+        <v>44411</v>
       </c>
       <c r="C1083" s="4">
-        <v>1.1556</v>
+        <v>1.1699</v>
       </c>
       <c r="D1083" s="4">
-        <v>1.1556</v>
+        <v>1.1699</v>
       </c>
       <c r="E1083" s="4">
-        <v>1.1556</v>
+        <v>1.1699</v>
       </c>
     </row>
     <row r="1084" spans="1:6">
       <c r="B1084" s="5">
-        <v>44363</v>
+        <v>44410</v>
       </c>
       <c r="C1084" s="4">
-        <v>1.157</v>
+        <v>1.1697</v>
       </c>
       <c r="D1084" s="4">
-        <v>1.157</v>
+        <v>1.1697</v>
       </c>
       <c r="E1084" s="4">
-        <v>1.157</v>
+        <v>1.1697</v>
       </c>
     </row>
     <row r="1085" spans="1:6">
       <c r="B1085" s="5">
-        <v>44362</v>
+        <v>44407</v>
       </c>
       <c r="C1085" s="4">
-        <v>1.1567</v>
+        <v>1.1679</v>
       </c>
       <c r="D1085" s="4">
-        <v>1.1567</v>
+        <v>1.1679</v>
       </c>
       <c r="E1085" s="4">
-        <v>1.1567</v>
+        <v>1.1679</v>
       </c>
     </row>
     <row r="1086" spans="1:6">
       <c r="B1086" s="5">
-        <v>44358</v>
+        <v>44406</v>
       </c>
       <c r="C1086" s="4">
-        <v>1.1552</v>
+        <v>1.1675</v>
       </c>
       <c r="D1086" s="4">
-        <v>1.1552</v>
+        <v>1.1675</v>
       </c>
       <c r="E1086" s="4">
-        <v>1.1552</v>
+        <v>1.1675</v>
       </c>
     </row>
     <row r="1087" spans="1:6">
       <c r="B1087" s="5">
-        <v>44357</v>
+        <v>44405</v>
       </c>
       <c r="C1087" s="4">
-        <v>1.1542</v>
+        <v>1.1654</v>
       </c>
       <c r="D1087" s="4">
-        <v>1.1542</v>
+        <v>1.1654</v>
       </c>
       <c r="E1087" s="4">
-        <v>1.1542</v>
+        <v>1.1654</v>
       </c>
     </row>
     <row r="1088" spans="1:6">
       <c r="B1088" s="5">
-        <v>44356</v>
+        <v>44404</v>
       </c>
       <c r="C1088" s="4">
-        <v>1.1535</v>
+        <v>1.1679</v>
       </c>
       <c r="D1088" s="4">
-        <v>1.1535</v>
+        <v>1.1679</v>
       </c>
       <c r="E1088" s="4">
-        <v>1.1535</v>
+        <v>1.1679</v>
       </c>
     </row>
     <row r="1089" spans="1:6">
       <c r="B1089" s="5">
-        <v>44355</v>
+        <v>44403</v>
       </c>
       <c r="C1089" s="4">
-        <v>1.1537</v>
+        <v>1.1676</v>
       </c>
       <c r="D1089" s="4">
-        <v>1.1537</v>
+        <v>1.1676</v>
       </c>
       <c r="E1089" s="4">
-        <v>1.1537</v>
+        <v>1.1676</v>
       </c>
     </row>
     <row r="1090" spans="1:6">
       <c r="B1090" s="5">
-        <v>44354</v>
+        <v>44400</v>
       </c>
       <c r="C1090" s="4">
-        <v>1.1539</v>
+        <v>1.1648</v>
       </c>
       <c r="D1090" s="4">
-        <v>1.1539</v>
+        <v>1.1648</v>
       </c>
       <c r="E1090" s="4">
-        <v>1.1539</v>
+        <v>1.1648</v>
       </c>
     </row>
     <row r="1091" spans="1:6">
       <c r="B1091" s="5">
-        <v>44351</v>
+        <v>44399</v>
       </c>
       <c r="C1091" s="4">
-        <v>1.1539</v>
+        <v>1.1649</v>
       </c>
       <c r="D1091" s="4">
-        <v>1.1539</v>
+        <v>1.1649</v>
       </c>
       <c r="E1091" s="4">
-        <v>1.1539</v>
+        <v>1.1649</v>
       </c>
     </row>
     <row r="1092" spans="1:6">
       <c r="B1092" s="5">
-        <v>44350</v>
+        <v>44398</v>
       </c>
       <c r="C1092" s="4">
-        <v>1.1522</v>
+        <v>1.1602</v>
       </c>
       <c r="D1092" s="4">
-        <v>1.1522</v>
+        <v>1.1602</v>
       </c>
       <c r="E1092" s="4">
-        <v>1.1522</v>
+        <v>1.1602</v>
       </c>
     </row>
     <row r="1093" spans="1:6">
       <c r="B1093" s="5">
-        <v>44349</v>
+        <v>44397</v>
       </c>
       <c r="C1093" s="4">
-        <v>1.1499</v>
+        <v>1.1548</v>
       </c>
       <c r="D1093" s="4">
-        <v>1.1499</v>
+        <v>1.1548</v>
       </c>
       <c r="E1093" s="4">
-        <v>1.1499</v>
+        <v>1.1548</v>
       </c>
     </row>
     <row r="1094" spans="1:6">
       <c r="B1094" s="5">
-        <v>44348</v>
+        <v>44396</v>
       </c>
       <c r="C1094" s="4">
-        <v>1.1466</v>
+        <v>1.1599</v>
       </c>
       <c r="D1094" s="4">
-        <v>1.1466</v>
+        <v>1.1599</v>
       </c>
       <c r="E1094" s="4">
-        <v>1.1466</v>
+        <v>1.1599</v>
       </c>
     </row>
     <row r="1095" spans="1:6">
       <c r="B1095" s="5">
-        <v>44347</v>
+        <v>44393</v>
       </c>
       <c r="C1095" s="4">
-        <v>1.1481</v>
+        <v>1.1627</v>
       </c>
       <c r="D1095" s="4">
-        <v>1.1481</v>
+        <v>1.1627</v>
       </c>
       <c r="E1095" s="4">
-        <v>1.1481</v>
+        <v>1.1627</v>
       </c>
     </row>
     <row r="1096" spans="1:6">
       <c r="B1096" s="5">
-        <v>44344</v>
+        <v>44392</v>
       </c>
       <c r="C1096" s="4">
-        <v>1.1465</v>
+        <v>1.1621</v>
       </c>
       <c r="D1096" s="4">
-        <v>1.1465</v>
+        <v>1.1621</v>
       </c>
       <c r="E1096" s="4">
-        <v>1.1465</v>
+        <v>1.1621</v>
       </c>
     </row>
     <row r="1097" spans="1:6">
       <c r="B1097" s="5">
-        <v>44343</v>
+        <v>44391</v>
       </c>
       <c r="C1097" s="4">
-        <v>1.1444</v>
+        <v>1.163</v>
       </c>
       <c r="D1097" s="4">
-        <v>1.1444</v>
+        <v>1.163</v>
       </c>
       <c r="E1097" s="4">
-        <v>1.1444</v>
+        <v>1.163</v>
       </c>
     </row>
     <row r="1098" spans="1:6">
       <c r="B1098" s="5">
-        <v>44342</v>
+        <v>44390</v>
       </c>
       <c r="C1098" s="4">
-        <v>1.1431</v>
+        <v>1.1621</v>
       </c>
       <c r="D1098" s="4">
-        <v>1.1431</v>
+        <v>1.1621</v>
       </c>
       <c r="E1098" s="4">
-        <v>1.1431</v>
+        <v>1.1621</v>
       </c>
     </row>
     <row r="1099" spans="1:6">
       <c r="B1099" s="5">
-        <v>44341</v>
+        <v>44389</v>
       </c>
       <c r="C1099" s="4">
-        <v>1.1436</v>
+        <v>1.1605</v>
       </c>
       <c r="D1099" s="4">
-        <v>1.1436</v>
+        <v>1.1605</v>
       </c>
       <c r="E1099" s="4">
-        <v>1.1436</v>
+        <v>1.1605</v>
       </c>
     </row>
     <row r="1100" spans="1:6">
       <c r="B1100" s="5">
-        <v>44340</v>
+        <v>44386</v>
       </c>
       <c r="C1100" s="4">
-        <v>1.1401</v>
+        <v>1.157</v>
       </c>
       <c r="D1100" s="4">
-        <v>1.1401</v>
+        <v>1.157</v>
       </c>
       <c r="E1100" s="4">
-        <v>1.1401</v>
+        <v>1.157</v>
       </c>
     </row>
     <row r="1101" spans="1:6">
       <c r="B1101" s="5">
-        <v>44337</v>
+        <v>44385</v>
       </c>
       <c r="C1101" s="4">
-        <v>1.1385</v>
+        <v>1.1611</v>
       </c>
       <c r="D1101" s="4">
-        <v>1.1385</v>
+        <v>1.1611</v>
       </c>
       <c r="E1101" s="4">
-        <v>1.1385</v>
+        <v>1.1611</v>
       </c>
     </row>
     <row r="1102" spans="1:6">
       <c r="B1102" s="5">
-        <v>44336</v>
+        <v>44384</v>
       </c>
       <c r="C1102" s="4">
-        <v>1.1365</v>
+        <v>1.1593</v>
       </c>
       <c r="D1102" s="4">
-        <v>1.1365</v>
+        <v>1.1593</v>
       </c>
       <c r="E1102" s="4">
-        <v>1.1365</v>
+        <v>1.1593</v>
       </c>
     </row>
     <row r="1103" spans="1:6">
       <c r="B1103" s="5">
-        <v>44335</v>
+        <v>44383</v>
       </c>
       <c r="C1103" s="4">
-        <v>1.1354</v>
+        <v>1.1571</v>
       </c>
       <c r="D1103" s="4">
-        <v>1.1354</v>
+        <v>1.1571</v>
       </c>
       <c r="E1103" s="4">
-        <v>1.1354</v>
+        <v>1.1571</v>
       </c>
     </row>
     <row r="1104" spans="1:6">
       <c r="B1104" s="5">
-        <v>44334</v>
+        <v>44382</v>
       </c>
       <c r="C1104" s="4">
-        <v>1.1392</v>
+        <v>1.1579</v>
       </c>
       <c r="D1104" s="4">
-        <v>1.1392</v>
+        <v>1.1579</v>
       </c>
       <c r="E1104" s="4">
-        <v>1.1392</v>
+        <v>1.1579</v>
       </c>
     </row>
     <row r="1105" spans="1:6">
       <c r="B1105" s="5">
-        <v>44333</v>
+        <v>44379</v>
       </c>
       <c r="C1105" s="4">
-        <v>1.138</v>
+        <v>1.157</v>
       </c>
       <c r="D1105" s="4">
-        <v>1.138</v>
+        <v>1.157</v>
       </c>
       <c r="E1105" s="4">
-        <v>1.138</v>
+        <v>1.157</v>
       </c>
     </row>
     <row r="1106" spans="1:6">
       <c r="B1106" s="5">
-        <v>44330</v>
+        <v>44378</v>
       </c>
       <c r="C1106" s="4">
-        <v>1.1336</v>
+        <v>1.1538</v>
       </c>
       <c r="D1106" s="4">
-        <v>1.1336</v>
+        <v>1.1538</v>
       </c>
       <c r="E1106" s="4">
-        <v>1.1336</v>
+        <v>1.1538</v>
       </c>
     </row>
     <row r="1107" spans="1:6">
       <c r="B1107" s="5">
-        <v>44329</v>
+        <v>44377</v>
       </c>
       <c r="C1107" s="4">
-        <v>1.1316</v>
+        <v>1.1562</v>
       </c>
       <c r="D1107" s="4">
-        <v>1.1316</v>
+        <v>1.1562</v>
       </c>
       <c r="E1107" s="4">
-        <v>1.1316</v>
+        <v>1.1562</v>
       </c>
     </row>
     <row r="1108" spans="1:6">
       <c r="B1108" s="5">
-        <v>44328</v>
+        <v>44376</v>
       </c>
       <c r="C1108" s="4">
-        <v>1.1361</v>
+        <v>1.1558</v>
       </c>
       <c r="D1108" s="4">
-        <v>1.1361</v>
+        <v>1.1558</v>
       </c>
       <c r="E1108" s="4">
-        <v>1.1361</v>
+        <v>1.1558</v>
       </c>
     </row>
     <row r="1109" spans="1:6">
       <c r="B1109" s="5">
-        <v>44327</v>
+        <v>44375</v>
       </c>
       <c r="C1109" s="4">
-        <v>1.1408</v>
+        <v>1.1558</v>
       </c>
       <c r="D1109" s="4">
-        <v>1.1408</v>
+        <v>1.1558</v>
       </c>
       <c r="E1109" s="4">
-        <v>1.1408</v>
+        <v>1.1558</v>
       </c>
     </row>
     <row r="1110" spans="1:6">
       <c r="B1110" s="5">
-        <v>44326</v>
+        <v>44372</v>
       </c>
       <c r="C1110" s="4">
-        <v>1.1441</v>
+        <v>1.1546</v>
       </c>
       <c r="D1110" s="4">
-        <v>1.1441</v>
+        <v>1.1546</v>
       </c>
       <c r="E1110" s="4">
-        <v>1.1441</v>
+        <v>1.1546</v>
       </c>
     </row>
     <row r="1111" spans="1:6">
       <c r="B1111" s="5">
-        <v>44323</v>
+        <v>44371</v>
       </c>
       <c r="C1111" s="4">
-        <v>1.14</v>
+        <v>1.152</v>
       </c>
       <c r="D1111" s="4">
-        <v>1.14</v>
+        <v>1.152</v>
       </c>
       <c r="E1111" s="4">
-        <v>1.14</v>
+        <v>1.152</v>
       </c>
     </row>
     <row r="1112" spans="1:6">
       <c r="B1112" s="5">
-        <v>44322</v>
+        <v>44370</v>
       </c>
       <c r="C1112" s="4">
-        <v>1.1373</v>
+        <v>1.1546</v>
       </c>
       <c r="D1112" s="4">
-        <v>1.1373</v>
+        <v>1.1546</v>
       </c>
       <c r="E1112" s="4">
-        <v>1.1373</v>
+        <v>1.1546</v>
       </c>
     </row>
     <row r="1113" spans="1:6">
       <c r="B1113" s="5">
-        <v>44321</v>
+        <v>44369</v>
       </c>
       <c r="C1113" s="4">
-        <v>1.1378</v>
+        <v>1.1539</v>
       </c>
       <c r="D1113" s="4">
-        <v>1.1378</v>
+        <v>1.1539</v>
       </c>
       <c r="E1113" s="4">
-        <v>1.1378</v>
+        <v>1.1539</v>
       </c>
     </row>
     <row r="1114" spans="1:6">
       <c r="B1114" s="5">
-        <v>44320</v>
+        <v>44368</v>
       </c>
       <c r="C1114" s="4">
-        <v>1.1377</v>
+        <v>1.1499</v>
       </c>
       <c r="D1114" s="4">
-        <v>1.1377</v>
+        <v>1.1499</v>
       </c>
       <c r="E1114" s="4">
-        <v>1.1377</v>
+        <v>1.1499</v>
       </c>
     </row>
     <row r="1115" spans="1:6">
       <c r="B1115" s="5">
-        <v>44319</v>
+        <v>44365</v>
       </c>
       <c r="C1115" s="4">
-        <v>1.1366</v>
+        <v>1.1563</v>
       </c>
       <c r="D1115" s="4">
-        <v>1.1366</v>
+        <v>1.1563</v>
       </c>
       <c r="E1115" s="4">
-        <v>1.1366</v>
+        <v>1.1563</v>
       </c>
     </row>
     <row r="1116" spans="1:6">
       <c r="B1116" s="5">
-        <v>44316</v>
+        <v>44364</v>
       </c>
       <c r="C1116" s="4">
-        <v>1.1387</v>
+        <v>1.1556</v>
       </c>
       <c r="D1116" s="4">
-        <v>1.1387</v>
+        <v>1.1556</v>
       </c>
       <c r="E1116" s="4">
-        <v>1.1387</v>
+        <v>1.1556</v>
       </c>
     </row>
     <row r="1117" spans="1:6">
       <c r="B1117" s="5">
-        <v>44315</v>
+        <v>44363</v>
       </c>
       <c r="C1117" s="4">
-        <v>1.1395</v>
+        <v>1.157</v>
       </c>
       <c r="D1117" s="4">
-        <v>1.1395</v>
+        <v>1.157</v>
       </c>
       <c r="E1117" s="4">
-        <v>1.1395</v>
+        <v>1.157</v>
       </c>
     </row>
     <row r="1118" spans="1:6">
       <c r="B1118" s="5">
-        <v>44314</v>
+        <v>44362</v>
       </c>
       <c r="C1118" s="4">
-        <v>1.1383</v>
+        <v>1.1567</v>
       </c>
       <c r="D1118" s="4">
-        <v>1.1383</v>
+        <v>1.1567</v>
       </c>
       <c r="E1118" s="4">
-        <v>1.1383</v>
+        <v>1.1567</v>
       </c>
     </row>
     <row r="1119" spans="1:6">
       <c r="B1119" s="5">
-        <v>44313</v>
+        <v>44358</v>
       </c>
       <c r="C1119" s="4">
-        <v>1.1369</v>
+        <v>1.1552</v>
       </c>
       <c r="D1119" s="4">
-        <v>1.1369</v>
+        <v>1.1552</v>
       </c>
       <c r="E1119" s="4">
-        <v>1.1369</v>
+        <v>1.1552</v>
       </c>
     </row>
     <row r="1120" spans="1:6">
       <c r="B1120" s="5">
-        <v>44312</v>
+        <v>44357</v>
       </c>
       <c r="C1120" s="4">
-        <v>1.1376</v>
+        <v>1.1542</v>
       </c>
       <c r="D1120" s="4">
-        <v>1.1376</v>
+        <v>1.1542</v>
       </c>
       <c r="E1120" s="4">
-        <v>1.1376</v>
+        <v>1.1542</v>
       </c>
     </row>
     <row r="1121" spans="1:6">
       <c r="B1121" s="5">
-        <v>44309</v>
+        <v>44356</v>
       </c>
       <c r="C1121" s="4">
-        <v>1.136</v>
+        <v>1.1535</v>
       </c>
       <c r="D1121" s="4">
-        <v>1.136</v>
+        <v>1.1535</v>
       </c>
       <c r="E1121" s="4">
-        <v>1.136</v>
+        <v>1.1535</v>
       </c>
     </row>
     <row r="1122" spans="1:6">
       <c r="B1122" s="5">
-        <v>44308</v>
+        <v>44355</v>
       </c>
       <c r="C1122" s="4">
-        <v>1.1355</v>
+        <v>1.1537</v>
       </c>
       <c r="D1122" s="4">
-        <v>1.1355</v>
+        <v>1.1537</v>
       </c>
       <c r="E1122" s="4">
-        <v>1.1355</v>
+        <v>1.1537</v>
       </c>
     </row>
     <row r="1123" spans="1:6">
       <c r="B1123" s="5">
-        <v>44307</v>
+        <v>44354</v>
       </c>
       <c r="C1123" s="4">
-        <v>1.1327</v>
+        <v>1.1539</v>
       </c>
       <c r="D1123" s="4">
-        <v>1.1327</v>
+        <v>1.1539</v>
       </c>
       <c r="E1123" s="4">
-        <v>1.1327</v>
+        <v>1.1539</v>
       </c>
     </row>
     <row r="1124" spans="1:6">
       <c r="B1124" s="5">
-        <v>44306</v>
+        <v>44351</v>
       </c>
       <c r="C1124" s="4">
-        <v>1.1352</v>
+        <v>1.1539</v>
       </c>
       <c r="D1124" s="4">
-        <v>1.1352</v>
+        <v>1.1539</v>
       </c>
       <c r="E1124" s="4">
-        <v>1.1352</v>
+        <v>1.1539</v>
       </c>
     </row>
     <row r="1125" spans="1:6">
       <c r="B1125" s="5">
-        <v>44305</v>
+        <v>44350</v>
       </c>
       <c r="C1125" s="4">
-        <v>1.138</v>
+        <v>1.1522</v>
       </c>
       <c r="D1125" s="4">
-        <v>1.138</v>
+        <v>1.1522</v>
       </c>
       <c r="E1125" s="4">
-        <v>1.138</v>
+        <v>1.1522</v>
       </c>
     </row>
     <row r="1126" spans="1:6">
       <c r="B1126" s="5">
-        <v>44302</v>
+        <v>44349</v>
       </c>
       <c r="C1126" s="4">
-        <v>1.136</v>
+        <v>1.1499</v>
       </c>
       <c r="D1126" s="4">
-        <v>1.136</v>
+        <v>1.1499</v>
       </c>
       <c r="E1126" s="4">
-        <v>1.136</v>
+        <v>1.1499</v>
       </c>
     </row>
     <row r="1127" spans="1:6">
       <c r="B1127" s="5">
-        <v>44301</v>
+        <v>44348</v>
       </c>
       <c r="C1127" s="4">
-        <v>1.1339</v>
+        <v>1.1466</v>
       </c>
       <c r="D1127" s="4">
-        <v>1.1339</v>
+        <v>1.1466</v>
       </c>
       <c r="E1127" s="4">
-        <v>1.1339</v>
+        <v>1.1466</v>
       </c>
     </row>
     <row r="1128" spans="1:6">
       <c r="B1128" s="5">
-        <v>44300</v>
+        <v>44347</v>
       </c>
       <c r="C1128" s="4">
-        <v>1.1346</v>
+        <v>1.1481</v>
       </c>
       <c r="D1128" s="4">
-        <v>1.1346</v>
+        <v>1.1481</v>
       </c>
       <c r="E1128" s="4">
-        <v>1.1346</v>
+        <v>1.1481</v>
       </c>
     </row>
     <row r="1129" spans="1:6">
       <c r="B1129" s="5">
-        <v>44299</v>
+        <v>44344</v>
       </c>
       <c r="C1129" s="4">
-        <v>1.1323</v>
+        <v>1.1465</v>
       </c>
       <c r="D1129" s="4">
-        <v>1.1323</v>
+        <v>1.1465</v>
       </c>
       <c r="E1129" s="4">
-        <v>1.1323</v>
+        <v>1.1465</v>
       </c>
     </row>
     <row r="1130" spans="1:6">
       <c r="B1130" s="5">
-        <v>44298</v>
+        <v>44343</v>
       </c>
       <c r="C1130" s="4">
-        <v>1.1329</v>
+        <v>1.1444</v>
       </c>
       <c r="D1130" s="4">
-        <v>1.1329</v>
+        <v>1.1444</v>
       </c>
       <c r="E1130" s="4">
-        <v>1.1329</v>
+        <v>1.1444</v>
       </c>
     </row>
     <row r="1131" spans="1:6">
       <c r="B1131" s="5">
-        <v>44295</v>
+        <v>44342</v>
       </c>
       <c r="C1131" s="4">
-        <v>1.1329</v>
+        <v>1.1431</v>
       </c>
       <c r="D1131" s="4">
-        <v>1.1329</v>
+        <v>1.1431</v>
       </c>
       <c r="E1131" s="4">
-        <v>1.1329</v>
+        <v>1.1431</v>
       </c>
     </row>
     <row r="1132" spans="1:6">
       <c r="B1132" s="5">
-        <v>44294</v>
+        <v>44341</v>
       </c>
       <c r="C1132" s="4">
-        <v>1.1314</v>
+        <v>1.1436</v>
       </c>
       <c r="D1132" s="4">
-        <v>1.1314</v>
+        <v>1.1436</v>
       </c>
       <c r="E1132" s="4">
-        <v>1.1314</v>
+        <v>1.1436</v>
       </c>
     </row>
     <row r="1133" spans="1:6">
       <c r="B1133" s="5">
-        <v>44293</v>
+        <v>44340</v>
       </c>
       <c r="C1133" s="4">
-        <v>1.1287</v>
+        <v>1.1401</v>
       </c>
       <c r="D1133" s="4">
-        <v>1.1287</v>
+        <v>1.1401</v>
       </c>
       <c r="E1133" s="4">
-        <v>1.1287</v>
+        <v>1.1401</v>
       </c>
     </row>
     <row r="1134" spans="1:6">
       <c r="B1134" s="5">
-        <v>44292</v>
+        <v>44337</v>
       </c>
       <c r="C1134" s="4">
-        <v>1.1269</v>
+        <v>1.1385</v>
       </c>
       <c r="D1134" s="4">
-        <v>1.1269</v>
+        <v>1.1385</v>
       </c>
       <c r="E1134" s="4">
-        <v>1.1269</v>
+        <v>1.1385</v>
       </c>
     </row>
     <row r="1135" spans="1:6">
       <c r="B1135" s="5">
-        <v>44287</v>
+        <v>44336</v>
       </c>
       <c r="C1135" s="4">
-        <v>1.1191</v>
+        <v>1.1365</v>
       </c>
       <c r="D1135" s="4">
-        <v>1.1191</v>
+        <v>1.1365</v>
       </c>
       <c r="E1135" s="4">
-        <v>1.1191</v>
+        <v>1.1365</v>
       </c>
     </row>
     <row r="1136" spans="1:6">
       <c r="B1136" s="5">
-        <v>44286</v>
+        <v>44335</v>
       </c>
       <c r="C1136" s="4">
-        <v>1.1189</v>
+        <v>1.1354</v>
       </c>
       <c r="D1136" s="4">
-        <v>1.1189</v>
+        <v>1.1354</v>
       </c>
       <c r="E1136" s="4">
-        <v>1.1189</v>
+        <v>1.1354</v>
       </c>
     </row>
     <row r="1137" spans="1:6">
       <c r="B1137" s="5">
-        <v>44285</v>
+        <v>44334</v>
       </c>
       <c r="C1137" s="4">
-        <v>1.1161</v>
+        <v>1.1392</v>
       </c>
       <c r="D1137" s="4">
-        <v>1.1161</v>
+        <v>1.1392</v>
       </c>
       <c r="E1137" s="4">
-        <v>1.1161</v>
+        <v>1.1392</v>
       </c>
     </row>
     <row r="1138" spans="1:6">
       <c r="B1138" s="5">
-        <v>44284</v>
+        <v>44333</v>
       </c>
       <c r="C1138" s="4">
-        <v>1.118</v>
+        <v>1.138</v>
       </c>
       <c r="D1138" s="4">
-        <v>1.118</v>
+        <v>1.138</v>
       </c>
       <c r="E1138" s="4">
-        <v>1.118</v>
+        <v>1.138</v>
       </c>
     </row>
     <row r="1139" spans="1:6">
       <c r="B1139" s="5">
-        <v>44281</v>
+        <v>44330</v>
       </c>
       <c r="C1139" s="4">
-        <v>1.1164</v>
+        <v>1.1336</v>
       </c>
       <c r="D1139" s="4">
-        <v>1.1164</v>
+        <v>1.1336</v>
       </c>
       <c r="E1139" s="4">
-        <v>1.1164</v>
+        <v>1.1336</v>
       </c>
     </row>
     <row r="1140" spans="1:6">
       <c r="B1140" s="5">
-        <v>44280</v>
+        <v>44329</v>
       </c>
       <c r="C1140" s="4">
-        <v>1.1133</v>
+        <v>1.1316</v>
       </c>
       <c r="D1140" s="4">
-        <v>1.1133</v>
+        <v>1.1316</v>
       </c>
       <c r="E1140" s="4">
-        <v>1.1133</v>
+        <v>1.1316</v>
       </c>
     </row>
     <row r="1141" spans="1:6">
       <c r="B1141" s="5">
-        <v>44279</v>
+        <v>44328</v>
       </c>
       <c r="C1141" s="4">
-        <v>1.1138</v>
+        <v>1.1361</v>
       </c>
       <c r="D1141" s="4">
-        <v>1.1138</v>
+        <v>1.1361</v>
       </c>
       <c r="E1141" s="4">
-        <v>1.1138</v>
+        <v>1.1361</v>
       </c>
     </row>
     <row r="1142" spans="1:6">
       <c r="B1142" s="5">
-        <v>44278</v>
+        <v>44327</v>
       </c>
       <c r="C1142" s="4">
-        <v>1.1133</v>
+        <v>1.1408</v>
       </c>
       <c r="D1142" s="4">
-        <v>1.1133</v>
+        <v>1.1408</v>
       </c>
       <c r="E1142" s="4">
-        <v>1.1133</v>
+        <v>1.1408</v>
       </c>
     </row>
     <row r="1143" spans="1:6">
       <c r="B1143" s="5">
-        <v>44277</v>
+        <v>44326</v>
       </c>
       <c r="C1143" s="4">
-        <v>1.1127</v>
+        <v>1.1441</v>
       </c>
       <c r="D1143" s="4">
-        <v>1.1127</v>
+        <v>1.1441</v>
       </c>
       <c r="E1143" s="4">
-        <v>1.1127</v>
+        <v>1.1441</v>
       </c>
     </row>
     <row r="1144" spans="1:6">
       <c r="B1144" s="5">
-        <v>44274</v>
+        <v>44323</v>
       </c>
       <c r="C1144" s="4">
-        <v>1.1114</v>
+        <v>1.14</v>
       </c>
       <c r="D1144" s="4">
-        <v>1.1114</v>
+        <v>1.14</v>
       </c>
       <c r="E1144" s="4">
-        <v>1.1114</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="1145" spans="1:6">
       <c r="B1145" s="5">
-        <v>44273</v>
+        <v>44322</v>
       </c>
       <c r="C1145" s="4">
-        <v>1.1159</v>
+        <v>1.1373</v>
       </c>
       <c r="D1145" s="4">
-        <v>1.1159</v>
+        <v>1.1373</v>
       </c>
       <c r="E1145" s="4">
-        <v>1.1159</v>
+        <v>1.1373</v>
       </c>
     </row>
     <row r="1146" spans="1:6">
       <c r="B1146" s="5">
-        <v>44272</v>
+        <v>44321</v>
       </c>
       <c r="C1146" s="4">
-        <v>1.1164</v>
+        <v>1.1378</v>
       </c>
       <c r="D1146" s="4">
-        <v>1.1164</v>
+        <v>1.1378</v>
       </c>
       <c r="E1146" s="4">
-        <v>1.1164</v>
+        <v>1.1378</v>
       </c>
     </row>
     <row r="1147" spans="1:6">
       <c r="B1147" s="5">
-        <v>44271</v>
+        <v>44320</v>
       </c>
       <c r="C1147" s="4">
-        <v>1.1175</v>
+        <v>1.1377</v>
       </c>
       <c r="D1147" s="4">
-        <v>1.1175</v>
+        <v>1.1377</v>
       </c>
       <c r="E1147" s="4">
-        <v>1.1175</v>
+        <v>1.1377</v>
       </c>
     </row>
     <row r="1148" spans="1:6">
       <c r="B1148" s="5">
-        <v>44270</v>
+        <v>44319</v>
       </c>
       <c r="C1148" s="4">
-        <v>1.1147</v>
+        <v>1.1366</v>
       </c>
       <c r="D1148" s="4">
-        <v>1.1147</v>
+        <v>1.1366</v>
       </c>
       <c r="E1148" s="4">
-        <v>1.1147</v>
+        <v>1.1366</v>
       </c>
     </row>
     <row r="1149" spans="1:6">
       <c r="B1149" s="5">
-        <v>44267</v>
+        <v>44316</v>
       </c>
       <c r="C1149" s="4">
-        <v>1.114</v>
+        <v>1.1387</v>
       </c>
       <c r="D1149" s="4">
-        <v>1.114</v>
+        <v>1.1387</v>
       </c>
       <c r="E1149" s="4">
-        <v>1.114</v>
+        <v>1.1387</v>
       </c>
     </row>
     <row r="1150" spans="1:6">
       <c r="B1150" s="5">
-        <v>44266</v>
+        <v>44315</v>
       </c>
       <c r="C1150" s="4">
-        <v>1.1102</v>
+        <v>1.1395</v>
       </c>
       <c r="D1150" s="4">
-        <v>1.1102</v>
+        <v>1.1395</v>
       </c>
       <c r="E1150" s="4">
-        <v>1.1102</v>
+        <v>1.1395</v>
       </c>
     </row>
     <row r="1151" spans="1:6">
       <c r="B1151" s="5">
-        <v>44265</v>
+        <v>44314</v>
       </c>
       <c r="C1151" s="4">
-        <v>1.1086</v>
+        <v>1.1383</v>
       </c>
       <c r="D1151" s="4">
-        <v>1.1086</v>
+        <v>1.1383</v>
       </c>
       <c r="E1151" s="4">
-        <v>1.1086</v>
+        <v>1.1383</v>
       </c>
     </row>
     <row r="1152" spans="1:6">
       <c r="B1152" s="5">
-        <v>44264</v>
+        <v>44313</v>
       </c>
       <c r="C1152" s="4">
-        <v>1.1075</v>
+        <v>1.1369</v>
       </c>
       <c r="D1152" s="4">
-        <v>1.1075</v>
+        <v>1.1369</v>
       </c>
       <c r="E1152" s="4">
-        <v>1.1075</v>
+        <v>1.1369</v>
       </c>
     </row>
     <row r="1153" spans="1:6">
       <c r="B1153" s="5">
-        <v>44263</v>
+        <v>44312</v>
       </c>
       <c r="C1153" s="4">
-        <v>1.1063</v>
+        <v>1.1376</v>
       </c>
       <c r="D1153" s="4">
-        <v>1.1063</v>
+        <v>1.1376</v>
       </c>
       <c r="E1153" s="4">
-        <v>1.1063</v>
+        <v>1.1376</v>
       </c>
     </row>
     <row r="1154" spans="1:6">
       <c r="B1154" s="5">
-        <v>44260</v>
+        <v>44309</v>
       </c>
       <c r="C1154" s="4">
-        <v>1.1</v>
+        <v>1.136</v>
       </c>
       <c r="D1154" s="4">
-        <v>1.1</v>
+        <v>1.136</v>
       </c>
       <c r="E1154" s="4">
-        <v>1.1</v>
+        <v>1.136</v>
       </c>
     </row>
     <row r="1155" spans="1:6">
       <c r="B1155" s="5">
-        <v>44259</v>
+        <v>44308</v>
       </c>
       <c r="C1155" s="4">
-        <v>1.1057</v>
+        <v>1.1355</v>
       </c>
       <c r="D1155" s="4">
-        <v>1.1057</v>
+        <v>1.1355</v>
       </c>
       <c r="E1155" s="4">
-        <v>1.1057</v>
+        <v>1.1355</v>
       </c>
     </row>
     <row r="1156" spans="1:6">
       <c r="B1156" s="5">
-        <v>44258</v>
+        <v>44307</v>
       </c>
       <c r="C1156" s="4">
-        <v>1.1078</v>
+        <v>1.1327</v>
       </c>
       <c r="D1156" s="4">
-        <v>1.1078</v>
+        <v>1.1327</v>
       </c>
       <c r="E1156" s="4">
-        <v>1.1078</v>
+        <v>1.1327</v>
       </c>
     </row>
     <row r="1157" spans="1:6">
       <c r="B1157" s="5">
-        <v>44257</v>
+        <v>44306</v>
       </c>
       <c r="C1157" s="4">
-        <v>1.1081</v>
+        <v>1.1352</v>
       </c>
       <c r="D1157" s="4">
-        <v>1.1081</v>
+        <v>1.1352</v>
       </c>
       <c r="E1157" s="4">
-        <v>1.1081</v>
+        <v>1.1352</v>
       </c>
     </row>
     <row r="1158" spans="1:6">
       <c r="B1158" s="5">
-        <v>44256</v>
+        <v>44305</v>
       </c>
       <c r="C1158" s="4">
-        <v>1.1036</v>
+        <v>1.138</v>
       </c>
       <c r="D1158" s="4">
-        <v>1.1036</v>
+        <v>1.138</v>
       </c>
       <c r="E1158" s="4">
-        <v>1.1036</v>
+        <v>1.138</v>
       </c>
     </row>
     <row r="1159" spans="1:6">
       <c r="B1159" s="5">
-        <v>44253</v>
+        <v>44302</v>
       </c>
       <c r="C1159" s="4">
-        <v>1.0994</v>
+        <v>1.136</v>
       </c>
       <c r="D1159" s="4">
-        <v>1.0994</v>
+        <v>1.136</v>
       </c>
       <c r="E1159" s="4">
-        <v>1.0994</v>
+        <v>1.136</v>
       </c>
     </row>
     <row r="1160" spans="1:6">
       <c r="B1160" s="5">
-        <v>44252</v>
+        <v>44301</v>
       </c>
       <c r="C1160" s="4">
-        <v>1.1087</v>
+        <v>1.1339</v>
       </c>
       <c r="D1160" s="4">
-        <v>1.1087</v>
+        <v>1.1339</v>
       </c>
       <c r="E1160" s="4">
-        <v>1.1087</v>
+        <v>1.1339</v>
       </c>
     </row>
     <row r="1161" spans="1:6">
       <c r="B1161" s="5">
-        <v>44251</v>
+        <v>44300</v>
       </c>
       <c r="C1161" s="4">
-        <v>1.1064</v>
+        <v>1.1346</v>
       </c>
       <c r="D1161" s="4">
-        <v>1.1064</v>
+        <v>1.1346</v>
       </c>
       <c r="E1161" s="4">
-        <v>1.1064</v>
+        <v>1.1346</v>
       </c>
     </row>
     <row r="1162" spans="1:6">
       <c r="B1162" s="5">
-        <v>44250</v>
+        <v>44299</v>
       </c>
       <c r="C1162" s="4">
-        <v>1.1079</v>
+        <v>1.1323</v>
       </c>
       <c r="D1162" s="4">
-        <v>1.1079</v>
+        <v>1.1323</v>
       </c>
       <c r="E1162" s="4">
-        <v>1.1079</v>
+        <v>1.1323</v>
       </c>
     </row>
     <row r="1163" spans="1:6">
       <c r="B1163" s="5">
-        <v>44249</v>
+        <v>44298</v>
       </c>
       <c r="C1163" s="4">
-        <v>1.1086</v>
+        <v>1.1329</v>
       </c>
       <c r="D1163" s="4">
-        <v>1.1086</v>
+        <v>1.1329</v>
       </c>
       <c r="E1163" s="4">
-        <v>1.1086</v>
+        <v>1.1329</v>
       </c>
     </row>
     <row r="1164" spans="1:6">
       <c r="B1164" s="5">
-        <v>44246</v>
+        <v>44295</v>
       </c>
       <c r="C1164" s="4">
-        <v>1.1114</v>
+        <v>1.1329</v>
       </c>
       <c r="D1164" s="4">
-        <v>1.1114</v>
+        <v>1.1329</v>
       </c>
       <c r="E1164" s="4">
-        <v>1.1114</v>
+        <v>1.1329</v>
       </c>
     </row>
     <row r="1165" spans="1:6">
       <c r="B1165" s="5">
-        <v>44245</v>
+        <v>44294</v>
       </c>
       <c r="C1165" s="4">
-        <v>1.1167</v>
+        <v>1.1314</v>
       </c>
       <c r="D1165" s="4">
-        <v>1.1167</v>
+        <v>1.1314</v>
       </c>
       <c r="E1165" s="4">
-        <v>1.1167</v>
+        <v>1.1314</v>
       </c>
     </row>
     <row r="1166" spans="1:6">
       <c r="B1166" s="5">
-        <v>44244</v>
+        <v>44293</v>
       </c>
       <c r="C1166" s="4">
-        <v>1.1174</v>
+        <v>1.1287</v>
       </c>
       <c r="D1166" s="4">
-        <v>1.1174</v>
+        <v>1.1287</v>
       </c>
       <c r="E1166" s="4">
-        <v>1.1174</v>
+        <v>1.1287</v>
       </c>
     </row>
     <row r="1167" spans="1:6">
       <c r="B1167" s="5">
-        <v>44243</v>
+        <v>44292</v>
       </c>
       <c r="C1167" s="4">
-        <v>1.118</v>
+        <v>1.1269</v>
       </c>
       <c r="D1167" s="4">
-        <v>1.118</v>
+        <v>1.1269</v>
       </c>
       <c r="E1167" s="4">
-        <v>1.118</v>
+        <v>1.1269</v>
       </c>
     </row>
     <row r="1168" spans="1:6">
       <c r="B1168" s="5">
-        <v>44242</v>
+        <v>44287</v>
       </c>
       <c r="C1168" s="4">
-        <v>1.1155</v>
+        <v>1.1191</v>
       </c>
       <c r="D1168" s="4">
-        <v>1.1155</v>
+        <v>1.1191</v>
       </c>
       <c r="E1168" s="4">
-        <v>1.1155</v>
+        <v>1.1191</v>
       </c>
     </row>
     <row r="1169" spans="1:6">
       <c r="B1169" s="5">
-        <v>44239</v>
+        <v>44286</v>
       </c>
       <c r="C1169" s="4">
-        <v>1.1129</v>
+        <v>1.1189</v>
       </c>
       <c r="D1169" s="4">
-        <v>1.1129</v>
+        <v>1.1189</v>
       </c>
       <c r="E1169" s="4">
-        <v>1.1129</v>
+        <v>1.1189</v>
       </c>
     </row>
     <row r="1170" spans="1:6">
       <c r="B1170" s="5">
-        <v>44238</v>
+        <v>44285</v>
       </c>
       <c r="C1170" s="4">
-        <v>1.1138</v>
+        <v>1.1161</v>
       </c>
       <c r="D1170" s="4">
-        <v>1.1138</v>
+        <v>1.1161</v>
       </c>
       <c r="E1170" s="4">
-        <v>1.1138</v>
+        <v>1.1161</v>
       </c>
     </row>
     <row r="1171" spans="1:6">
       <c r="B1171" s="5">
-        <v>44237</v>
+        <v>44284</v>
       </c>
       <c r="C1171" s="4">
-        <v>1.1133</v>
+        <v>1.118</v>
       </c>
       <c r="D1171" s="4">
-        <v>1.1133</v>
+        <v>1.118</v>
       </c>
       <c r="E1171" s="4">
-        <v>1.1133</v>
+        <v>1.118</v>
       </c>
     </row>
     <row r="1172" spans="1:6">
       <c r="B1172" s="5">
-        <v>44236</v>
+        <v>44281</v>
       </c>
       <c r="C1172" s="4">
-        <v>1.1117</v>
+        <v>1.1164</v>
       </c>
       <c r="D1172" s="4">
-        <v>1.1117</v>
+        <v>1.1164</v>
       </c>
       <c r="E1172" s="4">
-        <v>1.1117</v>
+        <v>1.1164</v>
       </c>
     </row>
     <row r="1173" spans="1:6">
       <c r="B1173" s="5">
-        <v>44235</v>
+        <v>44280</v>
       </c>
       <c r="C1173" s="4">
-        <v>1.1115</v>
+        <v>1.1133</v>
       </c>
       <c r="D1173" s="4">
-        <v>1.1115</v>
+        <v>1.1133</v>
       </c>
       <c r="E1173" s="4">
-        <v>1.1115</v>
+        <v>1.1133</v>
       </c>
     </row>
     <row r="1174" spans="1:6">
       <c r="B1174" s="5">
-        <v>44232</v>
+        <v>44279</v>
       </c>
       <c r="C1174" s="4">
-        <v>1.1098</v>
+        <v>1.1138</v>
       </c>
       <c r="D1174" s="4">
-        <v>1.1098</v>
+        <v>1.1138</v>
       </c>
       <c r="E1174" s="4">
-        <v>1.1098</v>
+        <v>1.1138</v>
       </c>
     </row>
     <row r="1175" spans="1:6">
       <c r="B1175" s="5">
-        <v>44231</v>
+        <v>44278</v>
       </c>
       <c r="C1175" s="4">
-        <v>1.1052</v>
+        <v>1.1133</v>
       </c>
       <c r="D1175" s="4">
-        <v>1.1052</v>
+        <v>1.1133</v>
       </c>
       <c r="E1175" s="4">
-        <v>1.1052</v>
+        <v>1.1133</v>
       </c>
     </row>
     <row r="1176" spans="1:6">
       <c r="B1176" s="5">
-        <v>44230</v>
+        <v>44277</v>
       </c>
       <c r="C1176" s="4">
-        <v>1.1065</v>
+        <v>1.1127</v>
       </c>
       <c r="D1176" s="4">
-        <v>1.1065</v>
+        <v>1.1127</v>
       </c>
       <c r="E1176" s="4">
-        <v>1.1065</v>
+        <v>1.1127</v>
       </c>
     </row>
     <row r="1177" spans="1:6">
       <c r="B1177" s="5">
-        <v>44229</v>
+        <v>44274</v>
       </c>
       <c r="C1177" s="4">
-        <v>1.1005</v>
+        <v>1.1114</v>
       </c>
       <c r="D1177" s="4">
-        <v>1.1005</v>
+        <v>1.1114</v>
       </c>
       <c r="E1177" s="4">
-        <v>1.1005</v>
+        <v>1.1114</v>
       </c>
     </row>
     <row r="1178" spans="1:6">
       <c r="B1178" s="5">
-        <v>44228</v>
+        <v>44273</v>
       </c>
       <c r="C1178" s="4">
-        <v>1.0911</v>
+        <v>1.1159</v>
       </c>
       <c r="D1178" s="4">
-        <v>1.0911</v>
+        <v>1.1159</v>
       </c>
       <c r="E1178" s="4">
-        <v>1.0911</v>
+        <v>1.1159</v>
       </c>
     </row>
     <row r="1179" spans="1:6">
       <c r="B1179" s="5">
-        <v>44225</v>
+        <v>44272</v>
       </c>
       <c r="C1179" s="4">
-        <v>1.0954</v>
+        <v>1.1164</v>
       </c>
       <c r="D1179" s="4">
-        <v>1.0954</v>
+        <v>1.1164</v>
       </c>
       <c r="E1179" s="4">
-        <v>1.0954</v>
+        <v>1.1164</v>
       </c>
     </row>
     <row r="1180" spans="1:6">
       <c r="B1180" s="5">
-        <v>44224</v>
+        <v>44271</v>
       </c>
       <c r="C1180" s="4">
-        <v>1.0951</v>
+        <v>1.1175</v>
       </c>
       <c r="D1180" s="4">
-        <v>1.0951</v>
+        <v>1.1175</v>
       </c>
       <c r="E1180" s="4">
-        <v>1.0951</v>
+        <v>1.1175</v>
       </c>
     </row>
     <row r="1181" spans="1:6">
       <c r="B1181" s="5">
-        <v>44223</v>
+        <v>44270</v>
       </c>
       <c r="C1181" s="4">
-        <v>1.1027</v>
+        <v>1.1147</v>
       </c>
       <c r="D1181" s="4">
-        <v>1.1027</v>
+        <v>1.1147</v>
       </c>
       <c r="E1181" s="4">
-        <v>1.1027</v>
+        <v>1.1147</v>
       </c>
     </row>
     <row r="1182" spans="1:6">
       <c r="B1182" s="5">
-        <v>44221</v>
+        <v>44267</v>
       </c>
       <c r="C1182" s="4">
-        <v>1.1048</v>
+        <v>1.114</v>
       </c>
       <c r="D1182" s="4">
-        <v>1.1048</v>
+        <v>1.114</v>
       </c>
       <c r="E1182" s="4">
-        <v>1.1048</v>
+        <v>1.114</v>
       </c>
     </row>
     <row r="1183" spans="1:6">
       <c r="B1183" s="5">
-        <v>44218</v>
+        <v>44266</v>
       </c>
       <c r="C1183" s="4">
-        <v>1.1049</v>
+        <v>1.1102</v>
       </c>
       <c r="D1183" s="4">
-        <v>1.1049</v>
+        <v>1.1102</v>
       </c>
       <c r="E1183" s="4">
-        <v>1.1049</v>
+        <v>1.1102</v>
       </c>
     </row>
     <row r="1184" spans="1:6">
       <c r="B1184" s="5">
-        <v>44217</v>
+        <v>44265</v>
       </c>
       <c r="C1184" s="4">
-        <v>1.1061</v>
+        <v>1.1086</v>
       </c>
       <c r="D1184" s="4">
-        <v>1.1061</v>
+        <v>1.1086</v>
       </c>
       <c r="E1184" s="4">
-        <v>1.1061</v>
+        <v>1.1086</v>
       </c>
     </row>
     <row r="1185" spans="1:6">
       <c r="B1185" s="5">
-        <v>44216</v>
+        <v>44264</v>
       </c>
       <c r="C1185" s="4">
-        <v>1.1028</v>
+        <v>1.1075</v>
       </c>
       <c r="D1185" s="4">
-        <v>1.1028</v>
+        <v>1.1075</v>
       </c>
       <c r="E1185" s="4">
-        <v>1.1028</v>
+        <v>1.1075</v>
       </c>
     </row>
     <row r="1186" spans="1:6">
       <c r="B1186" s="5">
-        <v>44215</v>
+        <v>44263</v>
       </c>
       <c r="C1186" s="4">
-        <v>1.0998</v>
+        <v>1.1063</v>
       </c>
       <c r="D1186" s="4">
-        <v>1.0998</v>
+        <v>1.1063</v>
       </c>
       <c r="E1186" s="4">
-        <v>1.0998</v>
+        <v>1.1063</v>
       </c>
     </row>
     <row r="1187" spans="1:6">
       <c r="B1187" s="5">
-        <v>44214</v>
+        <v>44260</v>
       </c>
       <c r="C1187" s="4">
-        <v>1.0976</v>
+        <v>1.1</v>
       </c>
       <c r="D1187" s="4">
-        <v>1.0976</v>
+        <v>1.1</v>
       </c>
       <c r="E1187" s="4">
-        <v>1.0976</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="1188" spans="1:6">
       <c r="B1188" s="5">
-        <v>44211</v>
+        <v>44259</v>
       </c>
       <c r="C1188" s="4">
-        <v>1.0989</v>
+        <v>1.1057</v>
       </c>
       <c r="D1188" s="4">
-        <v>1.0989</v>
+        <v>1.1057</v>
       </c>
       <c r="E1188" s="4">
-        <v>1.0989</v>
+        <v>1.1057</v>
       </c>
     </row>
     <row r="1189" spans="1:6">
       <c r="B1189" s="5">
-        <v>44210</v>
+        <v>44258</v>
       </c>
       <c r="C1189" s="4">
-        <v>1.0985</v>
+        <v>1.1078</v>
       </c>
       <c r="D1189" s="4">
-        <v>1.0985</v>
+        <v>1.1078</v>
       </c>
       <c r="E1189" s="4">
-        <v>1.0985</v>
+        <v>1.1078</v>
       </c>
     </row>
     <row r="1190" spans="1:6">
       <c r="B1190" s="5">
-        <v>44209</v>
+        <v>44257</v>
       </c>
       <c r="C1190" s="4">
-        <v>1.0978</v>
+        <v>1.1081</v>
       </c>
       <c r="D1190" s="4">
-        <v>1.0978</v>
+        <v>1.1081</v>
       </c>
       <c r="E1190" s="4">
-        <v>1.0978</v>
+        <v>1.1081</v>
       </c>
     </row>
     <row r="1191" spans="1:6">
       <c r="B1191" s="5">
-        <v>44208</v>
+        <v>44256</v>
       </c>
       <c r="C1191" s="4">
-        <v>1.0972</v>
+        <v>1.1036</v>
       </c>
       <c r="D1191" s="4">
-        <v>1.0972</v>
+        <v>1.1036</v>
       </c>
       <c r="E1191" s="4">
-        <v>1.0972</v>
+        <v>1.1036</v>
       </c>
     </row>
     <row r="1192" spans="1:6">
       <c r="B1192" s="5">
-        <v>44207</v>
+        <v>44253</v>
       </c>
       <c r="C1192" s="4">
-        <v>1.0974</v>
+        <v>1.0994</v>
       </c>
       <c r="D1192" s="4">
-        <v>1.0974</v>
+        <v>1.0994</v>
       </c>
       <c r="E1192" s="4">
-        <v>1.0974</v>
+        <v>1.0994</v>
       </c>
     </row>
     <row r="1193" spans="1:6">
       <c r="B1193" s="5">
-        <v>44204</v>
+        <v>44252</v>
       </c>
       <c r="C1193" s="4">
-        <v>1.0977</v>
+        <v>1.1087</v>
       </c>
       <c r="D1193" s="4">
-        <v>1.0977</v>
+        <v>1.1087</v>
       </c>
       <c r="E1193" s="4">
-        <v>1.0977</v>
+        <v>1.1087</v>
       </c>
     </row>
     <row r="1194" spans="1:6">
       <c r="B1194" s="5">
-        <v>44203</v>
+        <v>44251</v>
       </c>
       <c r="C1194" s="4">
-        <v>1.0931</v>
+        <v>1.1064</v>
       </c>
       <c r="D1194" s="4">
-        <v>1.0931</v>
+        <v>1.1064</v>
       </c>
       <c r="E1194" s="4">
-        <v>1.0931</v>
+        <v>1.1064</v>
       </c>
     </row>
     <row r="1195" spans="1:6">
       <c r="B1195" s="5">
-        <v>44202</v>
+        <v>44250</v>
       </c>
       <c r="C1195" s="4">
-        <v>1.0892</v>
+        <v>1.1079</v>
       </c>
       <c r="D1195" s="4">
-        <v>1.0892</v>
+        <v>1.1079</v>
       </c>
       <c r="E1195" s="4">
-        <v>1.0892</v>
+        <v>1.1079</v>
       </c>
     </row>
     <row r="1196" spans="1:6">
       <c r="B1196" s="5">
-        <v>44201</v>
+        <v>44249</v>
       </c>
       <c r="C1196" s="4">
-        <v>1.0903</v>
+        <v>1.1086</v>
       </c>
       <c r="D1196" s="4">
-        <v>1.0903</v>
+        <v>1.1086</v>
       </c>
       <c r="E1196" s="4">
-        <v>1.0903</v>
+        <v>1.1086</v>
       </c>
     </row>
     <row r="1197" spans="1:6">
       <c r="B1197" s="5">
-        <v>44200</v>
+        <v>44246</v>
       </c>
       <c r="C1197" s="4">
-        <v>1.0903</v>
+        <v>1.1114</v>
       </c>
       <c r="D1197" s="4">
-        <v>1.0903</v>
+        <v>1.1114</v>
       </c>
       <c r="E1197" s="4">
-        <v>1.0903</v>
+        <v>1.1114</v>
       </c>
     </row>
     <row r="1198" spans="1:6">
       <c r="B1198" s="5">
-        <v>44196</v>
+        <v>44245</v>
       </c>
       <c r="C1198" s="4">
-        <v>1.0883</v>
+        <v>1.1167</v>
       </c>
       <c r="D1198" s="4">
-        <v>1.0883</v>
+        <v>1.1167</v>
       </c>
       <c r="E1198" s="4">
-        <v>1.0883</v>
+        <v>1.1167</v>
       </c>
     </row>
     <row r="1199" spans="1:6">
       <c r="B1199" s="5">
-        <v>44195</v>
+        <v>44244</v>
       </c>
       <c r="C1199" s="4">
-        <v>1.0912</v>
+        <v>1.1174</v>
       </c>
       <c r="D1199" s="4">
-        <v>1.0912</v>
+        <v>1.1174</v>
       </c>
       <c r="E1199" s="4">
-        <v>1.0912</v>
+        <v>1.1174</v>
       </c>
     </row>
     <row r="1200" spans="1:6">
       <c r="B1200" s="5">
-        <v>44194</v>
+        <v>44243</v>
       </c>
       <c r="C1200" s="4">
-        <v>1.0916</v>
+        <v>1.118</v>
       </c>
       <c r="D1200" s="4">
-        <v>1.0916</v>
+        <v>1.118</v>
       </c>
       <c r="E1200" s="4">
-        <v>1.0916</v>
+        <v>1.118</v>
       </c>
     </row>
     <row r="1201" spans="1:6">
       <c r="B1201" s="5">
-        <v>44189</v>
+        <v>44242</v>
       </c>
       <c r="C1201" s="4">
-        <v>1.0893</v>
+        <v>1.1155</v>
       </c>
       <c r="D1201" s="4">
-        <v>1.0893</v>
+        <v>1.1155</v>
       </c>
       <c r="E1201" s="4">
-        <v>1.0893</v>
+        <v>1.1155</v>
       </c>
     </row>
     <row r="1202" spans="1:6">
       <c r="B1202" s="5">
-        <v>44188</v>
+        <v>44239</v>
       </c>
       <c r="C1202" s="4">
-        <v>1.0888</v>
+        <v>1.1129</v>
       </c>
       <c r="D1202" s="4">
-        <v>1.0888</v>
+        <v>1.1129</v>
       </c>
       <c r="E1202" s="4">
-        <v>1.0888</v>
+        <v>1.1129</v>
       </c>
     </row>
     <row r="1203" spans="1:6">
       <c r="B1203" s="5">
-        <v>44187</v>
+        <v>44238</v>
       </c>
       <c r="C1203" s="4">
-        <v>1.087</v>
+        <v>1.1138</v>
       </c>
       <c r="D1203" s="4">
-        <v>1.087</v>
+        <v>1.1138</v>
       </c>
       <c r="E1203" s="4">
-        <v>1.087</v>
+        <v>1.1138</v>
       </c>
     </row>
     <row r="1204" spans="1:6">
       <c r="B1204" s="5">
-        <v>44186</v>
+        <v>44237</v>
       </c>
       <c r="C1204" s="4">
-        <v>1.0903</v>
+        <v>1.1133</v>
       </c>
       <c r="D1204" s="4">
-        <v>1.0903</v>
+        <v>1.1133</v>
       </c>
       <c r="E1204" s="4">
-        <v>1.0903</v>
+        <v>1.1133</v>
       </c>
     </row>
     <row r="1205" spans="1:6">
       <c r="B1205" s="5">
-        <v>44183</v>
+        <v>44236</v>
       </c>
       <c r="C1205" s="4">
-        <v>1.0928</v>
+        <v>1.1117</v>
       </c>
       <c r="D1205" s="4">
-        <v>1.0928</v>
+        <v>1.1117</v>
       </c>
       <c r="E1205" s="4">
-        <v>1.0928</v>
+        <v>1.1117</v>
       </c>
     </row>
     <row r="1206" spans="1:6">
       <c r="B1206" s="5">
-        <v>44182</v>
+        <v>44235</v>
       </c>
       <c r="C1206" s="4">
-        <v>1.0928</v>
+        <v>1.1115</v>
       </c>
       <c r="D1206" s="4">
-        <v>1.0928</v>
+        <v>1.1115</v>
       </c>
       <c r="E1206" s="4">
-        <v>1.0928</v>
+        <v>1.1115</v>
       </c>
     </row>
     <row r="1207" spans="1:6">
       <c r="B1207" s="5">
-        <v>44181</v>
+        <v>44232</v>
       </c>
       <c r="C1207" s="4">
-        <v>1.0895</v>
+        <v>1.1098</v>
       </c>
       <c r="D1207" s="4">
-        <v>1.0895</v>
+        <v>1.1098</v>
       </c>
       <c r="E1207" s="4">
-        <v>1.0895</v>
+        <v>1.1098</v>
       </c>
     </row>
     <row r="1208" spans="1:6">
       <c r="B1208" s="5">
-        <v>44180</v>
+        <v>44231</v>
       </c>
       <c r="C1208" s="4">
-        <v>1.0854</v>
+        <v>1.1052</v>
       </c>
       <c r="D1208" s="4">
-        <v>1.0854</v>
+        <v>1.1052</v>
       </c>
       <c r="E1208" s="4">
-        <v>1.0854</v>
+        <v>1.1052</v>
       </c>
     </row>
     <row r="1209" spans="1:6">
       <c r="B1209" s="5">
-        <v>44179</v>
+        <v>44230</v>
       </c>
       <c r="C1209" s="4">
-        <v>1.087</v>
+        <v>1.1065</v>
       </c>
       <c r="D1209" s="4">
-        <v>1.087</v>
+        <v>1.1065</v>
       </c>
       <c r="E1209" s="4">
-        <v>1.087</v>
+        <v>1.1065</v>
       </c>
     </row>
     <row r="1210" spans="1:6">
       <c r="B1210" s="5">
-        <v>44176</v>
+        <v>44229</v>
       </c>
       <c r="C1210" s="4">
-        <v>1.0878</v>
+        <v>1.1005</v>
       </c>
       <c r="D1210" s="4">
-        <v>1.0878</v>
+        <v>1.1005</v>
       </c>
       <c r="E1210" s="4">
-        <v>1.0878</v>
+        <v>1.1005</v>
       </c>
     </row>
     <row r="1211" spans="1:6">
       <c r="B1211" s="5">
-        <v>44175</v>
+        <v>44228</v>
       </c>
       <c r="C1211" s="4">
-        <v>1.09</v>
+        <v>1.0911</v>
       </c>
       <c r="D1211" s="4">
-        <v>1.09</v>
+        <v>1.0911</v>
       </c>
       <c r="E1211" s="4">
-        <v>1.09</v>
+        <v>1.0911</v>
       </c>
     </row>
     <row r="1212" spans="1:6">
       <c r="B1212" s="5">
-        <v>44174</v>
+        <v>44225</v>
       </c>
       <c r="C1212" s="4">
-        <v>1.0924</v>
+        <v>1.0954</v>
       </c>
       <c r="D1212" s="4">
-        <v>1.0924</v>
+        <v>1.0954</v>
       </c>
       <c r="E1212" s="4">
-        <v>1.0924</v>
+        <v>1.0954</v>
       </c>
     </row>
     <row r="1213" spans="1:6">
       <c r="B1213" s="5">
-        <v>44173</v>
+        <v>44224</v>
       </c>
       <c r="C1213" s="4">
-        <v>1.0906</v>
+        <v>1.0951</v>
       </c>
       <c r="D1213" s="4">
-        <v>1.0906</v>
+        <v>1.0951</v>
       </c>
       <c r="E1213" s="4">
-        <v>1.0906</v>
+        <v>1.0951</v>
       </c>
     </row>
     <row r="1214" spans="1:6">
       <c r="B1214" s="5">
-        <v>44172</v>
+        <v>44223</v>
       </c>
       <c r="C1214" s="4">
-        <v>1.0912</v>
+        <v>1.1027</v>
       </c>
       <c r="D1214" s="4">
-        <v>1.0912</v>
+        <v>1.1027</v>
       </c>
       <c r="E1214" s="4">
-        <v>1.0912</v>
+        <v>1.1027</v>
       </c>
     </row>
     <row r="1215" spans="1:6">
       <c r="B1215" s="5">
-        <v>44169</v>
+        <v>44221</v>
       </c>
       <c r="C1215" s="4">
-        <v>1.0875</v>
+        <v>1.1048</v>
       </c>
       <c r="D1215" s="4">
-        <v>1.0875</v>
+        <v>1.1048</v>
       </c>
       <c r="E1215" s="4">
-        <v>1.0875</v>
+        <v>1.1048</v>
       </c>
     </row>
     <row r="1216" spans="1:6">
       <c r="B1216" s="5">
-        <v>44168</v>
+        <v>44218</v>
       </c>
       <c r="C1216" s="4">
-        <v>1.087</v>
+        <v>1.1049</v>
       </c>
       <c r="D1216" s="4">
-        <v>1.087</v>
+        <v>1.1049</v>
       </c>
       <c r="E1216" s="4">
-        <v>1.087</v>
+        <v>1.1049</v>
       </c>
     </row>
     <row r="1217" spans="1:6">
       <c r="B1217" s="5">
-        <v>44167</v>
+        <v>44217</v>
       </c>
       <c r="C1217" s="4">
-        <v>1.0862</v>
+        <v>1.1061</v>
       </c>
       <c r="D1217" s="4">
-        <v>1.0862</v>
+        <v>1.1061</v>
       </c>
       <c r="E1217" s="4">
-        <v>1.0862</v>
+        <v>1.1061</v>
       </c>
     </row>
     <row r="1218" spans="1:6">
       <c r="B1218" s="5">
-        <v>44166</v>
+        <v>44216</v>
       </c>
       <c r="C1218" s="4">
-        <v>1.0829</v>
+        <v>1.1028</v>
       </c>
       <c r="D1218" s="4">
-        <v>1.0829</v>
+        <v>1.1028</v>
       </c>
       <c r="E1218" s="4">
-        <v>1.0829</v>
+        <v>1.1028</v>
       </c>
     </row>
     <row r="1219" spans="1:6">
       <c r="B1219" s="5">
-        <v>44165</v>
+        <v>44215</v>
       </c>
       <c r="C1219" s="4">
-        <v>1.0841</v>
+        <v>1.0998</v>
       </c>
       <c r="D1219" s="4">
-        <v>1.0841</v>
+        <v>1.0998</v>
       </c>
       <c r="E1219" s="4">
-        <v>1.0841</v>
+        <v>1.0998</v>
       </c>
     </row>
     <row r="1220" spans="1:6">
       <c r="B1220" s="5">
-        <v>44162</v>
+        <v>44214</v>
       </c>
       <c r="C1220" s="4">
-        <v>1.0858</v>
+        <v>1.0976</v>
       </c>
       <c r="D1220" s="4">
-        <v>1.0858</v>
+        <v>1.0976</v>
       </c>
       <c r="E1220" s="4">
-        <v>1.0858</v>
+        <v>1.0976</v>
       </c>
     </row>
     <row r="1221" spans="1:6">
       <c r="B1221" s="5">
-        <v>44161</v>
+        <v>44211</v>
       </c>
       <c r="C1221" s="4">
-        <v>1.0866</v>
+        <v>1.0989</v>
       </c>
       <c r="D1221" s="4">
-        <v>1.0866</v>
+        <v>1.0989</v>
       </c>
       <c r="E1221" s="4">
-        <v>1.0866</v>
+        <v>1.0989</v>
       </c>
     </row>
     <row r="1222" spans="1:6">
       <c r="B1222" s="5">
-        <v>44160</v>
+        <v>44210</v>
       </c>
       <c r="C1222" s="4">
-        <v>1.0878</v>
+        <v>1.0985</v>
       </c>
       <c r="D1222" s="4">
-        <v>1.0878</v>
+        <v>1.0985</v>
       </c>
       <c r="E1222" s="4">
-        <v>1.0878</v>
+        <v>1.0985</v>
       </c>
     </row>
     <row r="1223" spans="1:6">
       <c r="B1223" s="5">
-        <v>44159</v>
+        <v>44209</v>
       </c>
       <c r="C1223" s="4">
-        <v>1.0844</v>
+        <v>1.0978</v>
       </c>
       <c r="D1223" s="4">
-        <v>1.0844</v>
+        <v>1.0978</v>
       </c>
       <c r="E1223" s="4">
-        <v>1.0844</v>
+        <v>1.0978</v>
       </c>
     </row>
     <row r="1224" spans="1:6">
       <c r="B1224" s="5">
-        <v>44158</v>
+        <v>44208</v>
       </c>
       <c r="C1224" s="4">
-        <v>1.0806</v>
+        <v>1.0972</v>
       </c>
       <c r="D1224" s="4">
-        <v>1.0806</v>
+        <v>1.0972</v>
       </c>
       <c r="E1224" s="4">
-        <v>1.0806</v>
+        <v>1.0972</v>
       </c>
     </row>
     <row r="1225" spans="1:6">
       <c r="B1225" s="5">
-        <v>44155</v>
+        <v>44207</v>
       </c>
       <c r="C1225" s="4">
-        <v>1.0812</v>
+        <v>1.0974</v>
       </c>
       <c r="D1225" s="4">
-        <v>1.0812</v>
+        <v>1.0974</v>
       </c>
       <c r="E1225" s="4">
-        <v>1.0812</v>
+        <v>1.0974</v>
       </c>
     </row>
     <row r="1226" spans="1:6">
       <c r="B1226" s="5">
-        <v>44154</v>
+        <v>44204</v>
       </c>
       <c r="C1226" s="4">
-        <v>1.0802</v>
+        <v>1.0977</v>
       </c>
       <c r="D1226" s="4">
-        <v>1.0802</v>
+        <v>1.0977</v>
       </c>
       <c r="E1226" s="4">
-        <v>1.0802</v>
+        <v>1.0977</v>
       </c>
     </row>
     <row r="1227" spans="1:6">
       <c r="B1227" s="5">
-        <v>44153</v>
+        <v>44203</v>
       </c>
       <c r="C1227" s="4">
-        <v>1.082</v>
+        <v>1.0931</v>
       </c>
       <c r="D1227" s="4">
-        <v>1.082</v>
+        <v>1.0931</v>
       </c>
       <c r="E1227" s="4">
-        <v>1.082</v>
+        <v>1.0931</v>
       </c>
     </row>
     <row r="1228" spans="1:6">
       <c r="B1228" s="5">
-        <v>44152</v>
+        <v>44202</v>
       </c>
       <c r="C1228" s="4">
-        <v>1.0805</v>
+        <v>1.0892</v>
       </c>
       <c r="D1228" s="4">
-        <v>1.0805</v>
+        <v>1.0892</v>
       </c>
       <c r="E1228" s="4">
-        <v>1.0805</v>
+        <v>1.0892</v>
       </c>
     </row>
     <row r="1229" spans="1:6">
       <c r="B1229" s="5">
-        <v>44151</v>
+        <v>44201</v>
       </c>
       <c r="C1229" s="4">
-        <v>1.0772</v>
+        <v>1.0903</v>
       </c>
       <c r="D1229" s="4">
-        <v>1.0772</v>
+        <v>1.0903</v>
       </c>
       <c r="E1229" s="4">
-        <v>1.0772</v>
+        <v>1.0903</v>
       </c>
     </row>
     <row r="1230" spans="1:6">
       <c r="B1230" s="5">
-        <v>44148</v>
+        <v>44200</v>
       </c>
       <c r="C1230" s="4">
-        <v>1.0719</v>
+        <v>1.0903</v>
       </c>
       <c r="D1230" s="4">
-        <v>1.0719</v>
+        <v>1.0903</v>
       </c>
       <c r="E1230" s="4">
-        <v>1.0719</v>
+        <v>1.0903</v>
       </c>
     </row>
     <row r="1231" spans="1:6">
       <c r="B1231" s="5">
-        <v>44147</v>
+        <v>44196</v>
       </c>
       <c r="C1231" s="4">
-        <v>1.0741</v>
+        <v>1.0883</v>
       </c>
       <c r="D1231" s="4">
-        <v>1.0741</v>
+        <v>1.0883</v>
       </c>
       <c r="E1231" s="4">
-        <v>1.0741</v>
+        <v>1.0883</v>
       </c>
     </row>
     <row r="1232" spans="1:6">
       <c r="B1232" s="5">
-        <v>44146</v>
+        <v>44195</v>
       </c>
       <c r="C1232" s="4">
-        <v>1.0719</v>
+        <v>1.0912</v>
       </c>
       <c r="D1232" s="4">
-        <v>1.0719</v>
+        <v>1.0912</v>
       </c>
       <c r="E1232" s="4">
-        <v>1.0719</v>
+        <v>1.0912</v>
       </c>
     </row>
     <row r="1233" spans="1:6">
       <c r="B1233" s="5">
-        <v>44145</v>
+        <v>44194</v>
       </c>
       <c r="C1233" s="4">
-        <v>1.0668</v>
+        <v>1.0916</v>
       </c>
       <c r="D1233" s="4">
-        <v>1.0668</v>
+        <v>1.0916</v>
       </c>
       <c r="E1233" s="4">
-        <v>1.0668</v>
+        <v>1.0916</v>
       </c>
     </row>
     <row r="1234" spans="1:6">
       <c r="B1234" s="5">
-        <v>44144</v>
+        <v>44189</v>
       </c>
       <c r="C1234" s="4">
-        <v>1.0603</v>
+        <v>1.0893</v>
       </c>
       <c r="D1234" s="4">
-        <v>1.0603</v>
+        <v>1.0893</v>
       </c>
       <c r="E1234" s="4">
-        <v>1.0603</v>
+        <v>1.0893</v>
       </c>
     </row>
     <row r="1235" spans="1:6">
       <c r="B1235" s="5">
-        <v>44141</v>
+        <v>44188</v>
       </c>
       <c r="C1235" s="4">
-        <v>1.0567</v>
+        <v>1.0888</v>
       </c>
       <c r="D1235" s="4">
-        <v>1.0567</v>
+        <v>1.0888</v>
       </c>
       <c r="E1235" s="4">
-        <v>1.0567</v>
+        <v>1.0888</v>
       </c>
     </row>
     <row r="1236" spans="1:6">
       <c r="B1236" s="5">
-        <v>44140</v>
+        <v>44187</v>
       </c>
       <c r="C1236" s="4">
-        <v>1.0528</v>
+        <v>1.087</v>
       </c>
       <c r="D1236" s="4">
-        <v>1.0528</v>
+        <v>1.087</v>
       </c>
       <c r="E1236" s="4">
-        <v>1.0528</v>
+        <v>1.087</v>
       </c>
     </row>
     <row r="1237" spans="1:6">
       <c r="B1237" s="5">
-        <v>44139</v>
+        <v>44186</v>
       </c>
       <c r="C1237" s="4">
-        <v>1.0459</v>
+        <v>1.0903</v>
       </c>
       <c r="D1237" s="4">
-        <v>1.0459</v>
+        <v>1.0903</v>
       </c>
       <c r="E1237" s="4">
-        <v>1.0459</v>
+        <v>1.0903</v>
       </c>
     </row>
     <row r="1238" spans="1:6">
       <c r="B1238" s="5">
-        <v>44138</v>
+        <v>44183</v>
       </c>
       <c r="C1238" s="4">
-        <v>1.0432</v>
+        <v>1.0928</v>
       </c>
       <c r="D1238" s="4">
-        <v>1.0432</v>
+        <v>1.0928</v>
       </c>
       <c r="E1238" s="4">
-        <v>1.0432</v>
+        <v>1.0928</v>
       </c>
     </row>
     <row r="1239" spans="1:6">
       <c r="B1239" s="5">
-        <v>44137</v>
+        <v>44182</v>
       </c>
       <c r="C1239" s="4">
-        <v>1.0361</v>
+        <v>1.0928</v>
       </c>
       <c r="D1239" s="4">
-        <v>1.0361</v>
+        <v>1.0928</v>
       </c>
       <c r="E1239" s="4">
-        <v>1.0361</v>
+        <v>1.0928</v>
       </c>
     </row>
     <row r="1240" spans="1:6">
       <c r="B1240" s="5">
-        <v>44134</v>
+        <v>44181</v>
       </c>
       <c r="C1240" s="4">
-        <v>1.0387</v>
+        <v>1.0895</v>
       </c>
       <c r="D1240" s="4">
-        <v>1.0387</v>
+        <v>1.0895</v>
       </c>
       <c r="E1240" s="4">
-        <v>1.0387</v>
+        <v>1.0895</v>
       </c>
     </row>
     <row r="1241" spans="1:6">
       <c r="B1241" s="5">
-        <v>44133</v>
+        <v>44180</v>
       </c>
       <c r="C1241" s="4">
-        <v>1.0383</v>
+        <v>1.0854</v>
       </c>
       <c r="D1241" s="4">
-        <v>1.0383</v>
+        <v>1.0854</v>
       </c>
       <c r="E1241" s="4">
-        <v>1.0383</v>
+        <v>1.0854</v>
       </c>
     </row>
     <row r="1242" spans="1:6">
       <c r="B1242" s="5">
-        <v>44132</v>
+        <v>44179</v>
       </c>
       <c r="C1242" s="4">
-        <v>1.0474</v>
+        <v>1.087</v>
       </c>
       <c r="D1242" s="4">
-        <v>1.0474</v>
+        <v>1.087</v>
       </c>
       <c r="E1242" s="4">
-        <v>1.0474</v>
+        <v>1.087</v>
       </c>
     </row>
     <row r="1243" spans="1:6">
       <c r="B1243" s="5">
-        <v>44131</v>
+        <v>44176</v>
       </c>
       <c r="C1243" s="4">
-        <v>1.0488</v>
+        <v>1.0878</v>
       </c>
       <c r="D1243" s="4">
-        <v>1.0488</v>
+        <v>1.0878</v>
       </c>
       <c r="E1243" s="4">
-        <v>1.0488</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="1244" spans="1:6">
       <c r="B1244" s="5">
-        <v>44130</v>
+        <v>44175</v>
       </c>
       <c r="C1244" s="4">
-        <v>1.0547</v>
+        <v>1.09</v>
       </c>
       <c r="D1244" s="4">
-        <v>1.0547</v>
+        <v>1.09</v>
       </c>
       <c r="E1244" s="4">
-        <v>1.0547</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="1245" spans="1:6">
       <c r="B1245" s="5">
-        <v>44127</v>
+        <v>44174</v>
       </c>
       <c r="C1245" s="4">
-        <v>1.0537</v>
+        <v>1.0924</v>
       </c>
       <c r="D1245" s="4">
-        <v>1.0537</v>
+        <v>1.0924</v>
       </c>
       <c r="E1245" s="4">
-        <v>1.0537</v>
+        <v>1.0924</v>
       </c>
     </row>
     <row r="1246" spans="1:6">
       <c r="B1246" s="5">
-        <v>44126</v>
+        <v>44173</v>
       </c>
       <c r="C1246" s="4">
-        <v>1.0532</v>
+        <v>1.0906</v>
       </c>
       <c r="D1246" s="4">
-        <v>1.0532</v>
+        <v>1.0906</v>
       </c>
       <c r="E1246" s="4">
-        <v>1.0532</v>
+        <v>1.0906</v>
       </c>
     </row>
     <row r="1247" spans="1:6">
       <c r="B1247" s="5">
-        <v>44125</v>
+        <v>44172</v>
       </c>
       <c r="C1247" s="4">
-        <v>1.0552</v>
+        <v>1.0912</v>
       </c>
       <c r="D1247" s="4">
-        <v>1.0552</v>
+        <v>1.0912</v>
       </c>
       <c r="E1247" s="4">
-        <v>1.0552</v>
+        <v>1.0912</v>
       </c>
     </row>
     <row r="1248" spans="1:6">
       <c r="B1248" s="5">
-        <v>44124</v>
+        <v>44169</v>
       </c>
       <c r="C1248" s="4">
-        <v>1.0537</v>
+        <v>1.0875</v>
       </c>
       <c r="D1248" s="4">
-        <v>1.0537</v>
+        <v>1.0875</v>
       </c>
       <c r="E1248" s="4">
-        <v>1.0537</v>
+        <v>1.0875</v>
       </c>
     </row>
     <row r="1249" spans="1:6">
       <c r="B1249" s="5">
-        <v>44123</v>
+        <v>44168</v>
       </c>
       <c r="C1249" s="4">
-        <v>1.0569</v>
+        <v>1.087</v>
       </c>
       <c r="D1249" s="4">
-        <v>1.0569</v>
+        <v>1.087</v>
       </c>
       <c r="E1249" s="4">
-        <v>1.0569</v>
+        <v>1.087</v>
       </c>
     </row>
     <row r="1250" spans="1:6">
       <c r="B1250" s="5">
-        <v>44120</v>
+        <v>44167</v>
       </c>
       <c r="C1250" s="4">
-        <v>1.0552</v>
+        <v>1.0862</v>
       </c>
       <c r="D1250" s="4">
-        <v>1.0552</v>
+        <v>1.0862</v>
       </c>
       <c r="E1250" s="4">
-        <v>1.0552</v>
+        <v>1.0862</v>
       </c>
     </row>
     <row r="1251" spans="1:6">
       <c r="B1251" s="5">
-        <v>44119</v>
+        <v>44166</v>
       </c>
       <c r="C1251" s="4">
-        <v>1.0555</v>
+        <v>1.0829</v>
       </c>
       <c r="D1251" s="4">
-        <v>1.0555</v>
+        <v>1.0829</v>
       </c>
       <c r="E1251" s="4">
-        <v>1.0555</v>
+        <v>1.0829</v>
       </c>
     </row>
     <row r="1252" spans="1:6">
       <c r="B1252" s="5">
-        <v>44118</v>
+        <v>44165</v>
       </c>
       <c r="C1252" s="4">
-        <v>1.0555</v>
+        <v>1.0841</v>
       </c>
       <c r="D1252" s="4">
-        <v>1.0555</v>
+        <v>1.0841</v>
       </c>
       <c r="E1252" s="4">
-        <v>1.0555</v>
+        <v>1.0841</v>
       </c>
     </row>
     <row r="1253" spans="1:6">
       <c r="B1253" s="5">
-        <v>44117</v>
+        <v>44162</v>
       </c>
       <c r="C1253" s="4">
-        <v>1.0563</v>
+        <v>1.0858</v>
       </c>
       <c r="D1253" s="4">
-        <v>1.0563</v>
+        <v>1.0858</v>
       </c>
       <c r="E1253" s="4">
-        <v>1.0563</v>
+        <v>1.0858</v>
       </c>
     </row>
     <row r="1254" spans="1:6">
       <c r="B1254" s="5">
-        <v>44116</v>
+        <v>44161</v>
       </c>
       <c r="C1254" s="4">
-        <v>1.0517</v>
+        <v>1.0866</v>
       </c>
       <c r="D1254" s="4">
-        <v>1.0517</v>
+        <v>1.0866</v>
       </c>
       <c r="E1254" s="4">
-        <v>1.0517</v>
+        <v>1.0866</v>
       </c>
     </row>
     <row r="1255" spans="1:6">
       <c r="B1255" s="5">
-        <v>44113</v>
+        <v>44160</v>
       </c>
       <c r="C1255" s="4">
-        <v>1.0509</v>
+        <v>1.0878</v>
       </c>
       <c r="D1255" s="4">
-        <v>1.0509</v>
+        <v>1.0878</v>
       </c>
       <c r="E1255" s="4">
-        <v>1.0509</v>
+        <v>1.0878</v>
       </c>
     </row>
     <row r="1256" spans="1:6">
       <c r="B1256" s="5">
-        <v>44112</v>
+        <v>44159</v>
       </c>
       <c r="C1256" s="4">
-        <v>1.0488</v>
+        <v>1.0844</v>
       </c>
       <c r="D1256" s="4">
-        <v>1.0488</v>
+        <v>1.0844</v>
       </c>
       <c r="E1256" s="4">
-        <v>1.0488</v>
+        <v>1.0844</v>
       </c>
     </row>
     <row r="1257" spans="1:6">
       <c r="B1257" s="5">
-        <v>44111</v>
+        <v>44158</v>
       </c>
       <c r="C1257" s="4">
-        <v>1.0438</v>
+        <v>1.0806</v>
       </c>
       <c r="D1257" s="4">
-        <v>1.0438</v>
+        <v>1.0806</v>
       </c>
       <c r="E1257" s="4">
-        <v>1.0438</v>
+        <v>1.0806</v>
       </c>
     </row>
     <row r="1258" spans="1:6">
       <c r="B1258" s="5">
-        <v>44110</v>
+        <v>44155</v>
       </c>
       <c r="C1258" s="4">
-        <v>1.0412</v>
+        <v>1.0812</v>
       </c>
       <c r="D1258" s="4">
-        <v>1.0412</v>
+        <v>1.0812</v>
       </c>
       <c r="E1258" s="4">
-        <v>1.0412</v>
+        <v>1.0812</v>
       </c>
     </row>
     <row r="1259" spans="1:6">
       <c r="B1259" s="5">
-        <v>44106</v>
+        <v>44154</v>
       </c>
       <c r="C1259" s="4">
-        <v>1.033</v>
+        <v>1.0802</v>
       </c>
       <c r="D1259" s="4">
-        <v>1.033</v>
+        <v>1.0802</v>
       </c>
       <c r="E1259" s="4">
-        <v>1.033</v>
+        <v>1.0802</v>
       </c>
     </row>
     <row r="1260" spans="1:6">
       <c r="B1260" s="5">
-        <v>44105</v>
+        <v>44153</v>
       </c>
       <c r="C1260" s="4">
-        <v>1.0337</v>
+        <v>1.082</v>
       </c>
       <c r="D1260" s="4">
-        <v>1.0337</v>
+        <v>1.082</v>
       </c>
       <c r="E1260" s="4">
-        <v>1.0337</v>
+        <v>1.082</v>
       </c>
     </row>
     <row r="1261" spans="1:6">
       <c r="B1261" s="5">
-        <v>44104</v>
+        <v>44152</v>
       </c>
       <c r="C1261" s="4">
-        <v>1.0335</v>
+        <v>1.0805</v>
       </c>
       <c r="D1261" s="4">
-        <v>1.0335</v>
+        <v>1.0805</v>
       </c>
       <c r="E1261" s="4">
-        <v>1.0335</v>
+        <v>1.0805</v>
       </c>
     </row>
     <row r="1262" spans="1:6">
       <c r="B1262" s="5">
-        <v>44103</v>
+        <v>44151</v>
       </c>
       <c r="C1262" s="4">
-        <v>1.0403</v>
+        <v>1.0772</v>
       </c>
       <c r="D1262" s="4">
-        <v>1.0403</v>
+        <v>1.0772</v>
       </c>
       <c r="E1262" s="4">
-        <v>1.0403</v>
+        <v>1.0772</v>
       </c>
     </row>
     <row r="1263" spans="1:6">
       <c r="B1263" s="5">
-        <v>44102</v>
+        <v>44148</v>
       </c>
       <c r="C1263" s="4">
-        <v>1.0355</v>
+        <v>1.0719</v>
       </c>
       <c r="D1263" s="4">
-        <v>1.0355</v>
+        <v>1.0719</v>
       </c>
       <c r="E1263" s="4">
-        <v>1.0355</v>
+        <v>1.0719</v>
       </c>
     </row>
     <row r="1264" spans="1:6">
       <c r="B1264" s="5">
-        <v>44099</v>
+        <v>44147</v>
       </c>
       <c r="C1264" s="4">
-        <v>1.0354</v>
+        <v>1.0741</v>
       </c>
       <c r="D1264" s="4">
-        <v>1.0354</v>
+        <v>1.0741</v>
       </c>
       <c r="E1264" s="4">
-        <v>1.0354</v>
+        <v>1.0741</v>
       </c>
     </row>
     <row r="1265" spans="1:6">
       <c r="B1265" s="5">
-        <v>44098</v>
+        <v>44146</v>
       </c>
       <c r="C1265" s="4">
-        <v>1.0332</v>
+        <v>1.0719</v>
       </c>
       <c r="D1265" s="4">
-        <v>1.0332</v>
+        <v>1.0719</v>
       </c>
       <c r="E1265" s="4">
-        <v>1.0332</v>
+        <v>1.0719</v>
       </c>
     </row>
     <row r="1266" spans="1:6">
       <c r="B1266" s="5">
-        <v>44097</v>
+        <v>44145</v>
       </c>
       <c r="C1266" s="4">
-        <v>1.0311</v>
+        <v>1.0668</v>
       </c>
       <c r="D1266" s="4">
-        <v>1.0311</v>
+        <v>1.0668</v>
       </c>
       <c r="E1266" s="4">
-        <v>1.0311</v>
+        <v>1.0668</v>
       </c>
     </row>
     <row r="1267" spans="1:6">
       <c r="B1267" s="5">
-        <v>44096</v>
+        <v>44144</v>
       </c>
       <c r="C1267" s="4">
-        <v>1.0311</v>
+        <v>1.0603</v>
       </c>
       <c r="D1267" s="4">
-        <v>1.0311</v>
+        <v>1.0603</v>
       </c>
       <c r="E1267" s="4">
-        <v>1.0311</v>
+        <v>1.0603</v>
       </c>
     </row>
     <row r="1268" spans="1:6">
       <c r="B1268" s="5">
-        <v>44095</v>
+        <v>44141</v>
       </c>
       <c r="C1268" s="4">
-        <v>1.0342</v>
+        <v>1.0567</v>
       </c>
       <c r="D1268" s="4">
-        <v>1.0342</v>
+        <v>1.0567</v>
       </c>
       <c r="E1268" s="4">
-        <v>1.0342</v>
+        <v>1.0567</v>
       </c>
     </row>
     <row r="1269" spans="1:6">
       <c r="B1269" s="5">
-        <v>44092</v>
+        <v>44140</v>
       </c>
       <c r="C1269" s="4">
-        <v>1.0375</v>
+        <v>1.0528</v>
       </c>
       <c r="D1269" s="4">
-        <v>1.0375</v>
+        <v>1.0528</v>
       </c>
       <c r="E1269" s="4">
-        <v>1.0375</v>
+        <v>1.0528</v>
       </c>
     </row>
     <row r="1270" spans="1:6">
       <c r="B1270" s="5">
-        <v>44091</v>
+        <v>44139</v>
       </c>
       <c r="C1270" s="4">
-        <v>1.0389</v>
+        <v>1.0459</v>
       </c>
       <c r="D1270" s="4">
-        <v>1.0389</v>
+        <v>1.0459</v>
       </c>
       <c r="E1270" s="4">
-        <v>1.0389</v>
+        <v>1.0459</v>
       </c>
     </row>
     <row r="1271" spans="1:6">
       <c r="B1271" s="5">
-        <v>44090</v>
+        <v>44138</v>
       </c>
       <c r="C1271" s="4">
-        <v>1.0412</v>
+        <v>1.0432</v>
       </c>
       <c r="D1271" s="4">
-        <v>1.0412</v>
+        <v>1.0432</v>
       </c>
       <c r="E1271" s="4">
-        <v>1.0412</v>
+        <v>1.0432</v>
       </c>
     </row>
     <row r="1272" spans="1:6">
       <c r="B1272" s="5">
-        <v>44089</v>
+        <v>44137</v>
       </c>
       <c r="C1272" s="4">
-        <v>1.038</v>
+        <v>1.0361</v>
       </c>
       <c r="D1272" s="4">
-        <v>1.038</v>
+        <v>1.0361</v>
       </c>
       <c r="E1272" s="4">
-        <v>1.038</v>
+        <v>1.0361</v>
       </c>
     </row>
     <row r="1273" spans="1:6">
       <c r="B1273" s="5">
-        <v>44088</v>
+        <v>44134</v>
       </c>
       <c r="C1273" s="4">
-        <v>1.036</v>
+        <v>1.0387</v>
       </c>
       <c r="D1273" s="4">
-        <v>1.036</v>
+        <v>1.0387</v>
       </c>
       <c r="E1273" s="4">
-        <v>1.036</v>
+        <v>1.0387</v>
       </c>
     </row>
     <row r="1274" spans="1:6">
       <c r="B1274" s="5">
-        <v>44085</v>
+        <v>44133</v>
       </c>
       <c r="C1274" s="4">
-        <v>1.0344</v>
+        <v>1.0383</v>
       </c>
       <c r="D1274" s="4">
-        <v>1.0344</v>
+        <v>1.0383</v>
       </c>
       <c r="E1274" s="4">
-        <v>1.0344</v>
+        <v>1.0383</v>
       </c>
     </row>
     <row r="1275" spans="1:6">
       <c r="B1275" s="5">
-        <v>44084</v>
+        <v>44132</v>
       </c>
       <c r="C1275" s="4">
-        <v>1.038</v>
+        <v>1.0474</v>
       </c>
       <c r="D1275" s="4">
-        <v>1.038</v>
+        <v>1.0474</v>
       </c>
       <c r="E1275" s="4">
-        <v>1.038</v>
+        <v>1.0474</v>
       </c>
     </row>
     <row r="1276" spans="1:6">
       <c r="B1276" s="5">
-        <v>44083</v>
+        <v>44131</v>
       </c>
       <c r="C1276" s="4">
-        <v>1.0352</v>
+        <v>1.0488</v>
       </c>
       <c r="D1276" s="4">
-        <v>1.0352</v>
+        <v>1.0488</v>
       </c>
       <c r="E1276" s="4">
-        <v>1.0352</v>
+        <v>1.0488</v>
       </c>
     </row>
     <row r="1277" spans="1:6">
       <c r="B1277" s="5">
-        <v>44082</v>
+        <v>44130</v>
       </c>
       <c r="C1277" s="4">
-        <v>1.042</v>
+        <v>1.0547</v>
       </c>
       <c r="D1277" s="4">
-        <v>1.042</v>
+        <v>1.0547</v>
       </c>
       <c r="E1277" s="4">
-        <v>1.042</v>
+        <v>1.0547</v>
       </c>
     </row>
     <row r="1278" spans="1:6">
       <c r="B1278" s="5">
-        <v>44081</v>
+        <v>44127</v>
       </c>
       <c r="C1278" s="4">
-        <v>1.0439</v>
+        <v>1.0537</v>
       </c>
       <c r="D1278" s="4">
-        <v>1.0439</v>
+        <v>1.0537</v>
       </c>
       <c r="E1278" s="4">
-        <v>1.0439</v>
+        <v>1.0537</v>
       </c>
     </row>
     <row r="1279" spans="1:6">
       <c r="B1279" s="5">
-        <v>44078</v>
+        <v>44126</v>
       </c>
       <c r="C1279" s="4">
-        <v>1.0448</v>
+        <v>1.0532</v>
       </c>
       <c r="D1279" s="4">
-        <v>1.0448</v>
+        <v>1.0532</v>
       </c>
       <c r="E1279" s="4">
-        <v>1.0448</v>
+        <v>1.0532</v>
       </c>
     </row>
     <row r="1280" spans="1:6">
       <c r="B1280" s="5">
-        <v>44077</v>
+        <v>44125</v>
       </c>
       <c r="C1280" s="4">
-        <v>1.0523</v>
+        <v>1.0552</v>
       </c>
       <c r="D1280" s="4">
-        <v>1.0523</v>
+        <v>1.0552</v>
       </c>
       <c r="E1280" s="4">
-        <v>1.0523</v>
+        <v>1.0552</v>
       </c>
     </row>
     <row r="1281" spans="1:6">
       <c r="B1281" s="5">
-        <v>44076</v>
+        <v>44124</v>
       </c>
       <c r="C1281" s="4">
-        <v>1.0482</v>
+        <v>1.0537</v>
       </c>
       <c r="D1281" s="4">
-        <v>1.0482</v>
+        <v>1.0537</v>
       </c>
       <c r="E1281" s="4">
-        <v>1.0482</v>
+        <v>1.0537</v>
       </c>
     </row>
     <row r="1282" spans="1:6">
       <c r="B1282" s="5">
-        <v>44075</v>
+        <v>44123</v>
       </c>
       <c r="C1282" s="4">
-        <v>1.0442</v>
+        <v>1.0569</v>
       </c>
       <c r="D1282" s="4">
-        <v>1.0442</v>
+        <v>1.0569</v>
       </c>
       <c r="E1282" s="4">
-        <v>1.0442</v>
+        <v>1.0569</v>
       </c>
     </row>
     <row r="1283" spans="1:6">
       <c r="B1283" s="5">
-        <v>44074</v>
+        <v>44120</v>
       </c>
       <c r="C1283" s="4">
-        <v>1.0484</v>
+        <v>1.0552</v>
       </c>
       <c r="D1283" s="4">
-        <v>1.0484</v>
+        <v>1.0552</v>
       </c>
       <c r="E1283" s="4">
-        <v>1.0484</v>
+        <v>1.0552</v>
       </c>
     </row>
     <row r="1284" spans="1:6">
       <c r="B1284" s="5">
-        <v>44071</v>
+        <v>44119</v>
       </c>
       <c r="C1284" s="4">
-        <v>1.0494</v>
+        <v>1.0555</v>
       </c>
       <c r="D1284" s="4">
-        <v>1.0494</v>
+        <v>1.0555</v>
       </c>
       <c r="E1284" s="4">
-        <v>1.0494</v>
+        <v>1.0555</v>
       </c>
     </row>
     <row r="1285" spans="1:6">
       <c r="B1285" s="5">
-        <v>44070</v>
+        <v>44118</v>
       </c>
       <c r="C1285" s="4">
-        <v>1.0516</v>
+        <v>1.0555</v>
       </c>
       <c r="D1285" s="4">
-        <v>1.0516</v>
+        <v>1.0555</v>
       </c>
       <c r="E1285" s="4">
-        <v>1.0516</v>
+        <v>1.0555</v>
       </c>
     </row>
     <row r="1286" spans="1:6">
       <c r="B1286" s="5">
-        <v>44069</v>
+        <v>44117</v>
       </c>
       <c r="C1286" s="4">
-        <v>1.0506</v>
+        <v>1.0563</v>
       </c>
       <c r="D1286" s="4">
-        <v>1.0506</v>
+        <v>1.0563</v>
       </c>
       <c r="E1286" s="4">
-        <v>1.0506</v>
+        <v>1.0563</v>
       </c>
     </row>
     <row r="1287" spans="1:6">
       <c r="B1287" s="5">
-        <v>44068</v>
+        <v>44116</v>
       </c>
       <c r="C1287" s="4">
-        <v>1.0515</v>
+        <v>1.0517</v>
       </c>
       <c r="D1287" s="4">
-        <v>1.0515</v>
+        <v>1.0517</v>
       </c>
       <c r="E1287" s="4">
-        <v>1.0515</v>
+        <v>1.0517</v>
       </c>
     </row>
     <row r="1288" spans="1:6">
       <c r="B1288" s="5">
-        <v>44067</v>
+        <v>44113</v>
       </c>
       <c r="C1288" s="4">
-        <v>1.0486</v>
+        <v>1.0509</v>
       </c>
       <c r="D1288" s="4">
-        <v>1.0486</v>
+        <v>1.0509</v>
       </c>
       <c r="E1288" s="4">
-        <v>1.0486</v>
+        <v>1.0509</v>
       </c>
     </row>
     <row r="1289" spans="1:6">
       <c r="B1289" s="5">
-        <v>44064</v>
+        <v>44112</v>
       </c>
       <c r="C1289" s="4">
-        <v>1.0477</v>
+        <v>1.0488</v>
       </c>
       <c r="D1289" s="4">
-        <v>1.0477</v>
+        <v>1.0488</v>
       </c>
       <c r="E1289" s="4">
-        <v>1.0477</v>
+        <v>1.0488</v>
       </c>
     </row>
     <row r="1290" spans="1:6">
       <c r="B1290" s="5">
-        <v>44063</v>
+        <v>44111</v>
       </c>
       <c r="C1290" s="4">
-        <v>1.0478</v>
+        <v>1.0438</v>
       </c>
       <c r="D1290" s="4">
-        <v>1.0478</v>
+        <v>1.0438</v>
       </c>
       <c r="E1290" s="4">
-        <v>1.0478</v>
+        <v>1.0438</v>
       </c>
     </row>
     <row r="1291" spans="1:6">
       <c r="B1291" s="5">
-        <v>44062</v>
+        <v>44110</v>
       </c>
       <c r="C1291" s="4">
-        <v>1.0496</v>
+        <v>1.0412</v>
       </c>
       <c r="D1291" s="4">
-        <v>1.0496</v>
+        <v>1.0412</v>
       </c>
       <c r="E1291" s="4">
-        <v>1.0496</v>
+        <v>1.0412</v>
       </c>
     </row>
     <row r="1292" spans="1:6">
       <c r="B1292" s="5">
-        <v>44061</v>
+        <v>44106</v>
       </c>
       <c r="C1292" s="4">
-        <v>1.0484</v>
+        <v>1.033</v>
       </c>
       <c r="D1292" s="4">
-        <v>1.0484</v>
+        <v>1.033</v>
       </c>
       <c r="E1292" s="4">
-        <v>1.0484</v>
+        <v>1.033</v>
       </c>
     </row>
     <row r="1293" spans="1:6">
       <c r="B1293" s="5">
-        <v>44060</v>
+        <v>44105</v>
       </c>
       <c r="C1293" s="4">
-        <v>1.0468</v>
+        <v>1.0337</v>
       </c>
       <c r="D1293" s="4">
-        <v>1.0468</v>
+        <v>1.0337</v>
       </c>
       <c r="E1293" s="4">
-        <v>1.0468</v>
+        <v>1.0337</v>
       </c>
     </row>
     <row r="1294" spans="1:6">
       <c r="B1294" s="5">
-        <v>44057</v>
+        <v>44104</v>
       </c>
       <c r="C1294" s="4">
-        <v>1.0489</v>
+        <v>1.0335</v>
       </c>
       <c r="D1294" s="4">
-        <v>1.0489</v>
+        <v>1.0335</v>
       </c>
       <c r="E1294" s="4">
-        <v>1.0489</v>
+        <v>1.0335</v>
       </c>
     </row>
     <row r="1295" spans="1:6">
       <c r="B1295" s="5">
-        <v>44056</v>
+        <v>44103</v>
       </c>
       <c r="C1295" s="4">
-        <v>1.0485</v>
+        <v>1.0403</v>
       </c>
       <c r="D1295" s="4">
-        <v>1.0485</v>
+        <v>1.0403</v>
       </c>
       <c r="E1295" s="4">
-        <v>1.0485</v>
+        <v>1.0403</v>
       </c>
     </row>
     <row r="1296" spans="1:6">
       <c r="B1296" s="5">
-        <v>44055</v>
+        <v>44102</v>
       </c>
       <c r="C1296" s="4">
-        <v>1.0481</v>
+        <v>1.0355</v>
       </c>
       <c r="D1296" s="4">
-        <v>1.0481</v>
+        <v>1.0355</v>
       </c>
       <c r="E1296" s="4">
-        <v>1.0481</v>
+        <v>1.0355</v>
       </c>
     </row>
     <row r="1297" spans="1:6">
       <c r="B1297" s="5">
-        <v>44054</v>
+        <v>44099</v>
       </c>
       <c r="C1297" s="4">
-        <v>1.0478</v>
+        <v>1.0354</v>
       </c>
       <c r="D1297" s="4">
-        <v>1.0478</v>
+        <v>1.0354</v>
       </c>
       <c r="E1297" s="4">
-        <v>1.0478</v>
+        <v>1.0354</v>
       </c>
     </row>
     <row r="1298" spans="1:6">
       <c r="B1298" s="5">
-        <v>44053</v>
+        <v>44098</v>
       </c>
       <c r="C1298" s="4">
-        <v>1.0458</v>
+        <v>1.0332</v>
       </c>
       <c r="D1298" s="4">
-        <v>1.0458</v>
+        <v>1.0332</v>
       </c>
       <c r="E1298" s="4">
-        <v>1.0458</v>
+        <v>1.0332</v>
       </c>
     </row>
     <row r="1299" spans="1:6">
       <c r="B1299" s="5">
-        <v>44050</v>
+        <v>44097</v>
       </c>
       <c r="C1299" s="4">
-        <v>1.0427</v>
+        <v>1.0311</v>
       </c>
       <c r="D1299" s="4">
-        <v>1.0427</v>
+        <v>1.0311</v>
       </c>
       <c r="E1299" s="4">
-        <v>1.0427</v>
+        <v>1.0311</v>
       </c>
     </row>
     <row r="1300" spans="1:6">
       <c r="B1300" s="5">
-        <v>44049</v>
+        <v>44096</v>
       </c>
       <c r="C1300" s="4">
-        <v>1.0437</v>
+        <v>1.0311</v>
       </c>
       <c r="D1300" s="4">
-        <v>1.0437</v>
+        <v>1.0311</v>
       </c>
       <c r="E1300" s="4">
-        <v>1.0437</v>
+        <v>1.0311</v>
       </c>
     </row>
     <row r="1301" spans="1:6">
       <c r="B1301" s="5">
-        <v>44048</v>
+        <v>44095</v>
       </c>
       <c r="C1301" s="4">
-        <v>1.0415</v>
+        <v>1.0342</v>
       </c>
       <c r="D1301" s="4">
-        <v>1.0415</v>
+        <v>1.0342</v>
       </c>
       <c r="E1301" s="4">
-        <v>1.0415</v>
+        <v>1.0342</v>
       </c>
     </row>
     <row r="1302" spans="1:6">
       <c r="B1302" s="5">
-        <v>44047</v>
+        <v>44092</v>
       </c>
       <c r="C1302" s="4">
-        <v>1.042</v>
+        <v>1.0375</v>
       </c>
       <c r="D1302" s="4">
-        <v>1.042</v>
+        <v>1.0375</v>
       </c>
       <c r="E1302" s="4">
-        <v>1.042</v>
+        <v>1.0375</v>
       </c>
     </row>
     <row r="1303" spans="1:6">
       <c r="B1303" s="5">
-        <v>44046</v>
+        <v>44091</v>
       </c>
       <c r="C1303" s="4">
-        <v>1.0363</v>
+        <v>1.0389</v>
       </c>
       <c r="D1303" s="4">
-        <v>1.0363</v>
+        <v>1.0389</v>
       </c>
       <c r="E1303" s="4">
-        <v>1.0363</v>
+        <v>1.0389</v>
       </c>
     </row>
     <row r="1304" spans="1:6">
       <c r="B1304" s="5">
-        <v>44043</v>
+        <v>44090</v>
       </c>
       <c r="C1304" s="4">
-        <v>1.0382</v>
+        <v>1.0412</v>
       </c>
       <c r="D1304" s="4">
-        <v>1.0382</v>
+        <v>1.0412</v>
       </c>
       <c r="E1304" s="4">
-        <v>1.0382</v>
+        <v>1.0412</v>
       </c>
     </row>
     <row r="1305" spans="1:6">
       <c r="B1305" s="5">
-        <v>44042</v>
+        <v>44089</v>
       </c>
       <c r="C1305" s="4">
-        <v>1.0426</v>
+        <v>1.038</v>
       </c>
       <c r="D1305" s="4">
-        <v>1.0426</v>
+        <v>1.038</v>
       </c>
       <c r="E1305" s="4">
-        <v>1.0426</v>
+        <v>1.038</v>
       </c>
     </row>
     <row r="1306" spans="1:6">
       <c r="B1306" s="5">
-        <v>44041</v>
+        <v>44088</v>
       </c>
       <c r="C1306" s="4">
-        <v>1.0398</v>
+        <v>1.036</v>
       </c>
       <c r="D1306" s="4">
-        <v>1.0398</v>
+        <v>1.036</v>
       </c>
       <c r="E1306" s="4">
-        <v>1.0398</v>
+        <v>1.036</v>
       </c>
     </row>
     <row r="1307" spans="1:6">
       <c r="B1307" s="5">
-        <v>44040</v>
+        <v>44085</v>
       </c>
       <c r="C1307" s="4">
-        <v>1.0409</v>
+        <v>1.0344</v>
       </c>
       <c r="D1307" s="4">
-        <v>1.0409</v>
+        <v>1.0344</v>
       </c>
       <c r="E1307" s="4">
-        <v>1.0409</v>
+        <v>1.0344</v>
       </c>
     </row>
     <row r="1308" spans="1:6">
       <c r="B1308" s="5">
-        <v>44039</v>
+        <v>44084</v>
       </c>
       <c r="C1308" s="4">
-        <v>1.0407</v>
+        <v>1.038</v>
       </c>
       <c r="D1308" s="4">
-        <v>1.0407</v>
+        <v>1.038</v>
       </c>
       <c r="E1308" s="4">
-        <v>1.0407</v>
+        <v>1.038</v>
       </c>
     </row>
     <row r="1309" spans="1:6">
       <c r="B1309" s="5">
-        <v>44036</v>
+        <v>44083</v>
       </c>
       <c r="C1309" s="4">
-        <v>1.0413</v>
+        <v>1.0352</v>
       </c>
       <c r="D1309" s="4">
-        <v>1.0413</v>
+        <v>1.0352</v>
       </c>
       <c r="E1309" s="4">
-        <v>1.0413</v>
+        <v>1.0352</v>
       </c>
     </row>
     <row r="1310" spans="1:6">
       <c r="B1310" s="5">
-        <v>44035</v>
+        <v>44082</v>
       </c>
       <c r="C1310" s="4">
-        <v>1.0436</v>
+        <v>1.042</v>
       </c>
       <c r="D1310" s="4">
-        <v>1.0436</v>
+        <v>1.042</v>
       </c>
       <c r="E1310" s="4">
-        <v>1.0436</v>
+        <v>1.042</v>
       </c>
     </row>
     <row r="1311" spans="1:6">
       <c r="B1311" s="5">
-        <v>44034</v>
+        <v>44081</v>
       </c>
       <c r="C1311" s="4">
-        <v>1.0433</v>
+        <v>1.0439</v>
       </c>
       <c r="D1311" s="4">
-        <v>1.0433</v>
+        <v>1.0439</v>
       </c>
       <c r="E1311" s="4">
-        <v>1.0433</v>
+        <v>1.0439</v>
       </c>
     </row>
     <row r="1312" spans="1:6">
       <c r="B1312" s="5">
-        <v>44033</v>
+        <v>44078</v>
       </c>
       <c r="C1312" s="4">
-        <v>1.0458</v>
+        <v>1.0448</v>
       </c>
       <c r="D1312" s="4">
-        <v>1.0458</v>
+        <v>1.0448</v>
       </c>
       <c r="E1312" s="4">
-        <v>1.0458</v>
+        <v>1.0448</v>
       </c>
     </row>
     <row r="1313" spans="1:6">
       <c r="B1313" s="5">
-        <v>44032</v>
+        <v>44077</v>
       </c>
       <c r="C1313" s="4">
-        <v>1.0408</v>
+        <v>1.0523</v>
       </c>
       <c r="D1313" s="4">
-        <v>1.0408</v>
+        <v>1.0523</v>
       </c>
       <c r="E1313" s="4">
-        <v>1.0408</v>
+        <v>1.0523</v>
       </c>
     </row>
     <row r="1314" spans="1:6">
       <c r="B1314" s="5">
-        <v>44029</v>
+        <v>44076</v>
       </c>
       <c r="C1314" s="4">
-        <v>1.0413</v>
+        <v>1.0482</v>
       </c>
       <c r="D1314" s="4">
-        <v>1.0413</v>
+        <v>1.0482</v>
       </c>
       <c r="E1314" s="4">
-        <v>1.0413</v>
+        <v>1.0482</v>
       </c>
     </row>
     <row r="1315" spans="1:6">
       <c r="B1315" s="5">
-        <v>44028</v>
+        <v>44075</v>
       </c>
       <c r="C1315" s="4">
-        <v>1.0415</v>
+        <v>1.0442</v>
       </c>
       <c r="D1315" s="4">
-        <v>1.0415</v>
+        <v>1.0442</v>
       </c>
       <c r="E1315" s="4">
-        <v>1.0415</v>
+        <v>1.0442</v>
       </c>
     </row>
     <row r="1316" spans="1:6">
       <c r="B1316" s="5">
-        <v>44027</v>
+        <v>44074</v>
       </c>
       <c r="C1316" s="4">
-        <v>1.0409</v>
+        <v>1.0484</v>
       </c>
       <c r="D1316" s="4">
-        <v>1.0409</v>
+        <v>1.0484</v>
       </c>
       <c r="E1316" s="4">
-        <v>1.0409</v>
+        <v>1.0484</v>
       </c>
     </row>
     <row r="1317" spans="1:6">
       <c r="B1317" s="5">
-        <v>44026</v>
+        <v>44071</v>
       </c>
       <c r="C1317" s="4">
-        <v>1.0367</v>
+        <v>1.0494</v>
       </c>
       <c r="D1317" s="4">
-        <v>1.0367</v>
+        <v>1.0494</v>
       </c>
       <c r="E1317" s="4">
-        <v>1.0367</v>
+        <v>1.0494</v>
       </c>
     </row>
     <row r="1318" spans="1:6">
       <c r="B1318" s="5">
-        <v>44025</v>
+        <v>44070</v>
       </c>
       <c r="C1318" s="4">
-        <v>1.0382</v>
+        <v>1.0516</v>
       </c>
       <c r="D1318" s="4">
-        <v>1.0382</v>
+        <v>1.0516</v>
       </c>
       <c r="E1318" s="4">
-        <v>1.0382</v>
+        <v>1.0516</v>
       </c>
     </row>
     <row r="1319" spans="1:6">
       <c r="B1319" s="5">
-        <v>44022</v>
+        <v>44069</v>
       </c>
       <c r="C1319" s="4">
-        <v>1.0355</v>
+        <v>1.0506</v>
       </c>
       <c r="D1319" s="4">
-        <v>1.0355</v>
+        <v>1.0506</v>
       </c>
       <c r="E1319" s="4">
-        <v>1.0355</v>
+        <v>1.0506</v>
       </c>
     </row>
     <row r="1320" spans="1:6">
       <c r="B1320" s="5">
-        <v>44021</v>
+        <v>44068</v>
       </c>
       <c r="C1320" s="4">
-        <v>1.0371</v>
+        <v>1.0515</v>
       </c>
       <c r="D1320" s="4">
-        <v>1.0371</v>
+        <v>1.0515</v>
       </c>
       <c r="E1320" s="4">
-        <v>1.0371</v>
+        <v>1.0515</v>
       </c>
     </row>
     <row r="1321" spans="1:6">
       <c r="B1321" s="5">
-        <v>44020</v>
+        <v>44067</v>
       </c>
       <c r="C1321" s="4">
-        <v>1.0355</v>
+        <v>1.0486</v>
       </c>
       <c r="D1321" s="4">
-        <v>1.0355</v>
+        <v>1.0486</v>
       </c>
       <c r="E1321" s="4">
-        <v>1.0355</v>
+        <v>1.0486</v>
       </c>
     </row>
     <row r="1322" spans="1:6">
       <c r="B1322" s="5">
-        <v>44019</v>
+        <v>44064</v>
       </c>
       <c r="C1322" s="4">
-        <v>1.0396</v>
+        <v>1.0477</v>
       </c>
       <c r="D1322" s="4">
-        <v>1.0396</v>
+        <v>1.0477</v>
       </c>
       <c r="E1322" s="4">
-        <v>1.0396</v>
+        <v>1.0477</v>
       </c>
     </row>
     <row r="1323" spans="1:6">
       <c r="B1323" s="5">
-        <v>44018</v>
+        <v>44063</v>
       </c>
       <c r="C1323" s="4">
-        <v>1.0371</v>
+        <v>1.0478</v>
       </c>
       <c r="D1323" s="4">
-        <v>1.0371</v>
+        <v>1.0478</v>
       </c>
       <c r="E1323" s="4">
-        <v>1.0371</v>
+        <v>1.0478</v>
       </c>
     </row>
     <row r="1324" spans="1:6">
       <c r="B1324" s="5">
-        <v>44015</v>
+        <v>44062</v>
       </c>
       <c r="C1324" s="4">
-        <v>1.039</v>
+        <v>1.0496</v>
       </c>
       <c r="D1324" s="4">
-        <v>1.039</v>
+        <v>1.0496</v>
       </c>
       <c r="E1324" s="4">
-        <v>1.039</v>
+        <v>1.0496</v>
       </c>
     </row>
     <row r="1325" spans="1:6">
       <c r="B1325" s="5">
-        <v>44014</v>
+        <v>44061</v>
       </c>
       <c r="C1325" s="4">
-        <v>1.0361</v>
+        <v>1.0484</v>
       </c>
       <c r="D1325" s="4">
-        <v>1.0361</v>
+        <v>1.0484</v>
       </c>
       <c r="E1325" s="4">
-        <v>1.0361</v>
+        <v>1.0484</v>
       </c>
     </row>
     <row r="1326" spans="1:6">
       <c r="B1326" s="5">
-        <v>44013</v>
+        <v>44060</v>
       </c>
       <c r="C1326" s="4">
-        <v>1.0334</v>
+        <v>1.0468</v>
       </c>
       <c r="D1326" s="4">
-        <v>1.0334</v>
+        <v>1.0468</v>
       </c>
       <c r="E1326" s="4">
-        <v>1.0334</v>
+        <v>1.0468</v>
       </c>
     </row>
     <row r="1327" spans="1:6">
       <c r="B1327" s="5">
-        <v>44012</v>
+        <v>44057</v>
       </c>
       <c r="C1327" s="4">
-        <v>1.0518</v>
+        <v>1.0489</v>
       </c>
       <c r="D1327" s="4">
-        <v>1.0518</v>
+        <v>1.0489</v>
       </c>
       <c r="E1327" s="4">
-        <v>1.0518</v>
+        <v>1.0489</v>
       </c>
     </row>
     <row r="1328" spans="1:6">
       <c r="B1328" s="5">
-        <v>44011</v>
+        <v>44056</v>
       </c>
       <c r="C1328" s="4">
-        <v>1.0285</v>
+        <v>1.0485</v>
       </c>
       <c r="D1328" s="4">
-        <v>1.0285</v>
+        <v>1.0485</v>
       </c>
       <c r="E1328" s="4">
-        <v>1.0285</v>
+        <v>1.0485</v>
       </c>
     </row>
     <row r="1329" spans="1:6">
       <c r="B1329" s="5">
-        <v>44008</v>
+        <v>44055</v>
       </c>
       <c r="C1329" s="4">
-        <v>1.0332</v>
+        <v>1.0481</v>
       </c>
       <c r="D1329" s="4">
-        <v>1.0332</v>
+        <v>1.0481</v>
       </c>
       <c r="E1329" s="4">
-        <v>1.0332</v>
+        <v>1.0481</v>
       </c>
     </row>
     <row r="1330" spans="1:6">
       <c r="B1330" s="5">
-        <v>44007</v>
+        <v>44054</v>
       </c>
       <c r="C1330" s="4">
-        <v>1.0296</v>
+        <v>1.0478</v>
       </c>
       <c r="D1330" s="4">
-        <v>1.0296</v>
+        <v>1.0478</v>
       </c>
       <c r="E1330" s="4">
-        <v>1.0296</v>
+        <v>1.0478</v>
       </c>
     </row>
     <row r="1331" spans="1:6">
       <c r="B1331" s="5">
-        <v>44006</v>
+        <v>44053</v>
       </c>
       <c r="C1331" s="4">
-        <v>1.0368</v>
+        <v>1.0458</v>
       </c>
       <c r="D1331" s="4">
-        <v>1.0368</v>
+        <v>1.0458</v>
       </c>
       <c r="E1331" s="4">
-        <v>1.0368</v>
+        <v>1.0458</v>
       </c>
     </row>
     <row r="1332" spans="1:6">
       <c r="B1332" s="5">
-        <v>44005</v>
+        <v>44050</v>
       </c>
       <c r="C1332" s="4">
-        <v>1.0363</v>
+        <v>1.0427</v>
       </c>
       <c r="D1332" s="4">
-        <v>1.0363</v>
+        <v>1.0427</v>
       </c>
       <c r="E1332" s="4">
-        <v>1.0363</v>
+        <v>1.0427</v>
       </c>
     </row>
     <row r="1333" spans="1:6">
       <c r="B1333" s="5">
-        <v>44004</v>
+        <v>44049</v>
       </c>
       <c r="C1333" s="4">
-        <v>1.0364</v>
+        <v>1.0437</v>
       </c>
       <c r="D1333" s="4">
-        <v>1.0364</v>
+        <v>1.0437</v>
       </c>
       <c r="E1333" s="4">
-        <v>1.0364</v>
+        <v>1.0437</v>
       </c>
     </row>
     <row r="1334" spans="1:6">
       <c r="B1334" s="5">
-        <v>44001</v>
+        <v>44048</v>
       </c>
       <c r="C1334" s="4">
-        <v>1.0369</v>
+        <v>1.0415</v>
       </c>
       <c r="D1334" s="4">
-        <v>1.0369</v>
+        <v>1.0415</v>
       </c>
       <c r="E1334" s="4">
-        <v>1.0369</v>
+        <v>1.0415</v>
       </c>
     </row>
     <row r="1335" spans="1:6">
       <c r="B1335" s="5">
-        <v>44000</v>
+        <v>44047</v>
       </c>
       <c r="C1335" s="4">
-        <v>1.0359</v>
+        <v>1.042</v>
       </c>
       <c r="D1335" s="4">
-        <v>1.0359</v>
+        <v>1.042</v>
       </c>
       <c r="E1335" s="4">
-        <v>1.0359</v>
+        <v>1.042</v>
       </c>
     </row>
     <row r="1336" spans="1:6">
       <c r="B1336" s="5">
-        <v>43999</v>
+        <v>44046</v>
       </c>
       <c r="C1336" s="4">
-        <v>1.0387</v>
+        <v>1.0363</v>
       </c>
       <c r="D1336" s="4">
-        <v>1.0387</v>
+        <v>1.0363</v>
       </c>
       <c r="E1336" s="4">
-        <v>1.0387</v>
+        <v>1.0363</v>
       </c>
     </row>
     <row r="1337" spans="1:6">
       <c r="B1337" s="5">
-        <v>43998</v>
+        <v>44043</v>
       </c>
       <c r="C1337" s="4">
-        <v>1.0325</v>
+        <v>1.0382</v>
       </c>
       <c r="D1337" s="4">
-        <v>1.0325</v>
+        <v>1.0382</v>
       </c>
       <c r="E1337" s="4">
-        <v>1.0325</v>
+        <v>1.0382</v>
       </c>
     </row>
     <row r="1338" spans="1:6">
       <c r="B1338" s="5">
-        <v>43997</v>
+        <v>44042</v>
       </c>
       <c r="C1338" s="4">
-        <v>1.027</v>
+        <v>1.0426</v>
       </c>
       <c r="D1338" s="4">
-        <v>1.027</v>
+        <v>1.0426</v>
       </c>
       <c r="E1338" s="4">
-        <v>1.027</v>
+        <v>1.0426</v>
       </c>
     </row>
     <row r="1339" spans="1:6">
       <c r="B1339" s="5">
-        <v>43994</v>
+        <v>44041</v>
       </c>
       <c r="C1339" s="4">
-        <v>1.0283</v>
+        <v>1.0398</v>
       </c>
       <c r="D1339" s="4">
-        <v>1.0283</v>
+        <v>1.0398</v>
       </c>
       <c r="E1339" s="4">
-        <v>1.0283</v>
+        <v>1.0398</v>
       </c>
     </row>
     <row r="1340" spans="1:6">
       <c r="B1340" s="5">
-        <v>43993</v>
+        <v>44040</v>
       </c>
       <c r="C1340" s="4">
-        <v>1.0391</v>
+        <v>1.0409</v>
       </c>
       <c r="D1340" s="4">
-        <v>1.0391</v>
+        <v>1.0409</v>
       </c>
       <c r="E1340" s="4">
-        <v>1.0391</v>
+        <v>1.0409</v>
       </c>
     </row>
     <row r="1341" spans="1:6">
       <c r="B1341" s="5">
-        <v>43992</v>
+        <v>44039</v>
       </c>
       <c r="C1341" s="4">
-        <v>1.046</v>
+        <v>1.0407</v>
       </c>
       <c r="D1341" s="4">
-        <v>1.046</v>
+        <v>1.0407</v>
       </c>
       <c r="E1341" s="4">
-        <v>1.046</v>
+        <v>1.0407</v>
       </c>
     </row>
     <row r="1342" spans="1:6">
       <c r="B1342" s="5">
-        <v>43991</v>
+        <v>44036</v>
       </c>
       <c r="C1342" s="4">
-        <v>1.0471</v>
+        <v>1.0413</v>
       </c>
       <c r="D1342" s="4">
-        <v>1.0471</v>
+        <v>1.0413</v>
       </c>
       <c r="E1342" s="4">
-        <v>1.0471</v>
+        <v>1.0413</v>
       </c>
     </row>
     <row r="1343" spans="1:6">
       <c r="B1343" s="5">
-        <v>43987</v>
+        <v>44035</v>
       </c>
       <c r="C1343" s="4">
-        <v>1.0366</v>
+        <v>1.0436</v>
       </c>
       <c r="D1343" s="4">
-        <v>1.0366</v>
+        <v>1.0436</v>
       </c>
       <c r="E1343" s="4">
-        <v>1.0366</v>
+        <v>1.0436</v>
       </c>
     </row>
     <row r="1344" spans="1:6">
       <c r="B1344" s="5">
-        <v>43986</v>
+        <v>44034</v>
       </c>
       <c r="C1344" s="4">
-        <v>1.0366</v>
+        <v>1.0433</v>
       </c>
       <c r="D1344" s="4">
-        <v>1.0366</v>
+        <v>1.0433</v>
       </c>
       <c r="E1344" s="4">
-        <v>1.0366</v>
+        <v>1.0433</v>
       </c>
     </row>
     <row r="1345" spans="1:6">
       <c r="B1345" s="5">
-        <v>43985</v>
+        <v>44033</v>
       </c>
       <c r="C1345" s="4">
-        <v>1.032</v>
+        <v>1.0458</v>
       </c>
       <c r="D1345" s="4">
-        <v>1.032</v>
+        <v>1.0458</v>
       </c>
       <c r="E1345" s="4">
-        <v>1.032</v>
+        <v>1.0458</v>
       </c>
     </row>
     <row r="1346" spans="1:6">
       <c r="B1346" s="5">
-        <v>43984</v>
+        <v>44032</v>
       </c>
       <c r="C1346" s="4">
-        <v>1.0283</v>
+        <v>1.0408</v>
       </c>
       <c r="D1346" s="4">
-        <v>1.0283</v>
+        <v>1.0408</v>
       </c>
       <c r="E1346" s="4">
-        <v>1.0283</v>
+        <v>1.0408</v>
       </c>
     </row>
     <row r="1347" spans="1:6">
       <c r="B1347" s="5">
-        <v>43983</v>
+        <v>44029</v>
       </c>
       <c r="C1347" s="4">
-        <v>1.028</v>
+        <v>1.0413</v>
       </c>
       <c r="D1347" s="4">
-        <v>1.028</v>
+        <v>1.0413</v>
       </c>
       <c r="E1347" s="4">
-        <v>1.028</v>
+        <v>1.0413</v>
       </c>
     </row>
     <row r="1348" spans="1:6">
       <c r="B1348" s="5">
-        <v>43980</v>
+        <v>44028</v>
       </c>
       <c r="C1348" s="4">
-        <v>1.0295</v>
+        <v>1.0415</v>
       </c>
       <c r="D1348" s="4">
-        <v>1.0295</v>
+        <v>1.0415</v>
       </c>
       <c r="E1348" s="4">
-        <v>1.0295</v>
+        <v>1.0415</v>
       </c>
     </row>
     <row r="1349" spans="1:6">
       <c r="B1349" s="5">
-        <v>43979</v>
+        <v>44027</v>
       </c>
       <c r="C1349" s="4">
-        <v>1.0295</v>
+        <v>1.0409</v>
       </c>
       <c r="D1349" s="4">
-        <v>1.0295</v>
+        <v>1.0409</v>
       </c>
       <c r="E1349" s="4">
-        <v>1.0295</v>
+        <v>1.0409</v>
       </c>
     </row>
     <row r="1350" spans="1:6">
       <c r="B1350" s="5">
-        <v>43978</v>
+        <v>44026</v>
       </c>
       <c r="C1350" s="4">
-        <v>1.0237</v>
+        <v>1.0367</v>
       </c>
       <c r="D1350" s="4">
-        <v>1.0237</v>
+        <v>1.0367</v>
       </c>
       <c r="E1350" s="4">
-        <v>1.0237</v>
+        <v>1.0367</v>
       </c>
     </row>
     <row r="1351" spans="1:6">
       <c r="B1351" s="5">
-        <v>43977</v>
+        <v>44025</v>
       </c>
       <c r="C1351" s="4">
-        <v>1.022</v>
+        <v>1.0382</v>
       </c>
       <c r="D1351" s="4">
-        <v>1.022</v>
+        <v>1.0382</v>
       </c>
       <c r="E1351" s="4">
-        <v>1.022</v>
+        <v>1.0382</v>
       </c>
     </row>
     <row r="1352" spans="1:6">
       <c r="B1352" s="5">
-        <v>43976</v>
+        <v>44022</v>
       </c>
       <c r="C1352" s="4">
-        <v>1.0167</v>
+        <v>1.0355</v>
       </c>
       <c r="D1352" s="4">
-        <v>1.0167</v>
+        <v>1.0355</v>
       </c>
       <c r="E1352" s="4">
-        <v>1.0167</v>
+        <v>1.0355</v>
       </c>
     </row>
     <row r="1353" spans="1:6">
       <c r="B1353" s="5">
-        <v>43973</v>
+        <v>44021</v>
       </c>
       <c r="C1353" s="4">
-        <v>1.0138</v>
+        <v>1.0371</v>
       </c>
       <c r="D1353" s="4">
-        <v>1.0138</v>
+        <v>1.0371</v>
       </c>
       <c r="E1353" s="4">
-        <v>1.0138</v>
+        <v>1.0371</v>
       </c>
     </row>
     <row r="1354" spans="1:6">
       <c r="B1354" s="5">
-        <v>43972</v>
+        <v>44020</v>
       </c>
       <c r="C1354" s="4">
-        <v>1.016</v>
+        <v>1.0355</v>
       </c>
       <c r="D1354" s="4">
-        <v>1.016</v>
+        <v>1.0355</v>
       </c>
       <c r="E1354" s="4">
-        <v>1.016</v>
+        <v>1.0355</v>
       </c>
     </row>
     <row r="1355" spans="1:6">
       <c r="B1355" s="5">
-        <v>43971</v>
+        <v>44019</v>
       </c>
       <c r="C1355" s="4">
-        <v>1.0143</v>
+        <v>1.0396</v>
       </c>
       <c r="D1355" s="4">
-        <v>1.0143</v>
+        <v>1.0396</v>
       </c>
       <c r="E1355" s="4">
-        <v>1.0143</v>
+        <v>1.0396</v>
       </c>
     </row>
     <row r="1356" spans="1:6">
       <c r="B1356" s="5">
-        <v>43970</v>
+        <v>44018</v>
       </c>
       <c r="C1356" s="4">
-        <v>1.0154</v>
+        <v>1.0371</v>
       </c>
       <c r="D1356" s="4">
-        <v>1.0154</v>
+        <v>1.0371</v>
       </c>
       <c r="E1356" s="4">
-        <v>1.0154</v>
+        <v>1.0371</v>
       </c>
     </row>
     <row r="1357" spans="1:6">
       <c r="B1357" s="5">
-        <v>43969</v>
+        <v>44015</v>
       </c>
       <c r="C1357" s="4">
-        <v>1.008</v>
+        <v>1.039</v>
       </c>
       <c r="D1357" s="4">
-        <v>1.008</v>
+        <v>1.039</v>
       </c>
       <c r="E1357" s="4">
-        <v>1.008</v>
+        <v>1.039</v>
       </c>
     </row>
     <row r="1358" spans="1:6">
       <c r="B1358" s="5">
-        <v>43966</v>
+        <v>44014</v>
       </c>
       <c r="C1358" s="4">
-        <v>1.0056</v>
+        <v>1.0361</v>
       </c>
       <c r="D1358" s="4">
-        <v>1.0056</v>
+        <v>1.0361</v>
       </c>
       <c r="E1358" s="4">
-        <v>1.0056</v>
+        <v>1.0361</v>
       </c>
     </row>
     <row r="1359" spans="1:6">
       <c r="B1359" s="5">
-        <v>43965</v>
+        <v>44013</v>
       </c>
       <c r="C1359" s="4">
-        <v>1.0036</v>
+        <v>1.0334</v>
       </c>
       <c r="D1359" s="4">
-        <v>1.0036</v>
+        <v>1.0334</v>
       </c>
       <c r="E1359" s="4">
-        <v>1.0036</v>
+        <v>1.0334</v>
       </c>
     </row>
     <row r="1360" spans="1:6">
       <c r="B1360" s="5">
-        <v>43964</v>
+        <v>44012</v>
       </c>
       <c r="C1360" s="4">
-        <v>1.0081</v>
+        <v>1.0518</v>
       </c>
       <c r="D1360" s="4">
-        <v>1.0081</v>
+        <v>1.0518</v>
       </c>
       <c r="E1360" s="4">
-        <v>1.0081</v>
+        <v>1.0518</v>
       </c>
     </row>
     <row r="1361" spans="1:6">
       <c r="B1361" s="5">
-        <v>43963</v>
+        <v>44011</v>
       </c>
       <c r="C1361" s="4">
-        <v>1.0105</v>
+        <v>1.0285</v>
       </c>
       <c r="D1361" s="4">
-        <v>1.0105</v>
+        <v>1.0285</v>
       </c>
       <c r="E1361" s="4">
-        <v>1.0105</v>
+        <v>1.0285</v>
       </c>
     </row>
     <row r="1362" spans="1:6">
       <c r="B1362" s="5">
-        <v>43962</v>
+        <v>44008</v>
       </c>
       <c r="C1362" s="4">
-        <v>1.0118</v>
+        <v>1.0332</v>
       </c>
       <c r="D1362" s="4">
-        <v>1.0118</v>
+        <v>1.0332</v>
       </c>
       <c r="E1362" s="4">
-        <v>1.0118</v>
+        <v>1.0332</v>
       </c>
     </row>
     <row r="1363" spans="1:6">
       <c r="B1363" s="5">
-        <v>43959</v>
+        <v>44007</v>
       </c>
       <c r="C1363" s="4">
-        <v>1.0058</v>
+        <v>1.0296</v>
       </c>
       <c r="D1363" s="4">
-        <v>1.0058</v>
+        <v>1.0296</v>
       </c>
       <c r="E1363" s="4">
-        <v>1.0058</v>
+        <v>1.0296</v>
       </c>
     </row>
     <row r="1364" spans="1:6">
       <c r="B1364" s="5">
-        <v>43958</v>
+        <v>44006</v>
       </c>
       <c r="C1364" s="4">
-        <v>1.0058</v>
+        <v>1.0368</v>
       </c>
       <c r="D1364" s="4">
-        <v>1.0058</v>
+        <v>1.0368</v>
       </c>
       <c r="E1364" s="4">
-        <v>1.0058</v>
+        <v>1.0368</v>
       </c>
     </row>
     <row r="1365" spans="1:6">
       <c r="B1365" s="5">
-        <v>43957</v>
+        <v>44005</v>
       </c>
       <c r="C1365" s="4">
-        <v>1.0068</v>
+        <v>1.0363</v>
       </c>
       <c r="D1365" s="4">
-        <v>1.0068</v>
+        <v>1.0363</v>
       </c>
       <c r="E1365" s="4">
-        <v>1.0068</v>
+        <v>1.0363</v>
       </c>
     </row>
     <row r="1366" spans="1:6">
       <c r="B1366" s="5">
-        <v>43956</v>
+        <v>44004</v>
       </c>
       <c r="C1366" s="4">
-        <v>1.006</v>
+        <v>1.0364</v>
       </c>
       <c r="D1366" s="4">
-        <v>1.006</v>
+        <v>1.0364</v>
       </c>
       <c r="E1366" s="4">
-        <v>1.006</v>
+        <v>1.0364</v>
       </c>
     </row>
     <row r="1367" spans="1:6">
       <c r="B1367" s="5">
-        <v>43955</v>
+        <v>44001</v>
       </c>
       <c r="C1367" s="4">
-        <v>1.006</v>
+        <v>1.0369</v>
       </c>
       <c r="D1367" s="4">
-        <v>1.006</v>
+        <v>1.0369</v>
       </c>
       <c r="E1367" s="4">
-        <v>1.006</v>
+        <v>1.0369</v>
       </c>
     </row>
     <row r="1368" spans="1:6">
       <c r="B1368" s="5">
-        <v>43952</v>
+        <v>44000</v>
       </c>
       <c r="C1368" s="4">
-        <v>1.0061</v>
+        <v>1.0359</v>
       </c>
       <c r="D1368" s="4">
-        <v>1.0061</v>
+        <v>1.0359</v>
       </c>
       <c r="E1368" s="4">
-        <v>1.0061</v>
+        <v>1.0359</v>
       </c>
     </row>
     <row r="1369" spans="1:6">
       <c r="B1369" s="5">
-        <v>43951</v>
+        <v>43999</v>
       </c>
       <c r="C1369" s="4">
-        <v>1.0155</v>
+        <v>1.0387</v>
       </c>
       <c r="D1369" s="4">
-        <v>1.0155</v>
+        <v>1.0387</v>
       </c>
       <c r="E1369" s="4">
-        <v>1.0155</v>
+        <v>1.0387</v>
       </c>
     </row>
     <row r="1370" spans="1:6">
       <c r="B1370" s="5">
-        <v>43950</v>
+        <v>43998</v>
       </c>
       <c r="C1370" s="4">
-        <v>1.0078</v>
+        <v>1.0325</v>
       </c>
       <c r="D1370" s="4">
-        <v>1.0078</v>
+        <v>1.0325</v>
       </c>
       <c r="E1370" s="4">
-        <v>1.0078</v>
+        <v>1.0325</v>
       </c>
     </row>
     <row r="1371" spans="1:6">
       <c r="B1371" s="5">
-        <v>43949</v>
+        <v>43997</v>
       </c>
       <c r="C1371" s="4">
-        <v>1.0043</v>
+        <v>1.027</v>
       </c>
       <c r="D1371" s="4">
-        <v>1.0043</v>
+        <v>1.027</v>
       </c>
       <c r="E1371" s="4">
-        <v>1.0043</v>
+        <v>1.027</v>
       </c>
     </row>
     <row r="1372" spans="1:6">
       <c r="B1372" s="5">
-        <v>43948</v>
+        <v>43994</v>
       </c>
       <c r="C1372" s="4">
-        <v>1.0026</v>
+        <v>1.0283</v>
       </c>
       <c r="D1372" s="4">
-        <v>1.0026</v>
+        <v>1.0283</v>
       </c>
       <c r="E1372" s="4">
-        <v>1.0026</v>
+        <v>1.0283</v>
       </c>
     </row>
     <row r="1373" spans="1:6">
       <c r="B1373" s="5">
-        <v>43945</v>
+        <v>43993</v>
       </c>
       <c r="C1373" s="4">
-        <v>1</v>
+        <v>1.0391</v>
       </c>
       <c r="D1373" s="4">
-        <v>1</v>
+        <v>1.0391</v>
       </c>
       <c r="E1373" s="4">
-        <v>1</v>
+        <v>1.0391</v>
       </c>
     </row>
     <row r="1374" spans="1:6">
       <c r="B1374" s="5">
-        <v>43944</v>
+        <v>43992</v>
       </c>
       <c r="C1374" s="4">
-        <v>0.9998</v>
+        <v>1.046</v>
       </c>
       <c r="D1374" s="4">
-        <v>0.9998</v>
+        <v>1.046</v>
       </c>
       <c r="E1374" s="4">
-        <v>0.9998</v>
+        <v>1.046</v>
       </c>
     </row>
     <row r="1375" spans="1:6">
       <c r="B1375" s="5">
-        <v>43943</v>
+        <v>43991</v>
       </c>
       <c r="C1375" s="4">
-        <v>0.9972</v>
+        <v>1.0471</v>
       </c>
       <c r="D1375" s="4">
-        <v>0.9972</v>
+        <v>1.0471</v>
       </c>
       <c r="E1375" s="4">
-        <v>0.9972</v>
+        <v>1.0471</v>
       </c>
     </row>
     <row r="1376" spans="1:6">
       <c r="B1376" s="5">
-        <v>43942</v>
+        <v>43987</v>
       </c>
       <c r="C1376" s="4">
-        <v>1.0011</v>
+        <v>1.0366</v>
       </c>
       <c r="D1376" s="4">
-        <v>1.0011</v>
+        <v>1.0366</v>
       </c>
       <c r="E1376" s="4">
-        <v>1.0011</v>
+        <v>1.0366</v>
       </c>
     </row>
     <row r="1377" spans="1:6">
       <c r="B1377" s="5">
-        <v>43941</v>
+        <v>43986</v>
       </c>
       <c r="C1377" s="4">
-        <v>1.0069</v>
+        <v>1.0366</v>
       </c>
       <c r="D1377" s="4">
-        <v>1.0069</v>
+        <v>1.0366</v>
       </c>
       <c r="E1377" s="4">
-        <v>1.0069</v>
+        <v>1.0366</v>
       </c>
     </row>
     <row r="1378" spans="1:6">
       <c r="B1378" s="5">
-        <v>43938</v>
+        <v>43985</v>
       </c>
       <c r="C1378" s="4">
-        <v>1.0058</v>
+        <v>1.032</v>
       </c>
       <c r="D1378" s="4">
-        <v>1.0058</v>
+        <v>1.032</v>
       </c>
       <c r="E1378" s="4">
-        <v>1.0058</v>
+        <v>1.032</v>
       </c>
     </row>
     <row r="1379" spans="1:6">
       <c r="B1379" s="5">
-        <v>43937</v>
+        <v>43984</v>
       </c>
       <c r="C1379" s="4">
-        <v>1.0034</v>
+        <v>1.0283</v>
       </c>
       <c r="D1379" s="4">
-        <v>1.0034</v>
+        <v>1.0283</v>
       </c>
       <c r="E1379" s="4">
-        <v>1.0034</v>
+        <v>1.0283</v>
       </c>
     </row>
     <row r="1380" spans="1:6">
       <c r="B1380" s="5">
-        <v>43936</v>
+        <v>43983</v>
       </c>
       <c r="C1380" s="4">
-        <v>1.008</v>
+        <v>1.028</v>
       </c>
       <c r="D1380" s="4">
-        <v>1.008</v>
+        <v>1.028</v>
       </c>
       <c r="E1380" s="4">
-        <v>1.008</v>
+        <v>1.028</v>
       </c>
     </row>
     <row r="1381" spans="1:6">
       <c r="B1381" s="5">
-        <v>43935</v>
+        <v>43980</v>
       </c>
       <c r="C1381" s="4">
-        <v>1.0058</v>
+        <v>1.0295</v>
       </c>
       <c r="D1381" s="4">
-        <v>1.0058</v>
+        <v>1.0295</v>
       </c>
       <c r="E1381" s="4">
-        <v>1.0058</v>
+        <v>1.0295</v>
       </c>
     </row>
     <row r="1382" spans="1:6">
       <c r="B1382" s="5">
-        <v>43930</v>
+        <v>43979</v>
       </c>
       <c r="C1382" s="4">
-        <v>1.0035</v>
+        <v>1.0295</v>
       </c>
       <c r="D1382" s="4">
-        <v>1.0035</v>
+        <v>1.0295</v>
       </c>
       <c r="E1382" s="4">
-        <v>1.0035</v>
+        <v>1.0295</v>
       </c>
     </row>
     <row r="1383" spans="1:6">
       <c r="B1383" s="5">
-        <v>43929</v>
+        <v>43978</v>
       </c>
       <c r="C1383" s="4">
-        <v>0.9952</v>
+        <v>1.0237</v>
       </c>
       <c r="D1383" s="4">
-        <v>0.9952</v>
+        <v>1.0237</v>
       </c>
       <c r="E1383" s="4">
-        <v>0.9952</v>
+        <v>1.0237</v>
       </c>
     </row>
     <row r="1384" spans="1:6">
       <c r="B1384" s="5">
-        <v>43928</v>
+        <v>43977</v>
       </c>
       <c r="C1384" s="4">
-        <v>0.9951</v>
+        <v>1.022</v>
       </c>
       <c r="D1384" s="4">
-        <v>0.9951</v>
+        <v>1.022</v>
       </c>
       <c r="E1384" s="4">
-        <v>0.9951</v>
+        <v>1.022</v>
       </c>
     </row>
     <row r="1385" spans="1:6">
       <c r="B1385" s="5">
-        <v>43927</v>
+        <v>43976</v>
       </c>
       <c r="C1385" s="4">
-        <v>0.9878</v>
+        <v>1.0167</v>
       </c>
       <c r="D1385" s="4">
-        <v>0.9878</v>
+        <v>1.0167</v>
       </c>
       <c r="E1385" s="4">
-        <v>0.9878</v>
+        <v>1.0167</v>
       </c>
     </row>
     <row r="1386" spans="1:6">
       <c r="B1386" s="5">
-        <v>43924</v>
+        <v>43973</v>
       </c>
       <c r="C1386" s="4">
-        <v>0.9841</v>
+        <v>1.0138</v>
       </c>
       <c r="D1386" s="4">
-        <v>0.9841</v>
+        <v>1.0138</v>
       </c>
       <c r="E1386" s="4">
-        <v>0.9841</v>
+        <v>1.0138</v>
       </c>
     </row>
     <row r="1387" spans="1:6">
       <c r="B1387" s="5">
-        <v>43923</v>
+        <v>43972</v>
       </c>
       <c r="C1387" s="4">
-        <v>0.9835</v>
+        <v>1.016</v>
       </c>
       <c r="D1387" s="4">
-        <v>0.9835</v>
+        <v>1.016</v>
       </c>
       <c r="E1387" s="4">
-        <v>0.9835</v>
+        <v>1.016</v>
       </c>
     </row>
     <row r="1388" spans="1:6">
       <c r="B1388" s="5">
-        <v>43922</v>
+        <v>43971</v>
       </c>
       <c r="C1388" s="4">
-        <v>0.9938</v>
+        <v>1.0143</v>
       </c>
       <c r="D1388" s="4">
-        <v>0.9938</v>
+        <v>1.0143</v>
       </c>
       <c r="E1388" s="4">
-        <v>0.9938</v>
+        <v>1.0143</v>
       </c>
     </row>
     <row r="1389" spans="1:6">
       <c r="B1389" s="5">
-        <v>43921</v>
+        <v>43970</v>
       </c>
       <c r="C1389" s="4">
-        <v>0.988</v>
+        <v>1.0154</v>
       </c>
       <c r="D1389" s="4">
-        <v>0.988</v>
+        <v>1.0154</v>
       </c>
       <c r="E1389" s="4">
-        <v>0.988</v>
+        <v>1.0154</v>
       </c>
     </row>
     <row r="1390" spans="1:6">
       <c r="B1390" s="5">
-        <v>43920</v>
+        <v>43969</v>
       </c>
       <c r="C1390" s="4">
-        <v>0.9891</v>
+        <v>1.008</v>
       </c>
       <c r="D1390" s="4">
-        <v>0.9891</v>
+        <v>1.008</v>
       </c>
       <c r="E1390" s="4">
-        <v>0.9891</v>
+        <v>1.008</v>
       </c>
     </row>
     <row r="1391" spans="1:6">
       <c r="B1391" s="5">
-        <v>43917</v>
+        <v>43966</v>
       </c>
       <c r="C1391" s="4">
-        <v>0.9851</v>
+        <v>1.0056</v>
       </c>
       <c r="D1391" s="4">
-        <v>0.9851</v>
+        <v>1.0056</v>
       </c>
       <c r="E1391" s="4">
-        <v>0.9851</v>
+        <v>1.0056</v>
       </c>
     </row>
     <row r="1392" spans="1:6">
       <c r="B1392" s="5">
-        <v>43916</v>
+        <v>43965</v>
       </c>
       <c r="C1392" s="4">
-        <v>0.9859</v>
+        <v>1.0036</v>
       </c>
       <c r="D1392" s="4">
-        <v>0.9859</v>
+        <v>1.0036</v>
       </c>
       <c r="E1392" s="4">
-        <v>0.9859</v>
+        <v>1.0036</v>
       </c>
     </row>
     <row r="1393" spans="1:6">
       <c r="B1393" s="5">
-        <v>43915</v>
+        <v>43964</v>
       </c>
       <c r="C1393" s="4">
-        <v>0.9767</v>
+        <v>1.0081</v>
       </c>
       <c r="D1393" s="4">
-        <v>0.9767</v>
+        <v>1.0081</v>
       </c>
       <c r="E1393" s="4">
-        <v>0.9767</v>
+        <v>1.0081</v>
       </c>
     </row>
     <row r="1394" spans="1:6">
       <c r="B1394" s="5">
-        <v>43914</v>
+        <v>43963</v>
       </c>
       <c r="C1394" s="4">
-        <v>0.9592</v>
+        <v>1.0105</v>
       </c>
       <c r="D1394" s="4">
-        <v>0.9592</v>
+        <v>1.0105</v>
       </c>
       <c r="E1394" s="4">
-        <v>0.9592</v>
+        <v>1.0105</v>
       </c>
     </row>
     <row r="1395" spans="1:6">
       <c r="B1395" s="5">
-        <v>43913</v>
+        <v>43962</v>
       </c>
       <c r="C1395" s="4">
-        <v>0.9596</v>
+        <v>1.0118</v>
       </c>
       <c r="D1395" s="4">
-        <v>0.9596</v>
+        <v>1.0118</v>
       </c>
       <c r="E1395" s="4">
-        <v>0.9596</v>
+        <v>1.0118</v>
       </c>
     </row>
     <row r="1396" spans="1:6">
       <c r="B1396" s="5">
-        <v>43910</v>
+        <v>43959</v>
       </c>
       <c r="C1396" s="4">
-        <v>0.9663</v>
+        <v>1.0058</v>
       </c>
       <c r="D1396" s="4">
-        <v>0.9663</v>
+        <v>1.0058</v>
       </c>
       <c r="E1396" s="4">
-        <v>0.9663</v>
+        <v>1.0058</v>
       </c>
     </row>
     <row r="1397" spans="1:6">
       <c r="B1397" s="5">
-        <v>43909</v>
+        <v>43958</v>
       </c>
       <c r="C1397" s="4">
-        <v>0.9654</v>
+        <v>1.0058</v>
       </c>
       <c r="D1397" s="4">
-        <v>0.9654</v>
+        <v>1.0058</v>
       </c>
       <c r="E1397" s="4">
-        <v>0.9654</v>
+        <v>1.0058</v>
       </c>
     </row>
     <row r="1398" spans="1:6">
       <c r="B1398" s="5">
-        <v>43908</v>
+        <v>43957</v>
       </c>
       <c r="C1398" s="4">
-        <v>0.9789</v>
+        <v>1.0068</v>
       </c>
       <c r="D1398" s="4">
-        <v>0.9789</v>
+        <v>1.0068</v>
       </c>
       <c r="E1398" s="4">
-        <v>0.9789</v>
+        <v>1.0068</v>
       </c>
     </row>
     <row r="1399" spans="1:6">
       <c r="B1399" s="5">
-        <v>43907</v>
+        <v>43956</v>
       </c>
       <c r="C1399" s="4">
-        <v>0.9823</v>
+        <v>1.006</v>
       </c>
       <c r="D1399" s="4">
-        <v>0.9823</v>
+        <v>1.006</v>
       </c>
       <c r="E1399" s="4">
-        <v>0.9823</v>
+        <v>1.006</v>
       </c>
     </row>
     <row r="1400" spans="1:6">
       <c r="B1400" s="5">
-        <v>43906</v>
+        <v>43955</v>
       </c>
       <c r="C1400" s="4">
-        <v>0.9918</v>
+        <v>1.006</v>
       </c>
       <c r="D1400" s="4">
-        <v>0.9918</v>
+        <v>1.006</v>
       </c>
       <c r="E1400" s="4">
-        <v>0.9918</v>
+        <v>1.006</v>
       </c>
     </row>
     <row r="1401" spans="1:6">
       <c r="B1401" s="5">
-        <v>43903</v>
+        <v>43952</v>
       </c>
       <c r="C1401" s="4">
-        <v>0.9964</v>
+        <v>1.0061</v>
       </c>
       <c r="D1401" s="4">
-        <v>0.9964</v>
+        <v>1.0061</v>
       </c>
       <c r="E1401" s="4">
-        <v>0.9964</v>
+        <v>1.0061</v>
       </c>
     </row>
     <row r="1402" spans="1:6">
       <c r="B1402" s="5">
-        <v>43902</v>
+        <v>43951</v>
       </c>
       <c r="C1402" s="4">
-        <v>1.0065</v>
+        <v>1.0155</v>
       </c>
       <c r="D1402" s="4">
-        <v>1.0065</v>
+        <v>1.0155</v>
       </c>
       <c r="E1402" s="4">
-        <v>1.0065</v>
+        <v>1.0155</v>
       </c>
     </row>
     <row r="1403" spans="1:6">
       <c r="B1403" s="5">
-        <v>43901</v>
+        <v>43950</v>
       </c>
       <c r="C1403" s="4">
-        <v>1.0247</v>
+        <v>1.0078</v>
       </c>
       <c r="D1403" s="4">
-        <v>1.0247</v>
+        <v>1.0078</v>
       </c>
       <c r="E1403" s="4">
-        <v>1.0247</v>
+        <v>1.0078</v>
       </c>
     </row>
     <row r="1404" spans="1:6">
       <c r="B1404" s="5">
-        <v>43900</v>
+        <v>43949</v>
       </c>
       <c r="C1404" s="4">
-        <v>1.0231</v>
+        <v>1.0043</v>
       </c>
       <c r="D1404" s="4">
-        <v>1.0231</v>
+        <v>1.0043</v>
       </c>
       <c r="E1404" s="4">
-        <v>1.0231</v>
+        <v>1.0043</v>
       </c>
     </row>
     <row r="1405" spans="1:6">
       <c r="B1405" s="5">
-        <v>43899</v>
+        <v>43948</v>
       </c>
       <c r="C1405" s="4">
-        <v>1.0338</v>
+        <v>1.0026</v>
       </c>
       <c r="D1405" s="4">
-        <v>1.0338</v>
+        <v>1.0026</v>
       </c>
       <c r="E1405" s="4">
-        <v>1.0338</v>
+        <v>1.0026</v>
       </c>
     </row>
     <row r="1406" spans="1:6">
       <c r="B1406" s="5">
-        <v>43896</v>
+        <v>43945</v>
       </c>
       <c r="C1406" s="4">
-        <v>1.0512</v>
+        <v>1</v>
       </c>
       <c r="D1406" s="4">
-        <v>1.0512</v>
+        <v>1</v>
       </c>
       <c r="E1406" s="4">
-        <v>1.0512</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1407" spans="1:6">
       <c r="B1407" s="5">
-        <v>43895</v>
+        <v>43944</v>
       </c>
       <c r="C1407" s="4">
-        <v>1.0592</v>
+        <v>0.9998</v>
       </c>
       <c r="D1407" s="4">
-        <v>1.0592</v>
+        <v>0.9998</v>
       </c>
       <c r="E1407" s="4">
-        <v>1.0592</v>
+        <v>0.9998</v>
       </c>
     </row>
     <row r="1408" spans="1:6">
       <c r="B1408" s="5">
-        <v>43894</v>
+        <v>43943</v>
       </c>
       <c r="C1408" s="4">
-        <v>1.0529</v>
+        <v>0.9972</v>
       </c>
       <c r="D1408" s="4">
-        <v>1.0529</v>
+        <v>0.9972</v>
       </c>
       <c r="E1408" s="4">
-        <v>1.0529</v>
+        <v>0.9972</v>
       </c>
     </row>
     <row r="1409" spans="1:6">
       <c r="B1409" s="5">
-        <v>43893</v>
+        <v>43942</v>
       </c>
       <c r="C1409" s="4">
-        <v>1.0588</v>
+        <v>1.0011</v>
       </c>
       <c r="D1409" s="4">
-        <v>1.0588</v>
+        <v>1.0011</v>
       </c>
       <c r="E1409" s="4">
-        <v>1.0588</v>
+        <v>1.0011</v>
       </c>
     </row>
     <row r="1410" spans="1:6">
       <c r="B1410" s="5">
-        <v>43892</v>
+        <v>43941</v>
       </c>
       <c r="C1410" s="4">
-        <v>1.054</v>
+        <v>1.0069</v>
       </c>
       <c r="D1410" s="4">
-        <v>1.054</v>
+        <v>1.0069</v>
       </c>
       <c r="E1410" s="4">
-        <v>1.054</v>
+        <v>1.0069</v>
       </c>
     </row>
     <row r="1411" spans="1:6">
       <c r="B1411" s="5">
-        <v>43889</v>
+        <v>43938</v>
       </c>
       <c r="C1411" s="4">
-        <v>1.0572</v>
+        <v>1.0058</v>
       </c>
       <c r="D1411" s="4">
-        <v>1.0572</v>
+        <v>1.0058</v>
       </c>
       <c r="E1411" s="4">
-        <v>1.0572</v>
+        <v>1.0058</v>
       </c>
     </row>
     <row r="1412" spans="1:6">
       <c r="B1412" s="5">
-        <v>43888</v>
+        <v>43937</v>
       </c>
       <c r="C1412" s="4">
-        <v>1.07</v>
+        <v>1.0034</v>
       </c>
       <c r="D1412" s="4">
-        <v>1.07</v>
+        <v>1.0034</v>
       </c>
       <c r="E1412" s="4">
-        <v>1.07</v>
+        <v>1.0034</v>
       </c>
     </row>
     <row r="1413" spans="1:6">
       <c r="B1413" s="5">
-        <v>43887</v>
+        <v>43936</v>
       </c>
       <c r="C1413" s="4">
-        <v>1.0718</v>
+        <v>1.008</v>
       </c>
       <c r="D1413" s="4">
-        <v>1.0718</v>
+        <v>1.008</v>
       </c>
       <c r="E1413" s="4">
-        <v>1.0718</v>
+        <v>1.008</v>
       </c>
     </row>
     <row r="1414" spans="1:6">
       <c r="B1414" s="5">
-        <v>43886</v>
+        <v>43935</v>
       </c>
       <c r="C1414" s="4">
-        <v>1.0802</v>
+        <v>1.0058</v>
       </c>
       <c r="D1414" s="4">
-        <v>1.0802</v>
+        <v>1.0058</v>
       </c>
       <c r="E1414" s="4">
-        <v>1.0802</v>
+        <v>1.0058</v>
       </c>
     </row>
     <row r="1415" spans="1:6">
       <c r="B1415" s="5">
-        <v>43885</v>
+        <v>43930</v>
       </c>
       <c r="C1415" s="4">
-        <v>1.0893</v>
+        <v>1.0035</v>
       </c>
       <c r="D1415" s="4">
-        <v>1.0893</v>
+        <v>1.0035</v>
       </c>
       <c r="E1415" s="4">
-        <v>1.0893</v>
+        <v>1.0035</v>
       </c>
     </row>
     <row r="1416" spans="1:6">
       <c r="B1416" s="5">
-        <v>43882</v>
+        <v>43929</v>
       </c>
       <c r="C1416" s="4">
-        <v>1.0947</v>
+        <v>0.9952</v>
       </c>
       <c r="D1416" s="4">
-        <v>1.0947</v>
+        <v>0.9952</v>
       </c>
       <c r="E1416" s="4">
-        <v>1.0947</v>
+        <v>0.9952</v>
       </c>
     </row>
     <row r="1417" spans="1:6">
       <c r="B1417" s="5">
-        <v>43881</v>
+        <v>43928</v>
       </c>
       <c r="C1417" s="4">
-        <v>1.0951</v>
+        <v>0.9951</v>
       </c>
       <c r="D1417" s="4">
-        <v>1.0951</v>
+        <v>0.9951</v>
       </c>
       <c r="E1417" s="4">
-        <v>1.0951</v>
+        <v>0.9951</v>
       </c>
     </row>
     <row r="1418" spans="1:6">
       <c r="B1418" s="5">
-        <v>43880</v>
+        <v>43927</v>
       </c>
       <c r="C1418" s="4">
-        <v>1.0932</v>
+        <v>0.9878</v>
       </c>
       <c r="D1418" s="4">
-        <v>1.0932</v>
+        <v>0.9878</v>
       </c>
       <c r="E1418" s="4">
-        <v>1.0932</v>
+        <v>0.9878</v>
       </c>
     </row>
     <row r="1419" spans="1:6">
       <c r="B1419" s="5">
-        <v>43879</v>
+        <v>43924</v>
       </c>
       <c r="C1419" s="4">
-        <v>1.0929</v>
+        <v>0.9841</v>
       </c>
       <c r="D1419" s="4">
-        <v>1.0929</v>
+        <v>0.9841</v>
       </c>
       <c r="E1419" s="4">
-        <v>1.0929</v>
+        <v>0.9841</v>
       </c>
     </row>
     <row r="1420" spans="1:6">
       <c r="B1420" s="5">
-        <v>43878</v>
+        <v>43923</v>
       </c>
       <c r="C1420" s="4">
-        <v>1.0931</v>
+        <v>0.9835</v>
       </c>
       <c r="D1420" s="4">
-        <v>1.0931</v>
+        <v>0.9835</v>
       </c>
       <c r="E1420" s="4">
-        <v>1.0931</v>
+        <v>0.9835</v>
       </c>
     </row>
     <row r="1421" spans="1:6">
       <c r="B1421" s="5">
-        <v>43875</v>
+        <v>43922</v>
       </c>
       <c r="C1421" s="4">
-        <v>1.0927</v>
+        <v>0.9938</v>
       </c>
       <c r="D1421" s="4">
-        <v>1.0927</v>
+        <v>0.9938</v>
       </c>
       <c r="E1421" s="4">
-        <v>1.0927</v>
+        <v>0.9938</v>
       </c>
     </row>
     <row r="1422" spans="1:6">
       <c r="B1422" s="5">
-        <v>43874</v>
+        <v>43921</v>
       </c>
       <c r="C1422" s="4">
-        <v>1.0924</v>
+        <v>0.988</v>
       </c>
       <c r="D1422" s="4">
-        <v>1.0924</v>
+        <v>0.988</v>
       </c>
       <c r="E1422" s="4">
-        <v>1.0924</v>
+        <v>0.988</v>
       </c>
     </row>
     <row r="1423" spans="1:6">
       <c r="B1423" s="5">
-        <v>43873</v>
+        <v>43920</v>
       </c>
       <c r="C1423" s="4">
-        <v>1.0912</v>
+        <v>0.9891</v>
       </c>
       <c r="D1423" s="4">
-        <v>1.0912</v>
+        <v>0.9891</v>
       </c>
       <c r="E1423" s="4">
-        <v>1.0912</v>
+        <v>0.9891</v>
       </c>
     </row>
     <row r="1424" spans="1:6">
       <c r="B1424" s="5">
-        <v>43872</v>
+        <v>43917</v>
       </c>
       <c r="C1424" s="4">
-        <v>1.0904</v>
+        <v>0.9851</v>
       </c>
       <c r="D1424" s="4">
-        <v>1.0904</v>
+        <v>0.9851</v>
       </c>
       <c r="E1424" s="4">
-        <v>1.0904</v>
+        <v>0.9851</v>
       </c>
     </row>
     <row r="1425" spans="1:6">
       <c r="B1425" s="5">
-        <v>43871</v>
+        <v>43916</v>
       </c>
       <c r="C1425" s="4">
-        <v>1.0886</v>
+        <v>0.9859</v>
       </c>
       <c r="D1425" s="4">
-        <v>1.0886</v>
+        <v>0.9859</v>
       </c>
       <c r="E1425" s="4">
-        <v>1.0886</v>
+        <v>0.9859</v>
       </c>
     </row>
     <row r="1426" spans="1:6">
       <c r="B1426" s="5">
-        <v>43868</v>
+        <v>43915</v>
       </c>
       <c r="C1426" s="4">
-        <v>1.089</v>
+        <v>0.9767</v>
       </c>
       <c r="D1426" s="4">
-        <v>1.089</v>
+        <v>0.9767</v>
       </c>
       <c r="E1426" s="4">
-        <v>1.089</v>
+        <v>0.9767</v>
       </c>
     </row>
     <row r="1427" spans="1:6">
       <c r="B1427" s="5">
-        <v>43867</v>
+        <v>43914</v>
       </c>
       <c r="C1427" s="4">
-        <v>1.0884</v>
+        <v>0.9592</v>
       </c>
       <c r="D1427" s="4">
-        <v>1.0884</v>
+        <v>0.9592</v>
       </c>
       <c r="E1427" s="4">
-        <v>1.0884</v>
+        <v>0.9592</v>
       </c>
     </row>
     <row r="1428" spans="1:6">
       <c r="B1428" s="5">
-        <v>43866</v>
+        <v>43913</v>
       </c>
       <c r="C1428" s="4">
-        <v>1.0849</v>
+        <v>0.9596</v>
       </c>
       <c r="D1428" s="4">
-        <v>1.0849</v>
+        <v>0.9596</v>
       </c>
       <c r="E1428" s="4">
-        <v>1.0849</v>
+        <v>0.9596</v>
       </c>
     </row>
     <row r="1429" spans="1:6">
       <c r="B1429" s="5">
-        <v>43865</v>
+        <v>43910</v>
       </c>
       <c r="C1429" s="4">
-        <v>1.0817</v>
+        <v>0.9663</v>
       </c>
       <c r="D1429" s="4">
-        <v>1.0817</v>
+        <v>0.9663</v>
       </c>
       <c r="E1429" s="4">
-        <v>1.0817</v>
+        <v>0.9663</v>
       </c>
     </row>
     <row r="1430" spans="1:6">
       <c r="B1430" s="5">
-        <v>43864</v>
+        <v>43909</v>
       </c>
       <c r="C1430" s="4">
-        <v>1.081</v>
+        <v>0.9654</v>
       </c>
       <c r="D1430" s="4">
-        <v>1.081</v>
+        <v>0.9654</v>
       </c>
       <c r="E1430" s="4">
-        <v>1.081</v>
+        <v>0.9654</v>
       </c>
     </row>
     <row r="1431" spans="1:6">
       <c r="B1431" s="5">
-        <v>43861</v>
+        <v>43908</v>
       </c>
       <c r="C1431" s="4">
-        <v>1.0866</v>
+        <v>0.9789</v>
       </c>
       <c r="D1431" s="4">
-        <v>1.0866</v>
+        <v>0.9789</v>
       </c>
       <c r="E1431" s="4">
-        <v>1.0866</v>
+        <v>0.9789</v>
       </c>
     </row>
     <row r="1432" spans="1:6">
       <c r="B1432" s="5">
-        <v>43860</v>
+        <v>43907</v>
       </c>
       <c r="C1432" s="4">
-        <v>1.0867</v>
+        <v>0.9823</v>
       </c>
       <c r="D1432" s="4">
-        <v>1.0867</v>
+        <v>0.9823</v>
       </c>
       <c r="E1432" s="4">
-        <v>1.0867</v>
+        <v>0.9823</v>
       </c>
     </row>
     <row r="1433" spans="1:6">
       <c r="B1433" s="5">
-        <v>43859</v>
+        <v>43906</v>
       </c>
       <c r="C1433" s="4">
-        <v>1.0867</v>
+        <v>0.9918</v>
       </c>
       <c r="D1433" s="4">
-        <v>1.0867</v>
+        <v>0.9918</v>
       </c>
       <c r="E1433" s="4">
-        <v>1.0867</v>
+        <v>0.9918</v>
       </c>
     </row>
     <row r="1434" spans="1:6">
       <c r="B1434" s="5">
-        <v>43858</v>
+        <v>43903</v>
       </c>
       <c r="C1434" s="4">
-        <v>1.0845</v>
+        <v>0.9964</v>
       </c>
       <c r="D1434" s="4">
-        <v>1.0845</v>
+        <v>0.9964</v>
       </c>
       <c r="E1434" s="4">
-        <v>1.0845</v>
+        <v>0.9964</v>
       </c>
     </row>
     <row r="1435" spans="1:6">
       <c r="B1435" s="5">
-        <v>43854</v>
+        <v>43902</v>
       </c>
       <c r="C1435" s="4">
-        <v>1.0908</v>
+        <v>1.0065</v>
       </c>
       <c r="D1435" s="4">
-        <v>1.0908</v>
+        <v>1.0065</v>
       </c>
       <c r="E1435" s="4">
-        <v>1.0908</v>
+        <v>1.0065</v>
       </c>
     </row>
     <row r="1436" spans="1:6">
       <c r="B1436" s="5">
-        <v>43853</v>
+        <v>43901</v>
       </c>
       <c r="C1436" s="4">
-        <v>1.0908</v>
+        <v>1.0247</v>
       </c>
       <c r="D1436" s="4">
-        <v>1.0908</v>
+        <v>1.0247</v>
       </c>
       <c r="E1436" s="4">
-        <v>1.0908</v>
+        <v>1.0247</v>
       </c>
     </row>
     <row r="1437" spans="1:6">
       <c r="B1437" s="5">
-        <v>43852</v>
+        <v>43900</v>
       </c>
       <c r="C1437" s="4">
-        <v>1.0916</v>
+        <v>1.0231</v>
       </c>
       <c r="D1437" s="4">
-        <v>1.0916</v>
+        <v>1.0231</v>
       </c>
       <c r="E1437" s="4">
-        <v>1.0916</v>
+        <v>1.0231</v>
       </c>
     </row>
     <row r="1438" spans="1:6">
       <c r="B1438" s="5">
-        <v>43851</v>
+        <v>43899</v>
       </c>
       <c r="C1438" s="4">
-        <v>1.0906</v>
+        <v>1.0338</v>
       </c>
       <c r="D1438" s="4">
-        <v>1.0906</v>
+        <v>1.0338</v>
       </c>
       <c r="E1438" s="4">
-        <v>1.0906</v>
+        <v>1.0338</v>
       </c>
     </row>
     <row r="1439" spans="1:6">
       <c r="B1439" s="5">
-        <v>43850</v>
+        <v>43896</v>
       </c>
       <c r="C1439" s="4">
-        <v>1.0907</v>
+        <v>1.0512</v>
       </c>
       <c r="D1439" s="4">
-        <v>1.0907</v>
+        <v>1.0512</v>
       </c>
       <c r="E1439" s="4">
-        <v>1.0907</v>
+        <v>1.0512</v>
       </c>
     </row>
     <row r="1440" spans="1:6">
       <c r="B1440" s="5">
-        <v>43847</v>
+        <v>43895</v>
       </c>
       <c r="C1440" s="4">
-        <v>1.0889</v>
+        <v>1.0592</v>
       </c>
       <c r="D1440" s="4">
-        <v>1.0889</v>
+        <v>1.0592</v>
       </c>
       <c r="E1440" s="4">
-        <v>1.0889</v>
+        <v>1.0592</v>
       </c>
     </row>
     <row r="1441" spans="1:6">
       <c r="B1441" s="5">
-        <v>43846</v>
+        <v>43894</v>
       </c>
       <c r="C1441" s="4">
-        <v>1.0867</v>
+        <v>1.0529</v>
       </c>
       <c r="D1441" s="4">
-        <v>1.0867</v>
+        <v>1.0529</v>
       </c>
       <c r="E1441" s="4">
-        <v>1.0867</v>
+        <v>1.0529</v>
       </c>
     </row>
     <row r="1442" spans="1:6">
       <c r="B1442" s="5">
-        <v>43845</v>
+        <v>43893</v>
       </c>
       <c r="C1442" s="4">
-        <v>1.0851</v>
+        <v>1.0588</v>
       </c>
       <c r="D1442" s="4">
-        <v>1.0851</v>
+        <v>1.0588</v>
       </c>
       <c r="E1442" s="4">
-        <v>1.0851</v>
+        <v>1.0588</v>
       </c>
     </row>
     <row r="1443" spans="1:6">
       <c r="B1443" s="5">
-        <v>43844</v>
+        <v>43892</v>
       </c>
       <c r="C1443" s="4">
-        <v>1.0837</v>
+        <v>1.054</v>
       </c>
       <c r="D1443" s="4">
-        <v>1.0837</v>
+        <v>1.054</v>
       </c>
       <c r="E1443" s="4">
-        <v>1.0837</v>
+        <v>1.054</v>
       </c>
     </row>
     <row r="1444" spans="1:6">
       <c r="B1444" s="5">
-        <v>43843</v>
+        <v>43889</v>
       </c>
       <c r="C1444" s="4">
-        <v>1.0809</v>
+        <v>1.0572</v>
       </c>
       <c r="D1444" s="4">
-        <v>1.0809</v>
+        <v>1.0572</v>
       </c>
       <c r="E1444" s="4">
-        <v>1.0809</v>
+        <v>1.0572</v>
       </c>
     </row>
     <row r="1445" spans="1:6">
       <c r="B1445" s="5">
-        <v>43840</v>
+        <v>43888</v>
       </c>
       <c r="C1445" s="4">
-        <v>1.083</v>
+        <v>1.07</v>
       </c>
       <c r="D1445" s="4">
-        <v>1.083</v>
+        <v>1.07</v>
       </c>
       <c r="E1445" s="4">
-        <v>1.083</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="1446" spans="1:6">
       <c r="B1446" s="5">
-        <v>43839</v>
+        <v>43887</v>
       </c>
       <c r="C1446" s="4">
-        <v>1.08</v>
+        <v>1.0718</v>
       </c>
       <c r="D1446" s="4">
-        <v>1.08</v>
+        <v>1.0718</v>
       </c>
       <c r="E1446" s="4">
-        <v>1.08</v>
+        <v>1.0718</v>
       </c>
     </row>
     <row r="1447" spans="1:6">
       <c r="B1447" s="5">
-        <v>43838</v>
+        <v>43886</v>
       </c>
       <c r="C1447" s="4">
-        <v>1.0784</v>
+        <v>1.0802</v>
       </c>
       <c r="D1447" s="4">
-        <v>1.0784</v>
+        <v>1.0802</v>
       </c>
       <c r="E1447" s="4">
-        <v>1.0784</v>
+        <v>1.0802</v>
       </c>
     </row>
     <row r="1448" spans="1:6">
       <c r="B1448" s="5">
-        <v>43837</v>
+        <v>43885</v>
       </c>
       <c r="C1448" s="4">
-        <v>1.074</v>
+        <v>1.0893</v>
       </c>
       <c r="D1448" s="4">
-        <v>1.074</v>
+        <v>1.0893</v>
       </c>
       <c r="E1448" s="4">
-        <v>1.074</v>
+        <v>1.0893</v>
       </c>
     </row>
     <row r="1449" spans="1:6">
       <c r="B1449" s="5">
-        <v>43836</v>
+        <v>43882</v>
       </c>
       <c r="C1449" s="4">
-        <v>1.0741</v>
+        <v>1.0947</v>
       </c>
       <c r="D1449" s="4">
-        <v>1.0741</v>
+        <v>1.0947</v>
       </c>
       <c r="E1449" s="4">
-        <v>1.0741</v>
+        <v>1.0947</v>
       </c>
     </row>
     <row r="1450" spans="1:6">
       <c r="B1450" s="5">
-        <v>43833</v>
+        <v>43881</v>
       </c>
       <c r="C1450" s="4">
-        <v>1.0738</v>
+        <v>1.0951</v>
       </c>
       <c r="D1450" s="4">
-        <v>1.0738</v>
+        <v>1.0951</v>
       </c>
       <c r="E1450" s="4">
-        <v>1.0738</v>
+        <v>1.0951</v>
       </c>
     </row>
     <row r="1451" spans="1:6">
       <c r="B1451" s="5">
-        <v>43832</v>
+        <v>43880</v>
       </c>
       <c r="C1451" s="4">
-        <v>1.07</v>
+        <v>1.0932</v>
       </c>
       <c r="D1451" s="4">
-        <v>1.07</v>
+        <v>1.0932</v>
       </c>
       <c r="E1451" s="4">
-        <v>1.07</v>
+        <v>1.0932</v>
       </c>
     </row>
     <row r="1452" spans="1:6">
       <c r="B1452" s="5">
-        <v>43830</v>
+        <v>43879</v>
       </c>
       <c r="C1452" s="4">
-        <v>1.0701</v>
+        <v>1.0929</v>
       </c>
       <c r="D1452" s="4">
-        <v>1.0701</v>
+        <v>1.0929</v>
       </c>
       <c r="E1452" s="4">
-        <v>1.0701</v>
+        <v>1.0929</v>
       </c>
     </row>
     <row r="1453" spans="1:6">
       <c r="B1453" s="5">
-        <v>43829</v>
+        <v>43878</v>
       </c>
       <c r="C1453" s="4">
-        <v>1.0754</v>
+        <v>1.0931</v>
       </c>
       <c r="D1453" s="4">
-        <v>1.0754</v>
+        <v>1.0931</v>
       </c>
       <c r="E1453" s="4">
-        <v>1.0754</v>
+        <v>1.0931</v>
       </c>
     </row>
     <row r="1454" spans="1:6">
       <c r="B1454" s="5">
-        <v>43826</v>
+        <v>43875</v>
       </c>
       <c r="C1454" s="4">
-        <v>1.0757</v>
+        <v>1.0927</v>
       </c>
       <c r="D1454" s="4">
-        <v>1.0757</v>
+        <v>1.0927</v>
       </c>
       <c r="E1454" s="4">
-        <v>1.0757</v>
+        <v>1.0927</v>
       </c>
     </row>
     <row r="1455" spans="1:6">
       <c r="B1455" s="5">
-        <v>43823</v>
+        <v>43874</v>
       </c>
       <c r="C1455" s="4">
-        <v>1.0744</v>
+        <v>1.0924</v>
       </c>
       <c r="D1455" s="4">
-        <v>1.0744</v>
+        <v>1.0924</v>
       </c>
       <c r="E1455" s="4">
-        <v>1.0744</v>
+        <v>1.0924</v>
       </c>
     </row>
     <row r="1456" spans="1:6">
       <c r="B1456" s="5">
-        <v>43822</v>
+        <v>43873</v>
       </c>
       <c r="C1456" s="4">
-        <v>1.0744</v>
+        <v>1.0912</v>
       </c>
       <c r="D1456" s="4">
-        <v>1.0744</v>
+        <v>1.0912</v>
       </c>
       <c r="E1456" s="4">
-        <v>1.0744</v>
+        <v>1.0912</v>
       </c>
     </row>
     <row r="1457" spans="1:6">
       <c r="B1457" s="5">
-        <v>43819</v>
+        <v>43872</v>
       </c>
       <c r="C1457" s="4">
-        <v>1.0754</v>
+        <v>1.0904</v>
       </c>
       <c r="D1457" s="4">
-        <v>1.0754</v>
+        <v>1.0904</v>
       </c>
       <c r="E1457" s="4">
-        <v>1.0754</v>
+        <v>1.0904</v>
       </c>
     </row>
     <row r="1458" spans="1:6">
       <c r="B1458" s="5">
-        <v>43818</v>
+        <v>43871</v>
       </c>
       <c r="C1458" s="4">
-        <v>1.0759</v>
+        <v>1.0886</v>
       </c>
       <c r="D1458" s="4">
-        <v>1.0759</v>
+        <v>1.0886</v>
       </c>
       <c r="E1458" s="4">
-        <v>1.0759</v>
+        <v>1.0886</v>
       </c>
     </row>
     <row r="1459" spans="1:6">
       <c r="B1459" s="5">
-        <v>43817</v>
+        <v>43868</v>
       </c>
       <c r="C1459" s="4">
-        <v>1.077</v>
+        <v>1.089</v>
       </c>
       <c r="D1459" s="4">
-        <v>1.077</v>
+        <v>1.089</v>
       </c>
       <c r="E1459" s="4">
-        <v>1.077</v>
+        <v>1.089</v>
       </c>
     </row>
     <row r="1460" spans="1:6">
       <c r="B1460" s="5">
-        <v>43816</v>
+        <v>43867</v>
       </c>
       <c r="C1460" s="4">
-        <v>1.0761</v>
+        <v>1.0884</v>
       </c>
       <c r="D1460" s="4">
-        <v>1.0761</v>
+        <v>1.0884</v>
       </c>
       <c r="E1460" s="4">
-        <v>1.0761</v>
+        <v>1.0884</v>
       </c>
     </row>
     <row r="1461" spans="1:6">
       <c r="B1461" s="5">
-        <v>43815</v>
+        <v>43866</v>
       </c>
       <c r="C1461" s="4">
-        <v>1.0747</v>
+        <v>1.0849</v>
       </c>
       <c r="D1461" s="4">
-        <v>1.0747</v>
+        <v>1.0849</v>
       </c>
       <c r="E1461" s="4">
-        <v>1.0747</v>
+        <v>1.0849</v>
       </c>
     </row>
     <row r="1462" spans="1:6">
       <c r="B1462" s="5">
-        <v>43812</v>
+        <v>43865</v>
       </c>
       <c r="C1462" s="4">
-        <v>1.0687</v>
+        <v>1.0817</v>
       </c>
       <c r="D1462" s="4">
-        <v>1.0687</v>
+        <v>1.0817</v>
       </c>
       <c r="E1462" s="4">
-        <v>1.0687</v>
+        <v>1.0817</v>
       </c>
     </row>
     <row r="1463" spans="1:6">
       <c r="B1463" s="5">
-        <v>43811</v>
+        <v>43864</v>
       </c>
       <c r="C1463" s="4">
-        <v>1.0679</v>
+        <v>1.081</v>
       </c>
       <c r="D1463" s="4">
-        <v>1.0679</v>
+        <v>1.081</v>
       </c>
       <c r="E1463" s="4">
-        <v>1.0679</v>
+        <v>1.081</v>
       </c>
     </row>
     <row r="1464" spans="1:6">
       <c r="B1464" s="5">
-        <v>43810</v>
+        <v>43861</v>
       </c>
       <c r="C1464" s="4">
-        <v>1.07</v>
+        <v>1.0866</v>
       </c>
       <c r="D1464" s="4">
-        <v>1.07</v>
+        <v>1.0866</v>
       </c>
       <c r="E1464" s="4">
-        <v>1.07</v>
+        <v>1.0866</v>
       </c>
     </row>
     <row r="1465" spans="1:6">
       <c r="B1465" s="5">
-        <v>43809</v>
+        <v>43860</v>
       </c>
       <c r="C1465" s="4">
-        <v>1.0686</v>
+        <v>1.0867</v>
       </c>
       <c r="D1465" s="4">
-        <v>1.0686</v>
+        <v>1.0867</v>
       </c>
       <c r="E1465" s="4">
-        <v>1.0686</v>
+        <v>1.0867</v>
       </c>
     </row>
     <row r="1466" spans="1:6">
       <c r="B1466" s="5">
-        <v>43808</v>
+        <v>43859</v>
       </c>
       <c r="C1466" s="4">
-        <v>1.0692</v>
+        <v>1.0867</v>
       </c>
       <c r="D1466" s="4">
-        <v>1.0692</v>
+        <v>1.0867</v>
       </c>
       <c r="E1466" s="4">
-        <v>1.0692</v>
+        <v>1.0867</v>
       </c>
     </row>
     <row r="1467" spans="1:6">
       <c r="B1467" s="5">
-        <v>43805</v>
+        <v>43858</v>
       </c>
       <c r="C1467" s="4">
-        <v>1.0666</v>
+        <v>1.0845</v>
       </c>
       <c r="D1467" s="4">
-        <v>1.0666</v>
+        <v>1.0845</v>
       </c>
       <c r="E1467" s="4">
-        <v>1.0666</v>
+        <v>1.0845</v>
       </c>
     </row>
     <row r="1468" spans="1:6">
       <c r="B1468" s="5">
-        <v>43804</v>
+        <v>43854</v>
       </c>
       <c r="C1468" s="4">
-        <v>1.0647</v>
+        <v>1.0908</v>
       </c>
       <c r="D1468" s="4">
-        <v>1.0647</v>
+        <v>1.0908</v>
       </c>
       <c r="E1468" s="4">
-        <v>1.0647</v>
+        <v>1.0908</v>
       </c>
     </row>
     <row r="1469" spans="1:6">
       <c r="B1469" s="5">
-        <v>43803</v>
+        <v>43853</v>
       </c>
       <c r="C1469" s="4">
-        <v>1.0614</v>
+        <v>1.0908</v>
       </c>
       <c r="D1469" s="4">
-        <v>1.0614</v>
+        <v>1.0908</v>
       </c>
       <c r="E1469" s="4">
-        <v>1.0614</v>
+        <v>1.0908</v>
       </c>
     </row>
     <row r="1470" spans="1:6">
       <c r="B1470" s="5">
-        <v>43802</v>
+        <v>43852</v>
       </c>
       <c r="C1470" s="4">
-        <v>1.0658</v>
+        <v>1.0916</v>
       </c>
       <c r="D1470" s="4">
-        <v>1.0658</v>
+        <v>1.0916</v>
       </c>
       <c r="E1470" s="4">
-        <v>1.0658</v>
+        <v>1.0916</v>
       </c>
     </row>
     <row r="1471" spans="1:6">
       <c r="B1471" s="5">
-        <v>43801</v>
+        <v>43851</v>
       </c>
       <c r="C1471" s="4">
-        <v>1.0733</v>
+        <v>1.0906</v>
       </c>
       <c r="D1471" s="4">
-        <v>1.0733</v>
+        <v>1.0906</v>
       </c>
       <c r="E1471" s="4">
-        <v>1.0733</v>
+        <v>1.0906</v>
       </c>
     </row>
     <row r="1472" spans="1:6">
       <c r="B1472" s="5">
-        <v>43798</v>
+        <v>43850</v>
       </c>
       <c r="C1472" s="4">
-        <v>1.0745</v>
+        <v>1.0907</v>
       </c>
       <c r="D1472" s="4">
-        <v>1.0745</v>
+        <v>1.0907</v>
       </c>
       <c r="E1472" s="4">
-        <v>1.0745</v>
+        <v>1.0907</v>
       </c>
     </row>
     <row r="1473" spans="1:6">
       <c r="B1473" s="5">
-        <v>43797</v>
+        <v>43847</v>
       </c>
       <c r="C1473" s="4">
-        <v>1.0761</v>
+        <v>1.0889</v>
       </c>
       <c r="D1473" s="4">
-        <v>1.0761</v>
+        <v>1.0889</v>
       </c>
       <c r="E1473" s="4">
-        <v>1.0761</v>
+        <v>1.0889</v>
       </c>
     </row>
     <row r="1474" spans="1:6">
       <c r="B1474" s="5">
-        <v>43796</v>
+        <v>43846</v>
       </c>
       <c r="C1474" s="4">
-        <v>1.0744</v>
+        <v>1.0867</v>
       </c>
       <c r="D1474" s="4">
-        <v>1.0744</v>
+        <v>1.0867</v>
       </c>
       <c r="E1474" s="4">
-        <v>1.0744</v>
+        <v>1.0867</v>
       </c>
     </row>
     <row r="1475" spans="1:6">
       <c r="B1475" s="5">
-        <v>43795</v>
+        <v>43845</v>
       </c>
       <c r="C1475" s="4">
-        <v>1.0711</v>
+        <v>1.0851</v>
       </c>
       <c r="D1475" s="4">
-        <v>1.0711</v>
+        <v>1.0851</v>
       </c>
       <c r="E1475" s="4">
-        <v>1.0711</v>
+        <v>1.0851</v>
       </c>
     </row>
     <row r="1476" spans="1:6">
       <c r="B1476" s="5">
-        <v>43794</v>
+        <v>43844</v>
       </c>
       <c r="C1476" s="4">
-        <v>1.0667</v>
+        <v>1.0837</v>
       </c>
       <c r="D1476" s="4">
-        <v>1.0667</v>
+        <v>1.0837</v>
       </c>
       <c r="E1476" s="4">
-        <v>1.0667</v>
+        <v>1.0837</v>
       </c>
     </row>
     <row r="1477" spans="1:6">
       <c r="B1477" s="5">
-        <v>43791</v>
+        <v>43843</v>
       </c>
       <c r="C1477" s="4">
-        <v>1.065</v>
+        <v>1.0809</v>
       </c>
       <c r="D1477" s="4">
-        <v>1.065</v>
+        <v>1.0809</v>
       </c>
       <c r="E1477" s="4">
-        <v>1.065</v>
+        <v>1.0809</v>
       </c>
     </row>
     <row r="1478" spans="1:6">
       <c r="B1478" s="5">
-        <v>43790</v>
+        <v>43840</v>
       </c>
       <c r="C1478" s="4">
-        <v>1.0648</v>
+        <v>1.083</v>
       </c>
       <c r="D1478" s="4">
-        <v>1.0648</v>
+        <v>1.083</v>
       </c>
       <c r="E1478" s="4">
-        <v>1.0648</v>
+        <v>1.083</v>
       </c>
     </row>
     <row r="1479" spans="1:6">
       <c r="B1479" s="5">
-        <v>43789</v>
+        <v>43839</v>
       </c>
       <c r="C1479" s="4">
-        <v>1.0668</v>
+        <v>1.08</v>
       </c>
       <c r="D1479" s="4">
-        <v>1.0668</v>
+        <v>1.08</v>
       </c>
       <c r="E1479" s="4">
-        <v>1.0668</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="1480" spans="1:6">
       <c r="B1480" s="5">
-        <v>43788</v>
+        <v>43838</v>
       </c>
       <c r="C1480" s="4">
-        <v>1.0695</v>
+        <v>1.0784</v>
       </c>
       <c r="D1480" s="4">
-        <v>1.0695</v>
+        <v>1.0784</v>
       </c>
       <c r="E1480" s="4">
-        <v>1.0695</v>
+        <v>1.0784</v>
       </c>
     </row>
     <row r="1481" spans="1:6">
       <c r="B1481" s="5">
-        <v>43787</v>
+        <v>43837</v>
       </c>
       <c r="C1481" s="4">
-        <v>1.0677</v>
+        <v>1.074</v>
       </c>
       <c r="D1481" s="4">
-        <v>1.0677</v>
+        <v>1.074</v>
       </c>
       <c r="E1481" s="4">
-        <v>1.0677</v>
+        <v>1.074</v>
       </c>
     </row>
     <row r="1482" spans="1:6">
       <c r="B1482" s="5">
-        <v>43784</v>
+        <v>43836</v>
       </c>
       <c r="C1482" s="4">
-        <v>1.0674</v>
+        <v>1.0741</v>
       </c>
       <c r="D1482" s="4">
-        <v>1.0674</v>
+        <v>1.0741</v>
       </c>
       <c r="E1482" s="4">
-        <v>1.0674</v>
+        <v>1.0741</v>
       </c>
     </row>
     <row r="1483" spans="1:6">
       <c r="B1483" s="5">
-        <v>43783</v>
+        <v>43833</v>
       </c>
       <c r="C1483" s="4">
-        <v>1.0647</v>
+        <v>1.0738</v>
       </c>
       <c r="D1483" s="4">
-        <v>1.0647</v>
+        <v>1.0738</v>
       </c>
       <c r="E1483" s="4">
-        <v>1.0647</v>
+        <v>1.0738</v>
       </c>
     </row>
     <row r="1484" spans="1:6">
       <c r="B1484" s="5">
-        <v>43782</v>
+        <v>43832</v>
       </c>
       <c r="C1484" s="4">
-        <v>1.0637</v>
+        <v>1.07</v>
       </c>
       <c r="D1484" s="4">
-        <v>1.0637</v>
+        <v>1.07</v>
       </c>
       <c r="E1484" s="4">
-        <v>1.0637</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="1485" spans="1:6">
       <c r="B1485" s="5">
-        <v>43781</v>
+        <v>43830</v>
       </c>
       <c r="C1485" s="4">
-        <v>1.0647</v>
+        <v>1.0701</v>
       </c>
       <c r="D1485" s="4">
-        <v>1.0647</v>
+        <v>1.0701</v>
       </c>
       <c r="E1485" s="4">
-        <v>1.0647</v>
+        <v>1.0701</v>
       </c>
     </row>
     <row r="1486" spans="1:6">
       <c r="B1486" s="5">
-        <v>43780</v>
+        <v>43829</v>
       </c>
       <c r="C1486" s="4">
-        <v>1.0653</v>
+        <v>1.0754</v>
       </c>
       <c r="D1486" s="4">
-        <v>1.0653</v>
+        <v>1.0754</v>
       </c>
       <c r="E1486" s="4">
-        <v>1.0653</v>
+        <v>1.0754</v>
       </c>
     </row>
     <row r="1487" spans="1:6">
       <c r="B1487" s="5">
-        <v>43777</v>
+        <v>43826</v>
       </c>
       <c r="C1487" s="4">
-        <v>1.0634</v>
+        <v>1.0757</v>
       </c>
       <c r="D1487" s="4">
-        <v>1.0634</v>
+        <v>1.0757</v>
       </c>
       <c r="E1487" s="4">
-        <v>1.0634</v>
+        <v>1.0757</v>
       </c>
     </row>
     <row r="1488" spans="1:6">
       <c r="B1488" s="5">
-        <v>43776</v>
+        <v>43823</v>
       </c>
       <c r="C1488" s="4">
-        <v>1.0626</v>
+        <v>1.0744</v>
       </c>
       <c r="D1488" s="4">
-        <v>1.0626</v>
+        <v>1.0744</v>
       </c>
       <c r="E1488" s="4">
-        <v>1.0626</v>
+        <v>1.0744</v>
       </c>
     </row>
     <row r="1489" spans="1:6">
       <c r="B1489" s="5">
-        <v>43775</v>
+        <v>43822</v>
       </c>
       <c r="C1489" s="4">
-        <v>1.0606</v>
+        <v>1.0744</v>
       </c>
       <c r="D1489" s="4">
-        <v>1.0606</v>
+        <v>1.0744</v>
       </c>
       <c r="E1489" s="4">
-        <v>1.0606</v>
+        <v>1.0744</v>
       </c>
     </row>
     <row r="1490" spans="1:6">
       <c r="B1490" s="5">
-        <v>43774</v>
+        <v>43819</v>
       </c>
       <c r="C1490" s="4">
-        <v>1.0623</v>
+        <v>1.0754</v>
       </c>
       <c r="D1490" s="4">
-        <v>1.0623</v>
+        <v>1.0754</v>
       </c>
       <c r="E1490" s="4">
-        <v>1.0623</v>
+        <v>1.0754</v>
       </c>
     </row>
     <row r="1491" spans="1:6">
       <c r="B1491" s="5">
-        <v>43773</v>
+        <v>43818</v>
       </c>
       <c r="C1491" s="4">
-        <v>1.0601</v>
+        <v>1.0759</v>
       </c>
       <c r="D1491" s="4">
-        <v>1.0601</v>
+        <v>1.0759</v>
       </c>
       <c r="E1491" s="4">
-        <v>1.0601</v>
+        <v>1.0759</v>
       </c>
     </row>
     <row r="1492" spans="1:6">
       <c r="B1492" s="5">
-        <v>43770</v>
+        <v>43817</v>
       </c>
       <c r="C1492" s="4">
-        <v>1.058</v>
+        <v>1.077</v>
       </c>
       <c r="D1492" s="4">
-        <v>1.058</v>
+        <v>1.077</v>
       </c>
       <c r="E1492" s="4">
-        <v>1.058</v>
+        <v>1.077</v>
       </c>
     </row>
     <row r="1493" spans="1:6">
       <c r="B1493" s="5">
-        <v>43769</v>
+        <v>43816</v>
       </c>
       <c r="C1493" s="4">
-        <v>1.0585</v>
+        <v>1.0761</v>
       </c>
       <c r="D1493" s="4">
-        <v>1.0585</v>
+        <v>1.0761</v>
       </c>
       <c r="E1493" s="4">
-        <v>1.0585</v>
+        <v>1.0761</v>
       </c>
     </row>
     <row r="1494" spans="1:6">
       <c r="B1494" s="5">
-        <v>43768</v>
+        <v>43815</v>
       </c>
       <c r="C1494" s="4">
-        <v>1.0613</v>
+        <v>1.0747</v>
       </c>
       <c r="D1494" s="4">
-        <v>1.0613</v>
+        <v>1.0747</v>
       </c>
       <c r="E1494" s="4">
-        <v>1.0613</v>
+        <v>1.0747</v>
       </c>
     </row>
     <row r="1495" spans="1:6">
       <c r="B1495" s="5">
-        <v>43767</v>
+        <v>43812</v>
       </c>
       <c r="C1495" s="4">
-        <v>1.0629</v>
+        <v>1.0687</v>
       </c>
       <c r="D1495" s="4">
-        <v>1.0629</v>
+        <v>1.0687</v>
       </c>
       <c r="E1495" s="4">
-        <v>1.0629</v>
+        <v>1.0687</v>
       </c>
     </row>
     <row r="1496" spans="1:6">
       <c r="B1496" s="5">
-        <v>43766</v>
+        <v>43811</v>
       </c>
       <c r="C1496" s="4">
-        <v>1.0622</v>
+        <v>1.0679</v>
       </c>
       <c r="D1496" s="4">
-        <v>1.0622</v>
+        <v>1.0679</v>
       </c>
       <c r="E1496" s="4">
-        <v>1.0622</v>
+        <v>1.0679</v>
       </c>
     </row>
     <row r="1497" spans="1:6">
       <c r="B1497" s="5">
-        <v>43763</v>
+        <v>43810</v>
       </c>
       <c r="C1497" s="4">
-        <v>1.0619</v>
+        <v>1.07</v>
       </c>
       <c r="D1497" s="4">
-        <v>1.0619</v>
+        <v>1.07</v>
       </c>
       <c r="E1497" s="4">
-        <v>1.0619</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="1498" spans="1:6">
       <c r="B1498" s="5">
-        <v>43762</v>
+        <v>43809</v>
       </c>
       <c r="C1498" s="4">
-        <v>1.0592</v>
+        <v>1.0686</v>
       </c>
       <c r="D1498" s="4">
-        <v>1.0592</v>
+        <v>1.0686</v>
       </c>
       <c r="E1498" s="4">
-        <v>1.0592</v>
+        <v>1.0686</v>
       </c>
     </row>
     <row r="1499" spans="1:6">
       <c r="B1499" s="5">
-        <v>43761</v>
+        <v>43808</v>
       </c>
       <c r="C1499" s="4">
-        <v>1.0575</v>
+        <v>1.0692</v>
       </c>
       <c r="D1499" s="4">
-        <v>1.0575</v>
+        <v>1.0692</v>
       </c>
       <c r="E1499" s="4">
-        <v>1.0575</v>
+        <v>1.0692</v>
       </c>
     </row>
     <row r="1500" spans="1:6">
       <c r="B1500" s="5">
-        <v>43760</v>
+        <v>43805</v>
       </c>
       <c r="C1500" s="4">
-        <v>1.0575</v>
+        <v>1.0666</v>
       </c>
       <c r="D1500" s="4">
-        <v>1.0575</v>
+        <v>1.0666</v>
       </c>
       <c r="E1500" s="4">
-        <v>1.0575</v>
+        <v>1.0666</v>
       </c>
     </row>
     <row r="1501" spans="1:6">
       <c r="B1501" s="5">
-        <v>43759</v>
+        <v>43804</v>
       </c>
       <c r="C1501" s="4">
-        <v>1.0558</v>
+        <v>1.0647</v>
       </c>
       <c r="D1501" s="4">
-        <v>1.0558</v>
+        <v>1.0647</v>
       </c>
       <c r="E1501" s="4">
-        <v>1.0558</v>
+        <v>1.0647</v>
       </c>
     </row>
     <row r="1502" spans="1:6">
       <c r="B1502" s="5">
-        <v>43756</v>
+        <v>43803</v>
       </c>
       <c r="C1502" s="4">
-        <v>1.0571</v>
+        <v>1.0614</v>
       </c>
       <c r="D1502" s="4">
-        <v>1.0571</v>
+        <v>1.0614</v>
       </c>
       <c r="E1502" s="4">
-        <v>1.0571</v>
+        <v>1.0614</v>
       </c>
     </row>
     <row r="1503" spans="1:6">
       <c r="B1503" s="5">
-        <v>43755</v>
+        <v>43802</v>
       </c>
       <c r="C1503" s="4">
-        <v>1.0592</v>
+        <v>1.0658</v>
       </c>
       <c r="D1503" s="4">
-        <v>1.0592</v>
+        <v>1.0658</v>
       </c>
       <c r="E1503" s="4">
-        <v>1.0592</v>
+        <v>1.0658</v>
       </c>
     </row>
     <row r="1504" spans="1:6">
       <c r="B1504" s="5">
-        <v>43754</v>
+        <v>43801</v>
       </c>
       <c r="C1504" s="4">
-        <v>1.0604</v>
+        <v>1.0733</v>
       </c>
       <c r="D1504" s="4">
-        <v>1.0604</v>
+        <v>1.0733</v>
       </c>
       <c r="E1504" s="4">
-        <v>1.0604</v>
+        <v>1.0733</v>
       </c>
     </row>
     <row r="1505" spans="1:6">
       <c r="B1505" s="5">
-        <v>43753</v>
+        <v>43798</v>
       </c>
       <c r="C1505" s="4">
-        <v>1.0535</v>
+        <v>1.0745</v>
       </c>
       <c r="D1505" s="4">
-        <v>1.0535</v>
+        <v>1.0745</v>
       </c>
       <c r="E1505" s="4">
-        <v>1.0535</v>
+        <v>1.0745</v>
       </c>
     </row>
     <row r="1506" spans="1:6">
       <c r="B1506" s="5">
-        <v>43752</v>
+        <v>43797</v>
       </c>
       <c r="C1506" s="4">
-        <v>1.0526</v>
+        <v>1.0761</v>
       </c>
       <c r="D1506" s="4">
-        <v>1.0526</v>
+        <v>1.0761</v>
       </c>
       <c r="E1506" s="4">
-        <v>1.0526</v>
+        <v>1.0761</v>
       </c>
     </row>
     <row r="1507" spans="1:6">
       <c r="B1507" s="5">
-        <v>43749</v>
+        <v>43796</v>
       </c>
       <c r="C1507" s="4">
-        <v>1.0485</v>
+        <v>1.0744</v>
       </c>
       <c r="D1507" s="4">
-        <v>1.0485</v>
+        <v>1.0744</v>
       </c>
       <c r="E1507" s="4">
-        <v>1.0485</v>
+        <v>1.0744</v>
       </c>
     </row>
     <row r="1508" spans="1:6">
       <c r="B1508" s="5">
-        <v>43748</v>
+        <v>43795</v>
       </c>
       <c r="C1508" s="4">
-        <v>1.0465</v>
+        <v>1.0711</v>
       </c>
       <c r="D1508" s="4">
-        <v>1.0465</v>
+        <v>1.0711</v>
       </c>
       <c r="E1508" s="4">
-        <v>1.0465</v>
+        <v>1.0711</v>
       </c>
     </row>
     <row r="1509" spans="1:6">
       <c r="B1509" s="5">
-        <v>43747</v>
+        <v>43794</v>
       </c>
       <c r="C1509" s="4">
-        <v>1.0453</v>
+        <v>1.0667</v>
       </c>
       <c r="D1509" s="4">
-        <v>1.0453</v>
+        <v>1.0667</v>
       </c>
       <c r="E1509" s="4">
-        <v>1.0453</v>
+        <v>1.0667</v>
       </c>
     </row>
     <row r="1510" spans="1:6">
       <c r="B1510" s="5">
-        <v>43746</v>
+        <v>43791</v>
       </c>
       <c r="C1510" s="4">
-        <v>1.0493</v>
+        <v>1.065</v>
       </c>
       <c r="D1510" s="4">
-        <v>1.0493</v>
+        <v>1.065</v>
       </c>
       <c r="E1510" s="4">
-        <v>1.0493</v>
+        <v>1.065</v>
       </c>
     </row>
     <row r="1511" spans="1:6">
       <c r="B1511" s="5">
-        <v>43742</v>
+        <v>43790</v>
       </c>
       <c r="C1511" s="4">
-        <v>1.053</v>
+        <v>1.0648</v>
       </c>
       <c r="D1511" s="4">
-        <v>1.053</v>
+        <v>1.0648</v>
       </c>
       <c r="E1511" s="4">
-        <v>1.053</v>
+        <v>1.0648</v>
       </c>
     </row>
     <row r="1512" spans="1:6">
       <c r="B1512" s="5">
-        <v>43741</v>
+        <v>43789</v>
       </c>
       <c r="C1512" s="4">
-        <v>1.053</v>
+        <v>1.0668</v>
       </c>
       <c r="D1512" s="4">
-        <v>1.053</v>
+        <v>1.0668</v>
       </c>
       <c r="E1512" s="4">
-        <v>1.053</v>
+        <v>1.0668</v>
       </c>
     </row>
     <row r="1513" spans="1:6">
       <c r="B1513" s="5">
-        <v>43740</v>
+        <v>43788</v>
       </c>
       <c r="C1513" s="4">
-        <v>1.0544</v>
+        <v>1.0695</v>
       </c>
       <c r="D1513" s="4">
-        <v>1.0544</v>
+        <v>1.0695</v>
       </c>
       <c r="E1513" s="4">
-        <v>1.0544</v>
+        <v>1.0695</v>
       </c>
     </row>
     <row r="1514" spans="1:6">
       <c r="B1514" s="5">
-        <v>43739</v>
+        <v>43787</v>
       </c>
       <c r="C1514" s="4">
-        <v>1.0551</v>
+        <v>1.0677</v>
       </c>
       <c r="D1514" s="4">
-        <v>1.0551</v>
+        <v>1.0677</v>
       </c>
       <c r="E1514" s="4">
-        <v>1.0551</v>
+        <v>1.0677</v>
       </c>
     </row>
     <row r="1515" spans="1:6">
       <c r="B1515" s="5">
-        <v>43738</v>
+        <v>43784</v>
       </c>
       <c r="C1515" s="4">
-        <v>1.0544</v>
+        <v>1.0674</v>
       </c>
       <c r="D1515" s="4">
-        <v>1.0544</v>
+        <v>1.0674</v>
       </c>
       <c r="E1515" s="4">
-        <v>1.0544</v>
+        <v>1.0674</v>
       </c>
     </row>
     <row r="1516" spans="1:6">
       <c r="B1516" s="5">
-        <v>43735</v>
+        <v>43783</v>
       </c>
       <c r="C1516" s="4">
-        <v>1.0549</v>
+        <v>1.0647</v>
       </c>
       <c r="D1516" s="4">
-        <v>1.0549</v>
+        <v>1.0647</v>
       </c>
       <c r="E1516" s="4">
-        <v>1.0549</v>
+        <v>1.0647</v>
       </c>
     </row>
     <row r="1517" spans="1:6">
       <c r="B1517" s="5">
-        <v>43734</v>
+        <v>43782</v>
       </c>
       <c r="C1517" s="4">
-        <v>1.0545</v>
+        <v>1.0637</v>
       </c>
       <c r="D1517" s="4">
-        <v>1.0545</v>
+        <v>1.0637</v>
       </c>
       <c r="E1517" s="4">
-        <v>1.0545</v>
+        <v>1.0637</v>
       </c>
     </row>
     <row r="1518" spans="1:6">
       <c r="B1518" s="5">
-        <v>43733</v>
+        <v>43781</v>
       </c>
       <c r="C1518" s="4">
-        <v>1.0546</v>
+        <v>1.0647</v>
       </c>
       <c r="D1518" s="4">
-        <v>1.0546</v>
+        <v>1.0647</v>
       </c>
       <c r="E1518" s="4">
-        <v>1.0546</v>
+        <v>1.0647</v>
       </c>
     </row>
     <row r="1519" spans="1:6">
       <c r="B1519" s="5">
-        <v>43732</v>
+        <v>43780</v>
       </c>
       <c r="C1519" s="4">
-        <v>1.0554</v>
+        <v>1.0653</v>
       </c>
       <c r="D1519" s="4">
-        <v>1.0554</v>
+        <v>1.0653</v>
       </c>
       <c r="E1519" s="4">
-        <v>1.0554</v>
+        <v>1.0653</v>
       </c>
     </row>
     <row r="1520" spans="1:6">
       <c r="B1520" s="5">
-        <v>43731</v>
+        <v>43777</v>
       </c>
       <c r="C1520" s="4">
-        <v>1.0557</v>
+        <v>1.0634</v>
       </c>
       <c r="D1520" s="4">
-        <v>1.0557</v>
+        <v>1.0634</v>
       </c>
       <c r="E1520" s="4">
-        <v>1.0557</v>
+        <v>1.0634</v>
       </c>
     </row>
     <row r="1521" spans="1:6">
       <c r="B1521" s="5">
-        <v>43728</v>
+        <v>43776</v>
       </c>
       <c r="C1521" s="4">
-        <v>1.0545</v>
+        <v>1.0626</v>
       </c>
       <c r="D1521" s="4">
-        <v>1.0545</v>
+        <v>1.0626</v>
       </c>
       <c r="E1521" s="4">
-        <v>1.0545</v>
+        <v>1.0626</v>
       </c>
     </row>
     <row r="1522" spans="1:6">
       <c r="B1522" s="5">
-        <v>43727</v>
+        <v>43775</v>
       </c>
       <c r="C1522" s="4">
-        <v>1.0527</v>
+        <v>1.0606</v>
       </c>
       <c r="D1522" s="4">
-        <v>1.0527</v>
+        <v>1.0606</v>
       </c>
       <c r="E1522" s="4">
-        <v>1.0527</v>
+        <v>1.0606</v>
       </c>
     </row>
     <row r="1523" spans="1:6">
       <c r="B1523" s="5">
-        <v>43726</v>
+        <v>43774</v>
       </c>
       <c r="C1523" s="4">
-        <v>1.0509</v>
+        <v>1.0623</v>
       </c>
       <c r="D1523" s="4">
-        <v>1.0509</v>
+        <v>1.0623</v>
       </c>
       <c r="E1523" s="4">
-        <v>1.0509</v>
+        <v>1.0623</v>
       </c>
     </row>
     <row r="1524" spans="1:6">
       <c r="B1524" s="5">
-        <v>43725</v>
+        <v>43773</v>
       </c>
       <c r="C1524" s="4">
-        <v>1.0508</v>
+        <v>1.0601</v>
       </c>
       <c r="D1524" s="4">
-        <v>1.0508</v>
+        <v>1.0601</v>
       </c>
       <c r="E1524" s="4">
-        <v>1.0508</v>
+        <v>1.0601</v>
       </c>
     </row>
     <row r="1525" spans="1:6">
       <c r="B1525" s="5">
-        <v>43724</v>
+        <v>43770</v>
       </c>
       <c r="C1525" s="4">
-        <v>1.0503</v>
+        <v>1.058</v>
       </c>
       <c r="D1525" s="4">
-        <v>1.0503</v>
+        <v>1.058</v>
       </c>
       <c r="E1525" s="4">
-        <v>1.0503</v>
+        <v>1.058</v>
       </c>
     </row>
     <row r="1526" spans="1:6">
       <c r="B1526" s="5">
-        <v>43721</v>
+        <v>43769</v>
       </c>
       <c r="C1526" s="4">
-        <v>1.0499</v>
+        <v>1.0585</v>
       </c>
       <c r="D1526" s="4">
-        <v>1.0499</v>
+        <v>1.0585</v>
       </c>
       <c r="E1526" s="4">
-        <v>1.0499</v>
+        <v>1.0585</v>
       </c>
     </row>
     <row r="1527" spans="1:6">
       <c r="B1527" s="5">
-        <v>43720</v>
+        <v>43768</v>
       </c>
       <c r="C1527" s="4">
-        <v>1.049</v>
+        <v>1.0613</v>
       </c>
       <c r="D1527" s="4">
-        <v>1.049</v>
+        <v>1.0613</v>
       </c>
       <c r="E1527" s="4">
-        <v>1.049</v>
+        <v>1.0613</v>
       </c>
     </row>
     <row r="1528" spans="1:6">
       <c r="B1528" s="5">
-        <v>43719</v>
+        <v>43767</v>
       </c>
       <c r="C1528" s="4">
-        <v>1.0467</v>
+        <v>1.0629</v>
       </c>
       <c r="D1528" s="4">
-        <v>1.0467</v>
+        <v>1.0629</v>
       </c>
       <c r="E1528" s="4">
-        <v>1.0467</v>
+        <v>1.0629</v>
       </c>
     </row>
     <row r="1529" spans="1:6">
       <c r="B1529" s="5">
-        <v>43718</v>
+        <v>43766</v>
       </c>
       <c r="C1529" s="4">
-        <v>1.0456</v>
+        <v>1.0622</v>
       </c>
       <c r="D1529" s="4">
-        <v>1.0456</v>
+        <v>1.0622</v>
       </c>
       <c r="E1529" s="4">
-        <v>1.0456</v>
+        <v>1.0622</v>
       </c>
     </row>
     <row r="1530" spans="1:6">
       <c r="B1530" s="5">
-        <v>43717</v>
+        <v>43763</v>
       </c>
       <c r="C1530" s="4">
-        <v>1.047</v>
+        <v>1.0619</v>
       </c>
       <c r="D1530" s="4">
-        <v>1.047</v>
+        <v>1.0619</v>
       </c>
       <c r="E1530" s="4">
-        <v>1.047</v>
+        <v>1.0619</v>
       </c>
     </row>
     <row r="1531" spans="1:6">
       <c r="B1531" s="5">
-        <v>43714</v>
+        <v>43762</v>
       </c>
       <c r="C1531" s="4">
-        <v>1.0445</v>
+        <v>1.0592</v>
       </c>
       <c r="D1531" s="4">
-        <v>1.0445</v>
+        <v>1.0592</v>
       </c>
       <c r="E1531" s="4">
-        <v>1.0445</v>
+        <v>1.0592</v>
       </c>
     </row>
     <row r="1532" spans="1:6">
       <c r="B1532" s="5">
-        <v>43713</v>
+        <v>43761</v>
       </c>
       <c r="C1532" s="4">
-        <v>1.0445</v>
+        <v>1.0575</v>
       </c>
       <c r="D1532" s="4">
-        <v>1.0445</v>
+        <v>1.0575</v>
       </c>
       <c r="E1532" s="4">
-        <v>1.0445</v>
+        <v>1.0575</v>
       </c>
     </row>
     <row r="1533" spans="1:6">
       <c r="B1533" s="5">
-        <v>43712</v>
+        <v>43760</v>
       </c>
       <c r="C1533" s="4">
-        <v>1.0401</v>
+        <v>1.0575</v>
       </c>
       <c r="D1533" s="4">
-        <v>1.0401</v>
+        <v>1.0575</v>
       </c>
       <c r="E1533" s="4">
-        <v>1.0401</v>
+        <v>1.0575</v>
       </c>
     </row>
     <row r="1534" spans="1:6">
       <c r="B1534" s="5">
-        <v>43711</v>
+        <v>43759</v>
       </c>
       <c r="C1534" s="4">
-        <v>1.0427</v>
+        <v>1.0558</v>
       </c>
       <c r="D1534" s="4">
-        <v>1.0427</v>
+        <v>1.0558</v>
       </c>
       <c r="E1534" s="4">
-        <v>1.0427</v>
+        <v>1.0558</v>
       </c>
     </row>
     <row r="1535" spans="1:6">
       <c r="B1535" s="5">
-        <v>43710</v>
+        <v>43756</v>
       </c>
       <c r="C1535" s="4">
-        <v>1.0428</v>
+        <v>1.0571</v>
       </c>
       <c r="D1535" s="4">
-        <v>1.0428</v>
+        <v>1.0571</v>
       </c>
       <c r="E1535" s="4">
-        <v>1.0428</v>
+        <v>1.0571</v>
       </c>
     </row>
     <row r="1536" spans="1:6">
       <c r="B1536" s="5">
-        <v>43707</v>
+        <v>43755</v>
       </c>
       <c r="C1536" s="4">
-        <v>1.043</v>
+        <v>1.0592</v>
       </c>
       <c r="D1536" s="4">
-        <v>1.043</v>
+        <v>1.0592</v>
       </c>
       <c r="E1536" s="4">
-        <v>1.043</v>
+        <v>1.0592</v>
       </c>
     </row>
     <row r="1537" spans="1:6">
       <c r="B1537" s="5">
-        <v>43706</v>
+        <v>43754</v>
       </c>
       <c r="C1537" s="4">
-        <v>1.0372</v>
+        <v>1.0604</v>
       </c>
       <c r="D1537" s="4">
-        <v>1.0372</v>
+        <v>1.0604</v>
       </c>
       <c r="E1537" s="4">
-        <v>1.0372</v>
+        <v>1.0604</v>
       </c>
     </row>
     <row r="1538" spans="1:6">
       <c r="B1538" s="5">
-        <v>43705</v>
+        <v>43753</v>
       </c>
       <c r="C1538" s="4">
-        <v>1.0359</v>
+        <v>1.0535</v>
       </c>
       <c r="D1538" s="4">
-        <v>1.0359</v>
+        <v>1.0535</v>
       </c>
       <c r="E1538" s="4">
-        <v>1.0359</v>
+        <v>1.0535</v>
       </c>
     </row>
     <row r="1539" spans="1:6">
       <c r="B1539" s="5">
-        <v>43704</v>
+        <v>43752</v>
       </c>
       <c r="C1539" s="4">
-        <v>1.0339</v>
+        <v>1.0526</v>
       </c>
       <c r="D1539" s="4">
-        <v>1.0339</v>
+        <v>1.0526</v>
       </c>
       <c r="E1539" s="4">
-        <v>1.0339</v>
+        <v>1.0526</v>
       </c>
     </row>
     <row r="1540" spans="1:6">
       <c r="B1540" s="5">
-        <v>43703</v>
+        <v>43749</v>
       </c>
       <c r="C1540" s="4">
-        <v>1.0322</v>
+        <v>1.0485</v>
       </c>
       <c r="D1540" s="4">
-        <v>1.0322</v>
+        <v>1.0485</v>
       </c>
       <c r="E1540" s="4">
-        <v>1.0322</v>
+        <v>1.0485</v>
       </c>
     </row>
     <row r="1541" spans="1:6">
       <c r="B1541" s="5">
-        <v>43700</v>
+        <v>43748</v>
       </c>
       <c r="C1541" s="4">
-        <v>1.0382</v>
+        <v>1.0465</v>
       </c>
       <c r="D1541" s="4">
-        <v>1.0382</v>
+        <v>1.0465</v>
       </c>
       <c r="E1541" s="4">
-        <v>1.0382</v>
+        <v>1.0465</v>
       </c>
     </row>
     <row r="1542" spans="1:6">
       <c r="B1542" s="5">
-        <v>43699</v>
+        <v>43747</v>
       </c>
       <c r="C1542" s="4">
-        <v>1.0378</v>
+        <v>1.0453</v>
       </c>
       <c r="D1542" s="4">
-        <v>1.0378</v>
+        <v>1.0453</v>
       </c>
       <c r="E1542" s="4">
-        <v>1.0378</v>
+        <v>1.0453</v>
       </c>
     </row>
     <row r="1543" spans="1:6">
       <c r="B1543" s="5">
-        <v>43698</v>
+        <v>43746</v>
       </c>
       <c r="C1543" s="4">
-        <v>1.0356</v>
+        <v>1.0493</v>
       </c>
       <c r="D1543" s="4">
-        <v>1.0356</v>
+        <v>1.0493</v>
       </c>
       <c r="E1543" s="4">
-        <v>1.0356</v>
+        <v>1.0493</v>
       </c>
     </row>
     <row r="1544" spans="1:6">
       <c r="B1544" s="5">
-        <v>43697</v>
+        <v>43742</v>
       </c>
       <c r="C1544" s="4">
-        <v>1.0389</v>
+        <v>1.053</v>
       </c>
       <c r="D1544" s="4">
-        <v>1.0389</v>
+        <v>1.053</v>
       </c>
       <c r="E1544" s="4">
-        <v>1.0389</v>
+        <v>1.053</v>
       </c>
     </row>
     <row r="1545" spans="1:6">
       <c r="B1545" s="5">
-        <v>43696</v>
+        <v>43741</v>
       </c>
       <c r="C1545" s="4">
-        <v>1.0338</v>
+        <v>1.053</v>
       </c>
       <c r="D1545" s="4">
-        <v>1.0338</v>
+        <v>1.053</v>
       </c>
       <c r="E1545" s="4">
-        <v>1.0338</v>
+        <v>1.053</v>
       </c>
     </row>
     <row r="1546" spans="1:6">
       <c r="B1546" s="5">
-        <v>43693</v>
+        <v>43740</v>
       </c>
       <c r="C1546" s="4">
-        <v>1.0289</v>
+        <v>1.0544</v>
       </c>
       <c r="D1546" s="4">
-        <v>1.0289</v>
+        <v>1.0544</v>
       </c>
       <c r="E1546" s="4">
-        <v>1.0289</v>
+        <v>1.0544</v>
       </c>
     </row>
     <row r="1547" spans="1:6">
       <c r="B1547" s="5">
-        <v>43692</v>
+        <v>43739</v>
       </c>
       <c r="C1547" s="4">
-        <v>1.0297</v>
+        <v>1.0551</v>
       </c>
       <c r="D1547" s="4">
-        <v>1.0297</v>
+        <v>1.0551</v>
       </c>
       <c r="E1547" s="4">
-        <v>1.0297</v>
+        <v>1.0551</v>
       </c>
     </row>
     <row r="1548" spans="1:6">
       <c r="B1548" s="5">
-        <v>43691</v>
+        <v>43738</v>
       </c>
       <c r="C1548" s="4">
-        <v>1.0393</v>
+        <v>1.0544</v>
       </c>
       <c r="D1548" s="4">
-        <v>1.0393</v>
+        <v>1.0544</v>
       </c>
       <c r="E1548" s="4">
-        <v>1.0393</v>
+        <v>1.0544</v>
       </c>
     </row>
     <row r="1549" spans="1:6">
       <c r="B1549" s="5">
-        <v>43690</v>
+        <v>43735</v>
       </c>
       <c r="C1549" s="4">
-        <v>1.0379</v>
+        <v>1.0549</v>
       </c>
       <c r="D1549" s="4">
-        <v>1.0379</v>
+        <v>1.0549</v>
       </c>
       <c r="E1549" s="4">
-        <v>1.0379</v>
+        <v>1.0549</v>
       </c>
     </row>
     <row r="1550" spans="1:6">
       <c r="B1550" s="5">
-        <v>43689</v>
+        <v>43734</v>
       </c>
       <c r="C1550" s="4">
-        <v>1.0391</v>
+        <v>1.0545</v>
       </c>
       <c r="D1550" s="4">
-        <v>1.0391</v>
+        <v>1.0545</v>
       </c>
       <c r="E1550" s="4">
-        <v>1.0391</v>
+        <v>1.0545</v>
       </c>
     </row>
     <row r="1551" spans="1:6">
       <c r="B1551" s="5">
-        <v>43686</v>
+        <v>43733</v>
       </c>
       <c r="C1551" s="4">
-        <v>1.0404</v>
+        <v>1.0546</v>
       </c>
       <c r="D1551" s="4">
-        <v>1.0404</v>
+        <v>1.0546</v>
       </c>
       <c r="E1551" s="4">
-        <v>1.0404</v>
+        <v>1.0546</v>
       </c>
     </row>
     <row r="1552" spans="1:6">
       <c r="B1552" s="5">
-        <v>43685</v>
+        <v>43732</v>
       </c>
       <c r="C1552" s="4">
-        <v>1.0371</v>
+        <v>1.0554</v>
       </c>
       <c r="D1552" s="4">
-        <v>1.0371</v>
+        <v>1.0554</v>
       </c>
       <c r="E1552" s="4">
-        <v>1.0371</v>
+        <v>1.0554</v>
       </c>
     </row>
     <row r="1553" spans="1:6">
       <c r="B1553" s="5">
-        <v>43684</v>
+        <v>43731</v>
       </c>
       <c r="C1553" s="4">
-        <v>1.034</v>
+        <v>1.0557</v>
       </c>
       <c r="D1553" s="4">
-        <v>1.034</v>
+        <v>1.0557</v>
       </c>
       <c r="E1553" s="4">
-        <v>1.034</v>
+        <v>1.0557</v>
       </c>
     </row>
     <row r="1554" spans="1:6">
       <c r="B1554" s="5">
-        <v>43683</v>
+        <v>43728</v>
       </c>
       <c r="C1554" s="4">
-        <v>1.032</v>
+        <v>1.0545</v>
       </c>
       <c r="D1554" s="4">
-        <v>1.032</v>
+        <v>1.0545</v>
       </c>
       <c r="E1554" s="4">
-        <v>1.032</v>
+        <v>1.0545</v>
       </c>
     </row>
     <row r="1555" spans="1:6">
       <c r="B1555" s="5">
-        <v>43682</v>
+        <v>43727</v>
       </c>
       <c r="C1555" s="4">
-        <v>1.0432</v>
+        <v>1.0527</v>
       </c>
       <c r="D1555" s="4">
-        <v>1.0432</v>
+        <v>1.0527</v>
       </c>
       <c r="E1555" s="4">
-        <v>1.0432</v>
+        <v>1.0527</v>
       </c>
     </row>
     <row r="1556" spans="1:6">
       <c r="B1556" s="5">
-        <v>43679</v>
+        <v>43726</v>
       </c>
       <c r="C1556" s="4">
-        <v>1.0484</v>
+        <v>1.0509</v>
       </c>
       <c r="D1556" s="4">
-        <v>1.0484</v>
+        <v>1.0509</v>
       </c>
       <c r="E1556" s="4">
-        <v>1.0484</v>
+        <v>1.0509</v>
       </c>
     </row>
     <row r="1557" spans="1:6">
       <c r="B1557" s="5">
-        <v>43678</v>
+        <v>43725</v>
       </c>
       <c r="C1557" s="4">
-        <v>1.05</v>
+        <v>1.0508</v>
       </c>
       <c r="D1557" s="4">
-        <v>1.05</v>
+        <v>1.0508</v>
       </c>
       <c r="E1557" s="4">
-        <v>1.05</v>
+        <v>1.0508</v>
       </c>
     </row>
     <row r="1558" spans="1:6">
       <c r="B1558" s="5">
-        <v>43677</v>
+        <v>43724</v>
       </c>
       <c r="C1558" s="4">
-        <v>1.053</v>
+        <v>1.0503</v>
       </c>
       <c r="D1558" s="4">
-        <v>1.053</v>
+        <v>1.0503</v>
       </c>
       <c r="E1558" s="4">
-        <v>1.053</v>
+        <v>1.0503</v>
       </c>
     </row>
     <row r="1559" spans="1:6">
       <c r="B1559" s="5">
-        <v>43676</v>
+        <v>43721</v>
       </c>
       <c r="C1559" s="4">
-        <v>1.0543</v>
+        <v>1.0499</v>
       </c>
       <c r="D1559" s="4">
-        <v>1.0543</v>
+        <v>1.0499</v>
       </c>
       <c r="E1559" s="4">
-        <v>1.0543</v>
+        <v>1.0499</v>
       </c>
     </row>
     <row r="1560" spans="1:6">
       <c r="B1560" s="5">
-        <v>43675</v>
+        <v>43720</v>
       </c>
       <c r="C1560" s="4">
-        <v>1.0544</v>
+        <v>1.049</v>
       </c>
       <c r="D1560" s="4">
-        <v>1.0544</v>
+        <v>1.049</v>
       </c>
       <c r="E1560" s="4">
-        <v>1.0544</v>
+        <v>1.049</v>
       </c>
     </row>
     <row r="1561" spans="1:6">
       <c r="B1561" s="5">
-        <v>43672</v>
+        <v>43719</v>
       </c>
       <c r="C1561" s="4">
-        <v>1.0505</v>
+        <v>1.0467</v>
       </c>
       <c r="D1561" s="4">
-        <v>1.0505</v>
+        <v>1.0467</v>
       </c>
       <c r="E1561" s="4">
-        <v>1.0505</v>
+        <v>1.0467</v>
       </c>
     </row>
     <row r="1562" spans="1:6">
       <c r="B1562" s="5">
-        <v>43671</v>
+        <v>43718</v>
       </c>
       <c r="C1562" s="4">
-        <v>1.0524</v>
+        <v>1.0456</v>
       </c>
       <c r="D1562" s="4">
-        <v>1.0524</v>
+        <v>1.0456</v>
       </c>
       <c r="E1562" s="4">
-        <v>1.0524</v>
+        <v>1.0456</v>
       </c>
     </row>
     <row r="1563" spans="1:6">
       <c r="B1563" s="5">
-        <v>43670</v>
+        <v>43717</v>
       </c>
       <c r="C1563" s="4">
-        <v>1.0493</v>
+        <v>1.047</v>
       </c>
       <c r="D1563" s="4">
-        <v>1.0493</v>
+        <v>1.047</v>
       </c>
       <c r="E1563" s="4">
-        <v>1.0493</v>
+        <v>1.047</v>
       </c>
     </row>
     <row r="1564" spans="1:6">
       <c r="B1564" s="5">
-        <v>43669</v>
+        <v>43714</v>
       </c>
       <c r="C1564" s="4">
-        <v>1.0448</v>
+        <v>1.0445</v>
       </c>
       <c r="D1564" s="4">
-        <v>1.0448</v>
+        <v>1.0445</v>
       </c>
       <c r="E1564" s="4">
-        <v>1.0448</v>
+        <v>1.0445</v>
       </c>
     </row>
     <row r="1565" spans="1:6">
       <c r="B1565" s="5">
-        <v>43668</v>
+        <v>43713</v>
       </c>
       <c r="C1565" s="4">
-        <v>1.0438</v>
+        <v>1.0445</v>
       </c>
       <c r="D1565" s="4">
-        <v>1.0438</v>
+        <v>1.0445</v>
       </c>
       <c r="E1565" s="4">
-        <v>1.0438</v>
+        <v>1.0445</v>
       </c>
     </row>
     <row r="1566" spans="1:6">
       <c r="B1566" s="5">
-        <v>43665</v>
+        <v>43712</v>
       </c>
       <c r="C1566" s="4">
-        <v>1.0441</v>
+        <v>1.0401</v>
       </c>
       <c r="D1566" s="4">
-        <v>1.0441</v>
+        <v>1.0401</v>
       </c>
       <c r="E1566" s="4">
-        <v>1.0441</v>
+        <v>1.0401</v>
       </c>
     </row>
     <row r="1567" spans="1:6">
       <c r="B1567" s="5">
-        <v>43664</v>
+        <v>43711</v>
       </c>
       <c r="C1567" s="4">
-        <v>1.0438</v>
+        <v>1.0427</v>
       </c>
       <c r="D1567" s="4">
-        <v>1.0438</v>
+        <v>1.0427</v>
       </c>
       <c r="E1567" s="4">
-        <v>1.0438</v>
+        <v>1.0427</v>
       </c>
     </row>
     <row r="1568" spans="1:6">
       <c r="B1568" s="5">
-        <v>43663</v>
+        <v>43710</v>
       </c>
       <c r="C1568" s="4">
-        <v>1.0446</v>
+        <v>1.0428</v>
       </c>
       <c r="D1568" s="4">
-        <v>1.0446</v>
+        <v>1.0428</v>
       </c>
       <c r="E1568" s="4">
-        <v>1.0446</v>
+        <v>1.0428</v>
       </c>
     </row>
     <row r="1569" spans="1:6">
       <c r="B1569" s="5">
-        <v>43662</v>
+        <v>43707</v>
       </c>
       <c r="C1569" s="4">
-        <v>1.0442</v>
+        <v>1.043</v>
       </c>
       <c r="D1569" s="4">
-        <v>1.0442</v>
+        <v>1.043</v>
       </c>
       <c r="E1569" s="4">
-        <v>1.0442</v>
+        <v>1.043</v>
       </c>
     </row>
     <row r="1570" spans="1:6">
       <c r="B1570" s="5">
-        <v>43661</v>
+        <v>43706</v>
       </c>
       <c r="C1570" s="4">
-        <v>1.045</v>
+        <v>1.0372</v>
       </c>
       <c r="D1570" s="4">
-        <v>1.045</v>
+        <v>1.0372</v>
       </c>
       <c r="E1570" s="4">
-        <v>1.045</v>
+        <v>1.0372</v>
       </c>
     </row>
     <row r="1571" spans="1:6">
       <c r="B1571" s="5">
-        <v>43658</v>
+        <v>43705</v>
       </c>
       <c r="C1571" s="4">
-        <v>1.0472</v>
+        <v>1.0359</v>
       </c>
       <c r="D1571" s="4">
-        <v>1.0472</v>
+        <v>1.0359</v>
       </c>
       <c r="E1571" s="4">
-        <v>1.0472</v>
+        <v>1.0359</v>
       </c>
     </row>
     <row r="1572" spans="1:6">
       <c r="B1572" s="5">
-        <v>43657</v>
+        <v>43704</v>
       </c>
       <c r="C1572" s="4">
-        <v>1.0481</v>
+        <v>1.0339</v>
       </c>
       <c r="D1572" s="4">
-        <v>1.0481</v>
+        <v>1.0339</v>
       </c>
       <c r="E1572" s="4">
-        <v>1.0481</v>
+        <v>1.0339</v>
       </c>
     </row>
     <row r="1573" spans="1:6">
       <c r="B1573" s="5">
-        <v>43656</v>
+        <v>43703</v>
       </c>
       <c r="C1573" s="4">
-        <v>1.0474</v>
+        <v>1.0322</v>
       </c>
       <c r="D1573" s="4">
-        <v>1.0474</v>
+        <v>1.0322</v>
       </c>
       <c r="E1573" s="4">
-        <v>1.0474</v>
+        <v>1.0322</v>
       </c>
     </row>
     <row r="1574" spans="1:6">
       <c r="B1574" s="5">
-        <v>43655</v>
+        <v>43700</v>
       </c>
       <c r="C1574" s="4">
-        <v>1.046</v>
+        <v>1.0382</v>
       </c>
       <c r="D1574" s="4">
-        <v>1.046</v>
+        <v>1.0382</v>
       </c>
       <c r="E1574" s="4">
-        <v>1.046</v>
+        <v>1.0382</v>
       </c>
     </row>
     <row r="1575" spans="1:6">
       <c r="B1575" s="5">
-        <v>43654</v>
+        <v>43699</v>
       </c>
       <c r="C1575" s="4">
-        <v>1.0476</v>
+        <v>1.0378</v>
       </c>
       <c r="D1575" s="4">
-        <v>1.0476</v>
+        <v>1.0378</v>
       </c>
       <c r="E1575" s="4">
-        <v>1.0476</v>
+        <v>1.0378</v>
       </c>
     </row>
     <row r="1576" spans="1:6">
       <c r="B1576" s="5">
-        <v>43651</v>
+        <v>43698</v>
       </c>
       <c r="C1576" s="4">
-        <v>1.0505</v>
+        <v>1.0356</v>
       </c>
       <c r="D1576" s="4">
-        <v>1.0505</v>
+        <v>1.0356</v>
       </c>
       <c r="E1576" s="4">
-        <v>1.0505</v>
+        <v>1.0356</v>
       </c>
     </row>
     <row r="1577" spans="1:6">
       <c r="B1577" s="5">
-        <v>43650</v>
+        <v>43697</v>
       </c>
       <c r="C1577" s="4">
-        <v>1.0486</v>
+        <v>1.0389</v>
       </c>
       <c r="D1577" s="4">
-        <v>1.0486</v>
+        <v>1.0389</v>
       </c>
       <c r="E1577" s="4">
-        <v>1.0486</v>
+        <v>1.0389</v>
       </c>
     </row>
     <row r="1578" spans="1:6">
       <c r="B1578" s="5">
-        <v>43649</v>
+        <v>43696</v>
       </c>
       <c r="C1578" s="4">
-        <v>1.0469</v>
+        <v>1.0338</v>
       </c>
       <c r="D1578" s="4">
-        <v>1.0469</v>
+        <v>1.0338</v>
       </c>
       <c r="E1578" s="4">
-        <v>1.0469</v>
+        <v>1.0338</v>
       </c>
     </row>
     <row r="1579" spans="1:6">
       <c r="B1579" s="5">
-        <v>43648</v>
+        <v>43693</v>
       </c>
       <c r="C1579" s="4">
-        <v>1.046</v>
+        <v>1.0289</v>
       </c>
       <c r="D1579" s="4">
-        <v>1.046</v>
+        <v>1.0289</v>
       </c>
       <c r="E1579" s="4">
-        <v>1.046</v>
+        <v>1.0289</v>
       </c>
     </row>
     <row r="1580" spans="1:6">
       <c r="B1580" s="5">
-        <v>43647</v>
+        <v>43692</v>
       </c>
       <c r="C1580" s="4">
-        <v>1.0418</v>
+        <v>1.0297</v>
       </c>
       <c r="D1580" s="4">
-        <v>1.0418</v>
+        <v>1.0297</v>
       </c>
       <c r="E1580" s="4">
-        <v>1.0418</v>
+        <v>1.0297</v>
       </c>
     </row>
     <row r="1581" spans="1:6">
       <c r="B1581" s="5">
-        <v>43644</v>
+        <v>43691</v>
       </c>
       <c r="C1581" s="4">
-        <v>1.05</v>
+        <v>1.0393</v>
       </c>
       <c r="D1581" s="4">
-        <v>1.05</v>
+        <v>1.0393</v>
       </c>
       <c r="E1581" s="4">
-        <v>1.05</v>
+        <v>1.0393</v>
       </c>
     </row>
     <row r="1582" spans="1:6">
       <c r="B1582" s="5">
-        <v>43643</v>
+        <v>43690</v>
       </c>
       <c r="C1582" s="4">
-        <v>1.0424</v>
+        <v>1.0379</v>
       </c>
       <c r="D1582" s="4">
-        <v>1.0424</v>
+        <v>1.0379</v>
       </c>
       <c r="E1582" s="4">
-        <v>1.0424</v>
+        <v>1.0379</v>
       </c>
     </row>
     <row r="1583" spans="1:6">
       <c r="B1583" s="5">
-        <v>43642</v>
+        <v>43689</v>
       </c>
       <c r="C1583" s="4">
-        <v>1.0424</v>
+        <v>1.0391</v>
       </c>
       <c r="D1583" s="4">
-        <v>1.0424</v>
+        <v>1.0391</v>
       </c>
       <c r="E1583" s="4">
-        <v>1.0424</v>
+        <v>1.0391</v>
       </c>
     </row>
     <row r="1584" spans="1:6">
       <c r="B1584" s="5">
-        <v>43641</v>
+        <v>43686</v>
       </c>
       <c r="C1584" s="4">
-        <v>1.0448</v>
+        <v>1.0404</v>
       </c>
       <c r="D1584" s="4">
-        <v>1.0448</v>
+        <v>1.0404</v>
       </c>
       <c r="E1584" s="4">
-        <v>1.0448</v>
+        <v>1.0404</v>
       </c>
     </row>
     <row r="1585" spans="1:6">
       <c r="B1585" s="5">
-        <v>43640</v>
+        <v>43685</v>
       </c>
       <c r="C1585" s="4">
-        <v>1.0464</v>
+        <v>1.0371</v>
       </c>
       <c r="D1585" s="4">
-        <v>1.0464</v>
+        <v>1.0371</v>
       </c>
       <c r="E1585" s="4">
-        <v>1.0464</v>
+        <v>1.0371</v>
       </c>
     </row>
     <row r="1586" spans="1:6">
       <c r="B1586" s="5">
-        <v>43637</v>
+        <v>43684</v>
       </c>
       <c r="C1586" s="4">
-        <v>1.0473</v>
+        <v>1.034</v>
       </c>
       <c r="D1586" s="4">
-        <v>1.0473</v>
+        <v>1.034</v>
       </c>
       <c r="E1586" s="4">
-        <v>1.0473</v>
+        <v>1.034</v>
       </c>
     </row>
     <row r="1587" spans="1:6">
       <c r="B1587" s="5">
-        <v>43636</v>
+        <v>43683</v>
       </c>
       <c r="C1587" s="4">
-        <v>1.0466</v>
+        <v>1.032</v>
       </c>
       <c r="D1587" s="4">
-        <v>1.0466</v>
+        <v>1.032</v>
       </c>
       <c r="E1587" s="4">
-        <v>1.0466</v>
+        <v>1.032</v>
       </c>
     </row>
     <row r="1588" spans="1:6">
       <c r="B1588" s="5">
-        <v>43635</v>
+        <v>43682</v>
       </c>
       <c r="C1588" s="4">
-        <v>1.0435</v>
+        <v>1.0432</v>
       </c>
       <c r="D1588" s="4">
-        <v>1.0435</v>
+        <v>1.0432</v>
       </c>
       <c r="E1588" s="4">
-        <v>1.0435</v>
+        <v>1.0432</v>
       </c>
     </row>
     <row r="1589" spans="1:6">
       <c r="B1589" s="5">
-        <v>43634</v>
+        <v>43679</v>
       </c>
       <c r="C1589" s="4">
-        <v>1.0384</v>
+        <v>1.0484</v>
       </c>
       <c r="D1589" s="4">
-        <v>1.0384</v>
+        <v>1.0484</v>
       </c>
       <c r="E1589" s="4">
-        <v>1.0384</v>
+        <v>1.0484</v>
       </c>
     </row>
     <row r="1590" spans="1:6">
       <c r="B1590" s="5">
-        <v>43633</v>
+        <v>43678</v>
       </c>
       <c r="C1590" s="4">
-        <v>1.0374</v>
+        <v>1.05</v>
       </c>
       <c r="D1590" s="4">
-        <v>1.0374</v>
+        <v>1.05</v>
       </c>
       <c r="E1590" s="4">
-        <v>1.0374</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="1591" spans="1:6">
       <c r="B1591" s="5">
-        <v>43630</v>
+        <v>43677</v>
       </c>
       <c r="C1591" s="4">
-        <v>1.0375</v>
+        <v>1.053</v>
       </c>
       <c r="D1591" s="4">
-        <v>1.0375</v>
+        <v>1.053</v>
       </c>
       <c r="E1591" s="4">
-        <v>1.0375</v>
+        <v>1.053</v>
       </c>
     </row>
     <row r="1592" spans="1:6">
       <c r="B1592" s="5">
-        <v>43629</v>
+        <v>43676</v>
       </c>
       <c r="C1592" s="4">
-        <v>1.0359</v>
+        <v>1.0543</v>
       </c>
       <c r="D1592" s="4">
-        <v>1.0359</v>
+        <v>1.0543</v>
       </c>
       <c r="E1592" s="4">
-        <v>1.0359</v>
+        <v>1.0543</v>
       </c>
     </row>
     <row r="1593" spans="1:6">
       <c r="B1593" s="5">
-        <v>43628</v>
+        <v>43675</v>
       </c>
       <c r="C1593" s="4">
-        <v>1.0366</v>
+        <v>1.0544</v>
       </c>
       <c r="D1593" s="4">
-        <v>1.0366</v>
+        <v>1.0544</v>
       </c>
       <c r="E1593" s="4">
-        <v>1.0366</v>
+        <v>1.0544</v>
       </c>
     </row>
     <row r="1594" spans="1:6">
       <c r="B1594" s="5">
-        <v>43627</v>
+        <v>43672</v>
       </c>
       <c r="C1594" s="4">
-        <v>1.0355</v>
+        <v>1.0505</v>
       </c>
       <c r="D1594" s="4">
-        <v>1.0355</v>
+        <v>1.0505</v>
       </c>
       <c r="E1594" s="4">
-        <v>1.0355</v>
+        <v>1.0505</v>
       </c>
     </row>
     <row r="1595" spans="1:6">
       <c r="B1595" s="5">
-        <v>43623</v>
+        <v>43671</v>
       </c>
       <c r="C1595" s="4">
-        <v>1.0271</v>
+        <v>1.0524</v>
       </c>
       <c r="D1595" s="4">
-        <v>1.0271</v>
+        <v>1.0524</v>
       </c>
       <c r="E1595" s="4">
-        <v>1.0271</v>
+        <v>1.0524</v>
       </c>
     </row>
     <row r="1596" spans="1:6">
       <c r="B1596" s="5">
-        <v>43622</v>
+        <v>43670</v>
       </c>
       <c r="C1596" s="4">
-        <v>1.0245</v>
+        <v>1.0493</v>
       </c>
       <c r="D1596" s="4">
-        <v>1.0245</v>
+        <v>1.0493</v>
       </c>
       <c r="E1596" s="4">
-        <v>1.0245</v>
+        <v>1.0493</v>
       </c>
     </row>
     <row r="1597" spans="1:6">
       <c r="B1597" s="5">
-        <v>43621</v>
+        <v>43669</v>
       </c>
       <c r="C1597" s="4">
-        <v>1.0215</v>
+        <v>1.0448</v>
       </c>
       <c r="D1597" s="4">
-        <v>1.0215</v>
+        <v>1.0448</v>
       </c>
       <c r="E1597" s="4">
-        <v>1.0215</v>
+        <v>1.0448</v>
       </c>
     </row>
     <row r="1598" spans="1:6">
       <c r="B1598" s="5">
-        <v>43620</v>
+        <v>43668</v>
       </c>
       <c r="C1598" s="4">
-        <v>1.018</v>
+        <v>1.0438</v>
       </c>
       <c r="D1598" s="4">
-        <v>1.018</v>
+        <v>1.0438</v>
       </c>
       <c r="E1598" s="4">
-        <v>1.018</v>
+        <v>1.0438</v>
       </c>
     </row>
     <row r="1599" spans="1:6">
       <c r="B1599" s="5">
-        <v>43619</v>
+        <v>43665</v>
       </c>
       <c r="C1599" s="4">
-        <v>1.0173</v>
+        <v>1.0441</v>
       </c>
       <c r="D1599" s="4">
-        <v>1.0173</v>
+        <v>1.0441</v>
       </c>
       <c r="E1599" s="4">
-        <v>1.0173</v>
+        <v>1.0441</v>
       </c>
     </row>
     <row r="1600" spans="1:6">
       <c r="B1600" s="5">
-        <v>43616</v>
+        <v>43664</v>
       </c>
       <c r="C1600" s="4">
-        <v>1.0237</v>
+        <v>1.0438</v>
       </c>
       <c r="D1600" s="4">
-        <v>1.0237</v>
+        <v>1.0438</v>
       </c>
       <c r="E1600" s="4">
-        <v>1.0237</v>
+        <v>1.0438</v>
       </c>
     </row>
     <row r="1601" spans="1:6">
       <c r="B1601" s="5">
-        <v>43615</v>
+        <v>43663</v>
       </c>
       <c r="C1601" s="4">
-        <v>1.0228</v>
+        <v>1.0446</v>
       </c>
       <c r="D1601" s="4">
-        <v>1.0228</v>
+        <v>1.0446</v>
       </c>
       <c r="E1601" s="4">
-        <v>1.0228</v>
+        <v>1.0446</v>
       </c>
     </row>
     <row r="1602" spans="1:6">
       <c r="B1602" s="5">
-        <v>43614</v>
+        <v>43662</v>
       </c>
       <c r="C1602" s="4">
-        <v>1.0261</v>
+        <v>1.0442</v>
       </c>
       <c r="D1602" s="4">
-        <v>1.0261</v>
+        <v>1.0442</v>
       </c>
       <c r="E1602" s="4">
-        <v>1.0261</v>
+        <v>1.0442</v>
       </c>
     </row>
     <row r="1603" spans="1:6">
       <c r="B1603" s="5">
-        <v>43613</v>
+        <v>43661</v>
       </c>
       <c r="C1603" s="4">
-        <v>1.0295</v>
+        <v>1.045</v>
       </c>
       <c r="D1603" s="4">
-        <v>1.0295</v>
+        <v>1.045</v>
       </c>
       <c r="E1603" s="4">
-        <v>1.0295</v>
+        <v>1.045</v>
       </c>
     </row>
     <row r="1604" spans="1:6">
       <c r="B1604" s="5">
-        <v>43612</v>
+        <v>43658</v>
       </c>
       <c r="C1604" s="4">
-        <v>1.028</v>
+        <v>1.0472</v>
       </c>
       <c r="D1604" s="4">
-        <v>1.028</v>
+        <v>1.0472</v>
       </c>
       <c r="E1604" s="4">
-        <v>1.028</v>
+        <v>1.0472</v>
       </c>
     </row>
     <row r="1605" spans="1:6">
       <c r="B1605" s="5">
-        <v>43609</v>
+        <v>43657</v>
       </c>
       <c r="C1605" s="4">
-        <v>1.0277</v>
+        <v>1.0481</v>
       </c>
       <c r="D1605" s="4">
-        <v>1.0277</v>
+        <v>1.0481</v>
       </c>
       <c r="E1605" s="4">
-        <v>1.0277</v>
+        <v>1.0481</v>
       </c>
     </row>
     <row r="1606" spans="1:6">
       <c r="B1606" s="5">
-        <v>43608</v>
+        <v>43656</v>
       </c>
       <c r="C1606" s="4">
-        <v>1.0322</v>
+        <v>1.0474</v>
       </c>
       <c r="D1606" s="4">
-        <v>1.0322</v>
+        <v>1.0474</v>
       </c>
       <c r="E1606" s="4">
-        <v>1.0322</v>
+        <v>1.0474</v>
       </c>
     </row>
     <row r="1607" spans="1:6">
       <c r="B1607" s="5">
-        <v>43607</v>
+        <v>43655</v>
       </c>
       <c r="C1607" s="4">
-        <v>1.0332</v>
+        <v>1.046</v>
       </c>
       <c r="D1607" s="4">
-        <v>1.0332</v>
+        <v>1.046</v>
       </c>
       <c r="E1607" s="4">
-        <v>1.0332</v>
+        <v>1.046</v>
       </c>
     </row>
     <row r="1608" spans="1:6">
       <c r="B1608" s="5">
-        <v>43606</v>
+        <v>43654</v>
       </c>
       <c r="C1608" s="4">
-        <v>1.0305</v>
+        <v>1.0476</v>
       </c>
       <c r="D1608" s="4">
-        <v>1.0305</v>
+        <v>1.0476</v>
       </c>
       <c r="E1608" s="4">
-        <v>1.0305</v>
+        <v>1.0476</v>
       </c>
     </row>
     <row r="1609" spans="1:6">
       <c r="B1609" s="5">
-        <v>43605</v>
+        <v>43651</v>
       </c>
       <c r="C1609" s="4">
-        <v>1.0319</v>
+        <v>1.0505</v>
       </c>
       <c r="D1609" s="4">
-        <v>1.0319</v>
+        <v>1.0505</v>
       </c>
       <c r="E1609" s="4">
-        <v>1.0319</v>
+        <v>1.0505</v>
       </c>
     </row>
     <row r="1610" spans="1:6">
       <c r="B1610" s="5">
-        <v>43602</v>
+        <v>43650</v>
       </c>
       <c r="C1610" s="4">
-        <v>1.0287</v>
+        <v>1.0486</v>
       </c>
       <c r="D1610" s="4">
-        <v>1.0287</v>
+        <v>1.0486</v>
       </c>
       <c r="E1610" s="4">
-        <v>1.0287</v>
+        <v>1.0486</v>
       </c>
     </row>
     <row r="1611" spans="1:6">
       <c r="B1611" s="5">
-        <v>43601</v>
+        <v>43649</v>
       </c>
       <c r="C1611" s="4">
-        <v>1.0249</v>
+        <v>1.0469</v>
       </c>
       <c r="D1611" s="4">
-        <v>1.0249</v>
+        <v>1.0469</v>
       </c>
       <c r="E1611" s="4">
-        <v>1.0249</v>
+        <v>1.0469</v>
       </c>
     </row>
     <row r="1612" spans="1:6">
       <c r="B1612" s="5">
-        <v>43600</v>
+        <v>43648</v>
       </c>
       <c r="C1612" s="4">
-        <v>1.0213</v>
+        <v>1.046</v>
       </c>
       <c r="D1612" s="4">
-        <v>1.0213</v>
+        <v>1.046</v>
       </c>
       <c r="E1612" s="4">
-        <v>1.0213</v>
+        <v>1.046</v>
       </c>
     </row>
     <row r="1613" spans="1:6">
       <c r="B1613" s="5">
-        <v>43599</v>
+        <v>43647</v>
       </c>
       <c r="C1613" s="4">
-        <v>1.0229</v>
+        <v>1.0418</v>
       </c>
       <c r="D1613" s="4">
-        <v>1.0229</v>
+        <v>1.0418</v>
       </c>
       <c r="E1613" s="4">
-        <v>1.0229</v>
+        <v>1.0418</v>
       </c>
     </row>
     <row r="1614" spans="1:6">
       <c r="B1614" s="5">
-        <v>43598</v>
+        <v>43644</v>
       </c>
       <c r="C1614" s="4">
-        <v>1.0229</v>
+        <v>1.05</v>
       </c>
       <c r="D1614" s="4">
-        <v>1.0229</v>
+        <v>1.05</v>
       </c>
       <c r="E1614" s="4">
-        <v>1.0229</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="1615" spans="1:6">
       <c r="B1615" s="5">
-        <v>43595</v>
+        <v>43643</v>
       </c>
       <c r="C1615" s="4">
-        <v>1.0224</v>
+        <v>1.0424</v>
       </c>
       <c r="D1615" s="4">
-        <v>1.0224</v>
+        <v>1.0424</v>
       </c>
       <c r="E1615" s="4">
-        <v>1.0224</v>
+        <v>1.0424</v>
       </c>
     </row>
     <row r="1616" spans="1:6">
       <c r="B1616" s="5">
-        <v>43594</v>
+        <v>43642</v>
       </c>
       <c r="C1616" s="4">
-        <v>1.0231</v>
+        <v>1.0424</v>
       </c>
       <c r="D1616" s="4">
-        <v>1.0231</v>
+        <v>1.0424</v>
       </c>
       <c r="E1616" s="4">
-        <v>1.0231</v>
+        <v>1.0424</v>
       </c>
     </row>
     <row r="1617" spans="1:6">
       <c r="B1617" s="5">
-        <v>43593</v>
+        <v>43641</v>
       </c>
       <c r="C1617" s="4">
-        <v>1.0225</v>
+        <v>1.0448</v>
       </c>
       <c r="D1617" s="4">
-        <v>1.0225</v>
+        <v>1.0448</v>
       </c>
       <c r="E1617" s="4">
-        <v>1.0225</v>
+        <v>1.0448</v>
       </c>
     </row>
     <row r="1618" spans="1:6">
       <c r="B1618" s="5">
-        <v>43592</v>
+        <v>43640</v>
       </c>
       <c r="C1618" s="4">
-        <v>1.0269</v>
+        <v>1.0464</v>
       </c>
       <c r="D1618" s="4">
-        <v>1.0269</v>
+        <v>1.0464</v>
       </c>
       <c r="E1618" s="4">
-        <v>1.0269</v>
+        <v>1.0464</v>
       </c>
     </row>
     <row r="1619" spans="1:6">
       <c r="B1619" s="5">
-        <v>43591</v>
+        <v>43637</v>
       </c>
       <c r="C1619" s="4">
-        <v>1.0279</v>
+        <v>1.0473</v>
       </c>
       <c r="D1619" s="4">
-        <v>1.0279</v>
+        <v>1.0473</v>
       </c>
       <c r="E1619" s="4">
-        <v>1.0279</v>
+        <v>1.0473</v>
       </c>
     </row>
     <row r="1620" spans="1:6">
       <c r="B1620" s="5">
-        <v>43588</v>
+        <v>43636</v>
       </c>
       <c r="C1620" s="4">
-        <v>1.0284</v>
+        <v>1.0466</v>
       </c>
       <c r="D1620" s="4">
-        <v>1.0284</v>
+        <v>1.0466</v>
       </c>
       <c r="E1620" s="4">
-        <v>1.0284</v>
+        <v>1.0466</v>
       </c>
     </row>
     <row r="1621" spans="1:6">
       <c r="B1621" s="5">
-        <v>43587</v>
+        <v>43635</v>
       </c>
       <c r="C1621" s="4">
-        <v>1.0282</v>
+        <v>1.0435</v>
       </c>
       <c r="D1621" s="4">
-        <v>1.0282</v>
+        <v>1.0435</v>
       </c>
       <c r="E1621" s="4">
-        <v>1.0282</v>
+        <v>1.0435</v>
       </c>
     </row>
     <row r="1622" spans="1:6">
       <c r="B1622" s="5">
-        <v>43586</v>
+        <v>43634</v>
       </c>
       <c r="C1622" s="4">
-        <v>1.0302</v>
+        <v>1.0384</v>
       </c>
       <c r="D1622" s="4">
-        <v>1.0302</v>
+        <v>1.0384</v>
       </c>
       <c r="E1622" s="4">
-        <v>1.0302</v>
+        <v>1.0384</v>
       </c>
     </row>
     <row r="1623" spans="1:6">
       <c r="B1623" s="5">
-        <v>43585</v>
+        <v>43633</v>
       </c>
       <c r="C1623" s="4">
-        <v>1.0275</v>
+        <v>1.0374</v>
       </c>
       <c r="D1623" s="4">
-        <v>1.0275</v>
+        <v>1.0374</v>
       </c>
       <c r="E1623" s="4">
-        <v>1.0275</v>
+        <v>1.0374</v>
       </c>
     </row>
     <row r="1624" spans="1:6">
       <c r="B1624" s="5">
-        <v>43584</v>
+        <v>43630</v>
       </c>
       <c r="C1624" s="4">
-        <v>1.0285</v>
+        <v>1.0375</v>
       </c>
       <c r="D1624" s="4">
-        <v>1.0285</v>
+        <v>1.0375</v>
       </c>
       <c r="E1624" s="4">
-        <v>1.0285</v>
+        <v>1.0375</v>
       </c>
     </row>
     <row r="1625" spans="1:6">
       <c r="B1625" s="5">
-        <v>43581</v>
+        <v>43629</v>
       </c>
       <c r="C1625" s="4">
-        <v>1.0291</v>
+        <v>1.0359</v>
       </c>
       <c r="D1625" s="4">
-        <v>1.0291</v>
+        <v>1.0359</v>
       </c>
       <c r="E1625" s="4">
-        <v>1.0291</v>
+        <v>1.0359</v>
       </c>
     </row>
     <row r="1626" spans="1:6">
       <c r="B1626" s="5">
-        <v>43579</v>
+        <v>43628</v>
       </c>
       <c r="C1626" s="4">
-        <v>1.0234</v>
+        <v>1.0366</v>
       </c>
       <c r="D1626" s="4">
-        <v>1.0234</v>
+        <v>1.0366</v>
       </c>
       <c r="E1626" s="4">
-        <v>1.0234</v>
+        <v>1.0366</v>
       </c>
     </row>
     <row r="1627" spans="1:6">
       <c r="B1627" s="5">
-        <v>43578</v>
+        <v>43627</v>
       </c>
       <c r="C1627" s="4">
-        <v>1.0234</v>
+        <v>1.0355</v>
       </c>
       <c r="D1627" s="4">
-        <v>1.0234</v>
+        <v>1.0355</v>
       </c>
       <c r="E1627" s="4">
-        <v>1.0234</v>
+        <v>1.0355</v>
       </c>
     </row>
     <row r="1628" spans="1:6">
       <c r="B1628" s="5">
-        <v>43573</v>
+        <v>43623</v>
       </c>
       <c r="C1628" s="4">
-        <v>1.0205</v>
+        <v>1.0271</v>
       </c>
       <c r="D1628" s="4">
-        <v>1.0205</v>
+        <v>1.0271</v>
       </c>
       <c r="E1628" s="4">
-        <v>1.0205</v>
+        <v>1.0271</v>
       </c>
     </row>
     <row r="1629" spans="1:6">
       <c r="B1629" s="5">
-        <v>43572</v>
+        <v>43622</v>
       </c>
       <c r="C1629" s="4">
-        <v>1.0208</v>
+        <v>1.0245</v>
       </c>
       <c r="D1629" s="4">
-        <v>1.0208</v>
+        <v>1.0245</v>
       </c>
       <c r="E1629" s="4">
-        <v>1.0208</v>
+        <v>1.0245</v>
       </c>
     </row>
     <row r="1630" spans="1:6">
       <c r="B1630" s="5">
-        <v>43571</v>
+        <v>43621</v>
       </c>
       <c r="C1630" s="4">
-        <v>1.0213</v>
+        <v>1.0215</v>
       </c>
       <c r="D1630" s="4">
-        <v>1.0213</v>
+        <v>1.0215</v>
       </c>
       <c r="E1630" s="4">
-        <v>1.0213</v>
+        <v>1.0215</v>
       </c>
     </row>
     <row r="1631" spans="1:6">
       <c r="B1631" s="5">
-        <v>43570</v>
+        <v>43620</v>
       </c>
       <c r="C1631" s="4">
-        <v>1.0205</v>
+        <v>1.018</v>
       </c>
       <c r="D1631" s="4">
-        <v>1.0205</v>
+        <v>1.018</v>
       </c>
       <c r="E1631" s="4">
-        <v>1.0205</v>
+        <v>1.018</v>
       </c>
     </row>
     <row r="1632" spans="1:6">
       <c r="B1632" s="5">
-        <v>43567</v>
+        <v>43619</v>
       </c>
       <c r="C1632" s="4">
-        <v>1.0205</v>
+        <v>1.0173</v>
       </c>
       <c r="D1632" s="4">
-        <v>1.0205</v>
+        <v>1.0173</v>
       </c>
       <c r="E1632" s="4">
-        <v>1.0205</v>
+        <v>1.0173</v>
       </c>
     </row>
     <row r="1633" spans="1:6">
       <c r="B1633" s="5">
-        <v>43566</v>
+        <v>43616</v>
       </c>
       <c r="C1633" s="4">
-        <v>1.0191</v>
+        <v>1.0237</v>
       </c>
       <c r="D1633" s="4">
-        <v>1.0191</v>
+        <v>1.0237</v>
       </c>
       <c r="E1633" s="4">
-        <v>1.0191</v>
+        <v>1.0237</v>
       </c>
     </row>
     <row r="1634" spans="1:6">
       <c r="B1634" s="5">
-        <v>43565</v>
+        <v>43615</v>
       </c>
       <c r="C1634" s="4">
-        <v>1.0191</v>
+        <v>1.0228</v>
       </c>
       <c r="D1634" s="4">
-        <v>1.0191</v>
+        <v>1.0228</v>
       </c>
       <c r="E1634" s="4">
-        <v>1.0191</v>
+        <v>1.0228</v>
       </c>
     </row>
     <row r="1635" spans="1:6">
       <c r="B1635" s="5">
-        <v>43564</v>
-[...8 lines deleted...]
-        <v>1.0201</v>
+        <v>43614</v>
+      </c>
+      <c r="C1635" s="4">
+        <v>1.0261</v>
+      </c>
+      <c r="D1635" s="4">
+        <v>1.0261</v>
+      </c>
+      <c r="E1635" s="4">
+        <v>1.0261</v>
       </c>
     </row>
     <row r="1636" spans="1:6">
       <c r="B1636" s="5">
-        <v>43563</v>
-[...8 lines deleted...]
-        <v>1.0204</v>
+        <v>43613</v>
+      </c>
+      <c r="C1636" s="4">
+        <v>1.0295</v>
+      </c>
+      <c r="D1636" s="4">
+        <v>1.0295</v>
+      </c>
+      <c r="E1636" s="4">
+        <v>1.0295</v>
       </c>
     </row>
     <row r="1637" spans="1:6">
       <c r="B1637" s="5">
-        <v>43560</v>
-[...8 lines deleted...]
-        <v>1.0177</v>
+        <v>43612</v>
+      </c>
+      <c r="C1637" s="4">
+        <v>1.028</v>
+      </c>
+      <c r="D1637" s="4">
+        <v>1.028</v>
+      </c>
+      <c r="E1637" s="4">
+        <v>1.028</v>
       </c>
     </row>
     <row r="1638" spans="1:6">
       <c r="B1638" s="5">
-        <v>43559</v>
-[...8 lines deleted...]
-        <v>1.0194</v>
+        <v>43609</v>
+      </c>
+      <c r="C1638" s="4">
+        <v>1.0277</v>
+      </c>
+      <c r="D1638" s="4">
+        <v>1.0277</v>
+      </c>
+      <c r="E1638" s="4">
+        <v>1.0277</v>
       </c>
     </row>
     <row r="1639" spans="1:6">
       <c r="B1639" s="5">
-        <v>43558</v>
-[...8 lines deleted...]
-        <v>1.021</v>
+        <v>43608</v>
+      </c>
+      <c r="C1639" s="4">
+        <v>1.0322</v>
+      </c>
+      <c r="D1639" s="4">
+        <v>1.0322</v>
+      </c>
+      <c r="E1639" s="4">
+        <v>1.0322</v>
       </c>
     </row>
     <row r="1640" spans="1:6">
       <c r="B1640" s="5">
-        <v>43557</v>
-[...8 lines deleted...]
-        <v>1.0143</v>
+        <v>43607</v>
+      </c>
+      <c r="C1640" s="4">
+        <v>1.0332</v>
+      </c>
+      <c r="D1640" s="4">
+        <v>1.0332</v>
+      </c>
+      <c r="E1640" s="4">
+        <v>1.0332</v>
       </c>
     </row>
     <row r="1641" spans="1:6">
       <c r="B1641" s="5">
-        <v>43556</v>
-[...8 lines deleted...]
-        <v>1.0081</v>
+        <v>43606</v>
+      </c>
+      <c r="C1641" s="4">
+        <v>1.0305</v>
+      </c>
+      <c r="D1641" s="4">
+        <v>1.0305</v>
+      </c>
+      <c r="E1641" s="4">
+        <v>1.0305</v>
       </c>
     </row>
     <row r="1642" spans="1:6">
       <c r="B1642" s="5">
-        <v>43553</v>
-[...8 lines deleted...]
-        <v>1.0122</v>
+        <v>43605</v>
+      </c>
+      <c r="C1642" s="4">
+        <v>1.0319</v>
+      </c>
+      <c r="D1642" s="4">
+        <v>1.0319</v>
+      </c>
+      <c r="E1642" s="4">
+        <v>1.0319</v>
       </c>
     </row>
     <row r="1643" spans="1:6">
       <c r="B1643" s="5">
-        <v>43552</v>
-[...8 lines deleted...]
-        <v>1.0121</v>
+        <v>43602</v>
+      </c>
+      <c r="C1643" s="4">
+        <v>1.0287</v>
+      </c>
+      <c r="D1643" s="4">
+        <v>1.0287</v>
+      </c>
+      <c r="E1643" s="4">
+        <v>1.0287</v>
       </c>
     </row>
     <row r="1644" spans="1:6">
       <c r="B1644" s="5">
-        <v>43551</v>
-[...8 lines deleted...]
-        <v>1.0095</v>
+        <v>43601</v>
+      </c>
+      <c r="C1644" s="4">
+        <v>1.0249</v>
+      </c>
+      <c r="D1644" s="4">
+        <v>1.0249</v>
+      </c>
+      <c r="E1644" s="4">
+        <v>1.0249</v>
       </c>
     </row>
     <row r="1645" spans="1:6">
       <c r="B1645" s="5">
-        <v>43550</v>
-[...8 lines deleted...]
-        <v>1.0078</v>
+        <v>43600</v>
+      </c>
+      <c r="C1645" s="4">
+        <v>1.0213</v>
+      </c>
+      <c r="D1645" s="4">
+        <v>1.0213</v>
+      </c>
+      <c r="E1645" s="4">
+        <v>1.0213</v>
       </c>
     </row>
     <row r="1646" spans="1:6">
       <c r="B1646" s="5">
-        <v>43549</v>
-[...8 lines deleted...]
-        <v>1.0099</v>
+        <v>43599</v>
+      </c>
+      <c r="C1646" s="4">
+        <v>1.0229</v>
+      </c>
+      <c r="D1646" s="4">
+        <v>1.0229</v>
+      </c>
+      <c r="E1646" s="4">
+        <v>1.0229</v>
       </c>
     </row>
     <row r="1647" spans="1:6">
       <c r="B1647" s="5">
-        <v>43546</v>
-[...8 lines deleted...]
-        <v>1.0158</v>
+        <v>43598</v>
+      </c>
+      <c r="C1647" s="4">
+        <v>1.0229</v>
+      </c>
+      <c r="D1647" s="4">
+        <v>1.0229</v>
+      </c>
+      <c r="E1647" s="4">
+        <v>1.0229</v>
       </c>
     </row>
     <row r="1648" spans="1:6">
       <c r="B1648" s="5">
-        <v>43545</v>
-[...8 lines deleted...]
-        <v>1.0141</v>
+        <v>43595</v>
+      </c>
+      <c r="C1648" s="4">
+        <v>1.0224</v>
+      </c>
+      <c r="D1648" s="4">
+        <v>1.0224</v>
+      </c>
+      <c r="E1648" s="4">
+        <v>1.0224</v>
       </c>
     </row>
     <row r="1649" spans="1:6">
       <c r="B1649" s="5">
-        <v>43544</v>
-[...8 lines deleted...]
-        <v>1.0144</v>
+        <v>43594</v>
+      </c>
+      <c r="C1649" s="4">
+        <v>1.0231</v>
+      </c>
+      <c r="D1649" s="4">
+        <v>1.0231</v>
+      </c>
+      <c r="E1649" s="4">
+        <v>1.0231</v>
       </c>
     </row>
     <row r="1650" spans="1:6">
       <c r="B1650" s="5">
-        <v>43543</v>
-[...8 lines deleted...]
-        <v>1.0147</v>
+        <v>43593</v>
+      </c>
+      <c r="C1650" s="4">
+        <v>1.0225</v>
+      </c>
+      <c r="D1650" s="4">
+        <v>1.0225</v>
+      </c>
+      <c r="E1650" s="4">
+        <v>1.0225</v>
       </c>
     </row>
     <row r="1651" spans="1:6">
       <c r="B1651" s="5">
-        <v>43542</v>
-[...8 lines deleted...]
-        <v>1.0137</v>
+        <v>43592</v>
+      </c>
+      <c r="C1651" s="4">
+        <v>1.0269</v>
+      </c>
+      <c r="D1651" s="4">
+        <v>1.0269</v>
+      </c>
+      <c r="E1651" s="4">
+        <v>1.0269</v>
       </c>
     </row>
     <row r="1652" spans="1:6">
       <c r="B1652" s="5">
-        <v>43539</v>
-[...8 lines deleted...]
-        <v>1.0126</v>
+        <v>43591</v>
+      </c>
+      <c r="C1652" s="4">
+        <v>1.0279</v>
+      </c>
+      <c r="D1652" s="4">
+        <v>1.0279</v>
+      </c>
+      <c r="E1652" s="4">
+        <v>1.0279</v>
       </c>
     </row>
     <row r="1653" spans="1:6">
       <c r="B1653" s="5">
-        <v>43538</v>
-[...8 lines deleted...]
-        <v>1.0114</v>
+        <v>43588</v>
+      </c>
+      <c r="C1653" s="4">
+        <v>1.0284</v>
+      </c>
+      <c r="D1653" s="4">
+        <v>1.0284</v>
+      </c>
+      <c r="E1653" s="4">
+        <v>1.0284</v>
       </c>
     </row>
     <row r="1654" spans="1:6">
       <c r="B1654" s="5">
-        <v>43537</v>
-[...8 lines deleted...]
-        <v>1.0095</v>
+        <v>43587</v>
+      </c>
+      <c r="C1654" s="4">
+        <v>1.0282</v>
+      </c>
+      <c r="D1654" s="4">
+        <v>1.0282</v>
+      </c>
+      <c r="E1654" s="4">
+        <v>1.0282</v>
       </c>
     </row>
     <row r="1655" spans="1:6">
       <c r="B1655" s="5">
-        <v>43536</v>
-[...8 lines deleted...]
-        <v>1.0087</v>
+        <v>43586</v>
+      </c>
+      <c r="C1655" s="4">
+        <v>1.0302</v>
+      </c>
+      <c r="D1655" s="4">
+        <v>1.0302</v>
+      </c>
+      <c r="E1655" s="4">
+        <v>1.0302</v>
       </c>
     </row>
     <row r="1656" spans="1:6">
       <c r="B1656" s="5">
-        <v>43535</v>
-[...8 lines deleted...]
-        <v>1.0067</v>
+        <v>43585</v>
+      </c>
+      <c r="C1656" s="4">
+        <v>1.0275</v>
+      </c>
+      <c r="D1656" s="4">
+        <v>1.0275</v>
+      </c>
+      <c r="E1656" s="4">
+        <v>1.0275</v>
       </c>
     </row>
     <row r="1657" spans="1:6">
       <c r="B1657" s="5">
-        <v>43532</v>
-[...8 lines deleted...]
-        <v>1.0095</v>
+        <v>43584</v>
+      </c>
+      <c r="C1657" s="4">
+        <v>1.0285</v>
+      </c>
+      <c r="D1657" s="4">
+        <v>1.0285</v>
+      </c>
+      <c r="E1657" s="4">
+        <v>1.0285</v>
       </c>
     </row>
     <row r="1658" spans="1:6">
       <c r="B1658" s="5">
-        <v>43531</v>
-[...8 lines deleted...]
-        <v>1.0137</v>
+        <v>43581</v>
+      </c>
+      <c r="C1658" s="4">
+        <v>1.0291</v>
+      </c>
+      <c r="D1658" s="4">
+        <v>1.0291</v>
+      </c>
+      <c r="E1658" s="4">
+        <v>1.0291</v>
       </c>
     </row>
     <row r="1659" spans="1:6">
       <c r="B1659" s="5">
-        <v>43530</v>
-[...8 lines deleted...]
-        <v>1.0122</v>
+        <v>43579</v>
+      </c>
+      <c r="C1659" s="4">
+        <v>1.0234</v>
+      </c>
+      <c r="D1659" s="4">
+        <v>1.0234</v>
+      </c>
+      <c r="E1659" s="4">
+        <v>1.0234</v>
       </c>
     </row>
     <row r="1660" spans="1:6">
       <c r="B1660" s="5">
-        <v>43529</v>
-[...8 lines deleted...]
-        <v>1.0101</v>
+        <v>43578</v>
+      </c>
+      <c r="C1660" s="4">
+        <v>1.0234</v>
+      </c>
+      <c r="D1660" s="4">
+        <v>1.0234</v>
+      </c>
+      <c r="E1660" s="4">
+        <v>1.0234</v>
       </c>
     </row>
     <row r="1661" spans="1:6">
       <c r="B1661" s="5">
-        <v>43528</v>
-[...8 lines deleted...]
-        <v>1.0108</v>
+        <v>43573</v>
+      </c>
+      <c r="C1661" s="4">
+        <v>1.0205</v>
+      </c>
+      <c r="D1661" s="4">
+        <v>1.0205</v>
+      </c>
+      <c r="E1661" s="4">
+        <v>1.0205</v>
       </c>
     </row>
     <row r="1662" spans="1:6">
       <c r="B1662" s="5">
-        <v>43525</v>
-[...8 lines deleted...]
-        <v>1.0082</v>
+        <v>43572</v>
+      </c>
+      <c r="C1662" s="4">
+        <v>1.0208</v>
+      </c>
+      <c r="D1662" s="4">
+        <v>1.0208</v>
+      </c>
+      <c r="E1662" s="4">
+        <v>1.0208</v>
       </c>
     </row>
     <row r="1663" spans="1:6">
       <c r="B1663" s="5">
-        <v>43524</v>
-[...8 lines deleted...]
-        <v>1.0076</v>
+        <v>43571</v>
+      </c>
+      <c r="C1663" s="4">
+        <v>1.0213</v>
+      </c>
+      <c r="D1663" s="4">
+        <v>1.0213</v>
+      </c>
+      <c r="E1663" s="4">
+        <v>1.0213</v>
       </c>
     </row>
     <row r="1664" spans="1:6">
       <c r="B1664" s="5">
-        <v>43523</v>
-[...8 lines deleted...]
-        <v>1.0062</v>
+        <v>43570</v>
+      </c>
+      <c r="C1664" s="4">
+        <v>1.0205</v>
+      </c>
+      <c r="D1664" s="4">
+        <v>1.0205</v>
+      </c>
+      <c r="E1664" s="4">
+        <v>1.0205</v>
       </c>
     </row>
     <row r="1665" spans="1:6">
       <c r="B1665" s="5">
-        <v>43522</v>
-[...8 lines deleted...]
-        <v>1.005</v>
+        <v>43567</v>
+      </c>
+      <c r="C1665" s="4">
+        <v>1.0205</v>
+      </c>
+      <c r="D1665" s="4">
+        <v>1.0205</v>
+      </c>
+      <c r="E1665" s="4">
+        <v>1.0205</v>
       </c>
     </row>
     <row r="1666" spans="1:6">
       <c r="B1666" s="5">
-        <v>43521</v>
-[...8 lines deleted...]
-        <v>1.0067</v>
+        <v>43566</v>
+      </c>
+      <c r="C1666" s="4">
+        <v>1.0191</v>
+      </c>
+      <c r="D1666" s="4">
+        <v>1.0191</v>
+      </c>
+      <c r="E1666" s="4">
+        <v>1.0191</v>
       </c>
     </row>
     <row r="1667" spans="1:6">
       <c r="B1667" s="5">
-        <v>43518</v>
-[...8 lines deleted...]
-        <v>1.0064</v>
+        <v>43565</v>
+      </c>
+      <c r="C1667" s="4">
+        <v>1.0191</v>
+      </c>
+      <c r="D1667" s="4">
+        <v>1.0191</v>
+      </c>
+      <c r="E1667" s="4">
+        <v>1.0191</v>
       </c>
     </row>
     <row r="1668" spans="1:6">
       <c r="B1668" s="5">
-        <v>43517</v>
+        <v>43564</v>
       </c>
       <c r="C1668" s="3">
-        <v>1.004</v>
+        <v>1.0201</v>
       </c>
       <c r="D1668" s="3">
-        <v>1.004</v>
+        <v>1.0201</v>
       </c>
       <c r="E1668" s="3">
-        <v>1.004</v>
+        <v>1.0201</v>
       </c>
     </row>
     <row r="1669" spans="1:6">
       <c r="B1669" s="5">
-        <v>43516</v>
+        <v>43563</v>
       </c>
       <c r="C1669" s="3">
-        <v>1.002</v>
+        <v>1.0204</v>
       </c>
       <c r="D1669" s="3">
-        <v>1.002</v>
+        <v>1.0204</v>
       </c>
       <c r="E1669" s="3">
-        <v>1.002</v>
+        <v>1.0204</v>
       </c>
     </row>
     <row r="1670" spans="1:6">
-      <c r="B1670" s="6">
-[...9 lines deleted...]
-        <v>1.0021</v>
+      <c r="B1670" s="5">
+        <v>43560</v>
+      </c>
+      <c r="C1670" s="3">
+        <v>1.0177</v>
+      </c>
+      <c r="D1670" s="3">
+        <v>1.0177</v>
+      </c>
+      <c r="E1670" s="3">
+        <v>1.0177</v>
       </c>
     </row>
     <row r="1671" spans="1:6">
       <c r="B1671" s="5">
-        <v>43514</v>
+        <v>43559</v>
       </c>
       <c r="C1671" s="3">
-        <v>1.0009</v>
+        <v>1.0194</v>
       </c>
       <c r="D1671" s="3">
-        <v>1.0009</v>
+        <v>1.0194</v>
       </c>
       <c r="E1671" s="3">
-        <v>1.0009</v>
+        <v>1.0194</v>
       </c>
     </row>
     <row r="1672" spans="1:6">
       <c r="B1672" s="5">
+        <v>43558</v>
+      </c>
+      <c r="C1672" s="3">
+        <v>1.021</v>
+      </c>
+      <c r="D1672" s="3">
+        <v>1.021</v>
+      </c>
+      <c r="E1672" s="3">
+        <v>1.021</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:6">
+      <c r="B1673" s="5">
+        <v>43557</v>
+      </c>
+      <c r="C1673" s="3">
+        <v>1.0143</v>
+      </c>
+      <c r="D1673" s="3">
+        <v>1.0143</v>
+      </c>
+      <c r="E1673" s="3">
+        <v>1.0143</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:6">
+      <c r="B1674" s="5">
+        <v>43556</v>
+      </c>
+      <c r="C1674" s="3">
+        <v>1.0081</v>
+      </c>
+      <c r="D1674" s="3">
+        <v>1.0081</v>
+      </c>
+      <c r="E1674" s="3">
+        <v>1.0081</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:6">
+      <c r="B1675" s="5">
+        <v>43553</v>
+      </c>
+      <c r="C1675" s="3">
+        <v>1.0122</v>
+      </c>
+      <c r="D1675" s="3">
+        <v>1.0122</v>
+      </c>
+      <c r="E1675" s="3">
+        <v>1.0122</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:6">
+      <c r="B1676" s="5">
+        <v>43552</v>
+      </c>
+      <c r="C1676" s="3">
+        <v>1.0121</v>
+      </c>
+      <c r="D1676" s="3">
+        <v>1.0121</v>
+      </c>
+      <c r="E1676" s="3">
+        <v>1.0121</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:6">
+      <c r="B1677" s="5">
+        <v>43551</v>
+      </c>
+      <c r="C1677" s="3">
+        <v>1.0095</v>
+      </c>
+      <c r="D1677" s="3">
+        <v>1.0095</v>
+      </c>
+      <c r="E1677" s="3">
+        <v>1.0095</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:6">
+      <c r="B1678" s="5">
+        <v>43550</v>
+      </c>
+      <c r="C1678" s="3">
+        <v>1.0078</v>
+      </c>
+      <c r="D1678" s="3">
+        <v>1.0078</v>
+      </c>
+      <c r="E1678" s="3">
+        <v>1.0078</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:6">
+      <c r="B1679" s="5">
+        <v>43549</v>
+      </c>
+      <c r="C1679" s="3">
+        <v>1.0099</v>
+      </c>
+      <c r="D1679" s="3">
+        <v>1.0099</v>
+      </c>
+      <c r="E1679" s="3">
+        <v>1.0099</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:6">
+      <c r="B1680" s="5">
+        <v>43546</v>
+      </c>
+      <c r="C1680" s="3">
+        <v>1.0158</v>
+      </c>
+      <c r="D1680" s="3">
+        <v>1.0158</v>
+      </c>
+      <c r="E1680" s="3">
+        <v>1.0158</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:6">
+      <c r="B1681" s="5">
+        <v>43545</v>
+      </c>
+      <c r="C1681" s="3">
+        <v>1.0141</v>
+      </c>
+      <c r="D1681" s="3">
+        <v>1.0141</v>
+      </c>
+      <c r="E1681" s="3">
+        <v>1.0141</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:6">
+      <c r="B1682" s="5">
+        <v>43544</v>
+      </c>
+      <c r="C1682" s="3">
+        <v>1.0144</v>
+      </c>
+      <c r="D1682" s="3">
+        <v>1.0144</v>
+      </c>
+      <c r="E1682" s="3">
+        <v>1.0144</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:6">
+      <c r="B1683" s="5">
+        <v>43543</v>
+      </c>
+      <c r="C1683" s="3">
+        <v>1.0147</v>
+      </c>
+      <c r="D1683" s="3">
+        <v>1.0147</v>
+      </c>
+      <c r="E1683" s="3">
+        <v>1.0147</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:6">
+      <c r="B1684" s="5">
+        <v>43542</v>
+      </c>
+      <c r="C1684" s="3">
+        <v>1.0137</v>
+      </c>
+      <c r="D1684" s="3">
+        <v>1.0137</v>
+      </c>
+      <c r="E1684" s="3">
+        <v>1.0137</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:6">
+      <c r="B1685" s="5">
+        <v>43539</v>
+      </c>
+      <c r="C1685" s="3">
+        <v>1.0126</v>
+      </c>
+      <c r="D1685" s="3">
+        <v>1.0126</v>
+      </c>
+      <c r="E1685" s="3">
+        <v>1.0126</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:6">
+      <c r="B1686" s="5">
+        <v>43538</v>
+      </c>
+      <c r="C1686" s="3">
+        <v>1.0114</v>
+      </c>
+      <c r="D1686" s="3">
+        <v>1.0114</v>
+      </c>
+      <c r="E1686" s="3">
+        <v>1.0114</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:6">
+      <c r="B1687" s="5">
+        <v>43537</v>
+      </c>
+      <c r="C1687" s="3">
+        <v>1.0095</v>
+      </c>
+      <c r="D1687" s="3">
+        <v>1.0095</v>
+      </c>
+      <c r="E1687" s="3">
+        <v>1.0095</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:6">
+      <c r="B1688" s="5">
+        <v>43536</v>
+      </c>
+      <c r="C1688" s="3">
+        <v>1.0087</v>
+      </c>
+      <c r="D1688" s="3">
+        <v>1.0087</v>
+      </c>
+      <c r="E1688" s="3">
+        <v>1.0087</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:6">
+      <c r="B1689" s="5">
+        <v>43535</v>
+      </c>
+      <c r="C1689" s="3">
+        <v>1.0067</v>
+      </c>
+      <c r="D1689" s="3">
+        <v>1.0067</v>
+      </c>
+      <c r="E1689" s="3">
+        <v>1.0067</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:6">
+      <c r="B1690" s="5">
+        <v>43532</v>
+      </c>
+      <c r="C1690" s="3">
+        <v>1.0095</v>
+      </c>
+      <c r="D1690" s="3">
+        <v>1.0095</v>
+      </c>
+      <c r="E1690" s="3">
+        <v>1.0095</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:6">
+      <c r="B1691" s="5">
+        <v>43531</v>
+      </c>
+      <c r="C1691" s="3">
+        <v>1.0137</v>
+      </c>
+      <c r="D1691" s="3">
+        <v>1.0137</v>
+      </c>
+      <c r="E1691" s="3">
+        <v>1.0137</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:6">
+      <c r="B1692" s="5">
+        <v>43530</v>
+      </c>
+      <c r="C1692" s="3">
+        <v>1.0122</v>
+      </c>
+      <c r="D1692" s="3">
+        <v>1.0122</v>
+      </c>
+      <c r="E1692" s="3">
+        <v>1.0122</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:6">
+      <c r="B1693" s="5">
+        <v>43529</v>
+      </c>
+      <c r="C1693" s="3">
+        <v>1.0101</v>
+      </c>
+      <c r="D1693" s="3">
+        <v>1.0101</v>
+      </c>
+      <c r="E1693" s="3">
+        <v>1.0101</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:6">
+      <c r="B1694" s="5">
+        <v>43528</v>
+      </c>
+      <c r="C1694" s="3">
+        <v>1.0108</v>
+      </c>
+      <c r="D1694" s="3">
+        <v>1.0108</v>
+      </c>
+      <c r="E1694" s="3">
+        <v>1.0108</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:6">
+      <c r="B1695" s="5">
+        <v>43525</v>
+      </c>
+      <c r="C1695" s="3">
+        <v>1.0082</v>
+      </c>
+      <c r="D1695" s="3">
+        <v>1.0082</v>
+      </c>
+      <c r="E1695" s="3">
+        <v>1.0082</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:6">
+      <c r="B1696" s="5">
+        <v>43524</v>
+      </c>
+      <c r="C1696" s="3">
+        <v>1.0076</v>
+      </c>
+      <c r="D1696" s="3">
+        <v>1.0076</v>
+      </c>
+      <c r="E1696" s="3">
+        <v>1.0076</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:6">
+      <c r="B1697" s="5">
+        <v>43523</v>
+      </c>
+      <c r="C1697" s="3">
+        <v>1.0062</v>
+      </c>
+      <c r="D1697" s="3">
+        <v>1.0062</v>
+      </c>
+      <c r="E1697" s="3">
+        <v>1.0062</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:6">
+      <c r="B1698" s="5">
+        <v>43522</v>
+      </c>
+      <c r="C1698" s="3">
+        <v>1.005</v>
+      </c>
+      <c r="D1698" s="3">
+        <v>1.005</v>
+      </c>
+      <c r="E1698" s="3">
+        <v>1.005</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:6">
+      <c r="B1699" s="5">
+        <v>43521</v>
+      </c>
+      <c r="C1699" s="3">
+        <v>1.0067</v>
+      </c>
+      <c r="D1699" s="3">
+        <v>1.0067</v>
+      </c>
+      <c r="E1699" s="3">
+        <v>1.0067</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:6">
+      <c r="B1700" s="5">
+        <v>43518</v>
+      </c>
+      <c r="C1700" s="3">
+        <v>1.0064</v>
+      </c>
+      <c r="D1700" s="3">
+        <v>1.0064</v>
+      </c>
+      <c r="E1700" s="3">
+        <v>1.0064</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:6">
+      <c r="B1701" s="5">
+        <v>43517</v>
+      </c>
+      <c r="C1701" s="3">
+        <v>1.004</v>
+      </c>
+      <c r="D1701" s="3">
+        <v>1.004</v>
+      </c>
+      <c r="E1701" s="3">
+        <v>1.004</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:6">
+      <c r="B1702" s="5">
+        <v>43516</v>
+      </c>
+      <c r="C1702" s="3">
+        <v>1.002</v>
+      </c>
+      <c r="D1702" s="3">
+        <v>1.002</v>
+      </c>
+      <c r="E1702" s="3">
+        <v>1.002</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:6">
+      <c r="B1703" s="6">
+        <v>43515</v>
+      </c>
+      <c r="C1703" s="4">
+        <v>1.0021</v>
+      </c>
+      <c r="D1703" s="4">
+        <v>1.0021</v>
+      </c>
+      <c r="E1703" s="4">
+        <v>1.0021</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:6">
+      <c r="B1704" s="5">
+        <v>43514</v>
+      </c>
+      <c r="C1704" s="3">
+        <v>1.0009</v>
+      </c>
+      <c r="D1704" s="3">
+        <v>1.0009</v>
+      </c>
+      <c r="E1704" s="3">
+        <v>1.0009</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:6">
+      <c r="B1705" s="5">
         <v>43511</v>
       </c>
-      <c r="C1672" s="3">
+      <c r="C1705" s="3">
         <v>1</v>
       </c>
-      <c r="D1672" s="3">
+      <c r="D1705" s="3">
         <v>1</v>
       </c>
-      <c r="E1672" s="3">
+      <c r="E1705" s="3">
         <v>1</v>
       </c>
-    </row>
-[...117 lines deleted...]
-      <c r="B1705" s="5"/>
     </row>
     <row r="1706" spans="1:6">
       <c r="B1706" s="5"/>
+      <c r="C1706" s="1"/>
     </row>
     <row r="1707" spans="1:6">
       <c r="B1707" s="5"/>
+      <c r="C1707" s="1"/>
     </row>
     <row r="1708" spans="1:6">
       <c r="B1708" s="5"/>
+      <c r="C1708" s="1"/>
     </row>
     <row r="1709" spans="1:6">
       <c r="B1709" s="5"/>
+      <c r="C1709" s="1"/>
     </row>
     <row r="1710" spans="1:6">
       <c r="B1710" s="5"/>
+      <c r="C1710" s="1"/>
     </row>
     <row r="1711" spans="1:6">
       <c r="B1711" s="5"/>
+      <c r="C1711" s="1"/>
     </row>
     <row r="1712" spans="1:6">
       <c r="B1712" s="5"/>
+      <c r="C1712" s="1"/>
     </row>
     <row r="1713" spans="1:6">
       <c r="B1713" s="5"/>
+      <c r="C1713" s="1"/>
     </row>
     <row r="1714" spans="1:6">
       <c r="B1714" s="5"/>
+      <c r="C1714" s="1"/>
     </row>
     <row r="1715" spans="1:6">
       <c r="B1715" s="5"/>
+      <c r="C1715" s="1"/>
     </row>
     <row r="1716" spans="1:6">
       <c r="B1716" s="5"/>
+      <c r="C1716" s="1"/>
     </row>
     <row r="1717" spans="1:6">
       <c r="B1717" s="5"/>
+      <c r="C1717" s="1"/>
     </row>
     <row r="1718" spans="1:6">
       <c r="B1718" s="5"/>
+      <c r="C1718" s="1"/>
     </row>
     <row r="1719" spans="1:6">
       <c r="B1719" s="5"/>
+      <c r="C1719" s="1"/>
     </row>
     <row r="1720" spans="1:6">
       <c r="B1720" s="5"/>
+      <c r="C1720" s="1"/>
     </row>
     <row r="1721" spans="1:6">
       <c r="B1721" s="5"/>
+      <c r="C1721" s="1"/>
     </row>
     <row r="1722" spans="1:6">
       <c r="B1722" s="5"/>
+      <c r="C1722" s="1"/>
     </row>
     <row r="1723" spans="1:6">
       <c r="B1723" s="5"/>
+      <c r="C1723" s="1"/>
     </row>
     <row r="1724" spans="1:6">
       <c r="B1724" s="5"/>
+      <c r="C1724" s="1"/>
     </row>
     <row r="1725" spans="1:6">
       <c r="B1725" s="5"/>
+      <c r="C1725" s="1"/>
     </row>
     <row r="1726" spans="1:6">
       <c r="B1726" s="5"/>
     </row>
     <row r="1727" spans="1:6">
       <c r="B1727" s="5"/>
     </row>
     <row r="1728" spans="1:6">
       <c r="B1728" s="5"/>
     </row>
     <row r="1729" spans="1:6">
       <c r="B1729" s="5"/>
     </row>
     <row r="1730" spans="1:6">
       <c r="B1730" s="5"/>
     </row>
     <row r="1731" spans="1:6">
       <c r="B1731" s="5"/>
     </row>
     <row r="1732" spans="1:6">
       <c r="B1732" s="5"/>
     </row>
     <row r="1733" spans="1:6">
       <c r="B1733" s="5"/>
     </row>
@@ -49420,50 +49783,149 @@
       <c r="B10188" s="5"/>
     </row>
     <row r="10189" spans="1:6">
       <c r="B10189" s="5"/>
     </row>
     <row r="10190" spans="1:6">
       <c r="B10190" s="5"/>
     </row>
     <row r="10191" spans="1:6">
       <c r="B10191" s="5"/>
     </row>
     <row r="10192" spans="1:6">
       <c r="B10192" s="5"/>
     </row>
     <row r="10193" spans="1:6">
       <c r="B10193" s="5"/>
     </row>
     <row r="10194" spans="1:6">
       <c r="B10194" s="5"/>
     </row>
     <row r="10195" spans="1:6">
       <c r="B10195" s="5"/>
     </row>
     <row r="10196" spans="1:6">
       <c r="B10196" s="5"/>
+    </row>
+    <row r="10197" spans="1:6">
+      <c r="B10197" s="5"/>
+    </row>
+    <row r="10198" spans="1:6">
+      <c r="B10198" s="5"/>
+    </row>
+    <row r="10199" spans="1:6">
+      <c r="B10199" s="5"/>
+    </row>
+    <row r="10200" spans="1:6">
+      <c r="B10200" s="5"/>
+    </row>
+    <row r="10201" spans="1:6">
+      <c r="B10201" s="5"/>
+    </row>
+    <row r="10202" spans="1:6">
+      <c r="B10202" s="5"/>
+    </row>
+    <row r="10203" spans="1:6">
+      <c r="B10203" s="5"/>
+    </row>
+    <row r="10204" spans="1:6">
+      <c r="B10204" s="5"/>
+    </row>
+    <row r="10205" spans="1:6">
+      <c r="B10205" s="5"/>
+    </row>
+    <row r="10206" spans="1:6">
+      <c r="B10206" s="5"/>
+    </row>
+    <row r="10207" spans="1:6">
+      <c r="B10207" s="5"/>
+    </row>
+    <row r="10208" spans="1:6">
+      <c r="B10208" s="5"/>
+    </row>
+    <row r="10209" spans="1:6">
+      <c r="B10209" s="5"/>
+    </row>
+    <row r="10210" spans="1:6">
+      <c r="B10210" s="5"/>
+    </row>
+    <row r="10211" spans="1:6">
+      <c r="B10211" s="5"/>
+    </row>
+    <row r="10212" spans="1:6">
+      <c r="B10212" s="5"/>
+    </row>
+    <row r="10213" spans="1:6">
+      <c r="B10213" s="5"/>
+    </row>
+    <row r="10214" spans="1:6">
+      <c r="B10214" s="5"/>
+    </row>
+    <row r="10215" spans="1:6">
+      <c r="B10215" s="5"/>
+    </row>
+    <row r="10216" spans="1:6">
+      <c r="B10216" s="5"/>
+    </row>
+    <row r="10217" spans="1:6">
+      <c r="B10217" s="5"/>
+    </row>
+    <row r="10218" spans="1:6">
+      <c r="B10218" s="5"/>
+    </row>
+    <row r="10219" spans="1:6">
+      <c r="B10219" s="5"/>
+    </row>
+    <row r="10220" spans="1:6">
+      <c r="B10220" s="5"/>
+    </row>
+    <row r="10221" spans="1:6">
+      <c r="B10221" s="5"/>
+    </row>
+    <row r="10222" spans="1:6">
+      <c r="B10222" s="5"/>
+    </row>
+    <row r="10223" spans="1:6">
+      <c r="B10223" s="5"/>
+    </row>
+    <row r="10224" spans="1:6">
+      <c r="B10224" s="5"/>
+    </row>
+    <row r="10225" spans="1:6">
+      <c r="B10225" s="5"/>
+    </row>
+    <row r="10226" spans="1:6">
+      <c r="B10226" s="5"/>
+    </row>
+    <row r="10227" spans="1:6">
+      <c r="B10227" s="5"/>
+    </row>
+    <row r="10228" spans="1:6">
+      <c r="B10228" s="5"/>
+    </row>
+    <row r="10229" spans="1:6">
+      <c r="B10229" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>