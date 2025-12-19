--- v0 (2025-10-30)
+++ v1 (2025-12-19)
@@ -405,9423 +405,9720 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F689"/>
+  <dimension ref="A1:F722"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="10.7109375" customWidth="true" style="4"/>
     <col min="3" max="3" width="11.7109375" customWidth="true" style="0"/>
     <col min="1" max="1" width="61.270752" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="0"/>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3">
-        <v>45957</v>
+        <v>46003</v>
       </c>
       <c r="C3" s="2">
-        <v>1.2219</v>
+        <v>1.2014</v>
       </c>
       <c r="D3" s="2">
-        <v>1.2195</v>
+        <v>1.199</v>
       </c>
       <c r="E3" s="2">
-        <v>1.2207</v>
+        <v>1.2002</v>
       </c>
       <c r="F3" s="0"/>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3">
-        <v>45954</v>
+        <v>46002</v>
       </c>
       <c r="C4" s="2">
-        <v>1.218</v>
+        <v>1.1942</v>
       </c>
       <c r="D4" s="2">
-        <v>1.2156</v>
+        <v>1.1918</v>
       </c>
       <c r="E4" s="2">
-        <v>1.2168</v>
+        <v>1.193</v>
       </c>
       <c r="F4" s="0"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3">
-        <v>45953</v>
+        <v>46000</v>
       </c>
       <c r="C5" s="2">
-        <v>1.2157</v>
+        <v>1.1918</v>
       </c>
       <c r="D5" s="2">
-        <v>1.2133</v>
+        <v>1.1894</v>
       </c>
       <c r="E5" s="2">
-        <v>1.2145</v>
+        <v>1.1906</v>
       </c>
       <c r="F5" s="0"/>
     </row>
     <row r="6" spans="1:6">
       <c r="B6" s="3">
-        <v>45952</v>
+        <v>45999</v>
       </c>
       <c r="C6" s="2">
-        <v>1.2163</v>
+        <v>1.1968</v>
       </c>
       <c r="D6" s="2">
-        <v>1.2139</v>
+        <v>1.1944</v>
       </c>
       <c r="E6" s="2">
-        <v>1.2151</v>
+        <v>1.1956</v>
       </c>
       <c r="F6" s="0"/>
     </row>
     <row r="7" spans="1:6">
       <c r="B7" s="3">
-        <v>45951</v>
+        <v>45996</v>
       </c>
       <c r="C7" s="2">
-        <v>1.2213</v>
+        <v>1.198</v>
       </c>
       <c r="D7" s="2">
-        <v>1.2189</v>
+        <v>1.1956</v>
       </c>
       <c r="E7" s="2">
-        <v>1.2201</v>
+        <v>1.1968</v>
       </c>
       <c r="F7" s="0"/>
     </row>
     <row r="8" spans="1:6">
       <c r="B8" s="3">
-        <v>45950</v>
+        <v>45995</v>
       </c>
       <c r="C8" s="2">
-        <v>1.215</v>
+        <v>1.1963</v>
       </c>
       <c r="D8" s="2">
-        <v>1.2126</v>
+        <v>1.1939</v>
       </c>
       <c r="E8" s="2">
-        <v>1.2138</v>
+        <v>1.1951</v>
       </c>
       <c r="F8" s="0"/>
     </row>
     <row r="9" spans="1:6">
       <c r="B9" s="3">
-        <v>45947</v>
+        <v>45994</v>
       </c>
       <c r="C9" s="2">
-        <v>1.2119</v>
+        <v>1.1974</v>
       </c>
       <c r="D9" s="2">
-        <v>1.2095</v>
+        <v>1.195</v>
       </c>
       <c r="E9" s="2">
-        <v>1.2107</v>
+        <v>1.1962</v>
       </c>
       <c r="F9" s="0"/>
     </row>
     <row r="10" spans="1:6">
       <c r="B10" s="3">
-        <v>45946</v>
+        <v>45993</v>
       </c>
       <c r="C10" s="2">
-        <v>1.2156</v>
+        <v>1.1976</v>
       </c>
       <c r="D10" s="2">
-        <v>1.2132</v>
+        <v>1.1952</v>
       </c>
       <c r="E10" s="2">
-        <v>1.2144</v>
-[...1 lines deleted...]
-      <c r="F10" s="0"/>
+        <v>1.1964</v>
+      </c>
+      <c r="F10" s="7"/>
     </row>
     <row r="11" spans="1:6">
       <c r="B11" s="3">
-        <v>45945</v>
+        <v>45992</v>
       </c>
       <c r="C11" s="2">
-        <v>1.2091</v>
+        <v>1.1973</v>
       </c>
       <c r="D11" s="2">
-        <v>1.2067</v>
+        <v>1.1949</v>
       </c>
       <c r="E11" s="2">
-        <v>1.2079</v>
-[...1 lines deleted...]
-      <c r="F11" s="7"/>
+        <v>1.1961</v>
+      </c>
+      <c r="F11" s="0"/>
     </row>
     <row r="12" spans="1:6">
       <c r="B12" s="3">
-        <v>45944</v>
+        <v>45989</v>
       </c>
       <c r="C12" s="2">
-        <v>1.2036</v>
+        <v>1.2003</v>
       </c>
       <c r="D12" s="2">
-        <v>1.2012</v>
+        <v>1.1979</v>
       </c>
       <c r="E12" s="2">
-        <v>1.2024</v>
+        <v>1.1991</v>
       </c>
       <c r="F12" s="0"/>
     </row>
     <row r="13" spans="1:6">
       <c r="B13" s="3">
-        <v>45943</v>
+        <v>45988</v>
       </c>
       <c r="C13" s="2">
-        <v>1.1997</v>
+        <v>1.2005</v>
       </c>
       <c r="D13" s="2">
-        <v>1.1973</v>
+        <v>1.1981</v>
       </c>
       <c r="E13" s="2">
-        <v>1.1985</v>
+        <v>1.1993</v>
       </c>
       <c r="F13" s="0"/>
     </row>
     <row r="14" spans="1:6">
       <c r="B14" s="3">
-        <v>45940</v>
+        <v>45987</v>
       </c>
       <c r="C14" s="2">
-        <v>1.2053</v>
+        <v>1.2004</v>
       </c>
       <c r="D14" s="2">
-        <v>1.2029</v>
+        <v>1.198</v>
       </c>
       <c r="E14" s="2">
-        <v>1.2041</v>
+        <v>1.1992</v>
       </c>
       <c r="F14" s="0"/>
     </row>
     <row r="15" spans="1:6">
       <c r="B15" s="3">
-        <v>45939</v>
+        <v>45986</v>
       </c>
       <c r="C15" s="2">
-        <v>1.2065</v>
+        <v>1.1946</v>
       </c>
       <c r="D15" s="2">
-        <v>1.2041</v>
+        <v>1.1922</v>
       </c>
       <c r="E15" s="2">
-        <v>1.2053</v>
+        <v>1.1934</v>
       </c>
       <c r="F15" s="0"/>
     </row>
     <row r="16" spans="1:6">
       <c r="B16" s="3">
-        <v>45938</v>
+        <v>45985</v>
       </c>
       <c r="C16" s="2">
-        <v>1.2059</v>
+        <v>1.1886</v>
       </c>
       <c r="D16" s="2">
-        <v>1.2035</v>
+        <v>1.1862</v>
       </c>
       <c r="E16" s="2">
-        <v>1.2047</v>
+        <v>1.1874</v>
       </c>
       <c r="F16" s="0"/>
     </row>
     <row r="17" spans="1:6">
       <c r="B17" s="3">
-        <v>45937</v>
+        <v>45982</v>
       </c>
       <c r="C17" s="2">
-        <v>1.2063</v>
+        <v>1.1811</v>
       </c>
       <c r="D17" s="2">
-        <v>1.2039</v>
+        <v>1.1787</v>
       </c>
       <c r="E17" s="2">
-        <v>1.2051</v>
+        <v>1.1799</v>
       </c>
       <c r="F17" s="0"/>
     </row>
     <row r="18" spans="1:6">
       <c r="B18" s="3">
-        <v>45933</v>
+        <v>45981</v>
       </c>
       <c r="C18" s="2">
-        <v>1.2059</v>
+        <v>1.1932</v>
       </c>
       <c r="D18" s="2">
-        <v>1.2035</v>
+        <v>1.1908</v>
       </c>
       <c r="E18" s="2">
-        <v>1.2047</v>
+        <v>1.192</v>
       </c>
       <c r="F18" s="0"/>
     </row>
     <row r="19" spans="1:6">
       <c r="B19" s="3">
-        <v>45932</v>
+        <v>45980</v>
       </c>
       <c r="C19" s="2">
-        <v>1.2027</v>
+        <v>1.1842</v>
       </c>
       <c r="D19" s="2">
-        <v>1.2003</v>
+        <v>1.1818</v>
       </c>
       <c r="E19" s="2">
-        <v>1.2015</v>
+        <v>1.183</v>
       </c>
       <c r="F19" s="0"/>
     </row>
     <row r="20" spans="1:6">
       <c r="B20" s="3">
-        <v>45931</v>
+        <v>45979</v>
       </c>
       <c r="C20" s="2">
-        <v>1.1958</v>
+        <v>1.1857</v>
       </c>
       <c r="D20" s="2">
-        <v>1.1934</v>
+        <v>1.1833</v>
       </c>
       <c r="E20" s="2">
-        <v>1.1946</v>
+        <v>1.1845</v>
       </c>
       <c r="F20" s="0"/>
     </row>
     <row r="21" spans="1:6">
       <c r="B21" s="3">
-        <v>45930</v>
+        <v>45978</v>
       </c>
       <c r="C21" s="2">
+        <v>1.1988</v>
+      </c>
+      <c r="D21" s="2">
         <v>1.1964</v>
       </c>
-      <c r="D21" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>1.1952</v>
+        <v>1.1976</v>
       </c>
       <c r="F21" s="0"/>
     </row>
     <row r="22" spans="1:6">
       <c r="B22" s="3">
-        <v>45929</v>
+        <v>45975</v>
       </c>
       <c r="C22" s="2">
-        <v>1.1969</v>
+        <v>1.1988</v>
       </c>
       <c r="D22" s="2">
-        <v>1.1945</v>
+        <v>1.1964</v>
       </c>
       <c r="E22" s="2">
-        <v>1.1957</v>
+        <v>1.1976</v>
       </c>
       <c r="F22" s="0"/>
     </row>
     <row r="23" spans="1:6">
       <c r="B23" s="3">
-        <v>45926</v>
+        <v>45974</v>
       </c>
       <c r="C23" s="2">
-        <v>1.1923</v>
+        <v>1.2097</v>
       </c>
       <c r="D23" s="2">
-        <v>1.1899</v>
+        <v>1.2073</v>
       </c>
       <c r="E23" s="2">
-        <v>1.1911</v>
+        <v>1.2085</v>
       </c>
       <c r="F23" s="0"/>
     </row>
     <row r="24" spans="1:6">
       <c r="B24" s="3">
-        <v>45925</v>
+        <v>45973</v>
       </c>
       <c r="C24" s="2">
-        <v>1.1924</v>
+        <v>1.2118</v>
       </c>
       <c r="D24" s="2">
-        <v>1.19</v>
+        <v>1.2094</v>
       </c>
       <c r="E24" s="2">
-        <v>1.1912</v>
+        <v>1.2106</v>
       </c>
       <c r="F24" s="0"/>
     </row>
     <row r="25" spans="1:6">
       <c r="B25" s="3">
-        <v>45924</v>
+        <v>45972</v>
       </c>
       <c r="C25" s="2">
-        <v>1.1929</v>
+        <v>1.2101</v>
       </c>
       <c r="D25" s="2">
-        <v>1.1905</v>
+        <v>1.2077</v>
       </c>
       <c r="E25" s="2">
-        <v>1.1917</v>
+        <v>1.2089</v>
       </c>
       <c r="F25" s="0"/>
     </row>
     <row r="26" spans="1:6">
       <c r="B26" s="3">
-        <v>45923</v>
+        <v>45971</v>
       </c>
       <c r="C26" s="2">
-        <v>1.1969</v>
+        <v>1.207</v>
       </c>
       <c r="D26" s="2">
-        <v>1.1945</v>
+        <v>1.2046</v>
       </c>
       <c r="E26" s="2">
-        <v>1.1957</v>
+        <v>1.2058</v>
       </c>
       <c r="F26" s="0"/>
     </row>
     <row r="27" spans="1:6">
       <c r="B27" s="3">
-        <v>45922</v>
+        <v>45968</v>
       </c>
       <c r="C27" s="2">
-        <v>1.1938</v>
+        <v>1.2023</v>
       </c>
       <c r="D27" s="2">
-        <v>1.1914</v>
+        <v>1.1999</v>
       </c>
       <c r="E27" s="2">
-        <v>1.1926</v>
+        <v>1.2011</v>
       </c>
       <c r="F27" s="0"/>
     </row>
     <row r="28" spans="1:6">
       <c r="B28" s="3">
-        <v>45919</v>
+        <v>45967</v>
       </c>
       <c r="C28" s="2">
-        <v>1.1921</v>
+        <v>1.2082</v>
       </c>
       <c r="D28" s="2">
-        <v>1.1897</v>
+        <v>1.2058</v>
       </c>
       <c r="E28" s="2">
-        <v>1.1909</v>
+        <v>1.207</v>
       </c>
       <c r="F28" s="0"/>
     </row>
     <row r="29" spans="1:6">
       <c r="B29" s="3">
-        <v>45918</v>
+        <v>45966</v>
       </c>
       <c r="C29" s="2">
-        <v>1.1887</v>
+        <v>1.2034</v>
       </c>
       <c r="D29" s="2">
-        <v>1.1863</v>
+        <v>1.201</v>
       </c>
       <c r="E29" s="2">
-        <v>1.1875</v>
+        <v>1.2022</v>
       </c>
       <c r="F29" s="0"/>
     </row>
     <row r="30" spans="1:6">
       <c r="B30" s="3">
-        <v>45917</v>
+        <v>45965</v>
       </c>
       <c r="C30" s="2">
-        <v>1.1875</v>
+        <v>1.2073</v>
       </c>
       <c r="D30" s="2">
-        <v>1.1851</v>
+        <v>1.2049</v>
       </c>
       <c r="E30" s="2">
-        <v>1.1863</v>
+        <v>1.2061</v>
       </c>
       <c r="F30" s="0"/>
     </row>
     <row r="31" spans="1:6">
       <c r="B31" s="3">
-        <v>45916</v>
+        <v>45964</v>
       </c>
       <c r="C31" s="2">
-        <v>1.1907</v>
+        <v>1.2112</v>
       </c>
       <c r="D31" s="2">
-        <v>1.1883</v>
+        <v>1.2088</v>
       </c>
       <c r="E31" s="2">
-        <v>1.1895</v>
+        <v>1.21</v>
       </c>
       <c r="F31" s="0"/>
     </row>
     <row r="32" spans="1:6">
       <c r="B32" s="3">
-        <v>45915</v>
+        <v>45961</v>
       </c>
       <c r="C32" s="2">
-        <v>1.1869</v>
+        <v>1.2122</v>
       </c>
       <c r="D32" s="2">
-        <v>1.1845</v>
+        <v>1.2098</v>
       </c>
       <c r="E32" s="2">
-        <v>1.1857</v>
+        <v>1.211</v>
       </c>
       <c r="F32" s="0"/>
     </row>
     <row r="33" spans="1:6">
       <c r="B33" s="3">
-        <v>45912</v>
+        <v>45960</v>
       </c>
       <c r="C33" s="2">
-        <v>1.1883</v>
+        <v>1.2105</v>
       </c>
       <c r="D33" s="2">
-        <v>1.1859</v>
+        <v>1.2081</v>
       </c>
       <c r="E33" s="2">
-        <v>1.1871</v>
+        <v>1.2093</v>
       </c>
       <c r="F33" s="0"/>
     </row>
     <row r="34" spans="1:6">
       <c r="B34" s="3">
-        <v>45911</v>
+        <v>45959</v>
       </c>
       <c r="C34" s="2">
-        <v>1.1846</v>
+        <v>1.2142</v>
       </c>
       <c r="D34" s="2">
-        <v>1.1822</v>
+        <v>1.2118</v>
       </c>
       <c r="E34" s="2">
-        <v>1.1834</v>
+        <v>1.213</v>
       </c>
       <c r="F34" s="0"/>
     </row>
     <row r="35" spans="1:6">
       <c r="B35" s="3">
-        <v>45910</v>
+        <v>45958</v>
       </c>
       <c r="C35" s="2">
-        <v>1.1855</v>
+        <v>1.2171</v>
       </c>
       <c r="D35" s="2">
-        <v>1.1831</v>
+        <v>1.2147</v>
       </c>
       <c r="E35" s="2">
-        <v>1.1843</v>
+        <v>1.2159</v>
       </c>
       <c r="F35" s="0"/>
     </row>
     <row r="36" spans="1:6">
       <c r="B36" s="3">
-        <v>45909</v>
+        <v>45957</v>
       </c>
       <c r="C36" s="2">
-        <v>1.1838</v>
+        <v>1.2219</v>
       </c>
       <c r="D36" s="2">
-        <v>1.1814</v>
+        <v>1.2195</v>
       </c>
       <c r="E36" s="2">
-        <v>1.1826</v>
+        <v>1.2207</v>
       </c>
       <c r="F36" s="0"/>
     </row>
     <row r="37" spans="1:6">
       <c r="B37" s="3">
-        <v>45908</v>
+        <v>45954</v>
       </c>
       <c r="C37" s="2">
-        <v>1.1845</v>
+        <v>1.218</v>
       </c>
       <c r="D37" s="2">
-        <v>1.1821</v>
+        <v>1.2156</v>
       </c>
       <c r="E37" s="2">
-        <v>1.1833</v>
+        <v>1.2168</v>
       </c>
       <c r="F37" s="0"/>
     </row>
     <row r="38" spans="1:6">
       <c r="B38" s="3">
-        <v>45905</v>
+        <v>45953</v>
       </c>
       <c r="C38" s="2">
-        <v>1.1862</v>
+        <v>1.2157</v>
       </c>
       <c r="D38" s="2">
-        <v>1.1838</v>
+        <v>1.2133</v>
       </c>
       <c r="E38" s="2">
-        <v>1.185</v>
+        <v>1.2145</v>
       </c>
       <c r="F38" s="0"/>
     </row>
     <row r="39" spans="1:6">
       <c r="B39" s="3">
-        <v>45904</v>
+        <v>45952</v>
       </c>
       <c r="C39" s="2">
-        <v>1.1816</v>
+        <v>1.2163</v>
       </c>
       <c r="D39" s="2">
-        <v>1.1792</v>
+        <v>1.2139</v>
       </c>
       <c r="E39" s="2">
-        <v>1.1804</v>
+        <v>1.2151</v>
       </c>
       <c r="F39" s="0"/>
     </row>
     <row r="40" spans="1:6">
       <c r="B40" s="3">
-        <v>45903</v>
+        <v>45951</v>
       </c>
       <c r="C40" s="2">
-        <v>1.1768</v>
+        <v>1.2213</v>
       </c>
       <c r="D40" s="2">
-        <v>1.1744</v>
+        <v>1.2189</v>
       </c>
       <c r="E40" s="2">
-        <v>1.1756</v>
+        <v>1.2201</v>
       </c>
       <c r="F40" s="0"/>
     </row>
     <row r="41" spans="1:6">
       <c r="B41" s="3">
-        <v>45902</v>
+        <v>45950</v>
       </c>
       <c r="C41" s="2">
-        <v>1.1835</v>
+        <v>1.215</v>
       </c>
       <c r="D41" s="2">
-        <v>1.1811</v>
+        <v>1.2126</v>
       </c>
       <c r="E41" s="2">
-        <v>1.1823</v>
+        <v>1.2138</v>
       </c>
       <c r="F41" s="0"/>
     </row>
     <row r="42" spans="1:6">
       <c r="B42" s="3">
-        <v>45901</v>
+        <v>45947</v>
       </c>
       <c r="C42" s="2">
-        <v>1.1845</v>
+        <v>1.2119</v>
       </c>
       <c r="D42" s="2">
-        <v>1.1821</v>
+        <v>1.2095</v>
       </c>
       <c r="E42" s="2">
-        <v>1.1833</v>
+        <v>1.2107</v>
       </c>
       <c r="F42" s="0"/>
     </row>
     <row r="43" spans="1:6">
       <c r="B43" s="3">
-        <v>45898</v>
+        <v>45946</v>
       </c>
       <c r="C43" s="2">
-        <v>1.1865</v>
+        <v>1.2156</v>
       </c>
       <c r="D43" s="2">
-        <v>1.1841</v>
+        <v>1.2132</v>
       </c>
       <c r="E43" s="2">
-        <v>1.1853</v>
+        <v>1.2144</v>
       </c>
       <c r="F43" s="0"/>
     </row>
     <row r="44" spans="1:6">
       <c r="B44" s="3">
-        <v>45897</v>
+        <v>45945</v>
       </c>
       <c r="C44" s="2">
-        <v>1.1873</v>
+        <v>1.2091</v>
       </c>
       <c r="D44" s="2">
-        <v>1.1849</v>
+        <v>1.2067</v>
       </c>
       <c r="E44" s="2">
-        <v>1.1861</v>
+        <v>1.2079</v>
       </c>
       <c r="F44" s="0"/>
     </row>
     <row r="45" spans="1:6">
       <c r="B45" s="3">
-        <v>45896</v>
+        <v>45944</v>
       </c>
       <c r="C45" s="2">
-        <v>1.1864</v>
+        <v>1.2036</v>
       </c>
       <c r="D45" s="2">
-        <v>1.184</v>
+        <v>1.2012</v>
       </c>
       <c r="E45" s="2">
-        <v>1.1852</v>
+        <v>1.2024</v>
       </c>
       <c r="F45" s="0"/>
     </row>
     <row r="46" spans="1:6">
       <c r="B46" s="3">
-        <v>45895</v>
+        <v>45943</v>
       </c>
       <c r="C46" s="2">
-        <v>1.1852</v>
+        <v>1.1997</v>
       </c>
       <c r="D46" s="2">
-        <v>1.1828</v>
+        <v>1.1973</v>
       </c>
       <c r="E46" s="2">
-        <v>1.184</v>
+        <v>1.1985</v>
       </c>
       <c r="F46" s="0"/>
     </row>
     <row r="47" spans="1:6">
       <c r="B47" s="3">
-        <v>45894</v>
+        <v>45940</v>
       </c>
       <c r="C47" s="2">
-        <v>1.1882</v>
+        <v>1.2053</v>
       </c>
       <c r="D47" s="2">
-        <v>1.1858</v>
+        <v>1.2029</v>
       </c>
       <c r="E47" s="2">
-        <v>1.187</v>
+        <v>1.2041</v>
       </c>
       <c r="F47" s="0"/>
     </row>
     <row r="48" spans="1:6">
       <c r="B48" s="3">
-        <v>45891</v>
+        <v>45939</v>
       </c>
       <c r="C48" s="2">
-        <v>1.1841</v>
+        <v>1.2065</v>
       </c>
       <c r="D48" s="2">
-        <v>1.1817</v>
+        <v>1.2041</v>
       </c>
       <c r="E48" s="2">
-        <v>1.1829</v>
+        <v>1.2053</v>
       </c>
       <c r="F48" s="0"/>
     </row>
     <row r="49" spans="1:6">
       <c r="B49" s="3">
-        <v>45890</v>
+        <v>45938</v>
       </c>
       <c r="C49" s="2">
-        <v>1.1858</v>
+        <v>1.2059</v>
       </c>
       <c r="D49" s="2">
-        <v>1.1834</v>
+        <v>1.2035</v>
       </c>
       <c r="E49" s="2">
-        <v>1.1846</v>
+        <v>1.2047</v>
       </c>
       <c r="F49" s="0"/>
     </row>
     <row r="50" spans="1:6">
       <c r="B50" s="3">
-        <v>45889</v>
+        <v>45937</v>
       </c>
       <c r="C50" s="2">
-        <v>1.1806</v>
+        <v>1.2063</v>
       </c>
       <c r="D50" s="2">
-        <v>1.1782</v>
+        <v>1.2039</v>
       </c>
       <c r="E50" s="2">
-        <v>1.1794</v>
+        <v>1.2051</v>
       </c>
       <c r="F50" s="0"/>
     </row>
     <row r="51" spans="1:6">
       <c r="B51" s="3">
-        <v>45888</v>
+        <v>45933</v>
       </c>
       <c r="C51" s="2">
-        <v>1.1787</v>
+        <v>1.2059</v>
       </c>
       <c r="D51" s="2">
-        <v>1.1763</v>
+        <v>1.2035</v>
       </c>
       <c r="E51" s="2">
-        <v>1.1775</v>
+        <v>1.2047</v>
       </c>
       <c r="F51" s="0"/>
     </row>
     <row r="52" spans="1:6">
       <c r="B52" s="3">
-        <v>45887</v>
+        <v>45932</v>
       </c>
       <c r="C52" s="2">
-        <v>1.1796</v>
+        <v>1.2027</v>
       </c>
       <c r="D52" s="2">
-        <v>1.1772</v>
+        <v>1.2003</v>
       </c>
       <c r="E52" s="2">
-        <v>1.1784</v>
+        <v>1.2015</v>
       </c>
       <c r="F52" s="0"/>
     </row>
     <row r="53" spans="1:6">
       <c r="B53" s="3">
-        <v>45884</v>
+        <v>45931</v>
       </c>
       <c r="C53" s="2">
-        <v>1.1799</v>
+        <v>1.1958</v>
       </c>
       <c r="D53" s="2">
-        <v>1.1775</v>
+        <v>1.1934</v>
       </c>
       <c r="E53" s="2">
-        <v>1.1787</v>
+        <v>1.1946</v>
       </c>
       <c r="F53" s="0"/>
     </row>
     <row r="54" spans="1:6">
       <c r="B54" s="3">
-        <v>45883</v>
+        <v>45930</v>
       </c>
       <c r="C54" s="2">
-        <v>1.1754</v>
+        <v>1.1964</v>
       </c>
       <c r="D54" s="2">
-        <v>1.173</v>
+        <v>1.194</v>
       </c>
       <c r="E54" s="2">
-        <v>1.1742</v>
+        <v>1.1952</v>
       </c>
       <c r="F54" s="0"/>
     </row>
     <row r="55" spans="1:6">
       <c r="B55" s="3">
-        <v>45882</v>
+        <v>45929</v>
       </c>
       <c r="C55" s="2">
-        <v>1.1732</v>
+        <v>1.1969</v>
       </c>
       <c r="D55" s="2">
-        <v>1.1708</v>
+        <v>1.1945</v>
       </c>
       <c r="E55" s="2">
-        <v>1.172</v>
+        <v>1.1957</v>
       </c>
       <c r="F55" s="0"/>
     </row>
     <row r="56" spans="1:6">
       <c r="B56" s="3">
-        <v>45881</v>
+        <v>45926</v>
       </c>
       <c r="C56" s="2">
-        <v>1.1715</v>
+        <v>1.1923</v>
       </c>
       <c r="D56" s="2">
-        <v>1.1691</v>
+        <v>1.1899</v>
       </c>
       <c r="E56" s="2">
-        <v>1.1703</v>
+        <v>1.1911</v>
       </c>
       <c r="F56" s="0"/>
     </row>
     <row r="57" spans="1:6">
       <c r="B57" s="3">
-        <v>45880</v>
+        <v>45925</v>
       </c>
       <c r="C57" s="2">
-        <v>1.1701</v>
+        <v>1.1924</v>
       </c>
       <c r="D57" s="2">
-        <v>1.1677</v>
+        <v>1.19</v>
       </c>
       <c r="E57" s="2">
-        <v>1.1689</v>
+        <v>1.1912</v>
       </c>
       <c r="F57" s="0"/>
     </row>
     <row r="58" spans="1:6">
       <c r="B58" s="3">
-        <v>45877</v>
+        <v>45924</v>
       </c>
       <c r="C58" s="2">
-        <v>1.1682</v>
+        <v>1.1929</v>
       </c>
       <c r="D58" s="2">
-        <v>1.1658</v>
+        <v>1.1905</v>
       </c>
       <c r="E58" s="2">
-        <v>1.167</v>
+        <v>1.1917</v>
       </c>
       <c r="F58" s="0"/>
     </row>
     <row r="59" spans="1:6">
       <c r="B59" s="3">
-        <v>45876</v>
+        <v>45923</v>
       </c>
       <c r="C59" s="2">
-        <v>1.1688</v>
+        <v>1.1969</v>
       </c>
       <c r="D59" s="2">
-        <v>1.1664</v>
+        <v>1.1945</v>
       </c>
       <c r="E59" s="2">
-        <v>1.1676</v>
+        <v>1.1957</v>
       </c>
       <c r="F59" s="0"/>
     </row>
     <row r="60" spans="1:6">
       <c r="B60" s="3">
-        <v>45875</v>
+        <v>45922</v>
       </c>
       <c r="C60" s="2">
-        <v>1.1683</v>
+        <v>1.1938</v>
       </c>
       <c r="D60" s="2">
-        <v>1.1659</v>
+        <v>1.1914</v>
       </c>
       <c r="E60" s="2">
-        <v>1.1671</v>
+        <v>1.1926</v>
       </c>
       <c r="F60" s="0"/>
     </row>
     <row r="61" spans="1:6">
       <c r="B61" s="3">
-        <v>45874</v>
+        <v>45919</v>
       </c>
       <c r="C61" s="2">
-        <v>1.1654</v>
+        <v>1.1921</v>
       </c>
       <c r="D61" s="2">
-        <v>1.163</v>
+        <v>1.1897</v>
       </c>
       <c r="E61" s="2">
-        <v>1.1642</v>
+        <v>1.1909</v>
       </c>
       <c r="F61" s="0"/>
     </row>
     <row r="62" spans="1:6">
       <c r="B62" s="3">
-        <v>45873</v>
+        <v>45918</v>
       </c>
       <c r="C62" s="2">
-        <v>1.1557</v>
+        <v>1.1887</v>
       </c>
       <c r="D62" s="2">
-        <v>1.1533</v>
+        <v>1.1863</v>
       </c>
       <c r="E62" s="2">
-        <v>1.1545</v>
+        <v>1.1875</v>
       </c>
       <c r="F62" s="0"/>
     </row>
     <row r="63" spans="1:6">
       <c r="B63" s="3">
-        <v>45870</v>
+        <v>45917</v>
       </c>
       <c r="C63" s="2">
-        <v>1.1593</v>
+        <v>1.1875</v>
       </c>
       <c r="D63" s="2">
-        <v>1.1569</v>
+        <v>1.1851</v>
       </c>
       <c r="E63" s="2">
-        <v>1.1581</v>
+        <v>1.1863</v>
       </c>
       <c r="F63" s="0"/>
     </row>
     <row r="64" spans="1:6">
       <c r="B64" s="3">
-        <v>45869</v>
+        <v>45916</v>
       </c>
       <c r="C64" s="2">
-        <v>1.1662</v>
+        <v>1.1907</v>
       </c>
       <c r="D64" s="2">
-        <v>1.1638</v>
+        <v>1.1883</v>
       </c>
       <c r="E64" s="2">
-        <v>1.165</v>
+        <v>1.1895</v>
       </c>
       <c r="F64" s="0"/>
     </row>
     <row r="65" spans="1:6">
       <c r="B65" s="3">
-        <v>45868</v>
+        <v>45915</v>
       </c>
       <c r="C65" s="2">
-        <v>1.1651</v>
+        <v>1.1869</v>
       </c>
       <c r="D65" s="2">
-        <v>1.1627</v>
+        <v>1.1845</v>
       </c>
       <c r="E65" s="2">
-        <v>1.1639</v>
+        <v>1.1857</v>
       </c>
       <c r="F65" s="0"/>
     </row>
     <row r="66" spans="1:6">
       <c r="B66" s="3">
-        <v>45867</v>
+        <v>45912</v>
       </c>
       <c r="C66" s="2">
-        <v>1.1622</v>
+        <v>1.1883</v>
       </c>
       <c r="D66" s="2">
-        <v>1.1598</v>
+        <v>1.1859</v>
       </c>
       <c r="E66" s="2">
-        <v>1.161</v>
+        <v>1.1871</v>
       </c>
       <c r="F66" s="0"/>
     </row>
     <row r="67" spans="1:6">
       <c r="B67" s="3">
-        <v>45866</v>
+        <v>45911</v>
       </c>
       <c r="C67" s="2">
-        <v>1.164</v>
+        <v>1.1846</v>
       </c>
       <c r="D67" s="2">
-        <v>1.1616</v>
+        <v>1.1822</v>
       </c>
       <c r="E67" s="2">
-        <v>1.1628</v>
+        <v>1.1834</v>
       </c>
       <c r="F67" s="0"/>
     </row>
     <row r="68" spans="1:6">
       <c r="B68" s="3">
-        <v>45863</v>
+        <v>45910</v>
       </c>
       <c r="C68" s="2">
-        <v>1.1595</v>
+        <v>1.1855</v>
       </c>
       <c r="D68" s="2">
-        <v>1.1571</v>
+        <v>1.1831</v>
       </c>
       <c r="E68" s="2">
-        <v>1.1583</v>
+        <v>1.1843</v>
       </c>
       <c r="F68" s="0"/>
     </row>
     <row r="69" spans="1:6">
       <c r="B69" s="3">
-        <v>45862</v>
+        <v>45909</v>
       </c>
       <c r="C69" s="2">
-        <v>1.1616</v>
+        <v>1.1838</v>
       </c>
       <c r="D69" s="2">
-        <v>1.1592</v>
+        <v>1.1814</v>
       </c>
       <c r="E69" s="2">
-        <v>1.1604</v>
+        <v>1.1826</v>
       </c>
       <c r="F69" s="0"/>
     </row>
     <row r="70" spans="1:6">
       <c r="B70" s="3">
-        <v>45861</v>
+        <v>45908</v>
       </c>
       <c r="C70" s="2">
-        <v>1.1642</v>
+        <v>1.1845</v>
       </c>
       <c r="D70" s="2">
-        <v>1.1618</v>
+        <v>1.1821</v>
       </c>
       <c r="E70" s="2">
-        <v>1.163</v>
+        <v>1.1833</v>
       </c>
       <c r="F70" s="0"/>
     </row>
     <row r="71" spans="1:6">
       <c r="B71" s="3">
-        <v>45860</v>
+        <v>45905</v>
       </c>
       <c r="C71" s="2">
-        <v>1.1604</v>
+        <v>1.1862</v>
       </c>
       <c r="D71" s="2">
-        <v>1.158</v>
+        <v>1.1838</v>
       </c>
       <c r="E71" s="2">
-        <v>1.1592</v>
+        <v>1.185</v>
       </c>
       <c r="F71" s="0"/>
     </row>
     <row r="72" spans="1:6">
       <c r="B72" s="3">
-        <v>45859</v>
+        <v>45904</v>
       </c>
       <c r="C72" s="2">
-        <v>1.1594</v>
+        <v>1.1816</v>
       </c>
       <c r="D72" s="2">
-        <v>1.157</v>
+        <v>1.1792</v>
       </c>
       <c r="E72" s="2">
-        <v>1.1582</v>
+        <v>1.1804</v>
       </c>
       <c r="F72" s="0"/>
     </row>
     <row r="73" spans="1:6">
       <c r="B73" s="3">
-        <v>45856</v>
+        <v>45903</v>
       </c>
       <c r="C73" s="2">
-        <v>1.1648</v>
+        <v>1.1768</v>
       </c>
       <c r="D73" s="2">
-        <v>1.1624</v>
+        <v>1.1744</v>
       </c>
       <c r="E73" s="2">
-        <v>1.1636</v>
+        <v>1.1756</v>
       </c>
       <c r="F73" s="0"/>
     </row>
     <row r="74" spans="1:6">
       <c r="B74" s="3">
-        <v>45855</v>
+        <v>45902</v>
       </c>
       <c r="C74" s="2">
-        <v>1.1585</v>
+        <v>1.1835</v>
       </c>
       <c r="D74" s="2">
-        <v>1.1561</v>
+        <v>1.1811</v>
       </c>
       <c r="E74" s="2">
-        <v>1.1573</v>
+        <v>1.1823</v>
       </c>
       <c r="F74" s="0"/>
     </row>
     <row r="75" spans="1:6">
       <c r="B75" s="3">
-        <v>45854</v>
+        <v>45901</v>
       </c>
       <c r="C75" s="2">
-        <v>1.1532</v>
+        <v>1.1845</v>
       </c>
       <c r="D75" s="2">
-        <v>1.1508</v>
+        <v>1.1821</v>
       </c>
       <c r="E75" s="2">
-        <v>1.152</v>
+        <v>1.1833</v>
       </c>
       <c r="F75" s="0"/>
     </row>
     <row r="76" spans="1:6">
       <c r="B76" s="3">
-        <v>45853</v>
+        <v>45898</v>
       </c>
       <c r="C76" s="2">
-        <v>1.1571</v>
+        <v>1.1865</v>
       </c>
       <c r="D76" s="2">
-        <v>1.1547</v>
+        <v>1.1841</v>
       </c>
       <c r="E76" s="2">
-        <v>1.1559</v>
+        <v>1.1853</v>
       </c>
       <c r="F76" s="0"/>
     </row>
     <row r="77" spans="1:6">
       <c r="B77" s="3">
-        <v>45852</v>
+        <v>45897</v>
       </c>
       <c r="C77" s="2">
-        <v>1.1507</v>
+        <v>1.1873</v>
       </c>
       <c r="D77" s="2">
-        <v>1.1485</v>
+        <v>1.1849</v>
       </c>
       <c r="E77" s="2">
-        <v>1.1496</v>
+        <v>1.1861</v>
       </c>
       <c r="F77" s="0"/>
     </row>
     <row r="78" spans="1:6">
       <c r="B78" s="3">
-        <v>45849</v>
+        <v>45896</v>
       </c>
       <c r="C78" s="2">
-        <v>1.1528</v>
+        <v>1.1864</v>
       </c>
       <c r="D78" s="2">
-        <v>1.1504</v>
+        <v>1.184</v>
       </c>
       <c r="E78" s="2">
-        <v>1.1516</v>
+        <v>1.1852</v>
       </c>
       <c r="F78" s="0"/>
     </row>
     <row r="79" spans="1:6">
       <c r="B79" s="3">
-        <v>45848</v>
+        <v>45895</v>
       </c>
       <c r="C79" s="2">
-        <v>1.1538</v>
+        <v>1.1852</v>
       </c>
       <c r="D79" s="2">
-        <v>1.1514</v>
+        <v>1.1828</v>
       </c>
       <c r="E79" s="2">
-        <v>1.1526</v>
+        <v>1.184</v>
       </c>
       <c r="F79" s="0"/>
     </row>
     <row r="80" spans="1:6">
       <c r="B80" s="3">
-        <v>45847</v>
+        <v>45894</v>
       </c>
       <c r="C80" s="2">
-        <v>1.1504</v>
+        <v>1.1882</v>
       </c>
       <c r="D80" s="2">
-        <v>1.1482</v>
+        <v>1.1858</v>
       </c>
       <c r="E80" s="2">
-        <v>1.1493</v>
+        <v>1.187</v>
       </c>
       <c r="F80" s="0"/>
     </row>
     <row r="81" spans="1:6">
       <c r="B81" s="3">
-        <v>45846</v>
+        <v>45891</v>
       </c>
       <c r="C81" s="2">
-        <v>1.1525</v>
+        <v>1.1841</v>
       </c>
       <c r="D81" s="2">
-        <v>1.1501</v>
+        <v>1.1817</v>
       </c>
       <c r="E81" s="2">
-        <v>1.1513</v>
+        <v>1.1829</v>
       </c>
       <c r="F81" s="0"/>
     </row>
     <row r="82" spans="1:6">
       <c r="B82" s="3">
-        <v>45845</v>
+        <v>45890</v>
       </c>
       <c r="C82" s="2">
-        <v>1.1544</v>
+        <v>1.1858</v>
       </c>
       <c r="D82" s="2">
-        <v>1.152</v>
+        <v>1.1834</v>
       </c>
       <c r="E82" s="2">
-        <v>1.1532</v>
+        <v>1.1846</v>
       </c>
       <c r="F82" s="0"/>
     </row>
     <row r="83" spans="1:6">
       <c r="B83" s="3">
-        <v>45842</v>
+        <v>45889</v>
       </c>
       <c r="C83" s="2">
-        <v>1.1532</v>
+        <v>1.1806</v>
       </c>
       <c r="D83" s="2">
-        <v>1.1508</v>
+        <v>1.1782</v>
       </c>
       <c r="E83" s="2">
-        <v>1.152</v>
+        <v>1.1794</v>
       </c>
       <c r="F83" s="0"/>
     </row>
     <row r="84" spans="1:6">
       <c r="B84" s="3">
-        <v>45841</v>
+        <v>45888</v>
       </c>
       <c r="C84" s="2">
-        <v>1.1538</v>
+        <v>1.1787</v>
       </c>
       <c r="D84" s="2">
-        <v>1.1514</v>
+        <v>1.1763</v>
       </c>
       <c r="E84" s="2">
-        <v>1.1526</v>
+        <v>1.1775</v>
       </c>
       <c r="F84" s="0"/>
     </row>
     <row r="85" spans="1:6">
       <c r="B85" s="3">
-        <v>45840</v>
+        <v>45887</v>
       </c>
       <c r="C85" s="2">
-        <v>1.1516</v>
+        <v>1.1796</v>
       </c>
       <c r="D85" s="2">
-        <v>1.1492</v>
+        <v>1.1772</v>
       </c>
       <c r="E85" s="2">
-        <v>1.1504</v>
+        <v>1.1784</v>
       </c>
       <c r="F85" s="0"/>
     </row>
     <row r="86" spans="1:6">
       <c r="B86" s="3">
-        <v>45839</v>
+        <v>45884</v>
       </c>
       <c r="C86" s="2">
-        <v>1.1482</v>
+        <v>1.1799</v>
       </c>
       <c r="D86" s="2">
-        <v>1.146</v>
+        <v>1.1775</v>
       </c>
       <c r="E86" s="2">
-        <v>1.1471</v>
+        <v>1.1787</v>
       </c>
       <c r="F86" s="0"/>
     </row>
     <row r="87" spans="1:6">
       <c r="B87" s="3">
-        <v>45838</v>
+        <v>45883</v>
       </c>
       <c r="C87" s="2">
-        <v>1.1493</v>
+        <v>1.1754</v>
       </c>
       <c r="D87" s="2">
-        <v>1.1471</v>
+        <v>1.173</v>
       </c>
       <c r="E87" s="2">
-        <v>1.1482</v>
+        <v>1.1742</v>
       </c>
       <c r="F87" s="0"/>
     </row>
     <row r="88" spans="1:6">
       <c r="B88" s="3">
-        <v>45835</v>
+        <v>45882</v>
       </c>
       <c r="C88" s="2">
-        <v>1.1445</v>
+        <v>1.1732</v>
       </c>
       <c r="D88" s="2">
-        <v>1.1423</v>
+        <v>1.1708</v>
       </c>
       <c r="E88" s="2">
-        <v>1.1434</v>
+        <v>1.172</v>
       </c>
       <c r="F88" s="0"/>
     </row>
     <row r="89" spans="1:6">
       <c r="B89" s="3">
-        <v>45834</v>
+        <v>45881</v>
       </c>
       <c r="C89" s="2">
-        <v>1.1429</v>
+        <v>1.1715</v>
       </c>
       <c r="D89" s="2">
-        <v>1.1407</v>
+        <v>1.1691</v>
       </c>
       <c r="E89" s="2">
-        <v>1.1418</v>
+        <v>1.1703</v>
       </c>
       <c r="F89" s="0"/>
     </row>
     <row r="90" spans="1:6">
       <c r="B90" s="3">
-        <v>45833</v>
+        <v>45880</v>
       </c>
       <c r="C90" s="2">
-        <v>1.1449</v>
+        <v>1.1701</v>
       </c>
       <c r="D90" s="2">
-        <v>1.1427</v>
+        <v>1.1677</v>
       </c>
       <c r="E90" s="2">
-        <v>1.1438</v>
+        <v>1.1689</v>
       </c>
       <c r="F90" s="0"/>
     </row>
     <row r="91" spans="1:6">
       <c r="B91" s="3">
-        <v>45832</v>
+        <v>45877</v>
       </c>
       <c r="C91" s="2">
-        <v>1.1436</v>
+        <v>1.1682</v>
       </c>
       <c r="D91" s="2">
-        <v>1.1414</v>
+        <v>1.1658</v>
       </c>
       <c r="E91" s="2">
-        <v>1.1425</v>
+        <v>1.167</v>
       </c>
       <c r="F91" s="0"/>
     </row>
     <row r="92" spans="1:6">
       <c r="B92" s="3">
-        <v>45831</v>
+        <v>45876</v>
       </c>
       <c r="C92" s="2">
-        <v>1.1365</v>
+        <v>1.1688</v>
       </c>
       <c r="D92" s="2">
-        <v>1.1343</v>
+        <v>1.1664</v>
       </c>
       <c r="E92" s="2">
-        <v>1.1354</v>
+        <v>1.1676</v>
       </c>
       <c r="F92" s="0"/>
     </row>
     <row r="93" spans="1:6">
       <c r="B93" s="3">
-        <v>45828</v>
+        <v>45875</v>
       </c>
       <c r="C93" s="2">
-        <v>1.1362</v>
+        <v>1.1683</v>
       </c>
       <c r="D93" s="2">
-        <v>1.134</v>
+        <v>1.1659</v>
       </c>
       <c r="E93" s="2">
-        <v>1.1351</v>
+        <v>1.1671</v>
       </c>
       <c r="F93" s="0"/>
     </row>
     <row r="94" spans="1:6">
       <c r="B94" s="3">
-        <v>45827</v>
+        <v>45874</v>
       </c>
       <c r="C94" s="2">
-        <v>1.1367</v>
+        <v>1.1654</v>
       </c>
       <c r="D94" s="2">
-        <v>1.1345</v>
+        <v>1.163</v>
       </c>
       <c r="E94" s="2">
-        <v>1.1356</v>
+        <v>1.1642</v>
       </c>
       <c r="F94" s="0"/>
     </row>
     <row r="95" spans="1:6">
       <c r="B95" s="3">
-        <v>45826</v>
+        <v>45873</v>
       </c>
       <c r="C95" s="2">
-        <v>1.1382</v>
+        <v>1.1557</v>
       </c>
       <c r="D95" s="2">
-        <v>1.136</v>
+        <v>1.1533</v>
       </c>
       <c r="E95" s="2">
-        <v>1.1371</v>
+        <v>1.1545</v>
       </c>
       <c r="F95" s="0"/>
     </row>
     <row r="96" spans="1:6">
       <c r="B96" s="3">
-        <v>45825</v>
+        <v>45870</v>
       </c>
       <c r="C96" s="2">
-        <v>1.1391</v>
+        <v>1.1593</v>
       </c>
       <c r="D96" s="2">
-        <v>1.1369</v>
+        <v>1.1569</v>
       </c>
       <c r="E96" s="2">
-        <v>1.138</v>
+        <v>1.1581</v>
       </c>
       <c r="F96" s="0"/>
     </row>
     <row r="97" spans="1:6">
       <c r="B97" s="3">
-        <v>45824</v>
+        <v>45869</v>
       </c>
       <c r="C97" s="2">
-        <v>1.1421</v>
+        <v>1.1662</v>
       </c>
       <c r="D97" s="2">
-        <v>1.1399</v>
+        <v>1.1638</v>
       </c>
       <c r="E97" s="2">
-        <v>1.141</v>
+        <v>1.165</v>
       </c>
       <c r="F97" s="0"/>
     </row>
     <row r="98" spans="1:6">
       <c r="B98" s="3">
-        <v>45821</v>
+        <v>45868</v>
       </c>
       <c r="C98" s="2">
-        <v>1.141</v>
+        <v>1.1651</v>
       </c>
       <c r="D98" s="2">
-        <v>1.1388</v>
+        <v>1.1627</v>
       </c>
       <c r="E98" s="2">
-        <v>1.1399</v>
+        <v>1.1639</v>
       </c>
       <c r="F98" s="0"/>
     </row>
     <row r="99" spans="1:6">
       <c r="B99" s="3">
-        <v>45820</v>
+        <v>45867</v>
       </c>
       <c r="C99" s="2">
-        <v>1.1458</v>
+        <v>1.1622</v>
       </c>
       <c r="D99" s="2">
-        <v>1.1436</v>
+        <v>1.1598</v>
       </c>
       <c r="E99" s="2">
-        <v>1.1447</v>
+        <v>1.161</v>
       </c>
       <c r="F99" s="0"/>
     </row>
     <row r="100" spans="1:6">
       <c r="B100" s="3">
-        <v>45819</v>
+        <v>45866</v>
       </c>
       <c r="C100" s="2">
-        <v>1.1466</v>
+        <v>1.164</v>
       </c>
       <c r="D100" s="2">
-        <v>1.1444</v>
+        <v>1.1616</v>
       </c>
       <c r="E100" s="2">
-        <v>1.1455</v>
+        <v>1.1628</v>
       </c>
       <c r="F100" s="0"/>
     </row>
     <row r="101" spans="1:6">
       <c r="B101" s="3">
-        <v>45818</v>
+        <v>45863</v>
       </c>
       <c r="C101" s="2">
-        <v>1.1451</v>
+        <v>1.1595</v>
       </c>
       <c r="D101" s="2">
-        <v>1.1429</v>
+        <v>1.1571</v>
       </c>
       <c r="E101" s="2">
-        <v>1.144</v>
+        <v>1.1583</v>
       </c>
       <c r="F101" s="0"/>
     </row>
     <row r="102" spans="1:6">
       <c r="B102" s="3">
-        <v>45814</v>
+        <v>45862</v>
       </c>
       <c r="C102" s="2">
-        <v>1.1402</v>
+        <v>1.1616</v>
       </c>
       <c r="D102" s="2">
-        <v>1.138</v>
+        <v>1.1592</v>
       </c>
       <c r="E102" s="2">
-        <v>1.1391</v>
+        <v>1.1604</v>
       </c>
       <c r="F102" s="0"/>
     </row>
     <row r="103" spans="1:6">
       <c r="B103" s="3">
-        <v>45813</v>
+        <v>45861</v>
       </c>
       <c r="C103" s="2">
-        <v>1.142</v>
+        <v>1.1642</v>
       </c>
       <c r="D103" s="2">
-        <v>1.1398</v>
+        <v>1.1618</v>
       </c>
       <c r="E103" s="2">
-        <v>1.1409</v>
+        <v>1.163</v>
       </c>
       <c r="F103" s="0"/>
     </row>
     <row r="104" spans="1:6">
       <c r="B104" s="3">
-        <v>45812</v>
+        <v>45860</v>
       </c>
       <c r="C104" s="2">
-        <v>1.1432</v>
+        <v>1.1604</v>
       </c>
       <c r="D104" s="2">
-        <v>1.141</v>
+        <v>1.158</v>
       </c>
       <c r="E104" s="2">
-        <v>1.1421</v>
+        <v>1.1592</v>
       </c>
       <c r="F104" s="0"/>
     </row>
     <row r="105" spans="1:6">
       <c r="B105" s="3">
-        <v>45811</v>
+        <v>45859</v>
       </c>
       <c r="C105" s="2">
-        <v>1.1376</v>
+        <v>1.1594</v>
       </c>
       <c r="D105" s="2">
-        <v>1.1354</v>
+        <v>1.157</v>
       </c>
       <c r="E105" s="2">
-        <v>1.1365</v>
+        <v>1.1582</v>
       </c>
       <c r="F105" s="0"/>
     </row>
     <row r="106" spans="1:6">
       <c r="B106" s="3">
-        <v>45810</v>
+        <v>45856</v>
       </c>
       <c r="C106" s="2">
-        <v>1.1332</v>
+        <v>1.1648</v>
       </c>
       <c r="D106" s="2">
-        <v>1.131</v>
+        <v>1.1624</v>
       </c>
       <c r="E106" s="2">
-        <v>1.1321</v>
+        <v>1.1636</v>
       </c>
       <c r="F106" s="0"/>
     </row>
     <row r="107" spans="1:6">
       <c r="B107" s="3">
-        <v>45807</v>
+        <v>45855</v>
       </c>
       <c r="C107" s="2">
-        <v>1.1364</v>
+        <v>1.1585</v>
       </c>
       <c r="D107" s="2">
-        <v>1.1342</v>
+        <v>1.1561</v>
       </c>
       <c r="E107" s="2">
-        <v>1.1353</v>
+        <v>1.1573</v>
       </c>
       <c r="F107" s="0"/>
     </row>
     <row r="108" spans="1:6">
       <c r="B108" s="3">
-        <v>45806</v>
+        <v>45854</v>
       </c>
       <c r="C108" s="2">
-        <v>1.141</v>
+        <v>1.1532</v>
       </c>
       <c r="D108" s="2">
-        <v>1.1388</v>
+        <v>1.1508</v>
       </c>
       <c r="E108" s="2">
-        <v>1.1399</v>
+        <v>1.152</v>
       </c>
       <c r="F108" s="0"/>
     </row>
     <row r="109" spans="1:6">
       <c r="B109" s="3">
-        <v>45805</v>
+        <v>45853</v>
       </c>
       <c r="C109" s="2">
-        <v>1.1362</v>
+        <v>1.1571</v>
       </c>
       <c r="D109" s="2">
-        <v>1.134</v>
+        <v>1.1547</v>
       </c>
       <c r="E109" s="2">
-        <v>1.1351</v>
+        <v>1.1559</v>
       </c>
       <c r="F109" s="0"/>
     </row>
     <row r="110" spans="1:6">
       <c r="B110" s="3">
-        <v>45804</v>
+        <v>45852</v>
       </c>
       <c r="C110" s="2">
-        <v>1.1319</v>
+        <v>1.1507</v>
       </c>
       <c r="D110" s="2">
-        <v>1.1297</v>
+        <v>1.1485</v>
       </c>
       <c r="E110" s="2">
-        <v>1.1308</v>
+        <v>1.1496</v>
       </c>
       <c r="F110" s="0"/>
     </row>
     <row r="111" spans="1:6">
       <c r="B111" s="3">
-        <v>45803</v>
+        <v>45849</v>
       </c>
       <c r="C111" s="2">
-        <v>1.1285</v>
+        <v>1.1528</v>
       </c>
       <c r="D111" s="2">
-        <v>1.1263</v>
+        <v>1.1504</v>
       </c>
       <c r="E111" s="2">
-        <v>1.1274</v>
+        <v>1.1516</v>
       </c>
       <c r="F111" s="0"/>
     </row>
     <row r="112" spans="1:6">
       <c r="B112" s="3">
-        <v>45800</v>
+        <v>45848</v>
       </c>
       <c r="C112" s="2">
-        <v>1.1308</v>
+        <v>1.1538</v>
       </c>
       <c r="D112" s="2">
-        <v>1.1286</v>
+        <v>1.1514</v>
       </c>
       <c r="E112" s="2">
-        <v>1.1297</v>
+        <v>1.1526</v>
       </c>
       <c r="F112" s="0"/>
     </row>
     <row r="113" spans="1:6">
       <c r="B113" s="3">
-        <v>45799</v>
+        <v>45847</v>
       </c>
       <c r="C113" s="2">
-        <v>1.1299</v>
+        <v>1.1504</v>
       </c>
       <c r="D113" s="2">
-        <v>1.1277</v>
+        <v>1.1482</v>
       </c>
       <c r="E113" s="2">
-        <v>1.1288</v>
+        <v>1.1493</v>
       </c>
       <c r="F113" s="0"/>
     </row>
     <row r="114" spans="1:6">
       <c r="B114" s="3">
-        <v>45798</v>
+        <v>45846</v>
       </c>
       <c r="C114" s="2">
-        <v>1.1349</v>
+        <v>1.1525</v>
       </c>
       <c r="D114" s="2">
-        <v>1.1327</v>
+        <v>1.1501</v>
       </c>
       <c r="E114" s="2">
-        <v>1.1338</v>
+        <v>1.1513</v>
       </c>
       <c r="F114" s="0"/>
     </row>
     <row r="115" spans="1:6">
       <c r="B115" s="3">
-        <v>45797</v>
+        <v>45845</v>
       </c>
       <c r="C115" s="2">
-        <v>1.1334</v>
+        <v>1.1544</v>
       </c>
       <c r="D115" s="2">
-        <v>1.1312</v>
+        <v>1.152</v>
       </c>
       <c r="E115" s="2">
-        <v>1.1323</v>
+        <v>1.1532</v>
       </c>
       <c r="F115" s="0"/>
     </row>
     <row r="116" spans="1:6">
       <c r="B116" s="3">
-        <v>45796</v>
+        <v>45842</v>
       </c>
       <c r="C116" s="2">
-        <v>1.1292</v>
+        <v>1.1532</v>
       </c>
       <c r="D116" s="2">
-        <v>1.127</v>
+        <v>1.1508</v>
       </c>
       <c r="E116" s="2">
-        <v>1.1281</v>
+        <v>1.152</v>
       </c>
       <c r="F116" s="0"/>
     </row>
     <row r="117" spans="1:6">
       <c r="B117" s="3">
-        <v>45793</v>
+        <v>45841</v>
       </c>
       <c r="C117" s="2">
-        <v>1.1307</v>
+        <v>1.1538</v>
       </c>
       <c r="D117" s="2">
-        <v>1.1285</v>
+        <v>1.1514</v>
       </c>
       <c r="E117" s="2">
-        <v>1.1296</v>
+        <v>1.1526</v>
       </c>
       <c r="F117" s="0"/>
     </row>
     <row r="118" spans="1:6">
       <c r="B118" s="3">
-        <v>45792</v>
+        <v>45840</v>
       </c>
       <c r="C118" s="2">
-        <v>1.1239</v>
+        <v>1.1516</v>
       </c>
       <c r="D118" s="2">
-        <v>1.1217</v>
+        <v>1.1492</v>
       </c>
       <c r="E118" s="2">
-        <v>1.1228</v>
+        <v>1.1504</v>
       </c>
       <c r="F118" s="0"/>
     </row>
     <row r="119" spans="1:6">
       <c r="B119" s="3">
-        <v>45791</v>
+        <v>45839</v>
       </c>
       <c r="C119" s="2">
-        <v>1.1257</v>
+        <v>1.1482</v>
       </c>
       <c r="D119" s="2">
-        <v>1.1235</v>
+        <v>1.146</v>
       </c>
       <c r="E119" s="2">
-        <v>1.1246</v>
+        <v>1.1471</v>
       </c>
       <c r="F119" s="0"/>
     </row>
     <row r="120" spans="1:6">
       <c r="B120" s="3">
-        <v>45790</v>
+        <v>45838</v>
       </c>
       <c r="C120" s="2">
-        <v>1.1257</v>
+        <v>1.1493</v>
       </c>
       <c r="D120" s="2">
-        <v>1.1235</v>
+        <v>1.1471</v>
       </c>
       <c r="E120" s="2">
-        <v>1.1246</v>
+        <v>1.1482</v>
       </c>
       <c r="F120" s="0"/>
     </row>
     <row r="121" spans="1:6">
       <c r="B121" s="3">
-        <v>45789</v>
+        <v>45835</v>
       </c>
       <c r="C121" s="2">
-        <v>1.1216</v>
+        <v>1.1445</v>
       </c>
       <c r="D121" s="2">
-        <v>1.1194</v>
+        <v>1.1423</v>
       </c>
       <c r="E121" s="2">
-        <v>1.1205</v>
+        <v>1.1434</v>
       </c>
       <c r="F121" s="0"/>
     </row>
     <row r="122" spans="1:6">
       <c r="B122" s="3">
-        <v>45786</v>
+        <v>45834</v>
       </c>
       <c r="C122" s="2">
-        <v>1.1195</v>
+        <v>1.1429</v>
       </c>
       <c r="D122" s="2">
-        <v>1.1173</v>
+        <v>1.1407</v>
       </c>
       <c r="E122" s="2">
-        <v>1.1184</v>
+        <v>1.1418</v>
       </c>
       <c r="F122" s="0"/>
     </row>
     <row r="123" spans="1:6">
       <c r="B123" s="3">
-        <v>45785</v>
+        <v>45833</v>
       </c>
       <c r="C123" s="2">
-        <v>1.1164</v>
+        <v>1.1449</v>
       </c>
       <c r="D123" s="2">
-        <v>1.1142</v>
+        <v>1.1427</v>
       </c>
       <c r="E123" s="2">
-        <v>1.1153</v>
+        <v>1.1438</v>
       </c>
       <c r="F123" s="0"/>
     </row>
     <row r="124" spans="1:6">
       <c r="B124" s="3">
-        <v>45784</v>
+        <v>45832</v>
       </c>
       <c r="C124" s="2">
-        <v>1.1111</v>
+        <v>1.1436</v>
       </c>
       <c r="D124" s="2">
-        <v>1.1089</v>
+        <v>1.1414</v>
       </c>
       <c r="E124" s="2">
-        <v>1.11</v>
+        <v>1.1425</v>
       </c>
       <c r="F124" s="0"/>
     </row>
     <row r="125" spans="1:6">
       <c r="B125" s="3">
-        <v>45783</v>
+        <v>45831</v>
       </c>
       <c r="C125" s="2">
-        <v>1.1114</v>
+        <v>1.1365</v>
       </c>
       <c r="D125" s="2">
-        <v>1.1092</v>
+        <v>1.1343</v>
       </c>
       <c r="E125" s="2">
-        <v>1.1103</v>
+        <v>1.1354</v>
       </c>
       <c r="F125" s="0"/>
     </row>
     <row r="126" spans="1:6">
       <c r="B126" s="3">
-        <v>45782</v>
+        <v>45828</v>
       </c>
       <c r="C126" s="2">
-        <v>1.1091</v>
+        <v>1.1362</v>
       </c>
       <c r="D126" s="2">
-        <v>1.1069</v>
+        <v>1.134</v>
       </c>
       <c r="E126" s="2">
-        <v>1.108</v>
+        <v>1.1351</v>
       </c>
       <c r="F126" s="0"/>
     </row>
     <row r="127" spans="1:6">
       <c r="B127" s="3">
-        <v>45779</v>
+        <v>45827</v>
       </c>
       <c r="C127" s="2">
-        <v>1.1131</v>
+        <v>1.1367</v>
       </c>
       <c r="D127" s="2">
-        <v>1.1109</v>
+        <v>1.1345</v>
       </c>
       <c r="E127" s="2">
-        <v>1.112</v>
+        <v>1.1356</v>
       </c>
       <c r="F127" s="0"/>
     </row>
     <row r="128" spans="1:6">
       <c r="B128" s="3">
-        <v>45778</v>
+        <v>45826</v>
       </c>
       <c r="C128" s="2">
-        <v>1.1076</v>
+        <v>1.1382</v>
       </c>
       <c r="D128" s="2">
-        <v>1.1054</v>
+        <v>1.136</v>
       </c>
       <c r="E128" s="2">
-        <v>1.1065</v>
+        <v>1.1371</v>
       </c>
       <c r="F128" s="0"/>
     </row>
     <row r="129" spans="1:6">
       <c r="B129" s="3">
-        <v>45777</v>
+        <v>45825</v>
       </c>
       <c r="C129" s="2">
-        <v>1.1038</v>
+        <v>1.1391</v>
       </c>
       <c r="D129" s="2">
-        <v>1.1016</v>
+        <v>1.1369</v>
       </c>
       <c r="E129" s="2">
-        <v>1.1027</v>
+        <v>1.138</v>
       </c>
       <c r="F129" s="0"/>
     </row>
     <row r="130" spans="1:6">
       <c r="B130" s="3">
-        <v>45776</v>
+        <v>45824</v>
       </c>
       <c r="C130" s="2">
-        <v>1.1007</v>
+        <v>1.1421</v>
       </c>
       <c r="D130" s="2">
-        <v>1.0985</v>
+        <v>1.1399</v>
       </c>
       <c r="E130" s="2">
-        <v>1.0996</v>
+        <v>1.141</v>
       </c>
       <c r="F130" s="0"/>
     </row>
     <row r="131" spans="1:6">
       <c r="B131" s="3">
-        <v>45775</v>
+        <v>45821</v>
       </c>
       <c r="C131" s="2">
-        <v>1.0963</v>
+        <v>1.141</v>
       </c>
       <c r="D131" s="2">
-        <v>1.0941</v>
+        <v>1.1388</v>
       </c>
       <c r="E131" s="2">
-        <v>1.0952</v>
+        <v>1.1399</v>
       </c>
       <c r="F131" s="0"/>
     </row>
     <row r="132" spans="1:6">
       <c r="B132" s="3">
-        <v>45771</v>
+        <v>45820</v>
       </c>
       <c r="C132" s="2">
-        <v>1.092</v>
+        <v>1.1458</v>
       </c>
       <c r="D132" s="2">
-        <v>1.0898</v>
+        <v>1.1436</v>
       </c>
       <c r="E132" s="2">
-        <v>1.0909</v>
+        <v>1.1447</v>
       </c>
       <c r="F132" s="0"/>
     </row>
     <row r="133" spans="1:6">
       <c r="B133" s="3">
-        <v>45770</v>
+        <v>45819</v>
       </c>
       <c r="C133" s="2">
-        <v>1.0892</v>
+        <v>1.1466</v>
       </c>
       <c r="D133" s="2">
-        <v>1.087</v>
+        <v>1.1444</v>
       </c>
       <c r="E133" s="2">
-        <v>1.0881</v>
+        <v>1.1455</v>
       </c>
       <c r="F133" s="0"/>
     </row>
     <row r="134" spans="1:6">
       <c r="B134" s="3">
-        <v>45769</v>
+        <v>45818</v>
       </c>
       <c r="C134" s="2">
-        <v>1.0778</v>
+        <v>1.1451</v>
       </c>
       <c r="D134" s="2">
-        <v>1.0756</v>
+        <v>1.1429</v>
       </c>
       <c r="E134" s="2">
-        <v>1.0767</v>
+        <v>1.144</v>
       </c>
       <c r="F134" s="0"/>
     </row>
     <row r="135" spans="1:6">
       <c r="B135" s="3">
-        <v>45764</v>
+        <v>45814</v>
       </c>
       <c r="C135" s="2">
-        <v>1.0835</v>
+        <v>1.1402</v>
       </c>
       <c r="D135" s="2">
-        <v>1.0813</v>
+        <v>1.138</v>
       </c>
       <c r="E135" s="2">
-        <v>1.0824</v>
+        <v>1.1391</v>
       </c>
       <c r="F135" s="0"/>
     </row>
     <row r="136" spans="1:6">
       <c r="B136" s="3">
-        <v>45763</v>
+        <v>45813</v>
       </c>
       <c r="C136" s="2">
-        <v>1.0797</v>
+        <v>1.142</v>
       </c>
       <c r="D136" s="2">
-        <v>1.0775</v>
+        <v>1.1398</v>
       </c>
       <c r="E136" s="2">
-        <v>1.0786</v>
+        <v>1.1409</v>
       </c>
       <c r="F136" s="0"/>
     </row>
     <row r="137" spans="1:6">
       <c r="B137" s="3">
-        <v>45762</v>
+        <v>45812</v>
       </c>
       <c r="C137" s="2">
-        <v>1.0806</v>
+        <v>1.1432</v>
       </c>
       <c r="D137" s="2">
-        <v>1.0784</v>
+        <v>1.141</v>
       </c>
       <c r="E137" s="2">
-        <v>1.0795</v>
+        <v>1.1421</v>
       </c>
       <c r="F137" s="0"/>
     </row>
     <row r="138" spans="1:6">
       <c r="B138" s="3">
-        <v>45761</v>
+        <v>45811</v>
       </c>
       <c r="C138" s="2">
-        <v>1.0818</v>
+        <v>1.1376</v>
       </c>
       <c r="D138" s="2">
-        <v>1.0796</v>
+        <v>1.1354</v>
       </c>
       <c r="E138" s="2">
-        <v>1.0807</v>
+        <v>1.1365</v>
       </c>
       <c r="F138" s="0"/>
     </row>
     <row r="139" spans="1:6">
       <c r="B139" s="3">
-        <v>45758</v>
+        <v>45810</v>
       </c>
       <c r="C139" s="2">
-        <v>1.078</v>
+        <v>1.1332</v>
       </c>
       <c r="D139" s="2">
-        <v>1.0758</v>
+        <v>1.131</v>
       </c>
       <c r="E139" s="2">
-        <v>1.0769</v>
+        <v>1.1321</v>
       </c>
       <c r="F139" s="0"/>
     </row>
     <row r="140" spans="1:6">
       <c r="B140" s="3">
-        <v>45757</v>
+        <v>45807</v>
       </c>
       <c r="C140" s="2">
-        <v>1.0827</v>
+        <v>1.1364</v>
       </c>
       <c r="D140" s="2">
-        <v>1.0805</v>
+        <v>1.1342</v>
       </c>
       <c r="E140" s="2">
-        <v>1.0816</v>
+        <v>1.1353</v>
       </c>
       <c r="F140" s="0"/>
     </row>
     <row r="141" spans="1:6">
       <c r="B141" s="3">
-        <v>45756</v>
+        <v>45806</v>
       </c>
       <c r="C141" s="2">
-        <v>1.057</v>
+        <v>1.141</v>
       </c>
       <c r="D141" s="2">
-        <v>1.0548</v>
+        <v>1.1388</v>
       </c>
       <c r="E141" s="2">
-        <v>1.0559</v>
+        <v>1.1399</v>
       </c>
       <c r="F141" s="0"/>
     </row>
     <row r="142" spans="1:6">
       <c r="B142" s="3">
-        <v>45755</v>
+        <v>45805</v>
       </c>
       <c r="C142" s="2">
-        <v>1.0661</v>
+        <v>1.1362</v>
       </c>
       <c r="D142" s="2">
-        <v>1.0639</v>
+        <v>1.134</v>
       </c>
       <c r="E142" s="2">
-        <v>1.065</v>
+        <v>1.1351</v>
       </c>
       <c r="F142" s="0"/>
     </row>
     <row r="143" spans="1:6">
       <c r="B143" s="3">
-        <v>45754</v>
+        <v>45804</v>
       </c>
       <c r="C143" s="2">
-        <v>1.0556</v>
+        <v>1.1319</v>
       </c>
       <c r="D143" s="2">
-        <v>1.0534</v>
+        <v>1.1297</v>
       </c>
       <c r="E143" s="2">
-        <v>1.0545</v>
+        <v>1.1308</v>
       </c>
       <c r="F143" s="0"/>
     </row>
     <row r="144" spans="1:6">
       <c r="B144" s="3">
-        <v>45751</v>
+        <v>45803</v>
       </c>
       <c r="C144" s="2">
-        <v>1.0855</v>
+        <v>1.1285</v>
       </c>
       <c r="D144" s="2">
-        <v>1.0833</v>
+        <v>1.1263</v>
       </c>
       <c r="E144" s="2">
-        <v>1.0844</v>
+        <v>1.1274</v>
       </c>
       <c r="F144" s="0"/>
     </row>
     <row r="145" spans="1:6">
       <c r="B145" s="3">
-        <v>45750</v>
+        <v>45800</v>
       </c>
       <c r="C145" s="2">
-        <v>1.0981</v>
+        <v>1.1308</v>
       </c>
       <c r="D145" s="2">
-        <v>1.0959</v>
+        <v>1.1286</v>
       </c>
       <c r="E145" s="2">
-        <v>1.097</v>
+        <v>1.1297</v>
       </c>
       <c r="F145" s="0"/>
     </row>
     <row r="146" spans="1:6">
       <c r="B146" s="3">
-        <v>45749</v>
+        <v>45799</v>
       </c>
       <c r="C146" s="2">
-        <v>1.1055</v>
+        <v>1.1299</v>
       </c>
       <c r="D146" s="2">
-        <v>1.1033</v>
+        <v>1.1277</v>
       </c>
       <c r="E146" s="2">
-        <v>1.1044</v>
+        <v>1.1288</v>
       </c>
       <c r="F146" s="0"/>
     </row>
     <row r="147" spans="1:6">
       <c r="B147" s="3">
-        <v>45748</v>
+        <v>45798</v>
       </c>
       <c r="C147" s="2">
-        <v>1.1057</v>
+        <v>1.1349</v>
       </c>
       <c r="D147" s="2">
-        <v>1.1035</v>
+        <v>1.1327</v>
       </c>
       <c r="E147" s="2">
-        <v>1.1046</v>
+        <v>1.1338</v>
       </c>
       <c r="F147" s="0"/>
     </row>
     <row r="148" spans="1:6">
       <c r="B148" s="3">
-        <v>45747</v>
+        <v>45797</v>
       </c>
       <c r="C148" s="2">
-        <v>1.0999</v>
+        <v>1.1334</v>
       </c>
       <c r="D148" s="2">
-        <v>1.0977</v>
+        <v>1.1312</v>
       </c>
       <c r="E148" s="2">
-        <v>1.0988</v>
+        <v>1.1323</v>
       </c>
       <c r="F148" s="0"/>
     </row>
     <row r="149" spans="1:6">
       <c r="B149" s="3">
-        <v>45744</v>
+        <v>45796</v>
       </c>
       <c r="C149" s="2">
-        <v>1.1128</v>
+        <v>1.1292</v>
       </c>
       <c r="D149" s="2">
-        <v>1.1106</v>
+        <v>1.127</v>
       </c>
       <c r="E149" s="2">
-        <v>1.1117</v>
+        <v>1.1281</v>
       </c>
       <c r="F149" s="0"/>
     </row>
     <row r="150" spans="1:6">
       <c r="B150" s="3">
-        <v>45743</v>
+        <v>45793</v>
       </c>
       <c r="C150" s="2">
-        <v>1.112</v>
+        <v>1.1307</v>
       </c>
       <c r="D150" s="2">
-        <v>1.1098</v>
+        <v>1.1285</v>
       </c>
       <c r="E150" s="2">
-        <v>1.1109</v>
+        <v>1.1296</v>
       </c>
       <c r="F150" s="0"/>
     </row>
     <row r="151" spans="1:6">
       <c r="B151" s="3">
-        <v>45742</v>
+        <v>45792</v>
       </c>
       <c r="C151" s="2">
-        <v>1.1152</v>
+        <v>1.1239</v>
       </c>
       <c r="D151" s="2">
-        <v>1.113</v>
+        <v>1.1217</v>
       </c>
       <c r="E151" s="2">
-        <v>1.1141</v>
+        <v>1.1228</v>
       </c>
       <c r="F151" s="0"/>
     </row>
     <row r="152" spans="1:6">
       <c r="B152" s="3">
-        <v>45741</v>
+        <v>45791</v>
       </c>
       <c r="C152" s="2">
-        <v>1.113</v>
+        <v>1.1257</v>
       </c>
       <c r="D152" s="2">
-        <v>1.1108</v>
+        <v>1.1235</v>
       </c>
       <c r="E152" s="2">
-        <v>1.1119</v>
+        <v>1.1246</v>
       </c>
       <c r="F152" s="0"/>
     </row>
     <row r="153" spans="1:6">
       <c r="B153" s="3">
-        <v>45740</v>
+        <v>45790</v>
       </c>
       <c r="C153" s="2">
-        <v>1.1108</v>
+        <v>1.1257</v>
       </c>
       <c r="D153" s="2">
-        <v>1.1086</v>
+        <v>1.1235</v>
       </c>
       <c r="E153" s="2">
-        <v>1.1097</v>
+        <v>1.1246</v>
       </c>
       <c r="F153" s="0"/>
     </row>
     <row r="154" spans="1:6">
       <c r="B154" s="3">
-        <v>45737</v>
+        <v>45789</v>
       </c>
       <c r="C154" s="2">
-        <v>1.1093</v>
+        <v>1.1216</v>
       </c>
       <c r="D154" s="2">
-        <v>1.1071</v>
+        <v>1.1194</v>
       </c>
       <c r="E154" s="2">
-        <v>1.1082</v>
+        <v>1.1205</v>
       </c>
       <c r="F154" s="0"/>
     </row>
     <row r="155" spans="1:6">
       <c r="B155" s="3">
-        <v>45736</v>
+        <v>45786</v>
       </c>
       <c r="C155" s="2">
-        <v>1.11</v>
+        <v>1.1195</v>
       </c>
       <c r="D155" s="2">
-        <v>1.1078</v>
+        <v>1.1173</v>
       </c>
       <c r="E155" s="2">
-        <v>1.1089</v>
+        <v>1.1184</v>
       </c>
       <c r="F155" s="0"/>
     </row>
     <row r="156" spans="1:6">
       <c r="B156" s="3">
-        <v>45735</v>
+        <v>45785</v>
       </c>
       <c r="C156" s="2">
-        <v>1.1017</v>
+        <v>1.1164</v>
       </c>
       <c r="D156" s="2">
-        <v>1.0995</v>
+        <v>1.1142</v>
       </c>
       <c r="E156" s="2">
-        <v>1.1006</v>
+        <v>1.1153</v>
       </c>
       <c r="F156" s="0"/>
     </row>
     <row r="157" spans="1:6">
       <c r="B157" s="3">
-        <v>45734</v>
+        <v>45784</v>
       </c>
       <c r="C157" s="2">
-        <v>1.1027</v>
+        <v>1.1111</v>
       </c>
       <c r="D157" s="2">
-        <v>1.1005</v>
+        <v>1.1089</v>
       </c>
       <c r="E157" s="2">
-        <v>1.1016</v>
+        <v>1.11</v>
       </c>
       <c r="F157" s="0"/>
     </row>
     <row r="158" spans="1:6">
       <c r="B158" s="3">
-        <v>45733</v>
+        <v>45783</v>
       </c>
       <c r="C158" s="2">
-        <v>1.0998</v>
+        <v>1.1114</v>
       </c>
       <c r="D158" s="2">
-        <v>1.0976</v>
+        <v>1.1092</v>
       </c>
       <c r="E158" s="2">
-        <v>1.0987</v>
+        <v>1.1103</v>
       </c>
       <c r="F158" s="0"/>
     </row>
     <row r="159" spans="1:6">
       <c r="B159" s="3">
-        <v>45730</v>
+        <v>45782</v>
       </c>
       <c r="C159" s="2">
-        <v>1.096</v>
+        <v>1.1091</v>
       </c>
       <c r="D159" s="2">
-        <v>1.0938</v>
+        <v>1.1069</v>
       </c>
       <c r="E159" s="2">
-        <v>1.0949</v>
+        <v>1.108</v>
       </c>
       <c r="F159" s="0"/>
     </row>
     <row r="160" spans="1:6">
       <c r="B160" s="3">
-        <v>45729</v>
+        <v>45779</v>
       </c>
       <c r="C160" s="2">
-        <v>1.0934</v>
+        <v>1.1131</v>
       </c>
       <c r="D160" s="2">
-        <v>1.0912</v>
+        <v>1.1109</v>
       </c>
       <c r="E160" s="2">
-        <v>1.0923</v>
+        <v>1.112</v>
       </c>
       <c r="F160" s="0"/>
     </row>
     <row r="161" spans="1:6">
       <c r="B161" s="3">
-        <v>45728</v>
+        <v>45778</v>
       </c>
       <c r="C161" s="2">
-        <v>1.0949</v>
+        <v>1.1076</v>
       </c>
       <c r="D161" s="2">
-        <v>1.0927</v>
+        <v>1.1054</v>
       </c>
       <c r="E161" s="2">
-        <v>1.0938</v>
+        <v>1.1065</v>
       </c>
       <c r="F161" s="0"/>
     </row>
     <row r="162" spans="1:6">
       <c r="B162" s="3">
-        <v>45727</v>
+        <v>45777</v>
       </c>
       <c r="C162" s="2">
-        <v>1.1025</v>
+        <v>1.1038</v>
       </c>
       <c r="D162" s="2">
-        <v>1.1003</v>
+        <v>1.1016</v>
       </c>
       <c r="E162" s="2">
-        <v>1.1014</v>
+        <v>1.1027</v>
       </c>
       <c r="F162" s="0"/>
     </row>
     <row r="163" spans="1:6">
       <c r="B163" s="3">
-        <v>45726</v>
+        <v>45776</v>
       </c>
       <c r="C163" s="2">
-        <v>1.1111</v>
+        <v>1.1007</v>
       </c>
       <c r="D163" s="2">
-        <v>1.1089</v>
+        <v>1.0985</v>
       </c>
       <c r="E163" s="2">
-        <v>1.11</v>
+        <v>1.0996</v>
       </c>
       <c r="F163" s="0"/>
     </row>
     <row r="164" spans="1:6">
       <c r="B164" s="3">
-        <v>45723</v>
+        <v>45775</v>
       </c>
       <c r="C164" s="2">
-        <v>1.1114</v>
+        <v>1.0963</v>
       </c>
       <c r="D164" s="2">
-        <v>1.1092</v>
+        <v>1.0941</v>
       </c>
       <c r="E164" s="2">
-        <v>1.1103</v>
+        <v>1.0952</v>
       </c>
       <c r="F164" s="0"/>
     </row>
     <row r="165" spans="1:6">
       <c r="B165" s="3">
-        <v>45722</v>
+        <v>45771</v>
       </c>
       <c r="C165" s="2">
-        <v>1.1193</v>
+        <v>1.092</v>
       </c>
       <c r="D165" s="2">
-        <v>1.1171</v>
+        <v>1.0898</v>
       </c>
       <c r="E165" s="2">
-        <v>1.1182</v>
+        <v>1.0909</v>
       </c>
       <c r="F165" s="0"/>
     </row>
     <row r="166" spans="1:6">
       <c r="B166" s="3">
-        <v>45721</v>
+        <v>45770</v>
       </c>
       <c r="C166" s="2">
-        <v>1.1206</v>
+        <v>1.0892</v>
       </c>
       <c r="D166" s="2">
-        <v>1.1184</v>
+        <v>1.087</v>
       </c>
       <c r="E166" s="2">
-        <v>1.1195</v>
+        <v>1.0881</v>
       </c>
       <c r="F166" s="0"/>
     </row>
     <row r="167" spans="1:6">
       <c r="B167" s="3">
-        <v>45720</v>
+        <v>45769</v>
       </c>
       <c r="C167" s="2">
-        <v>1.1252</v>
+        <v>1.0778</v>
       </c>
       <c r="D167" s="2">
-        <v>1.123</v>
+        <v>1.0756</v>
       </c>
       <c r="E167" s="2">
-        <v>1.1241</v>
+        <v>1.0767</v>
       </c>
       <c r="F167" s="0"/>
     </row>
     <row r="168" spans="1:6">
       <c r="B168" s="3">
-        <v>45719</v>
+        <v>45764</v>
       </c>
       <c r="C168" s="2">
-        <v>1.129</v>
+        <v>1.0835</v>
       </c>
       <c r="D168" s="2">
-        <v>1.1268</v>
+        <v>1.0813</v>
       </c>
       <c r="E168" s="2">
-        <v>1.1279</v>
+        <v>1.0824</v>
       </c>
       <c r="F168" s="0"/>
     </row>
     <row r="169" spans="1:6">
       <c r="B169" s="3">
-        <v>45716</v>
+        <v>45763</v>
       </c>
       <c r="C169" s="2">
-        <v>1.1229</v>
+        <v>1.0797</v>
       </c>
       <c r="D169" s="2">
-        <v>1.1207</v>
+        <v>1.0775</v>
       </c>
       <c r="E169" s="2">
-        <v>1.1218</v>
+        <v>1.0786</v>
       </c>
       <c r="F169" s="0"/>
     </row>
     <row r="170" spans="1:6">
       <c r="B170" s="3">
-        <v>45715</v>
+        <v>45762</v>
       </c>
       <c r="C170" s="2">
-        <v>1.1301</v>
+        <v>1.0806</v>
       </c>
       <c r="D170" s="2">
-        <v>1.1279</v>
+        <v>1.0784</v>
       </c>
       <c r="E170" s="2">
-        <v>1.129</v>
+        <v>1.0795</v>
       </c>
       <c r="F170" s="0"/>
     </row>
     <row r="171" spans="1:6">
       <c r="B171" s="3">
-        <v>45714</v>
+        <v>45761</v>
       </c>
       <c r="C171" s="2">
-        <v>1.1278</v>
+        <v>1.0818</v>
       </c>
       <c r="D171" s="2">
-        <v>1.1256</v>
+        <v>1.0796</v>
       </c>
       <c r="E171" s="2">
-        <v>1.1267</v>
+        <v>1.0807</v>
       </c>
       <c r="F171" s="0"/>
     </row>
     <row r="172" spans="1:6">
       <c r="B172" s="3">
-        <v>45713</v>
+        <v>45758</v>
       </c>
       <c r="C172" s="2">
-        <v>1.1272</v>
+        <v>1.078</v>
       </c>
       <c r="D172" s="2">
-        <v>1.125</v>
+        <v>1.0758</v>
       </c>
       <c r="E172" s="2">
-        <v>1.1261</v>
+        <v>1.0769</v>
       </c>
       <c r="F172" s="0"/>
     </row>
     <row r="173" spans="1:6">
       <c r="B173" s="3">
-        <v>45712</v>
+        <v>45757</v>
       </c>
       <c r="C173" s="2">
-        <v>1.1293</v>
+        <v>1.0827</v>
       </c>
       <c r="D173" s="2">
-        <v>1.1271</v>
+        <v>1.0805</v>
       </c>
       <c r="E173" s="2">
-        <v>1.1282</v>
+        <v>1.0816</v>
       </c>
       <c r="F173" s="0"/>
     </row>
     <row r="174" spans="1:6">
       <c r="B174" s="3">
-        <v>45709</v>
+        <v>45756</v>
       </c>
       <c r="C174" s="2">
-        <v>1.1316</v>
+        <v>1.057</v>
       </c>
       <c r="D174" s="2">
-        <v>1.1294</v>
+        <v>1.0548</v>
       </c>
       <c r="E174" s="2">
-        <v>1.1305</v>
+        <v>1.0559</v>
       </c>
       <c r="F174" s="0"/>
     </row>
     <row r="175" spans="1:6">
       <c r="B175" s="3">
-        <v>45708</v>
+        <v>45755</v>
       </c>
       <c r="C175" s="2">
-        <v>1.1333</v>
+        <v>1.0661</v>
       </c>
       <c r="D175" s="2">
-        <v>1.1311</v>
+        <v>1.0639</v>
       </c>
       <c r="E175" s="2">
-        <v>1.1322</v>
+        <v>1.065</v>
       </c>
       <c r="F175" s="0"/>
     </row>
     <row r="176" spans="1:6">
       <c r="B176" s="3">
-        <v>45707</v>
+        <v>45754</v>
       </c>
       <c r="C176" s="2">
-        <v>1.1386</v>
+        <v>1.0556</v>
       </c>
       <c r="D176" s="2">
-        <v>1.1364</v>
+        <v>1.0534</v>
       </c>
       <c r="E176" s="2">
-        <v>1.1375</v>
+        <v>1.0545</v>
       </c>
       <c r="F176" s="0"/>
     </row>
     <row r="177" spans="1:6">
       <c r="B177" s="3">
-        <v>45706</v>
+        <v>45751</v>
       </c>
       <c r="C177" s="2">
-        <v>1.1394</v>
+        <v>1.0855</v>
       </c>
       <c r="D177" s="2">
-        <v>1.1372</v>
+        <v>1.0833</v>
       </c>
       <c r="E177" s="2">
-        <v>1.1383</v>
+        <v>1.0844</v>
       </c>
       <c r="F177" s="0"/>
     </row>
     <row r="178" spans="1:6">
       <c r="B178" s="3">
-        <v>45705</v>
+        <v>45750</v>
       </c>
       <c r="C178" s="2">
-        <v>1.1407</v>
+        <v>1.0981</v>
       </c>
       <c r="D178" s="2">
-        <v>1.1385</v>
+        <v>1.0959</v>
       </c>
       <c r="E178" s="2">
-        <v>1.1396</v>
+        <v>1.097</v>
       </c>
       <c r="F178" s="0"/>
     </row>
     <row r="179" spans="1:6">
       <c r="B179" s="3">
-        <v>45702</v>
+        <v>45749</v>
       </c>
       <c r="C179" s="2">
-        <v>1.1426</v>
+        <v>1.1055</v>
       </c>
       <c r="D179" s="2">
-        <v>1.1404</v>
+        <v>1.1033</v>
       </c>
       <c r="E179" s="2">
-        <v>1.1415</v>
+        <v>1.1044</v>
       </c>
       <c r="F179" s="0"/>
     </row>
     <row r="180" spans="1:6">
       <c r="B180" s="3">
-        <v>45701</v>
+        <v>45748</v>
       </c>
       <c r="C180" s="2">
-        <v>1.1393</v>
+        <v>1.1057</v>
       </c>
       <c r="D180" s="2">
-        <v>1.1371</v>
+        <v>1.1035</v>
       </c>
       <c r="E180" s="2">
-        <v>1.1382</v>
+        <v>1.1046</v>
       </c>
       <c r="F180" s="0"/>
     </row>
     <row r="181" spans="1:6">
       <c r="B181" s="3">
-        <v>45700</v>
+        <v>45747</v>
       </c>
       <c r="C181" s="2">
-        <v>1.1403</v>
+        <v>1.0999</v>
       </c>
       <c r="D181" s="2">
-        <v>1.1381</v>
+        <v>1.0977</v>
       </c>
       <c r="E181" s="2">
-        <v>1.1392</v>
+        <v>1.0988</v>
       </c>
       <c r="F181" s="0"/>
     </row>
     <row r="182" spans="1:6">
       <c r="B182" s="3">
-        <v>45699</v>
+        <v>45744</v>
       </c>
       <c r="C182" s="2">
-        <v>1.1416</v>
+        <v>1.1128</v>
       </c>
       <c r="D182" s="2">
-        <v>1.1394</v>
+        <v>1.1106</v>
       </c>
       <c r="E182" s="2">
-        <v>1.1405</v>
+        <v>1.1117</v>
       </c>
       <c r="F182" s="0"/>
     </row>
     <row r="183" spans="1:6">
       <c r="B183" s="3">
-        <v>45698</v>
+        <v>45743</v>
       </c>
       <c r="C183" s="2">
-        <v>1.1413</v>
+        <v>1.112</v>
       </c>
       <c r="D183" s="2">
-        <v>1.1391</v>
+        <v>1.1098</v>
       </c>
       <c r="E183" s="2">
-        <v>1.1402</v>
+        <v>1.1109</v>
       </c>
       <c r="F183" s="0"/>
     </row>
     <row r="184" spans="1:6">
       <c r="B184" s="3">
-        <v>45695</v>
+        <v>45742</v>
       </c>
       <c r="C184" s="2">
-        <v>1.1424</v>
+        <v>1.1152</v>
       </c>
       <c r="D184" s="2">
-        <v>1.1402</v>
+        <v>1.113</v>
       </c>
       <c r="E184" s="2">
-        <v>1.1413</v>
+        <v>1.1141</v>
       </c>
       <c r="F184" s="0"/>
     </row>
     <row r="185" spans="1:6">
       <c r="B185" s="3">
-        <v>45694</v>
+        <v>45741</v>
       </c>
       <c r="C185" s="2">
-        <v>1.1426</v>
+        <v>1.113</v>
       </c>
       <c r="D185" s="2">
-        <v>1.1404</v>
+        <v>1.1108</v>
       </c>
       <c r="E185" s="2">
-        <v>1.1415</v>
+        <v>1.1119</v>
       </c>
       <c r="F185" s="0"/>
     </row>
     <row r="186" spans="1:6">
       <c r="B186" s="3">
-        <v>45693</v>
+        <v>45740</v>
       </c>
       <c r="C186" s="2">
-        <v>1.1361</v>
+        <v>1.1108</v>
       </c>
       <c r="D186" s="2">
-        <v>1.1339</v>
+        <v>1.1086</v>
       </c>
       <c r="E186" s="2">
-        <v>1.135</v>
+        <v>1.1097</v>
       </c>
       <c r="F186" s="0"/>
     </row>
     <row r="187" spans="1:6">
       <c r="B187" s="3">
-        <v>45692</v>
+        <v>45737</v>
       </c>
       <c r="C187" s="2">
-        <v>1.1352</v>
+        <v>1.1093</v>
       </c>
       <c r="D187" s="2">
-        <v>1.133</v>
+        <v>1.1071</v>
       </c>
       <c r="E187" s="2">
-        <v>1.1341</v>
+        <v>1.1082</v>
       </c>
       <c r="F187" s="0"/>
     </row>
     <row r="188" spans="1:6">
       <c r="B188" s="3">
-        <v>45691</v>
+        <v>45736</v>
       </c>
       <c r="C188" s="2">
-        <v>1.1327</v>
+        <v>1.11</v>
       </c>
       <c r="D188" s="2">
-        <v>1.1305</v>
+        <v>1.1078</v>
       </c>
       <c r="E188" s="2">
-        <v>1.1316</v>
+        <v>1.1089</v>
       </c>
       <c r="F188" s="0"/>
     </row>
     <row r="189" spans="1:6">
       <c r="B189" s="3">
-        <v>45688</v>
+        <v>45735</v>
       </c>
       <c r="C189" s="2">
-        <v>1.1472</v>
+        <v>1.1017</v>
       </c>
       <c r="D189" s="2">
-        <v>1.145</v>
+        <v>1.0995</v>
       </c>
       <c r="E189" s="2">
-        <v>1.1461</v>
+        <v>1.1006</v>
       </c>
       <c r="F189" s="0"/>
     </row>
     <row r="190" spans="1:6">
       <c r="B190" s="3">
-        <v>45687</v>
+        <v>45734</v>
       </c>
       <c r="C190" s="2">
-        <v>1.1425</v>
+        <v>1.1027</v>
       </c>
       <c r="D190" s="2">
-        <v>1.1403</v>
+        <v>1.1005</v>
       </c>
       <c r="E190" s="2">
-        <v>1.1414</v>
+        <v>1.1016</v>
       </c>
       <c r="F190" s="0"/>
     </row>
     <row r="191" spans="1:6">
       <c r="B191" s="3">
-        <v>45686</v>
+        <v>45733</v>
       </c>
       <c r="C191" s="2">
-        <v>1.1393</v>
+        <v>1.0998</v>
       </c>
       <c r="D191" s="2">
-        <v>1.1371</v>
+        <v>1.0976</v>
       </c>
       <c r="E191" s="2">
-        <v>1.1382</v>
+        <v>1.0987</v>
       </c>
       <c r="F191" s="0"/>
     </row>
     <row r="192" spans="1:6">
       <c r="B192" s="3">
-        <v>45685</v>
+        <v>45730</v>
       </c>
       <c r="C192" s="2">
-        <v>1.1326</v>
+        <v>1.096</v>
       </c>
       <c r="D192" s="2">
-        <v>1.1304</v>
+        <v>1.0938</v>
       </c>
       <c r="E192" s="2">
-        <v>1.1315</v>
+        <v>1.0949</v>
       </c>
       <c r="F192" s="0"/>
     </row>
     <row r="193" spans="1:6">
       <c r="B193" s="3">
-        <v>45681</v>
+        <v>45729</v>
       </c>
       <c r="C193" s="2">
-        <v>1.1344</v>
+        <v>1.0934</v>
       </c>
       <c r="D193" s="2">
-        <v>1.1322</v>
+        <v>1.0912</v>
       </c>
       <c r="E193" s="2">
-        <v>1.1333</v>
+        <v>1.0923</v>
       </c>
       <c r="F193" s="0"/>
     </row>
     <row r="194" spans="1:6">
       <c r="B194" s="3">
-        <v>45680</v>
+        <v>45728</v>
       </c>
       <c r="C194" s="2">
-        <v>1.1318</v>
+        <v>1.0949</v>
       </c>
       <c r="D194" s="2">
-        <v>1.1296</v>
+        <v>1.0927</v>
       </c>
       <c r="E194" s="2">
-        <v>1.1307</v>
+        <v>1.0938</v>
       </c>
       <c r="F194" s="0"/>
     </row>
     <row r="195" spans="1:6">
       <c r="B195" s="3">
-        <v>45679</v>
+        <v>45727</v>
       </c>
       <c r="C195" s="2">
-        <v>1.1355</v>
+        <v>1.1025</v>
       </c>
       <c r="D195" s="2">
-        <v>1.1333</v>
+        <v>1.1003</v>
       </c>
       <c r="E195" s="2">
-        <v>1.1344</v>
+        <v>1.1014</v>
       </c>
       <c r="F195" s="0"/>
     </row>
     <row r="196" spans="1:6">
       <c r="B196" s="3">
-        <v>45678</v>
+        <v>45726</v>
       </c>
       <c r="C196" s="2">
-        <v>1.1321</v>
+        <v>1.1111</v>
       </c>
       <c r="D196" s="2">
-        <v>1.1299</v>
+        <v>1.1089</v>
       </c>
       <c r="E196" s="2">
-        <v>1.131</v>
+        <v>1.11</v>
       </c>
       <c r="F196" s="0"/>
     </row>
     <row r="197" spans="1:6">
       <c r="B197" s="3">
-        <v>45677</v>
+        <v>45723</v>
       </c>
       <c r="C197" s="2">
-        <v>1.129</v>
+        <v>1.1114</v>
       </c>
       <c r="D197" s="2">
-        <v>1.1268</v>
+        <v>1.1092</v>
       </c>
       <c r="E197" s="2">
-        <v>1.1279</v>
+        <v>1.1103</v>
       </c>
       <c r="F197" s="0"/>
     </row>
     <row r="198" spans="1:6">
       <c r="B198" s="3">
-        <v>45674</v>
+        <v>45722</v>
       </c>
       <c r="C198" s="2">
-        <v>1.1263</v>
+        <v>1.1193</v>
       </c>
       <c r="D198" s="2">
-        <v>1.1241</v>
+        <v>1.1171</v>
       </c>
       <c r="E198" s="2">
-        <v>1.1252</v>
+        <v>1.1182</v>
       </c>
       <c r="F198" s="0"/>
     </row>
     <row r="199" spans="1:6">
       <c r="B199" s="3">
-        <v>45673</v>
+        <v>45721</v>
       </c>
       <c r="C199" s="2">
-        <v>1.1253</v>
+        <v>1.1206</v>
       </c>
       <c r="D199" s="2">
-        <v>1.1231</v>
+        <v>1.1184</v>
       </c>
       <c r="E199" s="2">
-        <v>1.1242</v>
+        <v>1.1195</v>
       </c>
       <c r="F199" s="0"/>
     </row>
     <row r="200" spans="1:6">
       <c r="B200" s="3">
-        <v>45672</v>
+        <v>45720</v>
       </c>
       <c r="C200" s="2">
-        <v>1.1155</v>
+        <v>1.1252</v>
       </c>
       <c r="D200" s="2">
-        <v>1.1133</v>
+        <v>1.123</v>
       </c>
       <c r="E200" s="2">
-        <v>1.1144</v>
+        <v>1.1241</v>
       </c>
       <c r="F200" s="0"/>
     </row>
     <row r="201" spans="1:6">
       <c r="B201" s="3">
-        <v>45671</v>
+        <v>45719</v>
       </c>
       <c r="C201" s="2">
-        <v>1.1155</v>
+        <v>1.129</v>
       </c>
       <c r="D201" s="2">
-        <v>1.1133</v>
+        <v>1.1268</v>
       </c>
       <c r="E201" s="2">
-        <v>1.1144</v>
+        <v>1.1279</v>
       </c>
       <c r="F201" s="0"/>
     </row>
     <row r="202" spans="1:6">
       <c r="B202" s="3">
-        <v>45670</v>
+        <v>45716</v>
       </c>
       <c r="C202" s="2">
-        <v>1.1126</v>
+        <v>1.1229</v>
       </c>
       <c r="D202" s="2">
-        <v>1.1104</v>
+        <v>1.1207</v>
       </c>
       <c r="E202" s="2">
-        <v>1.1115</v>
+        <v>1.1218</v>
       </c>
       <c r="F202" s="0"/>
     </row>
     <row r="203" spans="1:6">
       <c r="B203" s="3">
-        <v>45667</v>
+        <v>45715</v>
       </c>
       <c r="C203" s="2">
-        <v>1.1222</v>
+        <v>1.1301</v>
       </c>
       <c r="D203" s="2">
-        <v>1.12</v>
+        <v>1.1279</v>
       </c>
       <c r="E203" s="2">
-        <v>1.1211</v>
+        <v>1.129</v>
       </c>
       <c r="F203" s="0"/>
     </row>
     <row r="204" spans="1:6">
       <c r="B204" s="3">
-        <v>45666</v>
+        <v>45714</v>
       </c>
       <c r="C204" s="2">
-        <v>1.1237</v>
+        <v>1.1278</v>
       </c>
       <c r="D204" s="2">
-        <v>1.1215</v>
+        <v>1.1256</v>
       </c>
       <c r="E204" s="2">
-        <v>1.1226</v>
+        <v>1.1267</v>
       </c>
       <c r="F204" s="0"/>
     </row>
     <row r="205" spans="1:6">
       <c r="B205" s="3">
-        <v>45665</v>
+        <v>45713</v>
       </c>
       <c r="C205" s="2">
-        <v>1.1248</v>
+        <v>1.1272</v>
       </c>
       <c r="D205" s="2">
-        <v>1.1226</v>
+        <v>1.125</v>
       </c>
       <c r="E205" s="2">
-        <v>1.1237</v>
+        <v>1.1261</v>
       </c>
       <c r="F205" s="0"/>
     </row>
     <row r="206" spans="1:6">
       <c r="B206" s="3">
-        <v>45664</v>
+        <v>45712</v>
       </c>
       <c r="C206" s="2">
-        <v>1.1209</v>
+        <v>1.1293</v>
       </c>
       <c r="D206" s="2">
-        <v>1.1187</v>
+        <v>1.1271</v>
       </c>
       <c r="E206" s="2">
-        <v>1.1198</v>
+        <v>1.1282</v>
       </c>
       <c r="F206" s="0"/>
     </row>
     <row r="207" spans="1:6">
       <c r="B207" s="3">
-        <v>45663</v>
+        <v>45709</v>
       </c>
       <c r="C207" s="2">
-        <v>1.1222</v>
+        <v>1.1316</v>
       </c>
       <c r="D207" s="2">
-        <v>1.12</v>
+        <v>1.1294</v>
       </c>
       <c r="E207" s="2">
-        <v>1.1211</v>
+        <v>1.1305</v>
       </c>
       <c r="F207" s="0"/>
     </row>
     <row r="208" spans="1:6">
       <c r="B208" s="3">
-        <v>45660</v>
+        <v>45708</v>
       </c>
       <c r="C208" s="2">
-        <v>1.1206</v>
+        <v>1.1333</v>
       </c>
       <c r="D208" s="2">
-        <v>1.1184</v>
+        <v>1.1311</v>
       </c>
       <c r="E208" s="2">
-        <v>1.1195</v>
+        <v>1.1322</v>
       </c>
       <c r="F208" s="0"/>
     </row>
     <row r="209" spans="1:6">
       <c r="B209" s="3">
-        <v>45659</v>
+        <v>45707</v>
       </c>
       <c r="C209" s="2">
-        <v>1.1194</v>
+        <v>1.1386</v>
       </c>
       <c r="D209" s="2">
-        <v>1.1172</v>
+        <v>1.1364</v>
       </c>
       <c r="E209" s="2">
-        <v>1.1183</v>
+        <v>1.1375</v>
       </c>
       <c r="F209" s="0"/>
     </row>
     <row r="210" spans="1:6">
       <c r="B210" s="3">
-        <v>45657</v>
+        <v>45706</v>
       </c>
       <c r="C210" s="2">
-        <v>1.1167</v>
+        <v>1.1394</v>
       </c>
       <c r="D210" s="2">
-        <v>1.1145</v>
+        <v>1.1372</v>
       </c>
       <c r="E210" s="2">
-        <v>1.1156</v>
+        <v>1.1383</v>
       </c>
       <c r="F210" s="0"/>
     </row>
     <row r="211" spans="1:6">
       <c r="B211" s="3">
-        <v>45656</v>
+        <v>45705</v>
       </c>
       <c r="C211" s="2">
-        <v>1.122</v>
+        <v>1.1407</v>
       </c>
       <c r="D211" s="2">
-        <v>1.1198</v>
+        <v>1.1385</v>
       </c>
       <c r="E211" s="2">
-        <v>1.1209</v>
+        <v>1.1396</v>
       </c>
       <c r="F211" s="0"/>
     </row>
     <row r="212" spans="1:6">
       <c r="B212" s="3">
-        <v>45653</v>
+        <v>45702</v>
       </c>
       <c r="C212" s="2">
-        <v>1.1262</v>
+        <v>1.1426</v>
       </c>
       <c r="D212" s="2">
-        <v>1.124</v>
+        <v>1.1404</v>
       </c>
       <c r="E212" s="2">
-        <v>1.1251</v>
+        <v>1.1415</v>
       </c>
       <c r="F212" s="0"/>
     </row>
     <row r="213" spans="1:6">
       <c r="B213" s="3">
-        <v>45650</v>
+        <v>45701</v>
       </c>
       <c r="C213" s="2">
-        <v>1.1205</v>
+        <v>1.1393</v>
       </c>
       <c r="D213" s="2">
-        <v>1.1183</v>
+        <v>1.1371</v>
       </c>
       <c r="E213" s="2">
-        <v>1.1194</v>
+        <v>1.1382</v>
       </c>
       <c r="F213" s="0"/>
     </row>
     <row r="214" spans="1:6">
       <c r="B214" s="3">
-        <v>45649</v>
+        <v>45700</v>
       </c>
       <c r="C214" s="2">
-        <v>1.1185</v>
+        <v>1.1403</v>
       </c>
       <c r="D214" s="2">
-        <v>1.1163</v>
+        <v>1.1381</v>
       </c>
       <c r="E214" s="2">
-        <v>1.1174</v>
+        <v>1.1392</v>
       </c>
       <c r="F214" s="0"/>
     </row>
     <row r="215" spans="1:6">
       <c r="B215" s="3">
-        <v>45646</v>
+        <v>45699</v>
       </c>
       <c r="C215" s="2">
-        <v>1.1088</v>
+        <v>1.1416</v>
       </c>
       <c r="D215" s="2">
-        <v>1.1066</v>
+        <v>1.1394</v>
       </c>
       <c r="E215" s="2">
-        <v>1.1077</v>
+        <v>1.1405</v>
       </c>
       <c r="F215" s="0"/>
     </row>
     <row r="216" spans="1:6">
       <c r="B216" s="3">
-        <v>45645</v>
+        <v>45698</v>
       </c>
       <c r="C216" s="2">
-        <v>1.1164</v>
+        <v>1.1413</v>
       </c>
       <c r="D216" s="2">
-        <v>1.1142</v>
+        <v>1.1391</v>
       </c>
       <c r="E216" s="2">
-        <v>1.1153</v>
+        <v>1.1402</v>
       </c>
       <c r="F216" s="0"/>
     </row>
     <row r="217" spans="1:6">
       <c r="B217" s="3">
-        <v>45644</v>
+        <v>45695</v>
       </c>
       <c r="C217" s="2">
-        <v>1.1296</v>
+        <v>1.1424</v>
       </c>
       <c r="D217" s="2">
-        <v>1.1274</v>
+        <v>1.1402</v>
       </c>
       <c r="E217" s="2">
-        <v>1.1285</v>
+        <v>1.1413</v>
       </c>
       <c r="F217" s="0"/>
     </row>
     <row r="218" spans="1:6">
       <c r="B218" s="3">
-        <v>45643</v>
+        <v>45694</v>
       </c>
       <c r="C218" s="2">
-        <v>1.129</v>
+        <v>1.1426</v>
       </c>
       <c r="D218" s="2">
-        <v>1.1268</v>
+        <v>1.1404</v>
       </c>
       <c r="E218" s="2">
-        <v>1.1279</v>
+        <v>1.1415</v>
       </c>
       <c r="F218" s="0"/>
     </row>
     <row r="219" spans="1:6">
       <c r="B219" s="3">
-        <v>45642</v>
+        <v>45693</v>
       </c>
       <c r="C219" s="2">
-        <v>1.1262</v>
+        <v>1.1361</v>
       </c>
       <c r="D219" s="2">
-        <v>1.124</v>
+        <v>1.1339</v>
       </c>
       <c r="E219" s="2">
-        <v>1.1251</v>
+        <v>1.135</v>
       </c>
       <c r="F219" s="0"/>
     </row>
     <row r="220" spans="1:6">
       <c r="B220" s="3">
-        <v>45639</v>
+        <v>45692</v>
       </c>
       <c r="C220" s="2">
-        <v>1.1296</v>
+        <v>1.1352</v>
       </c>
       <c r="D220" s="2">
-        <v>1.1274</v>
+        <v>1.133</v>
       </c>
       <c r="E220" s="2">
-        <v>1.1285</v>
+        <v>1.1341</v>
       </c>
       <c r="F220" s="0"/>
     </row>
     <row r="221" spans="1:6">
       <c r="B221" s="3">
-        <v>45638</v>
+        <v>45691</v>
       </c>
       <c r="C221" s="2">
-        <v>1.1318</v>
+        <v>1.1327</v>
       </c>
       <c r="D221" s="2">
-        <v>1.1296</v>
+        <v>1.1305</v>
       </c>
       <c r="E221" s="2">
-        <v>1.1307</v>
+        <v>1.1316</v>
       </c>
       <c r="F221" s="0"/>
     </row>
     <row r="222" spans="1:6">
       <c r="B222" s="3">
-        <v>45637</v>
+        <v>45688</v>
       </c>
       <c r="C222" s="2">
-        <v>1.133</v>
+        <v>1.1472</v>
       </c>
       <c r="D222" s="2">
-        <v>1.1308</v>
+        <v>1.145</v>
       </c>
       <c r="E222" s="2">
-        <v>1.1319</v>
+        <v>1.1461</v>
       </c>
       <c r="F222" s="0"/>
     </row>
     <row r="223" spans="1:6">
       <c r="B223" s="3">
-        <v>45636</v>
+        <v>45687</v>
       </c>
       <c r="C223" s="2">
-        <v>1.136</v>
+        <v>1.1425</v>
       </c>
       <c r="D223" s="2">
-        <v>1.1338</v>
+        <v>1.1403</v>
       </c>
       <c r="E223" s="2">
-        <v>1.1349</v>
+        <v>1.1414</v>
       </c>
       <c r="F223" s="0"/>
     </row>
     <row r="224" spans="1:6">
       <c r="B224" s="3">
-        <v>45635</v>
+        <v>45686</v>
       </c>
       <c r="C224" s="2">
+        <v>1.1393</v>
+      </c>
+      <c r="D224" s="2">
         <v>1.1371</v>
       </c>
-      <c r="D224" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E224" s="2">
-        <v>1.136</v>
+        <v>1.1382</v>
       </c>
       <c r="F224" s="0"/>
     </row>
     <row r="225" spans="1:6">
       <c r="B225" s="3">
-        <v>45632</v>
+        <v>45685</v>
       </c>
       <c r="C225" s="2">
-        <v>1.1351</v>
+        <v>1.1326</v>
       </c>
       <c r="D225" s="2">
-        <v>1.1329</v>
+        <v>1.1304</v>
       </c>
       <c r="E225" s="2">
-        <v>1.134</v>
+        <v>1.1315</v>
       </c>
       <c r="F225" s="0"/>
     </row>
     <row r="226" spans="1:6">
       <c r="B226" s="3">
-        <v>45631</v>
+        <v>45681</v>
       </c>
       <c r="C226" s="2">
-        <v>1.138</v>
+        <v>1.1344</v>
       </c>
       <c r="D226" s="2">
-        <v>1.1358</v>
+        <v>1.1322</v>
       </c>
       <c r="E226" s="2">
-        <v>1.1369</v>
+        <v>1.1333</v>
       </c>
       <c r="F226" s="0"/>
     </row>
     <row r="227" spans="1:6">
       <c r="B227" s="3">
-        <v>45630</v>
+        <v>45680</v>
       </c>
       <c r="C227" s="2">
-        <v>1.1358</v>
+        <v>1.1318</v>
       </c>
       <c r="D227" s="2">
-        <v>1.1336</v>
+        <v>1.1296</v>
       </c>
       <c r="E227" s="2">
-        <v>1.1347</v>
+        <v>1.1307</v>
       </c>
       <c r="F227" s="0"/>
     </row>
     <row r="228" spans="1:6">
       <c r="B228" s="3">
-        <v>45629</v>
+        <v>45679</v>
       </c>
       <c r="C228" s="2">
-        <v>1.1363</v>
+        <v>1.1355</v>
       </c>
       <c r="D228" s="2">
-        <v>1.1341</v>
+        <v>1.1333</v>
       </c>
       <c r="E228" s="2">
-        <v>1.1352</v>
+        <v>1.1344</v>
       </c>
       <c r="F228" s="0"/>
     </row>
     <row r="229" spans="1:6">
       <c r="B229" s="3">
-        <v>45628</v>
+        <v>45678</v>
       </c>
       <c r="C229" s="2">
-        <v>1.1311</v>
+        <v>1.1321</v>
       </c>
       <c r="D229" s="2">
-        <v>1.1289</v>
+        <v>1.1299</v>
       </c>
       <c r="E229" s="2">
-        <v>1.13</v>
+        <v>1.131</v>
       </c>
       <c r="F229" s="0"/>
     </row>
     <row r="230" spans="1:6">
       <c r="B230" s="3">
-        <v>45625</v>
+        <v>45677</v>
       </c>
       <c r="C230" s="2">
-        <v>1.1303</v>
+        <v>1.129</v>
       </c>
       <c r="D230" s="2">
-        <v>1.1281</v>
+        <v>1.1268</v>
       </c>
       <c r="E230" s="2">
-        <v>1.1292</v>
+        <v>1.1279</v>
       </c>
       <c r="F230" s="0"/>
     </row>
     <row r="231" spans="1:6">
       <c r="B231" s="3">
-        <v>45624</v>
+        <v>45674</v>
       </c>
       <c r="C231" s="2">
-        <v>1.1309</v>
+        <v>1.1263</v>
       </c>
       <c r="D231" s="2">
-        <v>1.1287</v>
+        <v>1.1241</v>
       </c>
       <c r="E231" s="2">
-        <v>1.1298</v>
+        <v>1.1252</v>
       </c>
       <c r="F231" s="0"/>
     </row>
     <row r="232" spans="1:6">
       <c r="B232" s="3">
-        <v>45623</v>
+        <v>45673</v>
       </c>
       <c r="C232" s="2">
-        <v>1.1282</v>
+        <v>1.1253</v>
       </c>
       <c r="D232" s="2">
-        <v>1.126</v>
+        <v>1.1231</v>
       </c>
       <c r="E232" s="2">
-        <v>1.1271</v>
+        <v>1.1242</v>
       </c>
       <c r="F232" s="0"/>
     </row>
     <row r="233" spans="1:6">
       <c r="B233" s="3">
-        <v>45622</v>
+        <v>45672</v>
       </c>
       <c r="C233" s="2">
-        <v>1.1251</v>
+        <v>1.1155</v>
       </c>
       <c r="D233" s="2">
-        <v>1.1229</v>
+        <v>1.1133</v>
       </c>
       <c r="E233" s="2">
-        <v>1.124</v>
+        <v>1.1144</v>
       </c>
       <c r="F233" s="0"/>
     </row>
     <row r="234" spans="1:6">
       <c r="B234" s="3">
-        <v>45621</v>
+        <v>45671</v>
       </c>
       <c r="C234" s="2">
-        <v>1.1278</v>
+        <v>1.1155</v>
       </c>
       <c r="D234" s="2">
-        <v>1.1256</v>
+        <v>1.1133</v>
       </c>
       <c r="E234" s="2">
-        <v>1.1267</v>
+        <v>1.1144</v>
       </c>
       <c r="F234" s="0"/>
     </row>
     <row r="235" spans="1:6">
       <c r="B235" s="3">
-        <v>45618</v>
+        <v>45670</v>
       </c>
       <c r="C235" s="2">
-        <v>1.1233</v>
+        <v>1.1126</v>
       </c>
       <c r="D235" s="2">
-        <v>1.1211</v>
+        <v>1.1104</v>
       </c>
       <c r="E235" s="2">
-        <v>1.1222</v>
+        <v>1.1115</v>
       </c>
       <c r="F235" s="0"/>
     </row>
     <row r="236" spans="1:6">
       <c r="B236" s="3">
-        <v>45617</v>
+        <v>45667</v>
       </c>
       <c r="C236" s="2">
-        <v>1.1163</v>
+        <v>1.1222</v>
       </c>
       <c r="D236" s="2">
-        <v>1.1141</v>
+        <v>1.12</v>
       </c>
       <c r="E236" s="2">
-        <v>1.1152</v>
+        <v>1.1211</v>
       </c>
       <c r="F236" s="0"/>
     </row>
     <row r="237" spans="1:6">
       <c r="B237" s="3">
-        <v>45616</v>
+        <v>45666</v>
       </c>
       <c r="C237" s="2">
-        <v>1.1179</v>
+        <v>1.1237</v>
       </c>
       <c r="D237" s="2">
-        <v>1.1157</v>
+        <v>1.1215</v>
       </c>
       <c r="E237" s="2">
-        <v>1.1168</v>
+        <v>1.1226</v>
       </c>
       <c r="F237" s="0"/>
     </row>
     <row r="238" spans="1:6">
       <c r="B238" s="3">
-        <v>45615</v>
+        <v>45665</v>
       </c>
       <c r="C238" s="2">
-        <v>1.1216</v>
+        <v>1.1248</v>
       </c>
       <c r="D238" s="2">
-        <v>1.1194</v>
+        <v>1.1226</v>
       </c>
       <c r="E238" s="2">
-        <v>1.1205</v>
+        <v>1.1237</v>
       </c>
       <c r="F238" s="0"/>
     </row>
     <row r="239" spans="1:6">
       <c r="B239" s="3">
-        <v>45614</v>
+        <v>45664</v>
       </c>
       <c r="C239" s="2">
-        <v>1.118</v>
+        <v>1.1209</v>
       </c>
       <c r="D239" s="2">
-        <v>1.1158</v>
+        <v>1.1187</v>
       </c>
       <c r="E239" s="2">
-        <v>1.1169</v>
+        <v>1.1198</v>
       </c>
       <c r="F239" s="0"/>
     </row>
     <row r="240" spans="1:6">
       <c r="B240" s="3">
-        <v>45611</v>
+        <v>45663</v>
       </c>
       <c r="C240" s="2">
-        <v>1.1176</v>
+        <v>1.1222</v>
       </c>
       <c r="D240" s="2">
-        <v>1.1154</v>
+        <v>1.12</v>
       </c>
       <c r="E240" s="2">
-        <v>1.1165</v>
+        <v>1.1211</v>
       </c>
       <c r="F240" s="0"/>
     </row>
     <row r="241" spans="1:6">
       <c r="B241" s="3">
-        <v>45610</v>
+        <v>45660</v>
       </c>
       <c r="C241" s="2">
-        <v>1.117</v>
+        <v>1.1206</v>
       </c>
       <c r="D241" s="2">
-        <v>1.1148</v>
+        <v>1.1184</v>
       </c>
       <c r="E241" s="2">
-        <v>1.1159</v>
+        <v>1.1195</v>
       </c>
       <c r="F241" s="0"/>
     </row>
     <row r="242" spans="1:6">
       <c r="B242" s="3">
-        <v>45609</v>
+        <v>45659</v>
       </c>
       <c r="C242" s="2">
-        <v>1.1134</v>
+        <v>1.1194</v>
       </c>
       <c r="D242" s="2">
-        <v>1.1112</v>
+        <v>1.1172</v>
       </c>
       <c r="E242" s="2">
-        <v>1.1123</v>
+        <v>1.1183</v>
       </c>
       <c r="F242" s="0"/>
     </row>
     <row r="243" spans="1:6">
       <c r="B243" s="3">
-        <v>45608</v>
+        <v>45657</v>
       </c>
       <c r="C243" s="2">
-        <v>1.1195</v>
+        <v>1.1167</v>
       </c>
       <c r="D243" s="2">
-        <v>1.1173</v>
+        <v>1.1145</v>
       </c>
       <c r="E243" s="2">
-        <v>1.1184</v>
+        <v>1.1156</v>
       </c>
       <c r="F243" s="0"/>
     </row>
     <row r="244" spans="1:6">
       <c r="B244" s="3">
-        <v>45607</v>
+        <v>45656</v>
       </c>
       <c r="C244" s="2">
-        <v>1.1191</v>
+        <v>1.122</v>
       </c>
       <c r="D244" s="2">
-        <v>1.1169</v>
+        <v>1.1198</v>
       </c>
       <c r="E244" s="2">
-        <v>1.118</v>
+        <v>1.1209</v>
       </c>
       <c r="F244" s="0"/>
     </row>
     <row r="245" spans="1:6">
       <c r="B245" s="3">
-        <v>45604</v>
+        <v>45653</v>
       </c>
       <c r="C245" s="2">
-        <v>1.1181</v>
+        <v>1.1262</v>
       </c>
       <c r="D245" s="2">
-        <v>1.1159</v>
+        <v>1.124</v>
       </c>
       <c r="E245" s="2">
-        <v>1.117</v>
+        <v>1.1251</v>
       </c>
       <c r="F245" s="0"/>
     </row>
     <row r="246" spans="1:6">
       <c r="B246" s="3">
-        <v>45603</v>
+        <v>45650</v>
       </c>
       <c r="C246" s="2">
-        <v>1.1144</v>
+        <v>1.1205</v>
       </c>
       <c r="D246" s="2">
-        <v>1.1122</v>
+        <v>1.1183</v>
       </c>
       <c r="E246" s="2">
-        <v>1.1133</v>
+        <v>1.1194</v>
       </c>
       <c r="F246" s="0"/>
     </row>
     <row r="247" spans="1:6">
       <c r="B247" s="3">
-        <v>45602</v>
+        <v>45649</v>
       </c>
       <c r="C247" s="2">
-        <v>1.1133</v>
+        <v>1.1185</v>
       </c>
       <c r="D247" s="2">
-        <v>1.1111</v>
+        <v>1.1163</v>
       </c>
       <c r="E247" s="2">
-        <v>1.1122</v>
+        <v>1.1174</v>
       </c>
       <c r="F247" s="0"/>
     </row>
     <row r="248" spans="1:6">
       <c r="B248" s="3">
-        <v>45601</v>
+        <v>45646</v>
       </c>
       <c r="C248" s="2">
-        <v>1.1031</v>
+        <v>1.1088</v>
       </c>
       <c r="D248" s="2">
-        <v>1.1009</v>
+        <v>1.1066</v>
       </c>
       <c r="E248" s="2">
-        <v>1.102</v>
+        <v>1.1077</v>
       </c>
       <c r="F248" s="0"/>
     </row>
     <row r="249" spans="1:6">
       <c r="B249" s="3">
-        <v>45600</v>
+        <v>45645</v>
       </c>
       <c r="C249" s="2">
-        <v>1.1039</v>
+        <v>1.1164</v>
       </c>
       <c r="D249" s="2">
-        <v>1.1017</v>
+        <v>1.1142</v>
       </c>
       <c r="E249" s="2">
-        <v>1.1028</v>
+        <v>1.1153</v>
       </c>
       <c r="F249" s="0"/>
     </row>
     <row r="250" spans="1:6">
       <c r="B250" s="3">
-        <v>45597</v>
+        <v>45644</v>
       </c>
       <c r="C250" s="2">
-        <v>1.1014</v>
+        <v>1.1296</v>
       </c>
       <c r="D250" s="2">
-        <v>1.0992</v>
+        <v>1.1274</v>
       </c>
       <c r="E250" s="2">
-        <v>1.1003</v>
+        <v>1.1285</v>
       </c>
       <c r="F250" s="0"/>
     </row>
     <row r="251" spans="1:6">
       <c r="B251" s="3">
-        <v>45596</v>
+        <v>45643</v>
       </c>
       <c r="C251" s="2">
-        <v>1.1077</v>
+        <v>1.129</v>
       </c>
       <c r="D251" s="2">
-        <v>1.1055</v>
+        <v>1.1268</v>
       </c>
       <c r="E251" s="2">
-        <v>1.1066</v>
+        <v>1.1279</v>
       </c>
       <c r="F251" s="0"/>
     </row>
     <row r="252" spans="1:6">
       <c r="B252" s="3">
-        <v>45595</v>
+        <v>45642</v>
       </c>
       <c r="C252" s="2">
-        <v>1.1119</v>
+        <v>1.1262</v>
       </c>
       <c r="D252" s="2">
-        <v>1.1097</v>
+        <v>1.124</v>
       </c>
       <c r="E252" s="2">
-        <v>1.1108</v>
+        <v>1.1251</v>
       </c>
       <c r="F252" s="0"/>
     </row>
     <row r="253" spans="1:6">
       <c r="B253" s="3">
-        <v>45594</v>
+        <v>45639</v>
       </c>
       <c r="C253" s="2">
-        <v>1.1147</v>
+        <v>1.1296</v>
       </c>
       <c r="D253" s="2">
-        <v>1.1125</v>
+        <v>1.1274</v>
       </c>
       <c r="E253" s="2">
-        <v>1.1136</v>
+        <v>1.1285</v>
       </c>
       <c r="F253" s="0"/>
     </row>
     <row r="254" spans="1:6">
       <c r="B254" s="3">
-        <v>45593</v>
+        <v>45638</v>
       </c>
       <c r="C254" s="2">
-        <v>1.1129</v>
+        <v>1.1318</v>
       </c>
       <c r="D254" s="2">
-        <v>1.1107</v>
+        <v>1.1296</v>
       </c>
       <c r="E254" s="2">
-        <v>1.1118</v>
+        <v>1.1307</v>
       </c>
       <c r="F254" s="0"/>
     </row>
     <row r="255" spans="1:6">
       <c r="B255" s="3">
-        <v>45590</v>
+        <v>45637</v>
       </c>
       <c r="C255" s="2">
-        <v>1.111</v>
+        <v>1.133</v>
       </c>
       <c r="D255" s="2">
-        <v>1.1088</v>
+        <v>1.1308</v>
       </c>
       <c r="E255" s="2">
-        <v>1.1099</v>
+        <v>1.1319</v>
       </c>
       <c r="F255" s="0"/>
     </row>
     <row r="256" spans="1:6">
       <c r="B256" s="3">
-        <v>45589</v>
+        <v>45636</v>
       </c>
       <c r="C256" s="2">
-        <v>1.1103</v>
+        <v>1.136</v>
       </c>
       <c r="D256" s="2">
-        <v>1.1081</v>
+        <v>1.1338</v>
       </c>
       <c r="E256" s="2">
-        <v>1.1092</v>
+        <v>1.1349</v>
       </c>
       <c r="F256" s="0"/>
     </row>
     <row r="257" spans="1:6">
       <c r="B257" s="3">
-        <v>45588</v>
+        <v>45635</v>
       </c>
       <c r="C257" s="2">
-        <v>1.1112</v>
+        <v>1.1371</v>
       </c>
       <c r="D257" s="2">
-        <v>1.109</v>
+        <v>1.1349</v>
       </c>
       <c r="E257" s="2">
-        <v>1.1101</v>
+        <v>1.136</v>
       </c>
       <c r="F257" s="0"/>
     </row>
     <row r="258" spans="1:6">
       <c r="B258" s="3">
-        <v>45587</v>
+        <v>45632</v>
       </c>
       <c r="C258" s="2">
-        <v>1.1104</v>
+        <v>1.1351</v>
       </c>
       <c r="D258" s="2">
-        <v>1.1082</v>
+        <v>1.1329</v>
       </c>
       <c r="E258" s="2">
-        <v>1.1093</v>
+        <v>1.134</v>
       </c>
       <c r="F258" s="0"/>
     </row>
     <row r="259" spans="1:6">
       <c r="B259" s="3">
-        <v>45586</v>
+        <v>45631</v>
       </c>
       <c r="C259" s="2">
-        <v>1.1209</v>
+        <v>1.138</v>
       </c>
       <c r="D259" s="2">
-        <v>1.1187</v>
+        <v>1.1358</v>
       </c>
       <c r="E259" s="2">
-        <v>1.1198</v>
+        <v>1.1369</v>
       </c>
       <c r="F259" s="0"/>
     </row>
     <row r="260" spans="1:6">
       <c r="B260" s="3">
-        <v>45583</v>
+        <v>45630</v>
       </c>
       <c r="C260" s="2">
-        <v>1.1157</v>
+        <v>1.1358</v>
       </c>
       <c r="D260" s="2">
-        <v>1.1135</v>
+        <v>1.1336</v>
       </c>
       <c r="E260" s="2">
-        <v>1.1146</v>
+        <v>1.1347</v>
       </c>
       <c r="F260" s="0"/>
     </row>
     <row r="261" spans="1:6">
       <c r="B261" s="3">
-        <v>45582</v>
+        <v>45629</v>
       </c>
       <c r="C261" s="2">
-        <v>1.1191</v>
+        <v>1.1363</v>
       </c>
       <c r="D261" s="2">
-        <v>1.1169</v>
+        <v>1.1341</v>
       </c>
       <c r="E261" s="2">
-        <v>1.118</v>
+        <v>1.1352</v>
       </c>
       <c r="F261" s="0"/>
     </row>
     <row r="262" spans="1:6">
       <c r="B262" s="3">
-        <v>45581</v>
+        <v>45628</v>
       </c>
       <c r="C262" s="2">
-        <v>1.1156</v>
+        <v>1.1311</v>
       </c>
       <c r="D262" s="2">
-        <v>1.1134</v>
+        <v>1.1289</v>
       </c>
       <c r="E262" s="2">
-        <v>1.1145</v>
+        <v>1.13</v>
       </c>
       <c r="F262" s="0"/>
     </row>
     <row r="263" spans="1:6">
       <c r="B263" s="3">
-        <v>45580</v>
+        <v>45625</v>
       </c>
       <c r="C263" s="2">
-        <v>1.1188</v>
+        <v>1.1303</v>
       </c>
       <c r="D263" s="2">
-        <v>1.1166</v>
+        <v>1.1281</v>
       </c>
       <c r="E263" s="2">
-        <v>1.1177</v>
+        <v>1.1292</v>
       </c>
       <c r="F263" s="0"/>
     </row>
     <row r="264" spans="1:6">
       <c r="B264" s="3">
-        <v>45579</v>
+        <v>45624</v>
       </c>
       <c r="C264" s="2">
-        <v>1.1125</v>
+        <v>1.1309</v>
       </c>
       <c r="D264" s="2">
-        <v>1.1103</v>
+        <v>1.1287</v>
       </c>
       <c r="E264" s="2">
-        <v>1.1114</v>
+        <v>1.1298</v>
       </c>
       <c r="F264" s="0"/>
     </row>
     <row r="265" spans="1:6">
       <c r="B265" s="3">
-        <v>45576</v>
+        <v>45623</v>
       </c>
       <c r="C265" s="2">
-        <v>1.1082</v>
+        <v>1.1282</v>
       </c>
       <c r="D265" s="2">
-        <v>1.106</v>
+        <v>1.126</v>
       </c>
       <c r="E265" s="2">
-        <v>1.1071</v>
+        <v>1.1271</v>
       </c>
       <c r="F265" s="0"/>
     </row>
     <row r="266" spans="1:6">
       <c r="B266" s="3">
-        <v>45575</v>
+        <v>45622</v>
       </c>
       <c r="C266" s="2">
-        <v>1.1099</v>
+        <v>1.1251</v>
       </c>
       <c r="D266" s="2">
-        <v>1.1077</v>
+        <v>1.1229</v>
       </c>
       <c r="E266" s="2">
-        <v>1.1088</v>
+        <v>1.124</v>
       </c>
       <c r="F266" s="0"/>
     </row>
     <row r="267" spans="1:6">
       <c r="B267" s="3">
-        <v>45574</v>
+        <v>45621</v>
       </c>
       <c r="C267" s="2">
-        <v>1.1058</v>
+        <v>1.1278</v>
       </c>
       <c r="D267" s="2">
-        <v>1.1036</v>
+        <v>1.1256</v>
       </c>
       <c r="E267" s="2">
-        <v>1.1047</v>
+        <v>1.1267</v>
       </c>
       <c r="F267" s="0"/>
     </row>
     <row r="268" spans="1:6">
       <c r="B268" s="3">
-        <v>45573</v>
+        <v>45618</v>
       </c>
       <c r="C268" s="2">
-        <v>1.1051</v>
+        <v>1.1233</v>
       </c>
       <c r="D268" s="2">
-        <v>1.1029</v>
+        <v>1.1211</v>
       </c>
       <c r="E268" s="2">
-        <v>1.104</v>
+        <v>1.1222</v>
       </c>
       <c r="F268" s="0"/>
     </row>
     <row r="269" spans="1:6">
       <c r="B269" s="3">
-        <v>45569</v>
+        <v>45617</v>
       </c>
       <c r="C269" s="2">
-        <v>1.102</v>
+        <v>1.1163</v>
       </c>
       <c r="D269" s="2">
-        <v>1.0998</v>
+        <v>1.1141</v>
       </c>
       <c r="E269" s="2">
-        <v>1.1009</v>
+        <v>1.1152</v>
       </c>
       <c r="F269" s="0"/>
     </row>
     <row r="270" spans="1:6">
       <c r="B270" s="3">
-        <v>45568</v>
+        <v>45616</v>
       </c>
       <c r="C270" s="2">
-        <v>1.1039</v>
+        <v>1.1179</v>
       </c>
       <c r="D270" s="2">
-        <v>1.1017</v>
+        <v>1.1157</v>
       </c>
       <c r="E270" s="2">
-        <v>1.1028</v>
+        <v>1.1168</v>
       </c>
       <c r="F270" s="0"/>
     </row>
     <row r="271" spans="1:6">
       <c r="B271" s="3">
-        <v>45567</v>
+        <v>45615</v>
       </c>
       <c r="C271" s="2">
-        <v>1.1039</v>
+        <v>1.1216</v>
       </c>
       <c r="D271" s="2">
-        <v>1.1017</v>
+        <v>1.1194</v>
       </c>
       <c r="E271" s="2">
-        <v>1.1028</v>
+        <v>1.1205</v>
       </c>
       <c r="F271" s="0"/>
     </row>
     <row r="272" spans="1:6">
       <c r="B272" s="3">
-        <v>45566</v>
+        <v>45614</v>
       </c>
       <c r="C272" s="2">
-        <v>1.1048</v>
+        <v>1.118</v>
       </c>
       <c r="D272" s="2">
-        <v>1.1026</v>
+        <v>1.1158</v>
       </c>
       <c r="E272" s="2">
-        <v>1.1037</v>
+        <v>1.1169</v>
       </c>
       <c r="F272" s="0"/>
     </row>
     <row r="273" spans="1:6">
       <c r="B273" s="3">
-        <v>45565</v>
+        <v>45611</v>
       </c>
       <c r="C273" s="2">
-        <v>1.1087</v>
+        <v>1.1176</v>
       </c>
       <c r="D273" s="2">
-        <v>1.1065</v>
+        <v>1.1154</v>
       </c>
       <c r="E273" s="2">
-        <v>1.1076</v>
+        <v>1.1165</v>
       </c>
       <c r="F273" s="0"/>
     </row>
     <row r="274" spans="1:6">
       <c r="B274" s="3">
-        <v>45562</v>
+        <v>45610</v>
       </c>
       <c r="C274" s="2">
-        <v>1.1082</v>
+        <v>1.117</v>
       </c>
       <c r="D274" s="2">
-        <v>1.106</v>
+        <v>1.1148</v>
       </c>
       <c r="E274" s="2">
-        <v>1.1071</v>
+        <v>1.1159</v>
       </c>
       <c r="F274" s="0"/>
     </row>
     <row r="275" spans="1:6">
       <c r="B275" s="3">
-        <v>45561</v>
+        <v>45609</v>
       </c>
       <c r="C275" s="2">
-        <v>1.107</v>
+        <v>1.1134</v>
       </c>
       <c r="D275" s="2">
-        <v>1.1048</v>
+        <v>1.1112</v>
       </c>
       <c r="E275" s="2">
-        <v>1.1059</v>
+        <v>1.1123</v>
       </c>
       <c r="F275" s="0"/>
     </row>
     <row r="276" spans="1:6">
       <c r="B276" s="3">
-        <v>45560</v>
+        <v>45608</v>
       </c>
       <c r="C276" s="2">
-        <v>1.099</v>
+        <v>1.1195</v>
       </c>
       <c r="D276" s="2">
-        <v>1.0968</v>
+        <v>1.1173</v>
       </c>
       <c r="E276" s="2">
-        <v>1.0979</v>
+        <v>1.1184</v>
       </c>
       <c r="F276" s="0"/>
     </row>
     <row r="277" spans="1:6">
       <c r="B277" s="3">
-        <v>45559</v>
+        <v>45607</v>
       </c>
       <c r="C277" s="2">
-        <v>1.1006</v>
+        <v>1.1191</v>
       </c>
       <c r="D277" s="2">
-        <v>1.0984</v>
+        <v>1.1169</v>
       </c>
       <c r="E277" s="2">
-        <v>1.0995</v>
+        <v>1.118</v>
       </c>
       <c r="F277" s="0"/>
     </row>
     <row r="278" spans="1:6">
       <c r="B278" s="3">
-        <v>45558</v>
+        <v>45604</v>
       </c>
       <c r="C278" s="2">
-        <v>1.1006</v>
+        <v>1.1181</v>
       </c>
       <c r="D278" s="2">
-        <v>1.0984</v>
+        <v>1.1159</v>
       </c>
       <c r="E278" s="2">
-        <v>1.0995</v>
+        <v>1.117</v>
       </c>
       <c r="F278" s="0"/>
     </row>
     <row r="279" spans="1:6">
       <c r="B279" s="3">
-        <v>45555</v>
+        <v>45603</v>
       </c>
       <c r="C279" s="2">
-        <v>1.103</v>
+        <v>1.1144</v>
       </c>
       <c r="D279" s="2">
-        <v>1.1008</v>
+        <v>1.1122</v>
       </c>
       <c r="E279" s="2">
-        <v>1.1019</v>
+        <v>1.1133</v>
       </c>
       <c r="F279" s="0"/>
     </row>
     <row r="280" spans="1:6">
       <c r="B280" s="3">
-        <v>45554</v>
+        <v>45602</v>
       </c>
       <c r="C280" s="2">
-        <v>1.1012</v>
+        <v>1.1133</v>
       </c>
       <c r="D280" s="2">
-        <v>1.099</v>
+        <v>1.1111</v>
       </c>
       <c r="E280" s="2">
-        <v>1.1001</v>
+        <v>1.1122</v>
       </c>
       <c r="F280" s="0"/>
     </row>
     <row r="281" spans="1:6">
       <c r="B281" s="3">
-        <v>45553</v>
+        <v>45601</v>
       </c>
       <c r="C281" s="2">
-        <v>1.0977</v>
+        <v>1.1031</v>
       </c>
       <c r="D281" s="2">
-        <v>1.0955</v>
+        <v>1.1009</v>
       </c>
       <c r="E281" s="2">
-        <v>1.0966</v>
+        <v>1.102</v>
       </c>
       <c r="F281" s="0"/>
     </row>
     <row r="282" spans="1:6">
       <c r="B282" s="3">
-        <v>45552</v>
+        <v>45600</v>
       </c>
       <c r="C282" s="2">
-        <v>1.0979</v>
+        <v>1.1039</v>
       </c>
       <c r="D282" s="2">
-        <v>1.0957</v>
+        <v>1.1017</v>
       </c>
       <c r="E282" s="2">
-        <v>1.0968</v>
+        <v>1.1028</v>
       </c>
       <c r="F282" s="0"/>
     </row>
     <row r="283" spans="1:6">
       <c r="B283" s="3">
-        <v>45551</v>
+        <v>45597</v>
       </c>
       <c r="C283" s="2">
-        <v>1.0974</v>
+        <v>1.1014</v>
       </c>
       <c r="D283" s="2">
-        <v>1.0952</v>
+        <v>1.0992</v>
       </c>
       <c r="E283" s="2">
-        <v>1.0963</v>
+        <v>1.1003</v>
       </c>
       <c r="F283" s="0"/>
     </row>
     <row r="284" spans="1:6">
       <c r="B284" s="3">
-        <v>45548</v>
+        <v>45596</v>
       </c>
       <c r="C284" s="2">
-        <v>1.0935</v>
+        <v>1.1077</v>
       </c>
       <c r="D284" s="2">
-        <v>1.0913</v>
+        <v>1.1055</v>
       </c>
       <c r="E284" s="2">
-        <v>1.0924</v>
+        <v>1.1066</v>
       </c>
       <c r="F284" s="0"/>
     </row>
     <row r="285" spans="1:6">
       <c r="B285" s="3">
-        <v>45547</v>
+        <v>45595</v>
       </c>
       <c r="C285" s="2">
-        <v>1.0905</v>
+        <v>1.1119</v>
       </c>
       <c r="D285" s="2">
-        <v>1.0883</v>
+        <v>1.1097</v>
       </c>
       <c r="E285" s="2">
-        <v>1.0894</v>
+        <v>1.1108</v>
       </c>
       <c r="F285" s="0"/>
     </row>
     <row r="286" spans="1:6">
       <c r="B286" s="3">
-        <v>45546</v>
+        <v>45594</v>
       </c>
       <c r="C286" s="2">
-        <v>1.0817</v>
+        <v>1.1147</v>
       </c>
       <c r="D286" s="2">
-        <v>1.0795</v>
+        <v>1.1125</v>
       </c>
       <c r="E286" s="2">
-        <v>1.0806</v>
+        <v>1.1136</v>
       </c>
       <c r="F286" s="0"/>
     </row>
     <row r="287" spans="1:6">
       <c r="B287" s="3">
-        <v>45545</v>
+        <v>45593</v>
       </c>
       <c r="C287" s="2">
-        <v>1.0827</v>
+        <v>1.1129</v>
       </c>
       <c r="D287" s="2">
-        <v>1.0805</v>
+        <v>1.1107</v>
       </c>
       <c r="E287" s="2">
-        <v>1.0816</v>
+        <v>1.1118</v>
       </c>
       <c r="F287" s="0"/>
     </row>
     <row r="288" spans="1:6">
       <c r="B288" s="3">
-        <v>45544</v>
+        <v>45590</v>
       </c>
       <c r="C288" s="2">
-        <v>1.0804</v>
+        <v>1.111</v>
       </c>
       <c r="D288" s="2">
-        <v>1.0782</v>
+        <v>1.1088</v>
       </c>
       <c r="E288" s="2">
-        <v>1.0793</v>
+        <v>1.1099</v>
       </c>
       <c r="F288" s="0"/>
     </row>
     <row r="289" spans="1:6">
       <c r="B289" s="3">
-        <v>45541</v>
+        <v>45589</v>
       </c>
       <c r="C289" s="2">
-        <v>1.0835</v>
+        <v>1.1103</v>
       </c>
       <c r="D289" s="2">
-        <v>1.0813</v>
+        <v>1.1081</v>
       </c>
       <c r="E289" s="2">
-        <v>1.0824</v>
+        <v>1.1092</v>
       </c>
       <c r="F289" s="0"/>
     </row>
     <row r="290" spans="1:6">
       <c r="B290" s="3">
-        <v>45540</v>
+        <v>45588</v>
       </c>
       <c r="C290" s="2">
-        <v>1.0822</v>
+        <v>1.1112</v>
       </c>
       <c r="D290" s="2">
-        <v>1.08</v>
+        <v>1.109</v>
       </c>
       <c r="E290" s="2">
-        <v>1.0811</v>
+        <v>1.1101</v>
       </c>
       <c r="F290" s="0"/>
     </row>
     <row r="291" spans="1:6">
       <c r="B291" s="3">
-        <v>45539</v>
+        <v>45587</v>
       </c>
       <c r="C291" s="2">
-        <v>1.0807</v>
+        <v>1.1104</v>
       </c>
       <c r="D291" s="2">
-        <v>1.0785</v>
+        <v>1.1082</v>
       </c>
       <c r="E291" s="2">
-        <v>1.0796</v>
+        <v>1.1093</v>
       </c>
       <c r="F291" s="0"/>
     </row>
     <row r="292" spans="1:6">
       <c r="B292" s="3">
-        <v>45538</v>
+        <v>45586</v>
       </c>
       <c r="C292" s="2">
-        <v>1.0947</v>
+        <v>1.1209</v>
       </c>
       <c r="D292" s="2">
-        <v>1.0925</v>
+        <v>1.1187</v>
       </c>
       <c r="E292" s="2">
-        <v>1.0936</v>
+        <v>1.1198</v>
       </c>
       <c r="F292" s="0"/>
     </row>
     <row r="293" spans="1:6">
       <c r="B293" s="3">
-        <v>45537</v>
+        <v>45583</v>
       </c>
       <c r="C293" s="2">
-        <v>1.0937</v>
+        <v>1.1157</v>
       </c>
       <c r="D293" s="2">
-        <v>1.0915</v>
+        <v>1.1135</v>
       </c>
       <c r="E293" s="2">
-        <v>1.0926</v>
+        <v>1.1146</v>
       </c>
       <c r="F293" s="0"/>
     </row>
     <row r="294" spans="1:6">
       <c r="B294" s="3">
-        <v>45534</v>
+        <v>45582</v>
       </c>
       <c r="C294" s="2">
-        <v>1.0931</v>
+        <v>1.1191</v>
       </c>
       <c r="D294" s="2">
-        <v>1.0909</v>
+        <v>1.1169</v>
       </c>
       <c r="E294" s="2">
-        <v>1.092</v>
+        <v>1.118</v>
       </c>
       <c r="F294" s="0"/>
     </row>
     <row r="295" spans="1:6">
       <c r="B295" s="3">
-        <v>45533</v>
+        <v>45581</v>
       </c>
       <c r="C295" s="2">
-        <v>1.088</v>
+        <v>1.1156</v>
       </c>
       <c r="D295" s="2">
-        <v>1.0858</v>
+        <v>1.1134</v>
       </c>
       <c r="E295" s="2">
-        <v>1.0869</v>
+        <v>1.1145</v>
       </c>
       <c r="F295" s="0"/>
     </row>
     <row r="296" spans="1:6">
       <c r="B296" s="3">
-        <v>45532</v>
+        <v>45580</v>
       </c>
       <c r="C296" s="2">
-        <v>1.0907</v>
+        <v>1.1188</v>
       </c>
       <c r="D296" s="2">
-        <v>1.0885</v>
+        <v>1.1166</v>
       </c>
       <c r="E296" s="2">
-        <v>1.0896</v>
+        <v>1.1177</v>
       </c>
       <c r="F296" s="0"/>
     </row>
     <row r="297" spans="1:6">
       <c r="B297" s="3">
-        <v>45531</v>
+        <v>45579</v>
       </c>
       <c r="C297" s="2">
-        <v>1.091</v>
+        <v>1.1125</v>
       </c>
       <c r="D297" s="2">
-        <v>1.0888</v>
+        <v>1.1103</v>
       </c>
       <c r="E297" s="2">
-        <v>1.0899</v>
+        <v>1.1114</v>
       </c>
       <c r="F297" s="0"/>
     </row>
     <row r="298" spans="1:6">
       <c r="B298" s="3">
-        <v>45530</v>
+        <v>45576</v>
       </c>
       <c r="C298" s="2">
-        <v>1.0923</v>
+        <v>1.1082</v>
       </c>
       <c r="D298" s="2">
-        <v>1.0901</v>
+        <v>1.106</v>
       </c>
       <c r="E298" s="2">
-        <v>1.0912</v>
+        <v>1.1071</v>
       </c>
       <c r="F298" s="0"/>
     </row>
     <row r="299" spans="1:6">
       <c r="B299" s="3">
-        <v>45527</v>
+        <v>45575</v>
       </c>
       <c r="C299" s="2">
-        <v>1.0883</v>
+        <v>1.1099</v>
       </c>
       <c r="D299" s="2">
-        <v>1.0861</v>
+        <v>1.1077</v>
       </c>
       <c r="E299" s="2">
-        <v>1.0872</v>
+        <v>1.1088</v>
       </c>
       <c r="F299" s="0"/>
     </row>
     <row r="300" spans="1:6">
       <c r="B300" s="3">
-        <v>45526</v>
+        <v>45574</v>
       </c>
       <c r="C300" s="2">
-        <v>1.088</v>
+        <v>1.1058</v>
       </c>
       <c r="D300" s="2">
-        <v>1.0858</v>
+        <v>1.1036</v>
       </c>
       <c r="E300" s="2">
-        <v>1.0869</v>
+        <v>1.1047</v>
       </c>
       <c r="F300" s="0"/>
     </row>
     <row r="301" spans="1:6">
       <c r="B301" s="3">
-        <v>45525</v>
+        <v>45573</v>
       </c>
       <c r="C301" s="2">
-        <v>1.0857</v>
+        <v>1.1051</v>
       </c>
       <c r="D301" s="2">
-        <v>1.0835</v>
+        <v>1.1029</v>
       </c>
       <c r="E301" s="2">
-        <v>1.0846</v>
+        <v>1.104</v>
       </c>
       <c r="F301" s="0"/>
     </row>
     <row r="302" spans="1:6">
       <c r="B302" s="3">
-        <v>45524</v>
+        <v>45569</v>
       </c>
       <c r="C302" s="2">
-        <v>1.0867</v>
+        <v>1.102</v>
       </c>
       <c r="D302" s="2">
-        <v>1.0845</v>
+        <v>1.0998</v>
       </c>
       <c r="E302" s="2">
-        <v>1.0856</v>
+        <v>1.1009</v>
       </c>
       <c r="F302" s="0"/>
     </row>
     <row r="303" spans="1:6">
       <c r="B303" s="3">
-        <v>45523</v>
+        <v>45568</v>
       </c>
       <c r="C303" s="2">
-        <v>1.0848</v>
+        <v>1.1039</v>
       </c>
       <c r="D303" s="2">
-        <v>1.0826</v>
+        <v>1.1017</v>
       </c>
       <c r="E303" s="2">
-        <v>1.0837</v>
+        <v>1.1028</v>
       </c>
       <c r="F303" s="0"/>
     </row>
     <row r="304" spans="1:6">
       <c r="B304" s="3">
-        <v>45520</v>
+        <v>45567</v>
       </c>
       <c r="C304" s="2">
-        <v>1.0852</v>
+        <v>1.1039</v>
       </c>
       <c r="D304" s="2">
-        <v>1.083</v>
+        <v>1.1017</v>
       </c>
       <c r="E304" s="2">
-        <v>1.0841</v>
+        <v>1.1028</v>
       </c>
       <c r="F304" s="0"/>
     </row>
     <row r="305" spans="1:6">
       <c r="B305" s="3">
-        <v>45519</v>
+        <v>45566</v>
       </c>
       <c r="C305" s="2">
-        <v>1.0761</v>
+        <v>1.1048</v>
       </c>
       <c r="D305" s="2">
-        <v>1.0739</v>
+        <v>1.1026</v>
       </c>
       <c r="E305" s="2">
-        <v>1.075</v>
+        <v>1.1037</v>
       </c>
       <c r="F305" s="0"/>
     </row>
     <row r="306" spans="1:6">
       <c r="B306" s="3">
-        <v>45518</v>
+        <v>45565</v>
       </c>
       <c r="C306" s="2">
-        <v>1.0739</v>
+        <v>1.1087</v>
       </c>
       <c r="D306" s="2">
-        <v>1.0717</v>
+        <v>1.1065</v>
       </c>
       <c r="E306" s="2">
-        <v>1.0728</v>
+        <v>1.1076</v>
       </c>
       <c r="F306" s="0"/>
     </row>
     <row r="307" spans="1:6">
       <c r="B307" s="3">
-        <v>45517</v>
+        <v>45562</v>
       </c>
       <c r="C307" s="2">
-        <v>1.0702</v>
+        <v>1.1082</v>
       </c>
       <c r="D307" s="2">
-        <v>1.068</v>
+        <v>1.106</v>
       </c>
       <c r="E307" s="2">
-        <v>1.0691</v>
+        <v>1.1071</v>
       </c>
       <c r="F307" s="0"/>
     </row>
     <row r="308" spans="1:6">
       <c r="B308" s="3">
-        <v>45516</v>
+        <v>45561</v>
       </c>
       <c r="C308" s="2">
-        <v>1.0698</v>
+        <v>1.107</v>
       </c>
       <c r="D308" s="2">
-        <v>1.0676</v>
+        <v>1.1048</v>
       </c>
       <c r="E308" s="2">
-        <v>1.0687</v>
+        <v>1.1059</v>
       </c>
       <c r="F308" s="0"/>
     </row>
     <row r="309" spans="1:6">
       <c r="B309" s="3">
-        <v>45513</v>
+        <v>45560</v>
       </c>
       <c r="C309" s="2">
-        <v>1.0659</v>
+        <v>1.099</v>
       </c>
       <c r="D309" s="2">
-        <v>1.0637</v>
+        <v>1.0968</v>
       </c>
       <c r="E309" s="2">
-        <v>1.0648</v>
+        <v>1.0979</v>
       </c>
       <c r="F309" s="0"/>
     </row>
     <row r="310" spans="1:6">
       <c r="B310" s="3">
-        <v>45512</v>
+        <v>45559</v>
       </c>
       <c r="C310" s="2">
-        <v>1.0572</v>
+        <v>1.1006</v>
       </c>
       <c r="D310" s="2">
-        <v>1.055</v>
+        <v>1.0984</v>
       </c>
       <c r="E310" s="2">
-        <v>1.0561</v>
+        <v>1.0995</v>
       </c>
       <c r="F310" s="0"/>
     </row>
     <row r="311" spans="1:6">
       <c r="B311" s="3">
-        <v>45511</v>
+        <v>45558</v>
       </c>
       <c r="C311" s="2">
-        <v>1.0635</v>
+        <v>1.1006</v>
       </c>
       <c r="D311" s="2">
-        <v>1.0613</v>
+        <v>1.0984</v>
       </c>
       <c r="E311" s="2">
-        <v>1.0624</v>
+        <v>1.0995</v>
       </c>
       <c r="F311" s="0"/>
     </row>
     <row r="312" spans="1:6">
       <c r="B312" s="3">
-        <v>45510</v>
+        <v>45555</v>
       </c>
       <c r="C312" s="2">
-        <v>1.0589</v>
+        <v>1.103</v>
       </c>
       <c r="D312" s="2">
-        <v>1.0567</v>
+        <v>1.1008</v>
       </c>
       <c r="E312" s="2">
-        <v>1.0578</v>
+        <v>1.1019</v>
       </c>
       <c r="F312" s="0"/>
     </row>
     <row r="313" spans="1:6">
       <c r="B313" s="3">
-        <v>45509</v>
+        <v>45554</v>
       </c>
       <c r="C313" s="2">
-        <v>1.0559</v>
+        <v>1.1012</v>
       </c>
       <c r="D313" s="2">
-        <v>1.0537</v>
+        <v>1.099</v>
       </c>
       <c r="E313" s="2">
-        <v>1.0548</v>
+        <v>1.1001</v>
       </c>
       <c r="F313" s="0"/>
     </row>
     <row r="314" spans="1:6">
       <c r="B314" s="3">
-        <v>45506</v>
+        <v>45553</v>
       </c>
       <c r="C314" s="2">
-        <v>1.0799</v>
+        <v>1.0977</v>
       </c>
       <c r="D314" s="2">
-        <v>1.0777</v>
+        <v>1.0955</v>
       </c>
       <c r="E314" s="2">
-        <v>1.0788</v>
+        <v>1.0966</v>
       </c>
       <c r="F314" s="0"/>
     </row>
     <row r="315" spans="1:6">
       <c r="B315" s="3">
-        <v>45505</v>
+        <v>45552</v>
       </c>
       <c r="C315" s="2">
-        <v>1.0964</v>
+        <v>1.0979</v>
       </c>
       <c r="D315" s="2">
-        <v>1.0942</v>
+        <v>1.0957</v>
       </c>
       <c r="E315" s="2">
-        <v>1.0953</v>
+        <v>1.0968</v>
       </c>
       <c r="F315" s="0"/>
     </row>
     <row r="316" spans="1:6">
       <c r="B316" s="3">
-        <v>45504</v>
+        <v>45551</v>
       </c>
       <c r="C316" s="2">
-        <v>1.0945</v>
+        <v>1.0974</v>
       </c>
       <c r="D316" s="2">
-        <v>1.0923</v>
+        <v>1.0952</v>
       </c>
       <c r="E316" s="2">
-        <v>1.0934</v>
+        <v>1.0963</v>
       </c>
       <c r="F316" s="0"/>
     </row>
     <row r="317" spans="1:6">
       <c r="B317" s="3">
-        <v>45503</v>
+        <v>45548</v>
       </c>
       <c r="C317" s="2">
-        <v>1.0838</v>
+        <v>1.0935</v>
       </c>
       <c r="D317" s="2">
-        <v>1.0816</v>
+        <v>1.0913</v>
       </c>
       <c r="E317" s="2">
-        <v>1.0827</v>
+        <v>1.0924</v>
       </c>
       <c r="F317" s="0"/>
     </row>
     <row r="318" spans="1:6">
       <c r="B318" s="3">
-        <v>45502</v>
+        <v>45547</v>
       </c>
       <c r="C318" s="2">
-        <v>1.0871</v>
+        <v>1.0905</v>
       </c>
       <c r="D318" s="2">
-        <v>1.0849</v>
+        <v>1.0883</v>
       </c>
       <c r="E318" s="2">
-        <v>1.086</v>
+        <v>1.0894</v>
       </c>
       <c r="F318" s="0"/>
     </row>
     <row r="319" spans="1:6">
       <c r="B319" s="3">
-        <v>45499</v>
+        <v>45546</v>
       </c>
       <c r="C319" s="2">
-        <v>1.0796</v>
+        <v>1.0817</v>
       </c>
       <c r="D319" s="2">
-        <v>1.0774</v>
+        <v>1.0795</v>
       </c>
       <c r="E319" s="2">
-        <v>1.0785</v>
+        <v>1.0806</v>
       </c>
       <c r="F319" s="0"/>
     </row>
     <row r="320" spans="1:6">
       <c r="B320" s="3">
-        <v>45498</v>
+        <v>45545</v>
       </c>
       <c r="C320" s="2">
-        <v>1.0766</v>
+        <v>1.0827</v>
       </c>
       <c r="D320" s="2">
-        <v>1.0744</v>
+        <v>1.0805</v>
       </c>
       <c r="E320" s="2">
-        <v>1.0755</v>
+        <v>1.0816</v>
       </c>
       <c r="F320" s="0"/>
     </row>
     <row r="321" spans="1:6">
       <c r="B321" s="3">
-        <v>45497</v>
+        <v>45544</v>
       </c>
       <c r="C321" s="2">
-        <v>1.0845</v>
+        <v>1.0804</v>
       </c>
       <c r="D321" s="2">
-        <v>1.0823</v>
+        <v>1.0782</v>
       </c>
       <c r="E321" s="2">
-        <v>1.0834</v>
+        <v>1.0793</v>
       </c>
       <c r="F321" s="0"/>
     </row>
     <row r="322" spans="1:6">
       <c r="B322" s="3">
-        <v>45496</v>
+        <v>45541</v>
       </c>
       <c r="C322" s="2">
-        <v>1.0851</v>
+        <v>1.0835</v>
       </c>
       <c r="D322" s="2">
-        <v>1.0829</v>
+        <v>1.0813</v>
       </c>
       <c r="E322" s="2">
-        <v>1.084</v>
+        <v>1.0824</v>
       </c>
       <c r="F322" s="0"/>
     </row>
     <row r="323" spans="1:6">
       <c r="B323" s="3">
-        <v>45495</v>
+        <v>45540</v>
       </c>
       <c r="C323" s="2">
-        <v>1.0792</v>
+        <v>1.0822</v>
       </c>
       <c r="D323" s="2">
-        <v>1.077</v>
+        <v>1.08</v>
       </c>
       <c r="E323" s="2">
-        <v>1.0781</v>
+        <v>1.0811</v>
       </c>
       <c r="F323" s="0"/>
     </row>
     <row r="324" spans="1:6">
       <c r="B324" s="3">
-        <v>45492</v>
+        <v>45539</v>
       </c>
       <c r="C324" s="2">
-        <v>1.0813</v>
+        <v>1.0807</v>
       </c>
       <c r="D324" s="2">
-        <v>1.0791</v>
+        <v>1.0785</v>
       </c>
       <c r="E324" s="2">
-        <v>1.0802</v>
+        <v>1.0796</v>
       </c>
       <c r="F324" s="0"/>
     </row>
     <row r="325" spans="1:6">
       <c r="B325" s="3">
-        <v>45491</v>
+        <v>45538</v>
       </c>
       <c r="C325" s="2">
-        <v>1.087</v>
+        <v>1.0947</v>
       </c>
       <c r="D325" s="2">
-        <v>1.0848</v>
+        <v>1.0925</v>
       </c>
       <c r="E325" s="2">
-        <v>1.0859</v>
+        <v>1.0936</v>
       </c>
       <c r="F325" s="0"/>
     </row>
     <row r="326" spans="1:6">
       <c r="B326" s="3">
-        <v>45490</v>
+        <v>45537</v>
       </c>
       <c r="C326" s="2">
-        <v>1.0899</v>
+        <v>1.0937</v>
       </c>
       <c r="D326" s="2">
-        <v>1.0877</v>
+        <v>1.0915</v>
       </c>
       <c r="E326" s="2">
-        <v>1.0888</v>
+        <v>1.0926</v>
       </c>
       <c r="F326" s="0"/>
     </row>
     <row r="327" spans="1:6">
       <c r="B327" s="3">
-        <v>45489</v>
+        <v>45534</v>
       </c>
       <c r="C327" s="2">
-        <v>1.0847</v>
+        <v>1.0931</v>
       </c>
       <c r="D327" s="2">
-        <v>1.0825</v>
+        <v>1.0909</v>
       </c>
       <c r="E327" s="2">
-        <v>1.0836</v>
+        <v>1.092</v>
       </c>
       <c r="F327" s="0"/>
     </row>
     <row r="328" spans="1:6">
       <c r="B328" s="3">
-        <v>45488</v>
+        <v>45533</v>
       </c>
       <c r="C328" s="2">
-        <v>1.0838</v>
+        <v>1.088</v>
       </c>
       <c r="D328" s="2">
-        <v>1.0816</v>
+        <v>1.0858</v>
       </c>
       <c r="E328" s="2">
-        <v>1.0827</v>
+        <v>1.0869</v>
       </c>
       <c r="F328" s="0"/>
     </row>
     <row r="329" spans="1:6">
       <c r="B329" s="3">
-        <v>45485</v>
+        <v>45532</v>
       </c>
       <c r="C329" s="2">
-        <v>1.08</v>
+        <v>1.0907</v>
       </c>
       <c r="D329" s="2">
-        <v>1.0778</v>
+        <v>1.0885</v>
       </c>
       <c r="E329" s="2">
-        <v>1.0789</v>
+        <v>1.0896</v>
       </c>
       <c r="F329" s="0"/>
     </row>
     <row r="330" spans="1:6">
       <c r="B330" s="3">
-        <v>45484</v>
+        <v>45531</v>
       </c>
       <c r="C330" s="2">
-        <v>1.0747</v>
+        <v>1.091</v>
       </c>
       <c r="D330" s="2">
-        <v>1.0725</v>
+        <v>1.0888</v>
       </c>
       <c r="E330" s="2">
-        <v>1.0736</v>
+        <v>1.0899</v>
       </c>
       <c r="F330" s="0"/>
     </row>
     <row r="331" spans="1:6">
       <c r="B331" s="3">
-        <v>45483</v>
+        <v>45530</v>
       </c>
       <c r="C331" s="2">
-        <v>1.0681</v>
+        <v>1.0923</v>
       </c>
       <c r="D331" s="2">
-        <v>1.0659</v>
+        <v>1.0901</v>
       </c>
       <c r="E331" s="2">
-        <v>1.067</v>
+        <v>1.0912</v>
       </c>
       <c r="F331" s="0"/>
     </row>
     <row r="332" spans="1:6">
       <c r="B332" s="3">
-        <v>45482</v>
+        <v>45527</v>
       </c>
       <c r="C332" s="2">
-        <v>1.0693</v>
+        <v>1.0883</v>
       </c>
       <c r="D332" s="2">
-        <v>1.0671</v>
+        <v>1.0861</v>
       </c>
       <c r="E332" s="2">
-        <v>1.0682</v>
+        <v>1.0872</v>
       </c>
       <c r="F332" s="0"/>
     </row>
     <row r="333" spans="1:6">
       <c r="B333" s="3">
-        <v>45481</v>
+        <v>45526</v>
       </c>
       <c r="C333" s="2">
-        <v>1.0649</v>
+        <v>1.088</v>
       </c>
       <c r="D333" s="2">
-        <v>1.0627</v>
+        <v>1.0858</v>
       </c>
       <c r="E333" s="2">
-        <v>1.0638</v>
+        <v>1.0869</v>
       </c>
       <c r="F333" s="0"/>
     </row>
     <row r="334" spans="1:6">
       <c r="B334" s="3">
-        <v>45478</v>
+        <v>45525</v>
       </c>
       <c r="C334" s="2">
-        <v>1.0684</v>
+        <v>1.0857</v>
       </c>
       <c r="D334" s="2">
-        <v>1.0662</v>
+        <v>1.0835</v>
       </c>
       <c r="E334" s="2">
-        <v>1.0673</v>
+        <v>1.0846</v>
       </c>
       <c r="F334" s="0"/>
     </row>
     <row r="335" spans="1:6">
       <c r="B335" s="3">
-        <v>45477</v>
+        <v>45524</v>
       </c>
       <c r="C335" s="2">
-        <v>1.0684</v>
+        <v>1.0867</v>
       </c>
       <c r="D335" s="2">
-        <v>1.0662</v>
+        <v>1.0845</v>
       </c>
       <c r="E335" s="2">
-        <v>1.0673</v>
+        <v>1.0856</v>
       </c>
       <c r="F335" s="0"/>
     </row>
     <row r="336" spans="1:6">
       <c r="B336" s="3">
-        <v>45476</v>
+        <v>45523</v>
       </c>
       <c r="C336" s="2">
-        <v>1.0637</v>
+        <v>1.0848</v>
       </c>
       <c r="D336" s="2">
-        <v>1.0615</v>
+        <v>1.0826</v>
       </c>
       <c r="E336" s="2">
-        <v>1.0626</v>
+        <v>1.0837</v>
       </c>
       <c r="F336" s="0"/>
     </row>
     <row r="337" spans="1:6">
       <c r="B337" s="3">
-        <v>45475</v>
+        <v>45520</v>
       </c>
       <c r="C337" s="2">
-        <v>1.0619</v>
+        <v>1.0852</v>
       </c>
       <c r="D337" s="2">
-        <v>1.0597</v>
+        <v>1.083</v>
       </c>
       <c r="E337" s="2">
-        <v>1.0608</v>
+        <v>1.0841</v>
       </c>
       <c r="F337" s="0"/>
     </row>
     <row r="338" spans="1:6">
       <c r="B338" s="3">
-        <v>45474</v>
+        <v>45519</v>
       </c>
       <c r="C338" s="2">
-        <v>1.0647</v>
+        <v>1.0761</v>
       </c>
       <c r="D338" s="2">
-        <v>1.0625</v>
+        <v>1.0739</v>
       </c>
       <c r="E338" s="2">
-        <v>1.0636</v>
+        <v>1.075</v>
       </c>
       <c r="F338" s="0"/>
     </row>
     <row r="339" spans="1:6">
       <c r="B339" s="3">
-        <v>45471</v>
+        <v>45518</v>
       </c>
       <c r="C339" s="2">
-        <v>1.0655</v>
+        <v>1.0739</v>
       </c>
       <c r="D339" s="2">
-        <v>1.0633</v>
+        <v>1.0717</v>
       </c>
       <c r="E339" s="2">
-        <v>1.0644</v>
+        <v>1.0728</v>
       </c>
       <c r="F339" s="0"/>
     </row>
     <row r="340" spans="1:6">
       <c r="B340" s="3">
-        <v>45470</v>
+        <v>45517</v>
       </c>
       <c r="C340" s="2">
-        <v>1.0611</v>
+        <v>1.0702</v>
       </c>
       <c r="D340" s="2">
-        <v>1.0589</v>
+        <v>1.068</v>
       </c>
       <c r="E340" s="2">
-        <v>1.06</v>
+        <v>1.0691</v>
       </c>
       <c r="F340" s="0"/>
     </row>
     <row r="341" spans="1:6">
       <c r="B341" s="3">
-        <v>45469</v>
+        <v>45516</v>
       </c>
       <c r="C341" s="2">
-        <v>1.0624</v>
+        <v>1.0698</v>
       </c>
       <c r="D341" s="2">
-        <v>1.0602</v>
+        <v>1.0676</v>
       </c>
       <c r="E341" s="2">
-        <v>1.0613</v>
+        <v>1.0687</v>
       </c>
       <c r="F341" s="0"/>
     </row>
     <row r="342" spans="1:6">
       <c r="B342" s="3">
-        <v>45468</v>
+        <v>45513</v>
       </c>
       <c r="C342" s="2">
-        <v>1.0668</v>
+        <v>1.0659</v>
       </c>
       <c r="D342" s="2">
-        <v>1.0646</v>
+        <v>1.0637</v>
       </c>
       <c r="E342" s="2">
-        <v>1.0657</v>
+        <v>1.0648</v>
       </c>
       <c r="F342" s="0"/>
     </row>
     <row r="343" spans="1:6">
       <c r="B343" s="3">
-        <v>45467</v>
+        <v>45512</v>
       </c>
       <c r="C343" s="2">
-        <v>1.0605</v>
+        <v>1.0572</v>
       </c>
       <c r="D343" s="2">
-        <v>1.0583</v>
+        <v>1.055</v>
       </c>
       <c r="E343" s="2">
-        <v>1.0594</v>
+        <v>1.0561</v>
       </c>
       <c r="F343" s="0"/>
     </row>
     <row r="344" spans="1:6">
       <c r="B344" s="3">
-        <v>45464</v>
+        <v>45511</v>
       </c>
       <c r="C344" s="2">
-        <v>1.0633</v>
+        <v>1.0635</v>
       </c>
       <c r="D344" s="2">
-        <v>1.0611</v>
+        <v>1.0613</v>
       </c>
       <c r="E344" s="2">
-        <v>1.0622</v>
+        <v>1.0624</v>
       </c>
       <c r="F344" s="0"/>
     </row>
     <row r="345" spans="1:6">
       <c r="B345" s="3">
-        <v>45463</v>
+        <v>45510</v>
       </c>
       <c r="C345" s="2">
-        <v>1.0631</v>
+        <v>1.0589</v>
       </c>
       <c r="D345" s="2">
-        <v>1.0609</v>
+        <v>1.0567</v>
       </c>
       <c r="E345" s="2">
-        <v>1.062</v>
+        <v>1.0578</v>
       </c>
       <c r="F345" s="0"/>
     </row>
     <row r="346" spans="1:6">
       <c r="B346" s="3">
-        <v>45462</v>
+        <v>45509</v>
       </c>
       <c r="C346" s="2">
-        <v>1.062</v>
+        <v>1.0559</v>
       </c>
       <c r="D346" s="2">
-        <v>1.0598</v>
+        <v>1.0537</v>
       </c>
       <c r="E346" s="2">
-        <v>1.0609</v>
+        <v>1.0548</v>
       </c>
       <c r="F346" s="0"/>
     </row>
     <row r="347" spans="1:6">
       <c r="B347" s="3">
-        <v>45461</v>
+        <v>45506</v>
       </c>
       <c r="C347" s="2">
-        <v>1.0622</v>
+        <v>1.0799</v>
       </c>
       <c r="D347" s="2">
-        <v>1.06</v>
+        <v>1.0777</v>
       </c>
       <c r="E347" s="2">
-        <v>1.0611</v>
+        <v>1.0788</v>
       </c>
       <c r="F347" s="0"/>
     </row>
     <row r="348" spans="1:6">
       <c r="B348" s="3">
-        <v>45460</v>
+        <v>45505</v>
       </c>
       <c r="C348" s="2">
-        <v>1.0583</v>
+        <v>1.0964</v>
       </c>
       <c r="D348" s="2">
-        <v>1.0561</v>
+        <v>1.0942</v>
       </c>
       <c r="E348" s="2">
-        <v>1.0572</v>
+        <v>1.0953</v>
       </c>
       <c r="F348" s="0"/>
     </row>
     <row r="349" spans="1:6">
       <c r="B349" s="3">
-        <v>45457</v>
+        <v>45504</v>
       </c>
       <c r="C349" s="2">
-        <v>1.0603</v>
+        <v>1.0945</v>
       </c>
       <c r="D349" s="2">
-        <v>1.0581</v>
+        <v>1.0923</v>
       </c>
       <c r="E349" s="2">
-        <v>1.0592</v>
+        <v>1.0934</v>
       </c>
       <c r="F349" s="0"/>
     </row>
     <row r="350" spans="1:6">
       <c r="B350" s="3">
-        <v>45456</v>
+        <v>45503</v>
       </c>
       <c r="C350" s="2">
-        <v>1.0621</v>
+        <v>1.0838</v>
       </c>
       <c r="D350" s="2">
-        <v>1.0599</v>
+        <v>1.0816</v>
       </c>
       <c r="E350" s="2">
-        <v>1.061</v>
+        <v>1.0827</v>
       </c>
       <c r="F350" s="0"/>
     </row>
     <row r="351" spans="1:6">
       <c r="B351" s="3">
-        <v>45455</v>
+        <v>45502</v>
       </c>
       <c r="C351" s="2">
-        <v>1.058</v>
+        <v>1.0871</v>
       </c>
       <c r="D351" s="2">
-        <v>1.0558</v>
+        <v>1.0849</v>
       </c>
       <c r="E351" s="2">
-        <v>1.0569</v>
+        <v>1.086</v>
       </c>
       <c r="F351" s="0"/>
     </row>
     <row r="352" spans="1:6">
       <c r="B352" s="3">
-        <v>45454</v>
+        <v>45499</v>
       </c>
       <c r="C352" s="2">
-        <v>1.0606</v>
+        <v>1.0796</v>
       </c>
       <c r="D352" s="2">
-        <v>1.0584</v>
+        <v>1.0774</v>
       </c>
       <c r="E352" s="2">
-        <v>1.0595</v>
+        <v>1.0785</v>
       </c>
       <c r="F352" s="0"/>
     </row>
     <row r="353" spans="1:6">
       <c r="B353" s="3">
-        <v>45450</v>
+        <v>45498</v>
       </c>
       <c r="C353" s="2">
-        <v>1.0659</v>
+        <v>1.0766</v>
       </c>
       <c r="D353" s="2">
-        <v>1.0637</v>
+        <v>1.0744</v>
       </c>
       <c r="E353" s="2">
-        <v>1.0648</v>
+        <v>1.0755</v>
       </c>
       <c r="F353" s="0"/>
     </row>
     <row r="354" spans="1:6">
       <c r="B354" s="3">
-        <v>45449</v>
+        <v>45497</v>
       </c>
       <c r="C354" s="2">
-        <v>1.0647</v>
+        <v>1.0845</v>
       </c>
       <c r="D354" s="2">
-        <v>1.0625</v>
+        <v>1.0823</v>
       </c>
       <c r="E354" s="2">
-        <v>1.0636</v>
+        <v>1.0834</v>
       </c>
       <c r="F354" s="0"/>
     </row>
     <row r="355" spans="1:6">
       <c r="B355" s="3">
-        <v>45448</v>
+        <v>45496</v>
       </c>
       <c r="C355" s="2">
-        <v>1.059</v>
+        <v>1.0851</v>
       </c>
       <c r="D355" s="2">
-        <v>1.0568</v>
+        <v>1.0829</v>
       </c>
       <c r="E355" s="2">
-        <v>1.0579</v>
+        <v>1.084</v>
       </c>
       <c r="F355" s="0"/>
     </row>
     <row r="356" spans="1:6">
       <c r="B356" s="3">
-        <v>45447</v>
+        <v>45495</v>
       </c>
       <c r="C356" s="2">
-        <v>1.0571</v>
+        <v>1.0792</v>
       </c>
       <c r="D356" s="2">
-        <v>1.0549</v>
+        <v>1.077</v>
       </c>
       <c r="E356" s="2">
-        <v>1.056</v>
+        <v>1.0781</v>
       </c>
       <c r="F356" s="0"/>
     </row>
     <row r="357" spans="1:6">
       <c r="B357" s="3">
-        <v>45446</v>
+        <v>45492</v>
       </c>
       <c r="C357" s="2">
-        <v>1.0613</v>
+        <v>1.0813</v>
       </c>
       <c r="D357" s="2">
-        <v>1.0591</v>
+        <v>1.0791</v>
       </c>
       <c r="E357" s="2">
-        <v>1.0602</v>
+        <v>1.0802</v>
       </c>
       <c r="F357" s="0"/>
     </row>
     <row r="358" spans="1:6">
       <c r="B358" s="3">
-        <v>45443</v>
+        <v>45491</v>
       </c>
       <c r="C358" s="2">
-        <v>1.0522</v>
+        <v>1.087</v>
       </c>
       <c r="D358" s="2">
-        <v>1.05</v>
+        <v>1.0848</v>
       </c>
       <c r="E358" s="2">
-        <v>1.0511</v>
+        <v>1.0859</v>
       </c>
       <c r="F358" s="0"/>
     </row>
     <row r="359" spans="1:6">
       <c r="B359" s="3">
-        <v>45442</v>
+        <v>45490</v>
       </c>
       <c r="C359" s="2">
-        <v>1.0492</v>
+        <v>1.0899</v>
       </c>
       <c r="D359" s="2">
-        <v>1.0472</v>
+        <v>1.0877</v>
       </c>
       <c r="E359" s="2">
-        <v>1.0482</v>
+        <v>1.0888</v>
       </c>
       <c r="F359" s="0"/>
     </row>
     <row r="360" spans="1:6">
       <c r="B360" s="3">
-        <v>45441</v>
+        <v>45489</v>
       </c>
       <c r="C360" s="2">
-        <v>1.0531</v>
+        <v>1.0847</v>
       </c>
       <c r="D360" s="2">
-        <v>1.0509</v>
+        <v>1.0825</v>
       </c>
       <c r="E360" s="2">
-        <v>1.052</v>
+        <v>1.0836</v>
       </c>
       <c r="F360" s="0"/>
     </row>
     <row r="361" spans="1:6">
       <c r="B361" s="3">
-        <v>45440</v>
+        <v>45488</v>
       </c>
       <c r="C361" s="2">
-        <v>1.061</v>
+        <v>1.0838</v>
       </c>
       <c r="D361" s="2">
-        <v>1.0588</v>
+        <v>1.0816</v>
       </c>
       <c r="E361" s="2">
-        <v>1.0599</v>
+        <v>1.0827</v>
       </c>
       <c r="F361" s="0"/>
     </row>
     <row r="362" spans="1:6">
       <c r="B362" s="3">
-        <v>45439</v>
+        <v>45485</v>
       </c>
       <c r="C362" s="2">
-        <v>1.0624</v>
+        <v>1.08</v>
       </c>
       <c r="D362" s="2">
-        <v>1.0602</v>
+        <v>1.0778</v>
       </c>
       <c r="E362" s="2">
-        <v>1.0613</v>
+        <v>1.0789</v>
       </c>
       <c r="F362" s="0"/>
     </row>
     <row r="363" spans="1:6">
       <c r="B363" s="3">
-        <v>45436</v>
+        <v>45484</v>
       </c>
       <c r="C363" s="2">
-        <v>1.0584</v>
+        <v>1.0747</v>
       </c>
       <c r="D363" s="2">
-        <v>1.0562</v>
+        <v>1.0725</v>
       </c>
       <c r="E363" s="2">
-        <v>1.0573</v>
+        <v>1.0736</v>
       </c>
       <c r="F363" s="0"/>
     </row>
     <row r="364" spans="1:6">
       <c r="B364" s="3">
-        <v>45435</v>
+        <v>45483</v>
       </c>
       <c r="C364" s="2">
-        <v>1.0658</v>
+        <v>1.0681</v>
       </c>
       <c r="D364" s="2">
-        <v>1.0636</v>
+        <v>1.0659</v>
       </c>
       <c r="E364" s="2">
-        <v>1.0647</v>
+        <v>1.067</v>
       </c>
       <c r="F364" s="0"/>
     </row>
     <row r="365" spans="1:6">
       <c r="B365" s="3">
-        <v>45434</v>
+        <v>45482</v>
       </c>
       <c r="C365" s="2">
-        <v>1.0656</v>
+        <v>1.0693</v>
       </c>
       <c r="D365" s="2">
-        <v>1.0634</v>
+        <v>1.0671</v>
       </c>
       <c r="E365" s="2">
-        <v>1.0645</v>
+        <v>1.0682</v>
       </c>
       <c r="F365" s="0"/>
     </row>
     <row r="366" spans="1:6">
       <c r="B366" s="3">
-        <v>45433</v>
+        <v>45481</v>
       </c>
       <c r="C366" s="2">
-        <v>1.0667</v>
+        <v>1.0649</v>
       </c>
       <c r="D366" s="2">
-        <v>1.0645</v>
+        <v>1.0627</v>
       </c>
       <c r="E366" s="2">
-        <v>1.0656</v>
+        <v>1.0638</v>
       </c>
       <c r="F366" s="0"/>
     </row>
     <row r="367" spans="1:6">
       <c r="B367" s="3">
-        <v>45432</v>
+        <v>45478</v>
       </c>
       <c r="C367" s="2">
+        <v>1.0684</v>
+      </c>
+      <c r="D367" s="2">
+        <v>1.0662</v>
+      </c>
+      <c r="E367" s="2">
         <v>1.0673</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0662</v>
       </c>
       <c r="F367" s="0"/>
     </row>
     <row r="368" spans="1:6">
       <c r="B368" s="3">
-        <v>45429</v>
+        <v>45477</v>
       </c>
       <c r="C368" s="2">
-        <v>1.0641</v>
+        <v>1.0684</v>
       </c>
       <c r="D368" s="2">
-        <v>1.0619</v>
+        <v>1.0662</v>
       </c>
       <c r="E368" s="2">
-        <v>1.063</v>
+        <v>1.0673</v>
       </c>
       <c r="F368" s="0"/>
     </row>
     <row r="369" spans="1:6">
       <c r="B369" s="3">
-        <v>45428</v>
+        <v>45476</v>
       </c>
       <c r="C369" s="2">
-        <v>1.0688</v>
+        <v>1.0637</v>
       </c>
       <c r="D369" s="2">
-        <v>1.0666</v>
+        <v>1.0615</v>
       </c>
       <c r="E369" s="2">
-        <v>1.0677</v>
+        <v>1.0626</v>
       </c>
       <c r="F369" s="0"/>
     </row>
     <row r="370" spans="1:6">
       <c r="B370" s="3">
-        <v>45427</v>
+        <v>45475</v>
       </c>
       <c r="C370" s="2">
-        <v>1.0602</v>
+        <v>1.0619</v>
       </c>
       <c r="D370" s="2">
-        <v>1.058</v>
+        <v>1.0597</v>
       </c>
       <c r="E370" s="2">
-        <v>1.0591</v>
+        <v>1.0608</v>
       </c>
       <c r="F370" s="0"/>
     </row>
     <row r="371" spans="1:6">
       <c r="B371" s="3">
-        <v>45426</v>
+        <v>45474</v>
       </c>
       <c r="C371" s="2">
-        <v>1.0586</v>
+        <v>1.0647</v>
       </c>
       <c r="D371" s="2">
-        <v>1.0564</v>
+        <v>1.0625</v>
       </c>
       <c r="E371" s="2">
-        <v>1.0575</v>
+        <v>1.0636</v>
       </c>
       <c r="F371" s="0"/>
     </row>
     <row r="372" spans="1:6">
       <c r="B372" s="3">
-        <v>45425</v>
+        <v>45471</v>
       </c>
       <c r="C372" s="2">
-        <v>1.0586</v>
+        <v>1.0655</v>
       </c>
       <c r="D372" s="2">
-        <v>1.0564</v>
+        <v>1.0633</v>
       </c>
       <c r="E372" s="2">
-        <v>1.0575</v>
+        <v>1.0644</v>
       </c>
       <c r="F372" s="0"/>
     </row>
     <row r="373" spans="1:6">
       <c r="B373" s="3">
-        <v>45422</v>
+        <v>45470</v>
       </c>
       <c r="C373" s="2">
-        <v>1.0581</v>
+        <v>1.0611</v>
       </c>
       <c r="D373" s="2">
-        <v>1.0559</v>
+        <v>1.0589</v>
       </c>
       <c r="E373" s="2">
-        <v>1.057</v>
+        <v>1.06</v>
       </c>
       <c r="F373" s="0"/>
     </row>
     <row r="374" spans="1:6">
       <c r="B374" s="3">
-        <v>45421</v>
+        <v>45469</v>
       </c>
       <c r="C374" s="2">
-        <v>1.0543</v>
+        <v>1.0624</v>
       </c>
       <c r="D374" s="2">
-        <v>1.0521</v>
+        <v>1.0602</v>
       </c>
       <c r="E374" s="2">
-        <v>1.0532</v>
+        <v>1.0613</v>
       </c>
       <c r="F374" s="0"/>
     </row>
     <row r="375" spans="1:6">
       <c r="B375" s="3">
-        <v>45420</v>
+        <v>45468</v>
       </c>
       <c r="C375" s="2">
-        <v>1.0579</v>
+        <v>1.0668</v>
       </c>
       <c r="D375" s="2">
-        <v>1.0557</v>
+        <v>1.0646</v>
       </c>
       <c r="E375" s="2">
-        <v>1.0568</v>
+        <v>1.0657</v>
       </c>
       <c r="F375" s="0"/>
     </row>
     <row r="376" spans="1:6">
       <c r="B376" s="3">
-        <v>45419</v>
+        <v>45467</v>
       </c>
       <c r="C376" s="2">
-        <v>1.0574</v>
+        <v>1.0605</v>
       </c>
       <c r="D376" s="2">
-        <v>1.0552</v>
+        <v>1.0583</v>
       </c>
       <c r="E376" s="2">
-        <v>1.0563</v>
+        <v>1.0594</v>
       </c>
       <c r="F376" s="0"/>
     </row>
     <row r="377" spans="1:6">
       <c r="B377" s="3">
-        <v>45418</v>
+        <v>45464</v>
       </c>
       <c r="C377" s="2">
-        <v>1.0531</v>
+        <v>1.0633</v>
       </c>
       <c r="D377" s="2">
-        <v>1.0509</v>
+        <v>1.0611</v>
       </c>
       <c r="E377" s="2">
-        <v>1.052</v>
+        <v>1.0622</v>
       </c>
       <c r="F377" s="0"/>
     </row>
     <row r="378" spans="1:6">
       <c r="B378" s="3">
-        <v>45415</v>
+        <v>45463</v>
       </c>
       <c r="C378" s="2">
-        <v>1.0509</v>
+        <v>1.0631</v>
       </c>
       <c r="D378" s="2">
-        <v>1.0489</v>
+        <v>1.0609</v>
       </c>
       <c r="E378" s="2">
-        <v>1.0499</v>
+        <v>1.062</v>
       </c>
       <c r="F378" s="0"/>
     </row>
     <row r="379" spans="1:6">
       <c r="B379" s="3">
-        <v>45414</v>
+        <v>45462</v>
       </c>
       <c r="C379" s="2">
-        <v>1.0494</v>
+        <v>1.062</v>
       </c>
       <c r="D379" s="2">
-        <v>1.0474</v>
+        <v>1.0598</v>
       </c>
       <c r="E379" s="2">
-        <v>1.0484</v>
+        <v>1.0609</v>
       </c>
       <c r="F379" s="0"/>
     </row>
     <row r="380" spans="1:6">
       <c r="B380" s="3">
-        <v>45413</v>
+        <v>45461</v>
       </c>
       <c r="C380" s="2">
-        <v>1.0491</v>
+        <v>1.0622</v>
       </c>
       <c r="D380" s="2">
-        <v>1.0471</v>
+        <v>1.06</v>
       </c>
       <c r="E380" s="2">
-        <v>1.0481</v>
+        <v>1.0611</v>
       </c>
       <c r="F380" s="0"/>
     </row>
     <row r="381" spans="1:6">
       <c r="B381" s="3">
-        <v>45412</v>
+        <v>45460</v>
       </c>
       <c r="C381" s="2">
-        <v>1.0532</v>
+        <v>1.0583</v>
       </c>
       <c r="D381" s="2">
-        <v>1.051</v>
+        <v>1.0561</v>
       </c>
       <c r="E381" s="2">
-        <v>1.0521</v>
+        <v>1.0572</v>
       </c>
       <c r="F381" s="0"/>
     </row>
     <row r="382" spans="1:6">
       <c r="B382" s="3">
-        <v>45411</v>
+        <v>45457</v>
       </c>
       <c r="C382" s="2">
-        <v>1.0513</v>
+        <v>1.0603</v>
       </c>
       <c r="D382" s="2">
-        <v>1.0491</v>
+        <v>1.0581</v>
       </c>
       <c r="E382" s="2">
-        <v>1.0502</v>
+        <v>1.0592</v>
       </c>
       <c r="F382" s="0"/>
     </row>
     <row r="383" spans="1:6">
       <c r="B383" s="3">
-        <v>45408</v>
+        <v>45456</v>
       </c>
       <c r="C383" s="2">
-        <v>1.0475</v>
+        <v>1.0621</v>
       </c>
       <c r="D383" s="2">
-        <v>1.0455</v>
+        <v>1.0599</v>
       </c>
       <c r="E383" s="2">
-        <v>1.0465</v>
+        <v>1.061</v>
       </c>
       <c r="F383" s="0"/>
     </row>
     <row r="384" spans="1:6">
       <c r="B384" s="3">
-        <v>45406</v>
+        <v>45455</v>
       </c>
       <c r="C384" s="2">
-        <v>1.0536</v>
+        <v>1.058</v>
       </c>
       <c r="D384" s="2">
-        <v>1.0514</v>
+        <v>1.0558</v>
       </c>
       <c r="E384" s="2">
-        <v>1.0525</v>
+        <v>1.0569</v>
       </c>
       <c r="F384" s="0"/>
     </row>
     <row r="385" spans="1:6">
       <c r="B385" s="3">
-        <v>45405</v>
+        <v>45454</v>
       </c>
       <c r="C385" s="2">
-        <v>1.0499</v>
+        <v>1.0606</v>
       </c>
       <c r="D385" s="2">
-        <v>1.0479</v>
+        <v>1.0584</v>
       </c>
       <c r="E385" s="2">
-        <v>1.0489</v>
+        <v>1.0595</v>
       </c>
       <c r="F385" s="0"/>
     </row>
     <row r="386" spans="1:6">
       <c r="B386" s="3">
-        <v>45404</v>
+        <v>45450</v>
       </c>
       <c r="C386" s="2">
-        <v>1.0475</v>
+        <v>1.0659</v>
       </c>
       <c r="D386" s="2">
-        <v>1.0455</v>
+        <v>1.0637</v>
       </c>
       <c r="E386" s="2">
-        <v>1.0465</v>
+        <v>1.0648</v>
       </c>
       <c r="F386" s="0"/>
     </row>
     <row r="387" spans="1:6">
       <c r="B387" s="3">
-        <v>45401</v>
+        <v>45449</v>
       </c>
       <c r="C387" s="2">
-        <v>1.0411</v>
+        <v>1.0647</v>
       </c>
       <c r="D387" s="2">
-        <v>1.0391</v>
+        <v>1.0625</v>
       </c>
       <c r="E387" s="2">
-        <v>1.0401</v>
+        <v>1.0636</v>
       </c>
       <c r="F387" s="0"/>
     </row>
     <row r="388" spans="1:6">
       <c r="B388" s="3">
-        <v>45400</v>
+        <v>45448</v>
       </c>
       <c r="C388" s="2">
-        <v>1.0481</v>
+        <v>1.059</v>
       </c>
       <c r="D388" s="2">
-        <v>1.0461</v>
+        <v>1.0568</v>
       </c>
       <c r="E388" s="2">
-        <v>1.0471</v>
+        <v>1.0579</v>
       </c>
       <c r="F388" s="0"/>
     </row>
     <row r="389" spans="1:6">
       <c r="B389" s="3">
-        <v>45399</v>
+        <v>45447</v>
       </c>
       <c r="C389" s="2">
-        <v>1.0472</v>
+        <v>1.0571</v>
       </c>
       <c r="D389" s="2">
-        <v>1.0452</v>
+        <v>1.0549</v>
       </c>
       <c r="E389" s="2">
-        <v>1.0462</v>
+        <v>1.056</v>
       </c>
       <c r="F389" s="0"/>
     </row>
     <row r="390" spans="1:6">
       <c r="B390" s="3">
-        <v>45398</v>
+        <v>45446</v>
       </c>
       <c r="C390" s="2">
-        <v>1.0487</v>
+        <v>1.0613</v>
       </c>
       <c r="D390" s="2">
-        <v>1.0467</v>
+        <v>1.0591</v>
       </c>
       <c r="E390" s="2">
-        <v>1.0477</v>
+        <v>1.0602</v>
       </c>
       <c r="F390" s="0"/>
     </row>
     <row r="391" spans="1:6">
       <c r="B391" s="3">
-        <v>45397</v>
+        <v>45443</v>
       </c>
       <c r="C391" s="2">
-        <v>1.058</v>
+        <v>1.0522</v>
       </c>
       <c r="D391" s="2">
-        <v>1.0558</v>
+        <v>1.05</v>
       </c>
       <c r="E391" s="2">
-        <v>1.0569</v>
+        <v>1.0511</v>
       </c>
       <c r="F391" s="0"/>
     </row>
     <row r="392" spans="1:6">
       <c r="B392" s="3">
+        <v>45442</v>
+      </c>
+      <c r="C392" s="2">
+        <v>1.0492</v>
+      </c>
+      <c r="D392" s="2">
+        <v>1.0472</v>
+      </c>
+      <c r="E392" s="2">
+        <v>1.0482</v>
+      </c>
+      <c r="F392" s="0"/>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="B393" s="3">
+        <v>45441</v>
+      </c>
+      <c r="C393" s="2">
+        <v>1.0531</v>
+      </c>
+      <c r="D393" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="E393" s="2">
+        <v>1.052</v>
+      </c>
+      <c r="F393" s="0"/>
+    </row>
+    <row r="394" spans="1:6">
+      <c r="B394" s="3">
+        <v>45440</v>
+      </c>
+      <c r="C394" s="2">
+        <v>1.061</v>
+      </c>
+      <c r="D394" s="2">
+        <v>1.0588</v>
+      </c>
+      <c r="E394" s="2">
+        <v>1.0599</v>
+      </c>
+      <c r="F394" s="0"/>
+    </row>
+    <row r="395" spans="1:6">
+      <c r="B395" s="3">
+        <v>45439</v>
+      </c>
+      <c r="C395" s="2">
+        <v>1.0624</v>
+      </c>
+      <c r="D395" s="2">
+        <v>1.0602</v>
+      </c>
+      <c r="E395" s="2">
+        <v>1.0613</v>
+      </c>
+      <c r="F395" s="0"/>
+    </row>
+    <row r="396" spans="1:6">
+      <c r="B396" s="3">
+        <v>45436</v>
+      </c>
+      <c r="C396" s="2">
+        <v>1.0584</v>
+      </c>
+      <c r="D396" s="2">
+        <v>1.0562</v>
+      </c>
+      <c r="E396" s="2">
+        <v>1.0573</v>
+      </c>
+      <c r="F396" s="0"/>
+    </row>
+    <row r="397" spans="1:6">
+      <c r="B397" s="3">
+        <v>45435</v>
+      </c>
+      <c r="C397" s="2">
+        <v>1.0658</v>
+      </c>
+      <c r="D397" s="2">
+        <v>1.0636</v>
+      </c>
+      <c r="E397" s="2">
+        <v>1.0647</v>
+      </c>
+      <c r="F397" s="0"/>
+    </row>
+    <row r="398" spans="1:6">
+      <c r="B398" s="3">
+        <v>45434</v>
+      </c>
+      <c r="C398" s="2">
+        <v>1.0656</v>
+      </c>
+      <c r="D398" s="2">
+        <v>1.0634</v>
+      </c>
+      <c r="E398" s="2">
+        <v>1.0645</v>
+      </c>
+      <c r="F398" s="0"/>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="B399" s="3">
+        <v>45433</v>
+      </c>
+      <c r="C399" s="2">
+        <v>1.0667</v>
+      </c>
+      <c r="D399" s="2">
+        <v>1.0645</v>
+      </c>
+      <c r="E399" s="2">
+        <v>1.0656</v>
+      </c>
+      <c r="F399" s="0"/>
+    </row>
+    <row r="400" spans="1:6">
+      <c r="B400" s="3">
+        <v>45432</v>
+      </c>
+      <c r="C400" s="2">
+        <v>1.0673</v>
+      </c>
+      <c r="D400" s="2">
+        <v>1.0651</v>
+      </c>
+      <c r="E400" s="2">
+        <v>1.0662</v>
+      </c>
+      <c r="F400" s="0"/>
+    </row>
+    <row r="401" spans="1:6">
+      <c r="B401" s="3">
+        <v>45429</v>
+      </c>
+      <c r="C401" s="2">
+        <v>1.0641</v>
+      </c>
+      <c r="D401" s="2">
+        <v>1.0619</v>
+      </c>
+      <c r="E401" s="2">
+        <v>1.063</v>
+      </c>
+      <c r="F401" s="0"/>
+    </row>
+    <row r="402" spans="1:6">
+      <c r="B402" s="3">
+        <v>45428</v>
+      </c>
+      <c r="C402" s="2">
+        <v>1.0688</v>
+      </c>
+      <c r="D402" s="2">
+        <v>1.0666</v>
+      </c>
+      <c r="E402" s="2">
+        <v>1.0677</v>
+      </c>
+      <c r="F402" s="0"/>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="B403" s="3">
+        <v>45427</v>
+      </c>
+      <c r="C403" s="2">
+        <v>1.0602</v>
+      </c>
+      <c r="D403" s="2">
+        <v>1.058</v>
+      </c>
+      <c r="E403" s="2">
+        <v>1.0591</v>
+      </c>
+      <c r="F403" s="0"/>
+    </row>
+    <row r="404" spans="1:6">
+      <c r="B404" s="3">
+        <v>45426</v>
+      </c>
+      <c r="C404" s="2">
+        <v>1.0586</v>
+      </c>
+      <c r="D404" s="2">
+        <v>1.0564</v>
+      </c>
+      <c r="E404" s="2">
+        <v>1.0575</v>
+      </c>
+      <c r="F404" s="0"/>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="B405" s="3">
+        <v>45425</v>
+      </c>
+      <c r="C405" s="2">
+        <v>1.0586</v>
+      </c>
+      <c r="D405" s="2">
+        <v>1.0564</v>
+      </c>
+      <c r="E405" s="2">
+        <v>1.0575</v>
+      </c>
+      <c r="F405" s="0"/>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="B406" s="3">
+        <v>45422</v>
+      </c>
+      <c r="C406" s="2">
+        <v>1.0581</v>
+      </c>
+      <c r="D406" s="2">
+        <v>1.0559</v>
+      </c>
+      <c r="E406" s="2">
+        <v>1.057</v>
+      </c>
+      <c r="F406" s="0"/>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="B407" s="3">
+        <v>45421</v>
+      </c>
+      <c r="C407" s="2">
+        <v>1.0543</v>
+      </c>
+      <c r="D407" s="2">
+        <v>1.0521</v>
+      </c>
+      <c r="E407" s="2">
+        <v>1.0532</v>
+      </c>
+      <c r="F407" s="0"/>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="B408" s="3">
+        <v>45420</v>
+      </c>
+      <c r="C408" s="2">
+        <v>1.0579</v>
+      </c>
+      <c r="D408" s="2">
+        <v>1.0557</v>
+      </c>
+      <c r="E408" s="2">
+        <v>1.0568</v>
+      </c>
+      <c r="F408" s="0"/>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="B409" s="3">
+        <v>45419</v>
+      </c>
+      <c r="C409" s="2">
+        <v>1.0574</v>
+      </c>
+      <c r="D409" s="2">
+        <v>1.0552</v>
+      </c>
+      <c r="E409" s="2">
+        <v>1.0563</v>
+      </c>
+      <c r="F409" s="0"/>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="B410" s="3">
+        <v>45418</v>
+      </c>
+      <c r="C410" s="2">
+        <v>1.0531</v>
+      </c>
+      <c r="D410" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="E410" s="2">
+        <v>1.052</v>
+      </c>
+      <c r="F410" s="0"/>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="B411" s="3">
+        <v>45415</v>
+      </c>
+      <c r="C411" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="D411" s="2">
+        <v>1.0489</v>
+      </c>
+      <c r="E411" s="2">
+        <v>1.0499</v>
+      </c>
+      <c r="F411" s="0"/>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="B412" s="3">
+        <v>45414</v>
+      </c>
+      <c r="C412" s="2">
+        <v>1.0494</v>
+      </c>
+      <c r="D412" s="2">
+        <v>1.0474</v>
+      </c>
+      <c r="E412" s="2">
+        <v>1.0484</v>
+      </c>
+      <c r="F412" s="0"/>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="B413" s="3">
+        <v>45413</v>
+      </c>
+      <c r="C413" s="2">
+        <v>1.0491</v>
+      </c>
+      <c r="D413" s="2">
+        <v>1.0471</v>
+      </c>
+      <c r="E413" s="2">
+        <v>1.0481</v>
+      </c>
+      <c r="F413" s="0"/>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="B414" s="3">
+        <v>45412</v>
+      </c>
+      <c r="C414" s="2">
+        <v>1.0532</v>
+      </c>
+      <c r="D414" s="2">
+        <v>1.051</v>
+      </c>
+      <c r="E414" s="2">
+        <v>1.0521</v>
+      </c>
+      <c r="F414" s="0"/>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="B415" s="3">
+        <v>45411</v>
+      </c>
+      <c r="C415" s="2">
+        <v>1.0513</v>
+      </c>
+      <c r="D415" s="2">
+        <v>1.0491</v>
+      </c>
+      <c r="E415" s="2">
+        <v>1.0502</v>
+      </c>
+      <c r="F415" s="0"/>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="B416" s="3">
+        <v>45408</v>
+      </c>
+      <c r="C416" s="2">
+        <v>1.0475</v>
+      </c>
+      <c r="D416" s="2">
+        <v>1.0455</v>
+      </c>
+      <c r="E416" s="2">
+        <v>1.0465</v>
+      </c>
+      <c r="F416" s="0"/>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="B417" s="3">
+        <v>45406</v>
+      </c>
+      <c r="C417" s="2">
+        <v>1.0536</v>
+      </c>
+      <c r="D417" s="2">
+        <v>1.0514</v>
+      </c>
+      <c r="E417" s="2">
+        <v>1.0525</v>
+      </c>
+      <c r="F417" s="0"/>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="B418" s="3">
+        <v>45405</v>
+      </c>
+      <c r="C418" s="2">
+        <v>1.0499</v>
+      </c>
+      <c r="D418" s="2">
+        <v>1.0479</v>
+      </c>
+      <c r="E418" s="2">
+        <v>1.0489</v>
+      </c>
+      <c r="F418" s="0"/>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="B419" s="3">
+        <v>45404</v>
+      </c>
+      <c r="C419" s="2">
+        <v>1.0475</v>
+      </c>
+      <c r="D419" s="2">
+        <v>1.0455</v>
+      </c>
+      <c r="E419" s="2">
+        <v>1.0465</v>
+      </c>
+      <c r="F419" s="0"/>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="B420" s="3">
+        <v>45401</v>
+      </c>
+      <c r="C420" s="2">
+        <v>1.0411</v>
+      </c>
+      <c r="D420" s="2">
+        <v>1.0391</v>
+      </c>
+      <c r="E420" s="2">
+        <v>1.0401</v>
+      </c>
+      <c r="F420" s="0"/>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="B421" s="3">
+        <v>45400</v>
+      </c>
+      <c r="C421" s="2">
+        <v>1.0481</v>
+      </c>
+      <c r="D421" s="2">
+        <v>1.0461</v>
+      </c>
+      <c r="E421" s="2">
+        <v>1.0471</v>
+      </c>
+      <c r="F421" s="0"/>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="B422" s="3">
+        <v>45399</v>
+      </c>
+      <c r="C422" s="2">
+        <v>1.0472</v>
+      </c>
+      <c r="D422" s="2">
+        <v>1.0452</v>
+      </c>
+      <c r="E422" s="2">
+        <v>1.0462</v>
+      </c>
+      <c r="F422" s="0"/>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="B423" s="3">
+        <v>45398</v>
+      </c>
+      <c r="C423" s="2">
+        <v>1.0487</v>
+      </c>
+      <c r="D423" s="2">
+        <v>1.0467</v>
+      </c>
+      <c r="E423" s="2">
+        <v>1.0477</v>
+      </c>
+      <c r="F423" s="0"/>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="B424" s="3">
+        <v>45397</v>
+      </c>
+      <c r="C424" s="2">
+        <v>1.058</v>
+      </c>
+      <c r="D424" s="2">
+        <v>1.0558</v>
+      </c>
+      <c r="E424" s="2">
+        <v>1.0569</v>
+      </c>
+      <c r="F424" s="0"/>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="B425" s="3">
         <v>45394</v>
       </c>
-      <c r="C392" s="2">
+      <c r="C425" s="2">
         <v>1.0617</v>
       </c>
-      <c r="D392" s="2">
+      <c r="D425" s="2">
         <v>1.0595</v>
       </c>
-      <c r="E392" s="2">
+      <c r="E425" s="2">
         <v>1.0606</v>
-      </c>
-[...493 lines deleted...]
-        <v>1.0447</v>
       </c>
       <c r="F425" s="0"/>
     </row>
     <row r="426" spans="1:6">
       <c r="B426" s="4">
-        <v>45344</v>
+        <v>45393</v>
       </c>
       <c r="C426" s="2">
-        <v>1.0429</v>
+        <v>1.0623</v>
       </c>
       <c r="D426" s="2">
-        <v>1.0409</v>
+        <v>1.0601</v>
       </c>
       <c r="E426" s="2">
-        <v>1.0419</v>
+        <v>1.0612</v>
       </c>
       <c r="F426" s="0"/>
     </row>
     <row r="427" spans="1:6">
       <c r="B427" s="4">
-        <v>45343</v>
+        <v>45392</v>
       </c>
       <c r="C427" s="2">
-        <v>1.0407</v>
+        <v>1.0649</v>
       </c>
       <c r="D427" s="2">
-        <v>1.0387</v>
+        <v>1.0627</v>
       </c>
       <c r="E427" s="2">
-        <v>1.0397</v>
+        <v>1.0638</v>
       </c>
       <c r="F427" s="0"/>
     </row>
     <row r="428" spans="1:6">
       <c r="B428" s="4">
-        <v>45342</v>
+        <v>45391</v>
       </c>
       <c r="C428" s="2">
-        <v>1.0431</v>
+        <v>1.0641</v>
       </c>
       <c r="D428" s="2">
-        <v>1.0411</v>
+        <v>1.0619</v>
       </c>
       <c r="E428" s="2">
-        <v>1.0421</v>
+        <v>1.063</v>
       </c>
       <c r="F428" s="0"/>
     </row>
     <row r="429" spans="1:6">
       <c r="B429" s="4">
-        <v>45341</v>
+        <v>45390</v>
       </c>
       <c r="C429" s="2">
-        <v>1.0435</v>
+        <v>1.0613</v>
       </c>
       <c r="D429" s="2">
-        <v>1.0415</v>
+        <v>1.0591</v>
       </c>
       <c r="E429" s="2">
-        <v>1.0425</v>
+        <v>1.0602</v>
       </c>
       <c r="F429" s="0"/>
     </row>
     <row r="430" spans="1:6">
       <c r="B430" s="4">
-        <v>45338</v>
+        <v>45387</v>
       </c>
       <c r="C430" s="2">
-        <v>1.0456</v>
+        <v>1.0591</v>
       </c>
       <c r="D430" s="2">
-        <v>1.0436</v>
+        <v>1.0569</v>
       </c>
       <c r="E430" s="2">
-        <v>1.0446</v>
+        <v>1.058</v>
       </c>
       <c r="F430" s="0"/>
     </row>
     <row r="431" spans="1:6">
       <c r="B431" s="4">
-        <v>45337</v>
+        <v>45386</v>
       </c>
       <c r="C431" s="2">
-        <v>1.0407</v>
+        <v>1.0645</v>
       </c>
       <c r="D431" s="2">
-        <v>1.0387</v>
+        <v>1.0623</v>
       </c>
       <c r="E431" s="2">
-        <v>1.0397</v>
+        <v>1.0634</v>
       </c>
       <c r="F431" s="0"/>
     </row>
     <row r="432" spans="1:6">
       <c r="B432" s="4">
-        <v>45336</v>
+        <v>45385</v>
       </c>
       <c r="C432" s="2">
-        <v>1.0351</v>
+        <v>1.0632</v>
       </c>
       <c r="D432" s="2">
-        <v>1.0331</v>
+        <v>1.061</v>
       </c>
       <c r="E432" s="2">
-        <v>1.0341</v>
+        <v>1.0621</v>
       </c>
       <c r="F432" s="0"/>
     </row>
     <row r="433" spans="1:6">
       <c r="B433" s="4">
-        <v>45335</v>
+        <v>45384</v>
       </c>
       <c r="C433" s="2">
-        <v>1.042</v>
+        <v>1.0711</v>
       </c>
       <c r="D433" s="2">
-        <v>1.04</v>
+        <v>1.0689</v>
       </c>
       <c r="E433" s="2">
-        <v>1.041</v>
+        <v>1.07</v>
       </c>
       <c r="F433" s="0"/>
     </row>
     <row r="434" spans="1:6">
       <c r="B434" s="4">
-        <v>45334</v>
+        <v>45379</v>
       </c>
       <c r="C434" s="2">
-        <v>1.0411</v>
+        <v>1.0717</v>
       </c>
       <c r="D434" s="2">
-        <v>1.0391</v>
+        <v>1.0695</v>
       </c>
       <c r="E434" s="2">
-        <v>1.0401</v>
+        <v>1.0706</v>
       </c>
       <c r="F434" s="0"/>
     </row>
     <row r="435" spans="1:6">
       <c r="B435" s="4">
-        <v>45331</v>
+        <v>45378</v>
       </c>
       <c r="C435" s="2">
-        <v>1.0413</v>
+        <v>1.0663</v>
       </c>
       <c r="D435" s="2">
-        <v>1.0393</v>
+        <v>1.0641</v>
       </c>
       <c r="E435" s="2">
-        <v>1.0403</v>
+        <v>1.0652</v>
       </c>
       <c r="F435" s="0"/>
     </row>
     <row r="436" spans="1:6">
       <c r="B436" s="4">
-        <v>45330</v>
+        <v>45377</v>
       </c>
       <c r="C436" s="2">
-        <v>1.0409</v>
+        <v>1.0633</v>
       </c>
       <c r="D436" s="2">
-        <v>1.0389</v>
+        <v>1.0611</v>
       </c>
       <c r="E436" s="2">
-        <v>1.0399</v>
+        <v>1.0622</v>
       </c>
       <c r="F436" s="0"/>
     </row>
     <row r="437" spans="1:6">
       <c r="B437" s="4">
-        <v>45329</v>
+        <v>45376</v>
       </c>
       <c r="C437" s="2">
-        <v>1.0377</v>
+        <v>1.0647</v>
       </c>
       <c r="D437" s="2">
-        <v>1.0357</v>
+        <v>1.0625</v>
       </c>
       <c r="E437" s="2">
-        <v>1.0367</v>
+        <v>1.0636</v>
       </c>
       <c r="F437" s="0"/>
     </row>
     <row r="438" spans="1:6">
       <c r="B438" s="4">
-        <v>45328</v>
+        <v>45373</v>
       </c>
       <c r="C438" s="2">
-        <v>1.0346</v>
+        <v>1.0641</v>
       </c>
       <c r="D438" s="2">
-        <v>1.0326</v>
+        <v>1.0619</v>
       </c>
       <c r="E438" s="2">
-        <v>1.0336</v>
+        <v>1.063</v>
       </c>
       <c r="F438" s="0"/>
     </row>
     <row r="439" spans="1:6">
       <c r="B439" s="4">
-        <v>45327</v>
+        <v>45372</v>
       </c>
       <c r="C439" s="2">
-        <v>1.0361</v>
+        <v>1.0629</v>
       </c>
       <c r="D439" s="2">
-        <v>1.0341</v>
+        <v>1.0607</v>
       </c>
       <c r="E439" s="2">
-        <v>1.0351</v>
+        <v>1.0618</v>
       </c>
       <c r="F439" s="0"/>
     </row>
     <row r="440" spans="1:6">
       <c r="B440" s="4">
-        <v>45324</v>
+        <v>45371</v>
       </c>
       <c r="C440" s="2">
-        <v>1.0392</v>
+        <v>1.0562</v>
       </c>
       <c r="D440" s="2">
-        <v>1.0372</v>
+        <v>1.054</v>
       </c>
       <c r="E440" s="2">
-        <v>1.0382</v>
+        <v>1.0551</v>
       </c>
       <c r="F440" s="0"/>
     </row>
     <row r="441" spans="1:6">
       <c r="B441" s="4">
-        <v>45323</v>
+        <v>45370</v>
       </c>
       <c r="C441" s="2">
-        <v>1.0329</v>
+        <v>1.0564</v>
       </c>
       <c r="D441" s="2">
-        <v>1.0309</v>
+        <v>1.0542</v>
       </c>
       <c r="E441" s="2">
-        <v>1.0319</v>
+        <v>1.0553</v>
       </c>
       <c r="F441" s="0"/>
     </row>
     <row r="442" spans="1:6">
       <c r="B442" s="4">
-        <v>45322</v>
+        <v>45369</v>
       </c>
       <c r="C442" s="2">
-        <v>1.0384</v>
+        <v>1.0542</v>
       </c>
       <c r="D442" s="2">
-        <v>1.0364</v>
+        <v>1.052</v>
       </c>
       <c r="E442" s="2">
-        <v>1.0374</v>
+        <v>1.0531</v>
       </c>
       <c r="F442" s="0"/>
     </row>
     <row r="443" spans="1:6">
       <c r="B443" s="4">
-        <v>45321</v>
+        <v>45366</v>
       </c>
       <c r="C443" s="2">
-        <v>1.0346</v>
+        <v>1.0526</v>
       </c>
       <c r="D443" s="2">
-        <v>1.0326</v>
+        <v>1.0504</v>
       </c>
       <c r="E443" s="2">
-        <v>1.0336</v>
+        <v>1.0515</v>
       </c>
       <c r="F443" s="0"/>
     </row>
     <row r="444" spans="1:6">
       <c r="B444" s="4">
-        <v>45320</v>
+        <v>45365</v>
       </c>
       <c r="C444" s="2">
-        <v>1.0328</v>
+        <v>1.0558</v>
       </c>
       <c r="D444" s="2">
-        <v>1.0308</v>
+        <v>1.0536</v>
       </c>
       <c r="E444" s="2">
-        <v>1.0318</v>
+        <v>1.0547</v>
       </c>
       <c r="F444" s="0"/>
     </row>
     <row r="445" spans="1:6">
       <c r="B445" s="4">
-        <v>45316</v>
+        <v>45364</v>
       </c>
       <c r="C445" s="2">
-        <v>1.0307</v>
+        <v>1.0566</v>
       </c>
       <c r="D445" s="2">
-        <v>1.0287</v>
+        <v>1.0544</v>
       </c>
       <c r="E445" s="2">
-        <v>1.0297</v>
+        <v>1.0555</v>
       </c>
       <c r="F445" s="0"/>
     </row>
     <row r="446" spans="1:6">
       <c r="B446" s="4">
-        <v>45315</v>
+        <v>45363</v>
       </c>
       <c r="C446" s="2">
-        <v>1.0281</v>
+        <v>1.0553</v>
       </c>
       <c r="D446" s="2">
-        <v>1.0261</v>
+        <v>1.0531</v>
       </c>
       <c r="E446" s="2">
-        <v>1.0271</v>
+        <v>1.0542</v>
       </c>
       <c r="F446" s="0"/>
     </row>
     <row r="447" spans="1:6">
       <c r="B447" s="4">
-        <v>45314</v>
+        <v>45362</v>
       </c>
       <c r="C447" s="2">
-        <v>1.0272</v>
+        <v>1.0541</v>
       </c>
       <c r="D447" s="2">
-        <v>1.0252</v>
+        <v>1.0519</v>
       </c>
       <c r="E447" s="2">
-        <v>1.0262</v>
+        <v>1.053</v>
       </c>
       <c r="F447" s="0"/>
     </row>
     <row r="448" spans="1:6">
       <c r="B448" s="4">
-        <v>45313</v>
+        <v>45359</v>
       </c>
       <c r="C448" s="2">
-        <v>1.0241</v>
+        <v>1.0612</v>
       </c>
       <c r="D448" s="2">
-        <v>1.0221</v>
+        <v>1.059</v>
       </c>
       <c r="E448" s="2">
-        <v>1.0231</v>
+        <v>1.0601</v>
       </c>
       <c r="F448" s="0"/>
     </row>
     <row r="449" spans="1:6">
       <c r="B449" s="4">
-        <v>45310</v>
+        <v>45358</v>
       </c>
       <c r="C449" s="2">
-        <v>1.0192</v>
+        <v>1.0557</v>
       </c>
       <c r="D449" s="2">
-        <v>1.0172</v>
+        <v>1.0535</v>
       </c>
       <c r="E449" s="2">
-        <v>1.0182</v>
+        <v>1.0546</v>
       </c>
       <c r="F449" s="0"/>
     </row>
     <row r="450" spans="1:6">
       <c r="B450" s="4">
-        <v>45309</v>
+        <v>45357</v>
       </c>
       <c r="C450" s="2">
-        <v>1.0133</v>
+        <v>1.0542</v>
       </c>
       <c r="D450" s="2">
-        <v>1.0113</v>
+        <v>1.052</v>
       </c>
       <c r="E450" s="2">
-        <v>1.0123</v>
+        <v>1.0531</v>
       </c>
       <c r="F450" s="0"/>
     </row>
     <row r="451" spans="1:6">
       <c r="B451" s="4">
-        <v>45308</v>
+        <v>45356</v>
       </c>
       <c r="C451" s="2">
-        <v>1.0174</v>
+        <v>1.0551</v>
       </c>
       <c r="D451" s="2">
-        <v>1.0154</v>
+        <v>1.0529</v>
       </c>
       <c r="E451" s="2">
-        <v>1.0164</v>
+        <v>1.054</v>
       </c>
       <c r="F451" s="0"/>
     </row>
     <row r="452" spans="1:6">
       <c r="B452" s="4">
-        <v>45307</v>
+        <v>45355</v>
       </c>
       <c r="C452" s="2">
-        <v>1.0203</v>
+        <v>1.0552</v>
       </c>
       <c r="D452" s="2">
-        <v>1.0183</v>
+        <v>1.053</v>
       </c>
       <c r="E452" s="2">
-        <v>1.0193</v>
+        <v>1.0541</v>
       </c>
       <c r="F452" s="0"/>
     </row>
     <row r="453" spans="1:6">
       <c r="B453" s="4">
-        <v>45306</v>
+        <v>45352</v>
       </c>
       <c r="C453" s="2">
-        <v>1.0214</v>
+        <v>1.0539</v>
       </c>
       <c r="D453" s="2">
-        <v>1.0194</v>
+        <v>1.0517</v>
       </c>
       <c r="E453" s="2">
-        <v>1.0204</v>
+        <v>1.0528</v>
       </c>
       <c r="F453" s="0"/>
     </row>
     <row r="454" spans="1:6">
       <c r="B454" s="4">
-        <v>45303</v>
+        <v>45351</v>
       </c>
       <c r="C454" s="2">
-        <v>1.0214</v>
+        <v>1.0503</v>
       </c>
       <c r="D454" s="2">
-        <v>1.0194</v>
+        <v>1.0483</v>
       </c>
       <c r="E454" s="2">
-        <v>1.0204</v>
+        <v>1.0493</v>
       </c>
       <c r="F454" s="0"/>
     </row>
     <row r="455" spans="1:6">
       <c r="B455" s="4">
-        <v>45302</v>
+        <v>45350</v>
       </c>
       <c r="C455" s="2">
-        <v>1.0215</v>
+        <v>1.0488</v>
       </c>
       <c r="D455" s="2">
-        <v>1.0195</v>
+        <v>1.0468</v>
       </c>
       <c r="E455" s="2">
-        <v>1.0205</v>
+        <v>1.0478</v>
       </c>
       <c r="F455" s="0"/>
     </row>
     <row r="456" spans="1:6">
       <c r="B456" s="4">
-        <v>45301</v>
+        <v>45349</v>
       </c>
       <c r="C456" s="2">
-        <v>1.0214</v>
+        <v>1.0469</v>
       </c>
       <c r="D456" s="2">
-        <v>1.0194</v>
+        <v>1.0449</v>
       </c>
       <c r="E456" s="2">
-        <v>1.0204</v>
+        <v>1.0459</v>
       </c>
       <c r="F456" s="0"/>
     </row>
     <row r="457" spans="1:6">
       <c r="B457" s="4">
-        <v>45300</v>
+        <v>45348</v>
       </c>
       <c r="C457" s="2">
-        <v>1.0215</v>
+        <v>1.0461</v>
       </c>
       <c r="D457" s="2">
-        <v>1.0195</v>
+        <v>1.0441</v>
       </c>
       <c r="E457" s="2">
-        <v>1.0205</v>
+        <v>1.0451</v>
       </c>
       <c r="F457" s="0"/>
     </row>
     <row r="458" spans="1:6">
       <c r="B458" s="4">
-        <v>45299</v>
+        <v>45345</v>
       </c>
       <c r="C458" s="2">
-        <v>1.0213</v>
+        <v>1.0457</v>
       </c>
       <c r="D458" s="2">
-        <v>1.0193</v>
+        <v>1.0437</v>
       </c>
       <c r="E458" s="2">
-        <v>1.0203</v>
+        <v>1.0447</v>
       </c>
       <c r="F458" s="0"/>
     </row>
     <row r="459" spans="1:6">
       <c r="B459" s="4">
-        <v>45296</v>
+        <v>45344</v>
       </c>
       <c r="C459" s="2">
-        <v>1.0214</v>
+        <v>1.0429</v>
       </c>
       <c r="D459" s="2">
-        <v>1.0194</v>
+        <v>1.0409</v>
       </c>
       <c r="E459" s="2">
-        <v>1.0204</v>
+        <v>1.0419</v>
       </c>
       <c r="F459" s="0"/>
     </row>
     <row r="460" spans="1:6">
       <c r="B460" s="4">
-        <v>45295</v>
+        <v>45343</v>
       </c>
       <c r="C460" s="2">
-        <v>1.0214</v>
+        <v>1.0407</v>
       </c>
       <c r="D460" s="2">
-        <v>1.0194</v>
+        <v>1.0387</v>
       </c>
       <c r="E460" s="2">
-        <v>1.0204</v>
+        <v>1.0397</v>
       </c>
       <c r="F460" s="0"/>
     </row>
     <row r="461" spans="1:6">
       <c r="B461" s="4">
-        <v>45294</v>
+        <v>45342</v>
       </c>
       <c r="C461" s="2">
-        <v>1.0215</v>
+        <v>1.0431</v>
       </c>
       <c r="D461" s="2">
-        <v>1.0195</v>
+        <v>1.0411</v>
       </c>
       <c r="E461" s="2">
-        <v>1.0205</v>
+        <v>1.0421</v>
       </c>
       <c r="F461" s="0"/>
     </row>
     <row r="462" spans="1:6">
       <c r="B462" s="4">
-        <v>45293</v>
+        <v>45341</v>
       </c>
       <c r="C462" s="2">
-        <v>1.0217</v>
+        <v>1.0435</v>
       </c>
       <c r="D462" s="2">
-        <v>1.0197</v>
+        <v>1.0415</v>
       </c>
       <c r="E462" s="2">
-        <v>1.0207</v>
+        <v>1.0425</v>
       </c>
       <c r="F462" s="0"/>
     </row>
     <row r="463" spans="1:6">
       <c r="B463" s="4">
-        <v>45289</v>
+        <v>45338</v>
       </c>
       <c r="C463" s="2">
-        <v>1.0218</v>
+        <v>1.0456</v>
       </c>
       <c r="D463" s="2">
-        <v>1.0198</v>
+        <v>1.0436</v>
       </c>
       <c r="E463" s="2">
-        <v>1.0208</v>
+        <v>1.0446</v>
       </c>
       <c r="F463" s="0"/>
     </row>
     <row r="464" spans="1:6">
       <c r="B464" s="4">
-        <v>45288</v>
+        <v>45337</v>
       </c>
       <c r="C464" s="2">
-        <v>1.0216</v>
+        <v>1.0407</v>
       </c>
       <c r="D464" s="2">
-        <v>1.0196</v>
+        <v>1.0387</v>
       </c>
       <c r="E464" s="2">
-        <v>1.0206</v>
+        <v>1.0397</v>
       </c>
       <c r="F464" s="0"/>
     </row>
     <row r="465" spans="1:6">
       <c r="B465" s="4">
-        <v>45287</v>
+        <v>45336</v>
       </c>
       <c r="C465" s="2">
-        <v>1.0214</v>
+        <v>1.0351</v>
       </c>
       <c r="D465" s="2">
-        <v>1.0194</v>
+        <v>1.0331</v>
       </c>
       <c r="E465" s="2">
-        <v>1.0204</v>
+        <v>1.0341</v>
       </c>
       <c r="F465" s="0"/>
     </row>
     <row r="466" spans="1:6">
       <c r="B466" s="4">
-        <v>45282</v>
+        <v>45335</v>
       </c>
       <c r="C466" s="2">
-        <v>1.0214</v>
+        <v>1.042</v>
       </c>
       <c r="D466" s="2">
-        <v>1.0194</v>
+        <v>1.04</v>
       </c>
       <c r="E466" s="2">
-        <v>1.0204</v>
+        <v>1.041</v>
       </c>
       <c r="F466" s="0"/>
     </row>
     <row r="467" spans="1:6">
       <c r="B467" s="4">
-        <v>45281</v>
+        <v>45334</v>
       </c>
       <c r="C467" s="2">
-        <v>1.0213</v>
+        <v>1.0411</v>
       </c>
       <c r="D467" s="2">
-        <v>1.0193</v>
+        <v>1.0391</v>
       </c>
       <c r="E467" s="2">
-        <v>1.0203</v>
+        <v>1.0401</v>
       </c>
       <c r="F467" s="0"/>
     </row>
     <row r="468" spans="1:6">
       <c r="B468" s="4">
-        <v>45280</v>
+        <v>45331</v>
       </c>
       <c r="C468" s="2">
-        <v>1.0215</v>
+        <v>1.0413</v>
       </c>
       <c r="D468" s="2">
-        <v>1.0195</v>
+        <v>1.0393</v>
       </c>
       <c r="E468" s="2">
-        <v>1.0205</v>
+        <v>1.0403</v>
       </c>
       <c r="F468" s="0"/>
     </row>
     <row r="469" spans="1:6">
       <c r="B469" s="4">
-        <v>45279</v>
+        <v>45330</v>
       </c>
       <c r="C469" s="2">
-        <v>1.0214</v>
+        <v>1.0409</v>
       </c>
       <c r="D469" s="2">
-        <v>1.0194</v>
+        <v>1.0389</v>
       </c>
       <c r="E469" s="2">
-        <v>1.0204</v>
+        <v>1.0399</v>
       </c>
       <c r="F469" s="0"/>
     </row>
     <row r="470" spans="1:6">
       <c r="B470" s="4">
-        <v>45278</v>
+        <v>45329</v>
       </c>
       <c r="C470" s="2">
-        <v>1.0213</v>
+        <v>1.0377</v>
       </c>
       <c r="D470" s="2">
-        <v>1.0193</v>
+        <v>1.0357</v>
       </c>
       <c r="E470" s="2">
-        <v>1.0203</v>
+        <v>1.0367</v>
       </c>
       <c r="F470" s="0"/>
     </row>
     <row r="471" spans="1:6">
       <c r="B471" s="4">
-        <v>45275</v>
+        <v>45328</v>
       </c>
       <c r="C471" s="2">
-        <v>1.0214</v>
+        <v>1.0346</v>
       </c>
       <c r="D471" s="2">
-        <v>1.0194</v>
+        <v>1.0326</v>
       </c>
       <c r="E471" s="2">
-        <v>1.0204</v>
+        <v>1.0336</v>
       </c>
       <c r="F471" s="0"/>
     </row>
     <row r="472" spans="1:6">
       <c r="B472" s="4">
-        <v>45274</v>
+        <v>45327</v>
       </c>
       <c r="C472" s="2">
-        <v>1.0213</v>
+        <v>1.0361</v>
       </c>
       <c r="D472" s="2">
-        <v>1.0193</v>
+        <v>1.0341</v>
       </c>
       <c r="E472" s="2">
-        <v>1.0203</v>
+        <v>1.0351</v>
       </c>
       <c r="F472" s="0"/>
     </row>
     <row r="473" spans="1:6">
       <c r="B473" s="4">
-        <v>45273</v>
+        <v>45324</v>
       </c>
       <c r="C473" s="2">
-        <v>1.0211</v>
+        <v>1.0392</v>
       </c>
       <c r="D473" s="2">
-        <v>1.0191</v>
+        <v>1.0372</v>
       </c>
       <c r="E473" s="2">
-        <v>1.0201</v>
+        <v>1.0382</v>
       </c>
       <c r="F473" s="0"/>
     </row>
     <row r="474" spans="1:6">
       <c r="B474" s="4">
-        <v>45272</v>
+        <v>45323</v>
       </c>
       <c r="C474" s="2">
-        <v>1.0202</v>
+        <v>1.0329</v>
       </c>
       <c r="D474" s="2">
-        <v>1.0182</v>
+        <v>1.0309</v>
       </c>
       <c r="E474" s="2">
-        <v>1.0192</v>
+        <v>1.0319</v>
       </c>
       <c r="F474" s="0"/>
     </row>
     <row r="475" spans="1:6">
       <c r="B475" s="4">
-        <v>45271</v>
+        <v>45322</v>
       </c>
       <c r="C475" s="2">
-        <v>1.0198</v>
+        <v>1.0384</v>
       </c>
       <c r="D475" s="2">
-        <v>1.0178</v>
+        <v>1.0364</v>
       </c>
       <c r="E475" s="2">
-        <v>1.0188</v>
+        <v>1.0374</v>
       </c>
       <c r="F475" s="0"/>
     </row>
     <row r="476" spans="1:6">
       <c r="B476" s="4">
-        <v>45268</v>
+        <v>45321</v>
       </c>
       <c r="C476" s="2">
-        <v>1.0195</v>
+        <v>1.0346</v>
       </c>
       <c r="D476" s="2">
-        <v>1.0175</v>
+        <v>1.0326</v>
       </c>
       <c r="E476" s="2">
-        <v>1.0185</v>
+        <v>1.0336</v>
       </c>
       <c r="F476" s="0"/>
     </row>
     <row r="477" spans="1:6">
       <c r="B477" s="4">
-        <v>45267</v>
+        <v>45320</v>
       </c>
       <c r="C477" s="2">
-        <v>1.0194</v>
+        <v>1.0328</v>
       </c>
       <c r="D477" s="2">
-        <v>1.0174</v>
+        <v>1.0308</v>
       </c>
       <c r="E477" s="2">
-        <v>1.0184</v>
+        <v>1.0318</v>
       </c>
       <c r="F477" s="0"/>
     </row>
     <row r="478" spans="1:6">
       <c r="B478" s="4">
-        <v>45266</v>
+        <v>45316</v>
       </c>
       <c r="C478" s="2">
-        <v>1.0196</v>
+        <v>1.0307</v>
       </c>
       <c r="D478" s="2">
-        <v>1.0176</v>
+        <v>1.0287</v>
       </c>
       <c r="E478" s="2">
-        <v>1.0186</v>
+        <v>1.0297</v>
       </c>
       <c r="F478" s="0"/>
     </row>
     <row r="479" spans="1:6">
       <c r="B479" s="4">
-        <v>45265</v>
+        <v>45315</v>
       </c>
       <c r="C479" s="2">
-        <v>1.0184</v>
+        <v>1.0281</v>
       </c>
       <c r="D479" s="2">
-        <v>1.0164</v>
+        <v>1.0261</v>
       </c>
       <c r="E479" s="2">
-        <v>1.0174</v>
+        <v>1.0271</v>
       </c>
       <c r="F479" s="0"/>
     </row>
     <row r="480" spans="1:6">
       <c r="B480" s="4">
-        <v>45264</v>
+        <v>45314</v>
       </c>
       <c r="C480" s="2">
-        <v>1.0188</v>
+        <v>1.0272</v>
       </c>
       <c r="D480" s="2">
-        <v>1.0168</v>
+        <v>1.0252</v>
       </c>
       <c r="E480" s="2">
-        <v>1.0178</v>
+        <v>1.0262</v>
       </c>
       <c r="F480" s="0"/>
     </row>
     <row r="481" spans="1:6">
       <c r="B481" s="4">
-        <v>45261</v>
+        <v>45313</v>
       </c>
       <c r="C481" s="2">
-        <v>1.0182</v>
+        <v>1.0241</v>
       </c>
       <c r="D481" s="2">
-        <v>1.0162</v>
+        <v>1.0221</v>
       </c>
       <c r="E481" s="2">
-        <v>1.0172</v>
+        <v>1.0231</v>
       </c>
       <c r="F481" s="0"/>
     </row>
     <row r="482" spans="1:6">
       <c r="B482" s="4">
-        <v>45260</v>
+        <v>45310</v>
       </c>
       <c r="C482" s="2">
-        <v>1.018</v>
+        <v>1.0192</v>
       </c>
       <c r="D482" s="2">
-        <v>1.016</v>
+        <v>1.0172</v>
       </c>
       <c r="E482" s="2">
-        <v>1.017</v>
+        <v>1.0182</v>
       </c>
       <c r="F482" s="0"/>
     </row>
     <row r="483" spans="1:6">
       <c r="B483" s="4">
-        <v>45259</v>
+        <v>45309</v>
       </c>
       <c r="C483" s="2">
-        <v>1.0165</v>
+        <v>1.0133</v>
       </c>
       <c r="D483" s="2">
-        <v>1.0145</v>
+        <v>1.0113</v>
       </c>
       <c r="E483" s="2">
-        <v>1.0155</v>
+        <v>1.0123</v>
       </c>
       <c r="F483" s="0"/>
     </row>
     <row r="484" spans="1:6">
       <c r="B484" s="4">
-        <v>45258</v>
+        <v>45308</v>
       </c>
       <c r="C484" s="2">
-        <v>1.0165</v>
+        <v>1.0174</v>
       </c>
       <c r="D484" s="2">
-        <v>1.0145</v>
+        <v>1.0154</v>
       </c>
       <c r="E484" s="2">
-        <v>1.0155</v>
+        <v>1.0164</v>
       </c>
       <c r="F484" s="0"/>
     </row>
     <row r="485" spans="1:6">
       <c r="B485" s="4">
-        <v>45257</v>
+        <v>45307</v>
       </c>
       <c r="C485" s="2">
-        <v>1.0164</v>
+        <v>1.0203</v>
       </c>
       <c r="D485" s="2">
-        <v>1.0144</v>
+        <v>1.0183</v>
       </c>
       <c r="E485" s="2">
-        <v>1.0154</v>
+        <v>1.0193</v>
       </c>
       <c r="F485" s="0"/>
     </row>
     <row r="486" spans="1:6">
       <c r="B486" s="4">
-        <v>45254</v>
+        <v>45306</v>
       </c>
       <c r="C486" s="2">
-        <v>1.017</v>
+        <v>1.0214</v>
       </c>
       <c r="D486" s="2">
-        <v>1.015</v>
+        <v>1.0194</v>
       </c>
       <c r="E486" s="2">
-        <v>1.016</v>
+        <v>1.0204</v>
       </c>
       <c r="F486" s="0"/>
     </row>
     <row r="487" spans="1:6">
       <c r="B487" s="4">
-        <v>45253</v>
+        <v>45303</v>
       </c>
       <c r="C487" s="2">
-        <v>1.017</v>
+        <v>1.0214</v>
       </c>
       <c r="D487" s="2">
-        <v>1.015</v>
+        <v>1.0194</v>
       </c>
       <c r="E487" s="2">
-        <v>1.016</v>
+        <v>1.0204</v>
       </c>
       <c r="F487" s="0"/>
     </row>
     <row r="488" spans="1:6">
       <c r="B488" s="4">
-        <v>45252</v>
+        <v>45302</v>
       </c>
       <c r="C488" s="2">
-        <v>1.0171</v>
+        <v>1.0215</v>
       </c>
       <c r="D488" s="2">
-        <v>1.0151</v>
+        <v>1.0195</v>
       </c>
       <c r="E488" s="2">
-        <v>1.0161</v>
+        <v>1.0205</v>
       </c>
       <c r="F488" s="0"/>
     </row>
     <row r="489" spans="1:6">
       <c r="B489" s="4">
-        <v>45251</v>
+        <v>45301</v>
       </c>
       <c r="C489" s="2">
-        <v>1.0172</v>
+        <v>1.0214</v>
       </c>
       <c r="D489" s="2">
-        <v>1.0152</v>
+        <v>1.0194</v>
       </c>
       <c r="E489" s="2">
-        <v>1.0162</v>
+        <v>1.0204</v>
       </c>
       <c r="F489" s="0"/>
     </row>
     <row r="490" spans="1:6">
       <c r="B490" s="4">
-        <v>45250</v>
+        <v>45300</v>
       </c>
       <c r="C490" s="2">
-        <v>1.0167</v>
+        <v>1.0215</v>
       </c>
       <c r="D490" s="2">
-        <v>1.0147</v>
+        <v>1.0195</v>
       </c>
       <c r="E490" s="2">
-        <v>1.0157</v>
+        <v>1.0205</v>
       </c>
       <c r="F490" s="0"/>
     </row>
     <row r="491" spans="1:6">
       <c r="B491" s="4">
-        <v>45247</v>
+        <v>45299</v>
       </c>
       <c r="C491" s="2">
-        <v>1.017</v>
+        <v>1.0213</v>
       </c>
       <c r="D491" s="2">
-        <v>1.015</v>
+        <v>1.0193</v>
       </c>
       <c r="E491" s="2">
-        <v>1.016</v>
+        <v>1.0203</v>
       </c>
       <c r="F491" s="0"/>
     </row>
     <row r="492" spans="1:6">
       <c r="B492" s="4">
-        <v>45246</v>
+        <v>45296</v>
       </c>
       <c r="C492" s="2">
-        <v>1.017</v>
+        <v>1.0214</v>
       </c>
       <c r="D492" s="2">
-        <v>1.015</v>
+        <v>1.0194</v>
       </c>
       <c r="E492" s="2">
-        <v>1.016</v>
+        <v>1.0204</v>
       </c>
       <c r="F492" s="0"/>
     </row>
     <row r="493" spans="1:6">
       <c r="B493" s="4">
-        <v>45245</v>
+        <v>45295</v>
       </c>
       <c r="C493" s="2">
-        <v>1.0173</v>
+        <v>1.0214</v>
       </c>
       <c r="D493" s="2">
-        <v>1.0153</v>
+        <v>1.0194</v>
       </c>
       <c r="E493" s="2">
-        <v>1.0163</v>
+        <v>1.0204</v>
       </c>
       <c r="F493" s="0"/>
     </row>
     <row r="494" spans="1:6">
       <c r="B494" s="4">
-        <v>45244</v>
+        <v>45294</v>
       </c>
       <c r="C494" s="2">
-        <v>1.0151</v>
+        <v>1.0215</v>
       </c>
       <c r="D494" s="2">
-        <v>1.0131</v>
+        <v>1.0195</v>
       </c>
       <c r="E494" s="2">
-        <v>1.0141</v>
+        <v>1.0205</v>
       </c>
       <c r="F494" s="0"/>
     </row>
     <row r="495" spans="1:6">
       <c r="B495" s="4">
-        <v>45243</v>
+        <v>45293</v>
       </c>
       <c r="C495" s="2">
-        <v>1.0141</v>
+        <v>1.0217</v>
       </c>
       <c r="D495" s="2">
-        <v>1.0121</v>
+        <v>1.0197</v>
       </c>
       <c r="E495" s="2">
-        <v>1.0131</v>
+        <v>1.0207</v>
       </c>
       <c r="F495" s="0"/>
     </row>
     <row r="496" spans="1:6">
       <c r="B496" s="4">
-        <v>45240</v>
+        <v>45289</v>
       </c>
       <c r="C496" s="2">
-        <v>1.0142</v>
+        <v>1.0218</v>
       </c>
       <c r="D496" s="2">
-        <v>1.0122</v>
+        <v>1.0198</v>
       </c>
       <c r="E496" s="2">
-        <v>1.0132</v>
+        <v>1.0208</v>
       </c>
       <c r="F496" s="0"/>
     </row>
     <row r="497" spans="1:6">
       <c r="B497" s="4">
-        <v>45239</v>
+        <v>45288</v>
       </c>
       <c r="C497" s="2">
-        <v>1.0146</v>
+        <v>1.0216</v>
       </c>
       <c r="D497" s="2">
-        <v>1.0126</v>
+        <v>1.0196</v>
       </c>
       <c r="E497" s="2">
-        <v>1.0136</v>
+        <v>1.0206</v>
       </c>
       <c r="F497" s="0"/>
     </row>
     <row r="498" spans="1:6">
       <c r="B498" s="4">
-        <v>45238</v>
+        <v>45287</v>
       </c>
       <c r="C498" s="2">
-        <v>1.0141</v>
+        <v>1.0214</v>
       </c>
       <c r="D498" s="2">
-        <v>1.0121</v>
+        <v>1.0194</v>
       </c>
       <c r="E498" s="2">
-        <v>1.0131</v>
+        <v>1.0204</v>
       </c>
       <c r="F498" s="0"/>
     </row>
     <row r="499" spans="1:6">
       <c r="B499" s="4">
-        <v>45237</v>
+        <v>45282</v>
       </c>
       <c r="C499" s="2">
-        <v>1.014</v>
+        <v>1.0214</v>
       </c>
       <c r="D499" s="2">
-        <v>1.012</v>
+        <v>1.0194</v>
       </c>
       <c r="E499" s="2">
-        <v>1.013</v>
+        <v>1.0204</v>
       </c>
       <c r="F499" s="0"/>
     </row>
     <row r="500" spans="1:6">
       <c r="B500" s="4">
-        <v>45236</v>
+        <v>45281</v>
       </c>
       <c r="C500" s="2">
-        <v>1.0141</v>
+        <v>1.0213</v>
       </c>
       <c r="D500" s="2">
-        <v>1.0121</v>
+        <v>1.0193</v>
       </c>
       <c r="E500" s="2">
-        <v>1.0131</v>
+        <v>1.0203</v>
       </c>
       <c r="F500" s="0"/>
     </row>
     <row r="501" spans="1:6">
       <c r="B501" s="4">
-        <v>45233</v>
+        <v>45280</v>
       </c>
       <c r="C501" s="2">
-        <v>1.0136</v>
+        <v>1.0215</v>
       </c>
       <c r="D501" s="2">
-        <v>1.0116</v>
+        <v>1.0195</v>
       </c>
       <c r="E501" s="2">
-        <v>1.0126</v>
+        <v>1.0205</v>
       </c>
       <c r="F501" s="0"/>
     </row>
     <row r="502" spans="1:6">
       <c r="B502" s="4">
-        <v>45232</v>
+        <v>45279</v>
       </c>
       <c r="C502" s="2">
-        <v>1.0116</v>
+        <v>1.0214</v>
       </c>
       <c r="D502" s="2">
-        <v>1.0096</v>
+        <v>1.0194</v>
       </c>
       <c r="E502" s="2">
-        <v>1.0106</v>
+        <v>1.0204</v>
       </c>
       <c r="F502" s="0"/>
     </row>
     <row r="503" spans="1:6">
       <c r="B503" s="4">
-        <v>45231</v>
+        <v>45278</v>
       </c>
       <c r="C503" s="2">
-        <v>1.0105</v>
+        <v>1.0213</v>
       </c>
       <c r="D503" s="2">
-        <v>1.0085</v>
+        <v>1.0193</v>
       </c>
       <c r="E503" s="2">
-        <v>1.0095</v>
+        <v>1.0203</v>
       </c>
       <c r="F503" s="0"/>
     </row>
     <row r="504" spans="1:6">
       <c r="B504" s="4">
-        <v>45230</v>
+        <v>45275</v>
       </c>
       <c r="C504" s="2">
-        <v>1.0092</v>
+        <v>1.0214</v>
       </c>
       <c r="D504" s="2">
-        <v>1.0072</v>
+        <v>1.0194</v>
       </c>
       <c r="E504" s="2">
-        <v>1.0082</v>
+        <v>1.0204</v>
       </c>
       <c r="F504" s="0"/>
     </row>
     <row r="505" spans="1:6">
       <c r="B505" s="4">
-        <v>45229</v>
+        <v>45274</v>
       </c>
       <c r="C505" s="2">
-        <v>1.0083</v>
+        <v>1.0213</v>
       </c>
       <c r="D505" s="2">
-        <v>1.0063</v>
+        <v>1.0193</v>
       </c>
       <c r="E505" s="2">
-        <v>1.0073</v>
+        <v>1.0203</v>
       </c>
       <c r="F505" s="0"/>
     </row>
     <row r="506" spans="1:6">
       <c r="B506" s="4">
-        <v>45226</v>
+        <v>45273</v>
       </c>
       <c r="C506" s="2">
-        <v>1.0095</v>
+        <v>1.0211</v>
       </c>
       <c r="D506" s="2">
-        <v>1.0075</v>
+        <v>1.0191</v>
       </c>
       <c r="E506" s="2">
-        <v>1.0085</v>
+        <v>1.0201</v>
       </c>
       <c r="F506" s="0"/>
     </row>
     <row r="507" spans="1:6">
       <c r="B507" s="4">
-        <v>45225</v>
+        <v>45272</v>
       </c>
       <c r="C507" s="2">
-        <v>1.0092</v>
+        <v>1.0202</v>
       </c>
       <c r="D507" s="2">
-        <v>1.0072</v>
+        <v>1.0182</v>
       </c>
       <c r="E507" s="2">
-        <v>1.0082</v>
+        <v>1.0192</v>
       </c>
       <c r="F507" s="0"/>
     </row>
     <row r="508" spans="1:6">
       <c r="B508" s="4">
-        <v>45224</v>
+        <v>45271</v>
       </c>
       <c r="C508" s="2">
-        <v>1.0101</v>
+        <v>1.0198</v>
       </c>
       <c r="D508" s="2">
-        <v>1.0081</v>
+        <v>1.0178</v>
       </c>
       <c r="E508" s="2">
-        <v>1.0091</v>
+        <v>1.0188</v>
       </c>
       <c r="F508" s="0"/>
     </row>
     <row r="509" spans="1:6">
       <c r="B509" s="4">
-        <v>45223</v>
+        <v>45268</v>
       </c>
       <c r="C509" s="2">
-        <v>1.0102</v>
+        <v>1.0195</v>
       </c>
       <c r="D509" s="2">
-        <v>1.0082</v>
+        <v>1.0175</v>
       </c>
       <c r="E509" s="2">
-        <v>1.0092</v>
+        <v>1.0185</v>
       </c>
       <c r="F509" s="0"/>
     </row>
     <row r="510" spans="1:6">
       <c r="B510" s="4">
-        <v>45222</v>
+        <v>45267</v>
       </c>
       <c r="C510" s="2">
-        <v>1.0105</v>
+        <v>1.0194</v>
       </c>
       <c r="D510" s="2">
-        <v>1.0085</v>
+        <v>1.0174</v>
       </c>
       <c r="E510" s="2">
-        <v>1.0095</v>
+        <v>1.0184</v>
       </c>
       <c r="F510" s="0"/>
     </row>
     <row r="511" spans="1:6">
       <c r="B511" s="4">
-        <v>45219</v>
+        <v>45266</v>
       </c>
       <c r="C511" s="2">
-        <v>1.0115</v>
+        <v>1.0196</v>
       </c>
       <c r="D511" s="2">
-        <v>1.0095</v>
+        <v>1.0176</v>
       </c>
       <c r="E511" s="2">
-        <v>1.0105</v>
+        <v>1.0186</v>
       </c>
       <c r="F511" s="0"/>
     </row>
     <row r="512" spans="1:6">
       <c r="B512" s="4">
-        <v>45218</v>
+        <v>45265</v>
       </c>
       <c r="C512" s="2">
-        <v>1.0133</v>
+        <v>1.0184</v>
       </c>
       <c r="D512" s="2">
-        <v>1.0113</v>
+        <v>1.0164</v>
       </c>
       <c r="E512" s="2">
-        <v>1.0123</v>
+        <v>1.0174</v>
       </c>
       <c r="F512" s="0"/>
     </row>
     <row r="513" spans="1:6">
       <c r="B513" s="4">
-        <v>45217</v>
+        <v>45264</v>
       </c>
       <c r="C513" s="2">
-        <v>1.0152</v>
+        <v>1.0188</v>
       </c>
       <c r="D513" s="2">
-        <v>1.0132</v>
+        <v>1.0168</v>
       </c>
       <c r="E513" s="2">
-        <v>1.0142</v>
+        <v>1.0178</v>
       </c>
       <c r="F513" s="0"/>
     </row>
     <row r="514" spans="1:6">
       <c r="B514" s="4">
-        <v>45216</v>
+        <v>45261</v>
       </c>
       <c r="C514" s="2">
-        <v>1.0152</v>
+        <v>1.0182</v>
       </c>
       <c r="D514" s="2">
-        <v>1.0132</v>
+        <v>1.0162</v>
       </c>
       <c r="E514" s="2">
-        <v>1.0142</v>
+        <v>1.0172</v>
       </c>
       <c r="F514" s="0"/>
     </row>
     <row r="515" spans="1:6">
       <c r="B515" s="4">
-        <v>45215</v>
+        <v>45260</v>
       </c>
       <c r="C515" s="2">
-        <v>1.0147</v>
+        <v>1.018</v>
       </c>
       <c r="D515" s="2">
-        <v>1.0127</v>
+        <v>1.016</v>
       </c>
       <c r="E515" s="2">
-        <v>1.0137</v>
+        <v>1.017</v>
       </c>
       <c r="F515" s="0"/>
     </row>
     <row r="516" spans="1:6">
       <c r="B516" s="4">
-        <v>45212</v>
+        <v>45259</v>
       </c>
       <c r="C516" s="2">
-        <v>1.0157</v>
+        <v>1.0165</v>
       </c>
       <c r="D516" s="2">
-        <v>1.0137</v>
+        <v>1.0145</v>
       </c>
       <c r="E516" s="2">
-        <v>1.0147</v>
+        <v>1.0155</v>
       </c>
       <c r="F516" s="0"/>
     </row>
     <row r="517" spans="1:6">
       <c r="B517" s="4">
-        <v>45211</v>
+        <v>45258</v>
       </c>
       <c r="C517" s="2">
-        <v>1.0166</v>
+        <v>1.0165</v>
       </c>
       <c r="D517" s="2">
-        <v>1.0146</v>
+        <v>1.0145</v>
       </c>
       <c r="E517" s="2">
-        <v>1.0156</v>
+        <v>1.0155</v>
       </c>
       <c r="F517" s="0"/>
     </row>
     <row r="518" spans="1:6">
       <c r="B518" s="4">
-        <v>45210</v>
+        <v>45257</v>
       </c>
       <c r="C518" s="2">
-        <v>1.0157</v>
+        <v>1.0164</v>
       </c>
       <c r="D518" s="2">
-        <v>1.0137</v>
+        <v>1.0144</v>
       </c>
       <c r="E518" s="2">
-        <v>1.0147</v>
+        <v>1.0154</v>
       </c>
       <c r="F518" s="0"/>
     </row>
     <row r="519" spans="1:6">
       <c r="B519" s="4">
-        <v>45209</v>
+        <v>45254</v>
       </c>
       <c r="C519" s="2">
-        <v>1.0143</v>
+        <v>1.017</v>
       </c>
       <c r="D519" s="2">
-        <v>1.0123</v>
+        <v>1.015</v>
       </c>
       <c r="E519" s="2">
-        <v>1.0133</v>
+        <v>1.016</v>
       </c>
       <c r="F519" s="0"/>
     </row>
     <row r="520" spans="1:6">
       <c r="B520" s="4">
-        <v>45208</v>
+        <v>45253</v>
       </c>
       <c r="C520" s="2">
-        <v>1.0127</v>
+        <v>1.017</v>
       </c>
       <c r="D520" s="2">
-        <v>1.0107</v>
+        <v>1.015</v>
       </c>
       <c r="E520" s="2">
-        <v>1.0117</v>
+        <v>1.016</v>
       </c>
       <c r="F520" s="0"/>
     </row>
     <row r="521" spans="1:6">
       <c r="B521" s="4">
-        <v>45205</v>
+        <v>45252</v>
       </c>
       <c r="C521" s="2">
-        <v>1.0124</v>
+        <v>1.0171</v>
       </c>
       <c r="D521" s="2">
-        <v>1.0104</v>
+        <v>1.0151</v>
       </c>
       <c r="E521" s="2">
-        <v>1.0114</v>
+        <v>1.0161</v>
       </c>
       <c r="F521" s="0"/>
     </row>
     <row r="522" spans="1:6">
       <c r="B522" s="4">
-        <v>45204</v>
+        <v>45251</v>
       </c>
       <c r="C522" s="2">
-        <v>1.012</v>
+        <v>1.0172</v>
       </c>
       <c r="D522" s="2">
-        <v>1.01</v>
+        <v>1.0152</v>
       </c>
       <c r="E522" s="2">
-        <v>1.011</v>
+        <v>1.0162</v>
       </c>
       <c r="F522" s="0"/>
     </row>
     <row r="523" spans="1:6">
       <c r="B523" s="4">
-        <v>45203</v>
+        <v>45250</v>
       </c>
       <c r="C523" s="2">
-        <v>1.0111</v>
+        <v>1.0167</v>
       </c>
       <c r="D523" s="2">
-        <v>1.0091</v>
+        <v>1.0147</v>
       </c>
       <c r="E523" s="2">
-        <v>1.0101</v>
+        <v>1.0157</v>
       </c>
       <c r="F523" s="0"/>
     </row>
     <row r="524" spans="1:6">
       <c r="B524" s="4">
-        <v>45202</v>
+        <v>45247</v>
       </c>
       <c r="C524" s="2">
-        <v>1.013</v>
+        <v>1.017</v>
       </c>
       <c r="D524" s="2">
-        <v>1.011</v>
+        <v>1.015</v>
       </c>
       <c r="E524" s="2">
-        <v>1.012</v>
+        <v>1.016</v>
       </c>
       <c r="F524" s="0"/>
     </row>
     <row r="525" spans="1:6">
       <c r="B525" s="4">
-        <v>45198</v>
+        <v>45246</v>
       </c>
       <c r="C525" s="2">
-        <v>1.0149</v>
+        <v>1.017</v>
       </c>
       <c r="D525" s="2">
-        <v>1.0129</v>
+        <v>1.015</v>
       </c>
       <c r="E525" s="2">
-        <v>1.0139</v>
+        <v>1.016</v>
       </c>
       <c r="F525" s="0"/>
     </row>
     <row r="526" spans="1:6">
       <c r="B526" s="4">
-        <v>45197</v>
+        <v>45245</v>
       </c>
       <c r="C526" s="2">
-        <v>1.014</v>
+        <v>1.0173</v>
       </c>
       <c r="D526" s="2">
-        <v>1.012</v>
+        <v>1.0153</v>
       </c>
       <c r="E526" s="2">
-        <v>1.013</v>
+        <v>1.0163</v>
       </c>
       <c r="F526" s="0"/>
     </row>
     <row r="527" spans="1:6">
       <c r="B527" s="4">
-        <v>45196</v>
+        <v>45244</v>
       </c>
       <c r="C527" s="2">
-        <v>1.0142</v>
+        <v>1.0151</v>
       </c>
       <c r="D527" s="2">
-        <v>1.0122</v>
+        <v>1.0131</v>
       </c>
       <c r="E527" s="2">
-        <v>1.0132</v>
+        <v>1.0141</v>
       </c>
       <c r="F527" s="0"/>
     </row>
     <row r="528" spans="1:6">
       <c r="B528" s="4">
-        <v>45195</v>
+        <v>45243</v>
       </c>
       <c r="C528" s="2">
-        <v>1.0148</v>
+        <v>1.0141</v>
       </c>
       <c r="D528" s="2">
-        <v>1.0128</v>
+        <v>1.0121</v>
       </c>
       <c r="E528" s="2">
-        <v>1.0138</v>
+        <v>1.0131</v>
       </c>
       <c r="F528" s="0"/>
     </row>
     <row r="529" spans="1:6">
       <c r="B529" s="4">
-        <v>45194</v>
+        <v>45240</v>
       </c>
       <c r="C529" s="2">
-        <v>1.0157</v>
+        <v>1.0142</v>
       </c>
       <c r="D529" s="2">
-        <v>1.0137</v>
+        <v>1.0122</v>
       </c>
       <c r="E529" s="2">
-        <v>1.0147</v>
+        <v>1.0132</v>
       </c>
       <c r="F529" s="0"/>
     </row>
     <row r="530" spans="1:6">
       <c r="B530" s="4">
-        <v>45191</v>
+        <v>45239</v>
       </c>
       <c r="C530" s="2">
-        <v>1.0159</v>
+        <v>1.0146</v>
       </c>
       <c r="D530" s="2">
-        <v>1.0139</v>
+        <v>1.0126</v>
       </c>
       <c r="E530" s="2">
-        <v>1.0149</v>
+        <v>1.0136</v>
       </c>
       <c r="F530" s="0"/>
     </row>
     <row r="531" spans="1:6">
       <c r="B531" s="4">
-        <v>45190</v>
+        <v>45238</v>
       </c>
       <c r="C531" s="2">
-        <v>1.0164</v>
+        <v>1.0141</v>
       </c>
       <c r="D531" s="2">
-        <v>1.0144</v>
+        <v>1.0121</v>
       </c>
       <c r="E531" s="2">
-        <v>1.0154</v>
+        <v>1.0131</v>
       </c>
       <c r="F531" s="0"/>
     </row>
     <row r="532" spans="1:6">
       <c r="B532" s="4">
-        <v>45189</v>
+        <v>45237</v>
       </c>
       <c r="C532" s="2">
-        <v>1.0187</v>
+        <v>1.014</v>
       </c>
       <c r="D532" s="2">
-        <v>1.0167</v>
+        <v>1.012</v>
       </c>
       <c r="E532" s="2">
-        <v>1.0177</v>
+        <v>1.013</v>
       </c>
       <c r="F532" s="0"/>
     </row>
     <row r="533" spans="1:6">
       <c r="B533" s="4">
-        <v>45188</v>
+        <v>45236</v>
       </c>
       <c r="C533" s="2">
-        <v>1.0201</v>
+        <v>1.0141</v>
       </c>
       <c r="D533" s="2">
-        <v>1.0181</v>
+        <v>1.0121</v>
       </c>
       <c r="E533" s="2">
-        <v>1.0191</v>
+        <v>1.0131</v>
       </c>
       <c r="F533" s="0"/>
     </row>
     <row r="534" spans="1:6">
       <c r="B534" s="4">
-        <v>45187</v>
+        <v>45233</v>
       </c>
       <c r="C534" s="2">
-        <v>1.0212</v>
+        <v>1.0136</v>
       </c>
       <c r="D534" s="2">
-        <v>1.0192</v>
+        <v>1.0116</v>
       </c>
       <c r="E534" s="2">
-        <v>1.0202</v>
+        <v>1.0126</v>
       </c>
       <c r="F534" s="0"/>
     </row>
     <row r="535" spans="1:6">
       <c r="B535" s="4">
-        <v>45184</v>
+        <v>45232</v>
       </c>
       <c r="C535" s="2">
-        <v>1.0232</v>
+        <v>1.0116</v>
       </c>
       <c r="D535" s="2">
-        <v>1.0212</v>
+        <v>1.0096</v>
       </c>
       <c r="E535" s="2">
-        <v>1.0222</v>
+        <v>1.0106</v>
       </c>
       <c r="F535" s="0"/>
     </row>
     <row r="536" spans="1:6">
       <c r="B536" s="4">
-        <v>45183</v>
+        <v>45231</v>
       </c>
       <c r="C536" s="2">
-        <v>1.0204</v>
+        <v>1.0105</v>
       </c>
       <c r="D536" s="2">
-        <v>1.0184</v>
+        <v>1.0085</v>
       </c>
       <c r="E536" s="2">
-        <v>1.0194</v>
+        <v>1.0095</v>
       </c>
       <c r="F536" s="0"/>
     </row>
     <row r="537" spans="1:6">
       <c r="B537" s="4">
-        <v>45182</v>
+        <v>45230</v>
       </c>
       <c r="C537" s="2">
-        <v>1.0193</v>
+        <v>1.0092</v>
       </c>
       <c r="D537" s="2">
-        <v>1.0173</v>
+        <v>1.0072</v>
       </c>
       <c r="E537" s="2">
-        <v>1.0183</v>
+        <v>1.0082</v>
       </c>
       <c r="F537" s="0"/>
     </row>
     <row r="538" spans="1:6">
       <c r="B538" s="4">
-        <v>45181</v>
+        <v>45229</v>
       </c>
       <c r="C538" s="2">
-        <v>1.0208</v>
+        <v>1.0083</v>
       </c>
       <c r="D538" s="2">
-        <v>1.0188</v>
+        <v>1.0063</v>
       </c>
       <c r="E538" s="2">
-        <v>1.0198</v>
+        <v>1.0073</v>
       </c>
       <c r="F538" s="0"/>
     </row>
     <row r="539" spans="1:6">
       <c r="B539" s="4">
-        <v>45180</v>
+        <v>45226</v>
       </c>
       <c r="C539" s="2">
-        <v>1.0202</v>
+        <v>1.0095</v>
       </c>
       <c r="D539" s="2">
-        <v>1.0182</v>
+        <v>1.0075</v>
       </c>
       <c r="E539" s="2">
-        <v>1.0192</v>
+        <v>1.0085</v>
       </c>
       <c r="F539" s="0"/>
     </row>
     <row r="540" spans="1:6">
       <c r="B540" s="4">
-        <v>45177</v>
+        <v>45225</v>
       </c>
       <c r="C540" s="2">
-        <v>1.0198</v>
+        <v>1.0092</v>
       </c>
       <c r="D540" s="2">
-        <v>1.0178</v>
+        <v>1.0072</v>
       </c>
       <c r="E540" s="2">
-        <v>1.0188</v>
+        <v>1.0082</v>
       </c>
       <c r="F540" s="0"/>
     </row>
     <row r="541" spans="1:6">
       <c r="B541" s="4">
-        <v>45176</v>
+        <v>45224</v>
       </c>
       <c r="C541" s="2">
-        <v>1.0205</v>
+        <v>1.0101</v>
       </c>
       <c r="D541" s="2">
-        <v>1.0185</v>
+        <v>1.0081</v>
       </c>
       <c r="E541" s="2">
-        <v>1.0195</v>
+        <v>1.0091</v>
       </c>
       <c r="F541" s="0"/>
     </row>
     <row r="542" spans="1:6">
       <c r="B542" s="4">
-        <v>45175</v>
+        <v>45223</v>
       </c>
       <c r="C542" s="2">
-        <v>1.0223</v>
+        <v>1.0102</v>
       </c>
       <c r="D542" s="2">
-        <v>1.0203</v>
+        <v>1.0082</v>
       </c>
       <c r="E542" s="2">
-        <v>1.0213</v>
+        <v>1.0092</v>
       </c>
       <c r="F542" s="0"/>
     </row>
     <row r="543" spans="1:6">
       <c r="B543" s="4">
-        <v>45174</v>
+        <v>45222</v>
       </c>
       <c r="C543" s="2">
-        <v>1.0242</v>
+        <v>1.0105</v>
       </c>
       <c r="D543" s="2">
-        <v>1.0222</v>
+        <v>1.0085</v>
       </c>
       <c r="E543" s="2">
-        <v>1.0232</v>
+        <v>1.0095</v>
       </c>
       <c r="F543" s="0"/>
     </row>
     <row r="544" spans="1:6">
       <c r="B544" s="4">
-        <v>45173</v>
+        <v>45219</v>
       </c>
       <c r="C544" s="2">
-        <v>1.0239</v>
+        <v>1.0115</v>
       </c>
       <c r="D544" s="2">
-        <v>1.0219</v>
+        <v>1.0095</v>
       </c>
       <c r="E544" s="2">
-        <v>1.0229</v>
+        <v>1.0105</v>
       </c>
       <c r="F544" s="0"/>
     </row>
     <row r="545" spans="1:6">
       <c r="B545" s="4">
-        <v>45170</v>
+        <v>45218</v>
       </c>
       <c r="C545" s="2">
-        <v>1.0228</v>
+        <v>1.0133</v>
       </c>
       <c r="D545" s="2">
-        <v>1.0208</v>
+        <v>1.0113</v>
       </c>
       <c r="E545" s="2">
-        <v>1.0218</v>
+        <v>1.0123</v>
       </c>
       <c r="F545" s="0"/>
     </row>
     <row r="546" spans="1:6">
       <c r="B546" s="4">
-        <v>45169</v>
+        <v>45217</v>
       </c>
       <c r="C546" s="2">
-        <v>1.0229</v>
+        <v>1.0152</v>
       </c>
       <c r="D546" s="2">
-        <v>1.0209</v>
+        <v>1.0132</v>
       </c>
       <c r="E546" s="2">
-        <v>1.0219</v>
+        <v>1.0142</v>
       </c>
       <c r="F546" s="0"/>
     </row>
     <row r="547" spans="1:6">
       <c r="B547" s="4">
-        <v>45168</v>
+        <v>45216</v>
       </c>
       <c r="C547" s="2">
-        <v>1.0217</v>
+        <v>1.0152</v>
       </c>
       <c r="D547" s="2">
-        <v>1.0197</v>
+        <v>1.0132</v>
       </c>
       <c r="E547" s="2">
-        <v>1.0207</v>
+        <v>1.0142</v>
       </c>
       <c r="F547" s="0"/>
     </row>
     <row r="548" spans="1:6">
       <c r="B548" s="4">
-        <v>45167</v>
+        <v>45215</v>
       </c>
       <c r="C548" s="2">
-        <v>1.0194</v>
+        <v>1.0147</v>
       </c>
       <c r="D548" s="2">
-        <v>1.0174</v>
+        <v>1.0127</v>
       </c>
       <c r="E548" s="2">
-        <v>1.0184</v>
+        <v>1.0137</v>
       </c>
       <c r="F548" s="0"/>
     </row>
     <row r="549" spans="1:6">
       <c r="B549" s="4">
-        <v>45166</v>
+        <v>45212</v>
       </c>
       <c r="C549" s="2">
-        <v>1.0178</v>
+        <v>1.0157</v>
       </c>
       <c r="D549" s="2">
-        <v>1.0158</v>
+        <v>1.0137</v>
       </c>
       <c r="E549" s="2">
-        <v>1.0168</v>
+        <v>1.0147</v>
       </c>
       <c r="F549" s="0"/>
     </row>
     <row r="550" spans="1:6">
       <c r="B550" s="4">
-        <v>45163</v>
+        <v>45211</v>
       </c>
       <c r="C550" s="2">
-        <v>1.0161</v>
+        <v>1.0166</v>
       </c>
       <c r="D550" s="2">
-        <v>1.0141</v>
+        <v>1.0146</v>
       </c>
       <c r="E550" s="2">
-        <v>1.0151</v>
+        <v>1.0156</v>
       </c>
       <c r="F550" s="0"/>
     </row>
     <row r="551" spans="1:6">
       <c r="B551" s="4">
-        <v>45162</v>
+        <v>45210</v>
       </c>
       <c r="C551" s="2">
-        <v>1.0185</v>
+        <v>1.0157</v>
       </c>
       <c r="D551" s="2">
-        <v>1.0165</v>
+        <v>1.0137</v>
       </c>
       <c r="E551" s="2">
-        <v>1.0175</v>
+        <v>1.0147</v>
       </c>
       <c r="F551" s="0"/>
     </row>
     <row r="552" spans="1:6">
       <c r="B552" s="4">
-        <v>45161</v>
+        <v>45209</v>
       </c>
       <c r="C552" s="2">
-        <v>1.0162</v>
+        <v>1.0143</v>
       </c>
       <c r="D552" s="2">
-        <v>1.0142</v>
+        <v>1.0123</v>
       </c>
       <c r="E552" s="2">
-        <v>1.0152</v>
+        <v>1.0133</v>
       </c>
       <c r="F552" s="0"/>
     </row>
     <row r="553" spans="1:6">
       <c r="B553" s="4">
-        <v>45160</v>
+        <v>45208</v>
       </c>
       <c r="C553" s="2">
-        <v>1.0138</v>
+        <v>1.0127</v>
       </c>
       <c r="D553" s="2">
-        <v>1.0118</v>
+        <v>1.0107</v>
       </c>
       <c r="E553" s="2">
-        <v>1.0128</v>
+        <v>1.0117</v>
       </c>
       <c r="F553" s="0"/>
     </row>
     <row r="554" spans="1:6">
       <c r="B554" s="4">
-        <v>45159</v>
+        <v>45205</v>
       </c>
       <c r="C554" s="2">
-        <v>1.0135</v>
+        <v>1.0124</v>
       </c>
       <c r="D554" s="2">
-        <v>1.0115</v>
+        <v>1.0104</v>
       </c>
       <c r="E554" s="2">
-        <v>1.0125</v>
+        <v>1.0114</v>
       </c>
       <c r="F554" s="0"/>
     </row>
     <row r="555" spans="1:6">
       <c r="B555" s="4">
-        <v>45156</v>
+        <v>45204</v>
       </c>
       <c r="C555" s="2">
-        <v>1.0154</v>
+        <v>1.012</v>
       </c>
       <c r="D555" s="2">
-        <v>1.0134</v>
+        <v>1.01</v>
       </c>
       <c r="E555" s="2">
-        <v>1.0144</v>
+        <v>1.011</v>
       </c>
       <c r="F555" s="0"/>
     </row>
     <row r="556" spans="1:6">
       <c r="B556" s="4">
-        <v>45155</v>
+        <v>45203</v>
       </c>
       <c r="C556" s="2">
-        <v>1.0175</v>
+        <v>1.0111</v>
       </c>
       <c r="D556" s="2">
-        <v>1.0155</v>
+        <v>1.0091</v>
       </c>
       <c r="E556" s="2">
-        <v>1.0165</v>
+        <v>1.0101</v>
       </c>
       <c r="F556" s="0"/>
     </row>
     <row r="557" spans="1:6">
       <c r="B557" s="4">
-        <v>45154</v>
+        <v>45202</v>
       </c>
       <c r="C557" s="2">
-        <v>1.0199</v>
+        <v>1.013</v>
       </c>
       <c r="D557" s="2">
-        <v>1.0179</v>
+        <v>1.011</v>
       </c>
       <c r="E557" s="2">
-        <v>1.0189</v>
+        <v>1.012</v>
       </c>
       <c r="F557" s="0"/>
     </row>
     <row r="558" spans="1:6">
       <c r="B558" s="4">
-        <v>45153</v>
+        <v>45198</v>
       </c>
       <c r="C558" s="2">
-        <v>1.0264</v>
+        <v>1.0149</v>
       </c>
       <c r="D558" s="2">
-        <v>1.0244</v>
+        <v>1.0129</v>
       </c>
       <c r="E558" s="2">
-        <v>1.0254</v>
+        <v>1.0139</v>
       </c>
       <c r="F558" s="0"/>
     </row>
     <row r="559" spans="1:6">
       <c r="B559" s="4">
-        <v>45152</v>
+        <v>45197</v>
       </c>
       <c r="C559" s="2">
-        <v>1.0252</v>
+        <v>1.014</v>
       </c>
       <c r="D559" s="2">
-        <v>1.0232</v>
+        <v>1.012</v>
       </c>
       <c r="E559" s="2">
-        <v>1.0242</v>
+        <v>1.013</v>
       </c>
       <c r="F559" s="0"/>
     </row>
     <row r="560" spans="1:6">
       <c r="B560" s="4">
-        <v>45149</v>
+        <v>45196</v>
       </c>
       <c r="C560" s="2">
-        <v>1.0297</v>
+        <v>1.0142</v>
       </c>
       <c r="D560" s="2">
-        <v>1.0277</v>
+        <v>1.0122</v>
       </c>
       <c r="E560" s="2">
-        <v>1.0287</v>
+        <v>1.0132</v>
       </c>
       <c r="F560" s="0"/>
     </row>
     <row r="561" spans="1:6">
       <c r="B561" s="4">
-        <v>45148</v>
+        <v>45195</v>
       </c>
       <c r="C561" s="2">
-        <v>1.03</v>
+        <v>1.0148</v>
       </c>
       <c r="D561" s="2">
-        <v>1.028</v>
+        <v>1.0128</v>
       </c>
       <c r="E561" s="2">
-        <v>1.029</v>
+        <v>1.0138</v>
       </c>
       <c r="F561" s="0"/>
     </row>
     <row r="562" spans="1:6">
       <c r="B562" s="4">
-        <v>45147</v>
+        <v>45194</v>
       </c>
       <c r="C562" s="2">
-        <v>1.0295</v>
+        <v>1.0157</v>
       </c>
       <c r="D562" s="2">
-        <v>1.0275</v>
+        <v>1.0137</v>
       </c>
       <c r="E562" s="2">
-        <v>1.0285</v>
+        <v>1.0147</v>
       </c>
       <c r="F562" s="0"/>
     </row>
     <row r="563" spans="1:6">
       <c r="B563" s="4">
-        <v>45146</v>
+        <v>45191</v>
       </c>
       <c r="C563" s="2">
-        <v>1.0287</v>
+        <v>1.0159</v>
       </c>
       <c r="D563" s="2">
-        <v>1.0267</v>
+        <v>1.0139</v>
       </c>
       <c r="E563" s="2">
-        <v>1.0277</v>
+        <v>1.0149</v>
       </c>
       <c r="F563" s="0"/>
     </row>
     <row r="564" spans="1:6">
       <c r="B564" s="4">
-        <v>45145</v>
+        <v>45190</v>
       </c>
       <c r="C564" s="2">
-        <v>1.0278</v>
+        <v>1.0164</v>
       </c>
       <c r="D564" s="2">
-        <v>1.0258</v>
+        <v>1.0144</v>
       </c>
       <c r="E564" s="2">
-        <v>1.0268</v>
+        <v>1.0154</v>
       </c>
       <c r="F564" s="0"/>
     </row>
     <row r="565" spans="1:6">
       <c r="B565" s="4">
-        <v>45142</v>
+        <v>45189</v>
       </c>
       <c r="C565" s="2">
-        <v>1.0289</v>
+        <v>1.0187</v>
       </c>
       <c r="D565" s="2">
-        <v>1.0269</v>
+        <v>1.0167</v>
       </c>
       <c r="E565" s="2">
-        <v>1.0279</v>
+        <v>1.0177</v>
       </c>
       <c r="F565" s="0"/>
     </row>
     <row r="566" spans="1:6">
       <c r="B566" s="4">
-        <v>45141</v>
+        <v>45188</v>
       </c>
       <c r="C566" s="2">
-        <v>1.0289</v>
+        <v>1.0201</v>
       </c>
       <c r="D566" s="2">
-        <v>1.0269</v>
+        <v>1.0181</v>
       </c>
       <c r="E566" s="2">
-        <v>1.0279</v>
+        <v>1.0191</v>
       </c>
       <c r="F566" s="0"/>
     </row>
     <row r="567" spans="1:6">
       <c r="B567" s="4">
-        <v>45140</v>
+        <v>45187</v>
       </c>
       <c r="C567" s="2">
-        <v>1.0326</v>
+        <v>1.0212</v>
       </c>
       <c r="D567" s="2">
-        <v>1.0306</v>
+        <v>1.0192</v>
       </c>
       <c r="E567" s="2">
-        <v>1.0316</v>
+        <v>1.0202</v>
       </c>
       <c r="F567" s="0"/>
     </row>
     <row r="568" spans="1:6">
       <c r="B568" s="4">
-        <v>45139</v>
+        <v>45184</v>
       </c>
       <c r="C568" s="2">
-        <v>1.0384</v>
+        <v>1.0232</v>
       </c>
       <c r="D568" s="2">
-        <v>1.0364</v>
+        <v>1.0212</v>
       </c>
       <c r="E568" s="2">
-        <v>1.0374</v>
+        <v>1.0222</v>
       </c>
       <c r="F568" s="0"/>
     </row>
     <row r="569" spans="1:6">
       <c r="B569" s="4">
-        <v>45138</v>
+        <v>45183</v>
       </c>
       <c r="C569" s="2">
-        <v>1.0345</v>
+        <v>1.0204</v>
       </c>
       <c r="D569" s="2">
-        <v>1.0325</v>
+        <v>1.0184</v>
       </c>
       <c r="E569" s="2">
-        <v>1.0335</v>
+        <v>1.0194</v>
       </c>
       <c r="F569" s="0"/>
     </row>
     <row r="570" spans="1:6">
       <c r="B570" s="4">
-        <v>45135</v>
+        <v>45182</v>
       </c>
       <c r="C570" s="2">
-        <v>1.0344</v>
+        <v>1.0193</v>
       </c>
       <c r="D570" s="2">
-        <v>1.0324</v>
+        <v>1.0173</v>
       </c>
       <c r="E570" s="2">
-        <v>1.0334</v>
+        <v>1.0183</v>
       </c>
       <c r="F570" s="0"/>
     </row>
     <row r="571" spans="1:6">
       <c r="B571" s="4">
-        <v>45134</v>
+        <v>45181</v>
       </c>
       <c r="C571" s="2">
-        <v>1.0342</v>
+        <v>1.0208</v>
       </c>
       <c r="D571" s="2">
-        <v>1.0322</v>
+        <v>1.0188</v>
       </c>
       <c r="E571" s="2">
-        <v>1.0332</v>
+        <v>1.0198</v>
       </c>
       <c r="F571" s="0"/>
     </row>
     <row r="572" spans="1:6">
       <c r="B572" s="4">
-        <v>45133</v>
+        <v>45180</v>
       </c>
       <c r="C572" s="2">
-        <v>1.0304</v>
+        <v>1.0202</v>
       </c>
       <c r="D572" s="2">
-        <v>1.0284</v>
+        <v>1.0182</v>
       </c>
       <c r="E572" s="2">
-        <v>1.0294</v>
+        <v>1.0192</v>
       </c>
       <c r="F572" s="0"/>
     </row>
     <row r="573" spans="1:6">
       <c r="B573" s="4">
-        <v>45132</v>
+        <v>45177</v>
       </c>
       <c r="C573" s="2">
-        <v>1.0269</v>
+        <v>1.0198</v>
       </c>
       <c r="D573" s="2">
-        <v>1.0249</v>
+        <v>1.0178</v>
       </c>
       <c r="E573" s="2">
-        <v>1.0259</v>
+        <v>1.0188</v>
       </c>
       <c r="F573" s="0"/>
     </row>
     <row r="574" spans="1:6">
       <c r="B574" s="4">
-        <v>45131</v>
+        <v>45176</v>
       </c>
       <c r="C574" s="2">
-        <v>1.0246</v>
+        <v>1.0205</v>
       </c>
       <c r="D574" s="2">
-        <v>1.0226</v>
+        <v>1.0185</v>
       </c>
       <c r="E574" s="2">
-        <v>1.0236</v>
+        <v>1.0195</v>
       </c>
       <c r="F574" s="0"/>
     </row>
     <row r="575" spans="1:6">
       <c r="B575" s="4">
-        <v>45128</v>
+        <v>45175</v>
       </c>
       <c r="C575" s="2">
-        <v>1.0237</v>
+        <v>1.0223</v>
       </c>
       <c r="D575" s="2">
-        <v>1.0217</v>
+        <v>1.0203</v>
       </c>
       <c r="E575" s="2">
-        <v>1.0227</v>
+        <v>1.0213</v>
       </c>
       <c r="F575" s="0"/>
     </row>
     <row r="576" spans="1:6">
       <c r="B576" s="4">
-        <v>45127</v>
+        <v>45174</v>
       </c>
       <c r="C576" s="2">
-        <v>1.0247</v>
+        <v>1.0242</v>
       </c>
       <c r="D576" s="2">
-        <v>1.0227</v>
+        <v>1.0222</v>
       </c>
       <c r="E576" s="2">
-        <v>1.0237</v>
+        <v>1.0232</v>
       </c>
       <c r="F576" s="0"/>
     </row>
     <row r="577" spans="1:6">
       <c r="B577" s="4">
-        <v>45126</v>
+        <v>45173</v>
       </c>
       <c r="C577" s="2">
-        <v>1.0243</v>
+        <v>1.0239</v>
       </c>
       <c r="D577" s="2">
-        <v>1.0223</v>
+        <v>1.0219</v>
       </c>
       <c r="E577" s="2">
-        <v>1.0233</v>
+        <v>1.0229</v>
       </c>
       <c r="F577" s="0"/>
     </row>
     <row r="578" spans="1:6">
       <c r="B578" s="4">
-        <v>45125</v>
+        <v>45170</v>
       </c>
       <c r="C578" s="2">
-        <v>1.0203</v>
+        <v>1.0228</v>
       </c>
       <c r="D578" s="2">
-        <v>1.0183</v>
+        <v>1.0208</v>
       </c>
       <c r="E578" s="2">
-        <v>1.0193</v>
+        <v>1.0218</v>
       </c>
       <c r="F578" s="0"/>
     </row>
     <row r="579" spans="1:6">
       <c r="B579" s="4">
-        <v>45124</v>
+        <v>45169</v>
       </c>
       <c r="C579" s="2">
-        <v>1.0193</v>
+        <v>1.0229</v>
       </c>
       <c r="D579" s="2">
-        <v>1.0173</v>
+        <v>1.0209</v>
       </c>
       <c r="E579" s="2">
-        <v>1.0183</v>
+        <v>1.0219</v>
       </c>
       <c r="F579" s="0"/>
     </row>
     <row r="580" spans="1:6">
       <c r="B580" s="4">
-        <v>45121</v>
+        <v>45168</v>
       </c>
       <c r="C580" s="2">
-        <v>1.0198</v>
+        <v>1.0217</v>
       </c>
       <c r="D580" s="2">
-        <v>1.0178</v>
+        <v>1.0197</v>
       </c>
       <c r="E580" s="2">
-        <v>1.0188</v>
+        <v>1.0207</v>
       </c>
       <c r="F580" s="0"/>
     </row>
     <row r="581" spans="1:6">
       <c r="B581" s="4">
-        <v>45120</v>
+        <v>45167</v>
       </c>
       <c r="C581" s="2">
-        <v>1.0172</v>
+        <v>1.0194</v>
       </c>
       <c r="D581" s="2">
-        <v>1.0152</v>
+        <v>1.0174</v>
       </c>
       <c r="E581" s="2">
-        <v>1.0162</v>
+        <v>1.0184</v>
       </c>
       <c r="F581" s="0"/>
     </row>
     <row r="582" spans="1:6">
       <c r="B582" s="4">
-        <v>45119</v>
+        <v>45166</v>
       </c>
       <c r="C582" s="2">
-        <v>1.0112</v>
+        <v>1.0178</v>
       </c>
       <c r="D582" s="2">
-        <v>1.0092</v>
+        <v>1.0158</v>
       </c>
       <c r="E582" s="2">
-        <v>1.0102</v>
+        <v>1.0168</v>
       </c>
       <c r="F582" s="0"/>
     </row>
     <row r="583" spans="1:6">
       <c r="B583" s="4">
-        <v>45118</v>
+        <v>45163</v>
       </c>
       <c r="C583" s="2">
-        <v>1.0076</v>
+        <v>1.0161</v>
       </c>
       <c r="D583" s="2">
-        <v>1.0056</v>
+        <v>1.0141</v>
       </c>
       <c r="E583" s="2">
-        <v>1.0066</v>
+        <v>1.0151</v>
       </c>
       <c r="F583" s="0"/>
     </row>
     <row r="584" spans="1:6">
       <c r="B584" s="4">
-        <v>45117</v>
+        <v>45162</v>
       </c>
       <c r="C584" s="2">
-        <v>1.0003</v>
+        <v>1.0185</v>
       </c>
       <c r="D584" s="2">
-        <v>0.9983</v>
+        <v>1.0165</v>
       </c>
       <c r="E584" s="2">
-        <v>0.9993</v>
+        <v>1.0175</v>
       </c>
       <c r="F584" s="0"/>
     </row>
     <row r="585" spans="1:6">
       <c r="B585" s="4">
-        <v>45114</v>
+        <v>45161</v>
       </c>
       <c r="C585" s="2">
-        <v>1.0046</v>
+        <v>1.0162</v>
       </c>
       <c r="D585" s="2">
-        <v>1.0026</v>
+        <v>1.0142</v>
       </c>
       <c r="E585" s="2">
-        <v>1.0036</v>
+        <v>1.0152</v>
       </c>
       <c r="F585" s="0"/>
     </row>
     <row r="586" spans="1:6">
       <c r="B586" s="4">
-        <v>45113</v>
+        <v>45160</v>
       </c>
       <c r="C586" s="2">
-        <v>1.0106</v>
+        <v>1.0138</v>
       </c>
       <c r="D586" s="2">
-        <v>1.0086</v>
+        <v>1.0118</v>
       </c>
       <c r="E586" s="2">
-        <v>1.0096</v>
+        <v>1.0128</v>
       </c>
       <c r="F586" s="0"/>
     </row>
     <row r="587" spans="1:6">
       <c r="B587" s="4">
-        <v>45112</v>
+        <v>45159</v>
       </c>
       <c r="C587" s="2">
-        <v>1.0167</v>
+        <v>1.0135</v>
       </c>
       <c r="D587" s="2">
-        <v>1.0147</v>
+        <v>1.0115</v>
       </c>
       <c r="E587" s="2">
-        <v>1.0157</v>
+        <v>1.0125</v>
       </c>
       <c r="F587" s="0"/>
     </row>
     <row r="588" spans="1:6">
       <c r="B588" s="4">
-        <v>45111</v>
+        <v>45156</v>
       </c>
       <c r="C588" s="2">
-        <v>1.0201</v>
+        <v>1.0154</v>
       </c>
       <c r="D588" s="2">
-        <v>1.0181</v>
+        <v>1.0134</v>
       </c>
       <c r="E588" s="2">
-        <v>1.0191</v>
+        <v>1.0144</v>
       </c>
       <c r="F588" s="0"/>
     </row>
     <row r="589" spans="1:6">
       <c r="B589" s="4">
-        <v>45110</v>
+        <v>45155</v>
       </c>
       <c r="C589" s="2">
-        <v>1.0173</v>
+        <v>1.0175</v>
       </c>
       <c r="D589" s="2">
-        <v>1.0153</v>
+        <v>1.0155</v>
       </c>
       <c r="E589" s="2">
-        <v>1.0163</v>
+        <v>1.0165</v>
       </c>
       <c r="F589" s="0"/>
     </row>
     <row r="590" spans="1:6">
       <c r="B590" s="4">
-        <v>45107</v>
+        <v>45154</v>
       </c>
       <c r="C590" s="2">
-        <v>1.013</v>
+        <v>1.0199</v>
       </c>
       <c r="D590" s="2">
-        <v>1.011</v>
+        <v>1.0179</v>
       </c>
       <c r="E590" s="2">
-        <v>1.012</v>
+        <v>1.0189</v>
       </c>
       <c r="F590" s="0"/>
     </row>
     <row r="591" spans="1:6">
       <c r="B591" s="4">
-        <v>45106</v>
+        <v>45153</v>
       </c>
       <c r="C591" s="2">
-        <v>1.0125</v>
+        <v>1.0264</v>
       </c>
       <c r="D591" s="2">
-        <v>1.0105</v>
+        <v>1.0244</v>
       </c>
       <c r="E591" s="2">
-        <v>1.0115</v>
+        <v>1.0254</v>
       </c>
       <c r="F591" s="0"/>
     </row>
     <row r="592" spans="1:6">
       <c r="B592" s="4">
-        <v>45105</v>
+        <v>45152</v>
       </c>
       <c r="C592" s="2">
-        <v>1.0102</v>
+        <v>1.0252</v>
       </c>
       <c r="D592" s="2">
-        <v>1.0082</v>
+        <v>1.0232</v>
       </c>
       <c r="E592" s="2">
-        <v>1.0092</v>
+        <v>1.0242</v>
       </c>
       <c r="F592" s="0"/>
     </row>
     <row r="593" spans="1:6">
       <c r="B593" s="4">
-        <v>45104</v>
+        <v>45149</v>
       </c>
       <c r="C593" s="2">
-        <v>1.0018</v>
+        <v>1.0297</v>
       </c>
       <c r="D593" s="2">
-        <v>0.9998</v>
+        <v>1.0277</v>
       </c>
       <c r="E593" s="2">
-        <v>1.0008</v>
+        <v>1.0287</v>
       </c>
       <c r="F593" s="0"/>
     </row>
     <row r="594" spans="1:6">
       <c r="B594" s="4">
-        <v>45103</v>
+        <v>45148</v>
       </c>
       <c r="C594" s="2">
-        <v>0.9996</v>
+        <v>1.03</v>
       </c>
       <c r="D594" s="2">
-        <v>0.9976</v>
+        <v>1.028</v>
       </c>
       <c r="E594" s="2">
-        <v>0.9986</v>
+        <v>1.029</v>
       </c>
       <c r="F594" s="0"/>
     </row>
     <row r="595" spans="1:6">
       <c r="B595" s="4">
-        <v>45100</v>
+        <v>45147</v>
       </c>
       <c r="C595" s="2">
-        <v>1.0006</v>
+        <v>1.0295</v>
       </c>
       <c r="D595" s="2">
-        <v>0.9986</v>
+        <v>1.0275</v>
       </c>
       <c r="E595" s="2">
-        <v>0.9996</v>
+        <v>1.0285</v>
       </c>
       <c r="F595" s="0"/>
     </row>
     <row r="596" spans="1:6">
       <c r="B596" s="4">
-        <v>45099</v>
+        <v>45146</v>
       </c>
       <c r="C596" s="2">
-        <v>1.0019</v>
+        <v>1.0287</v>
       </c>
       <c r="D596" s="2">
-        <v>0.9999</v>
+        <v>1.0267</v>
       </c>
       <c r="E596" s="2">
-        <v>1.0009</v>
+        <v>1.0277</v>
       </c>
       <c r="F596" s="0"/>
     </row>
     <row r="597" spans="1:6">
       <c r="B597" s="4">
-        <v>45098</v>
+        <v>45145</v>
       </c>
       <c r="C597" s="2">
-        <v>1.0019</v>
+        <v>1.0278</v>
       </c>
       <c r="D597" s="2">
-        <v>0.9999</v>
+        <v>1.0258</v>
       </c>
       <c r="E597" s="2">
-        <v>1.0009</v>
+        <v>1.0268</v>
       </c>
       <c r="F597" s="0"/>
     </row>
     <row r="598" spans="1:6">
       <c r="B598" s="4">
-        <v>45097</v>
+        <v>45142</v>
       </c>
       <c r="C598" s="2">
-        <v>1.0019</v>
+        <v>1.0289</v>
       </c>
       <c r="D598" s="2">
-        <v>0.9999</v>
+        <v>1.0269</v>
       </c>
       <c r="E598" s="2">
-        <v>1.0009</v>
+        <v>1.0279</v>
       </c>
       <c r="F598" s="0"/>
     </row>
     <row r="599" spans="1:6">
       <c r="B599" s="4">
-        <v>45096</v>
+        <v>45141</v>
       </c>
       <c r="C599" s="2">
-        <v>1.001</v>
+        <v>1.0289</v>
       </c>
       <c r="D599" s="2">
-        <v>0.999</v>
+        <v>1.0269</v>
       </c>
       <c r="E599" s="2">
-        <v>1</v>
+        <v>1.0279</v>
       </c>
       <c r="F599" s="0"/>
     </row>
     <row r="600" spans="1:6">
       <c r="B600" s="4">
-        <v>45093</v>
+        <v>45140</v>
       </c>
       <c r="C600" s="2">
-        <v>1.001</v>
+        <v>1.0326</v>
       </c>
       <c r="D600" s="2">
-        <v>0.999</v>
+        <v>1.0306</v>
       </c>
       <c r="E600" s="2">
-        <v>1</v>
+        <v>1.0316</v>
       </c>
       <c r="F600" s="0"/>
     </row>
     <row r="601" spans="1:6">
       <c r="B601" s="4">
-        <v>45092</v>
+        <v>45139</v>
       </c>
       <c r="C601" s="2">
-        <v>1.001</v>
+        <v>1.0384</v>
       </c>
       <c r="D601" s="2">
-        <v>0.999</v>
+        <v>1.0364</v>
       </c>
       <c r="E601" s="2">
-        <v>1</v>
+        <v>1.0374</v>
       </c>
       <c r="F601" s="0"/>
     </row>
     <row r="602" spans="1:6">
       <c r="B602" s="4">
-        <v>45091</v>
+        <v>45138</v>
       </c>
       <c r="C602" s="2">
-        <v>1.001</v>
+        <v>1.0345</v>
       </c>
       <c r="D602" s="2">
-        <v>0.999</v>
+        <v>1.0325</v>
       </c>
       <c r="E602" s="2">
-        <v>1</v>
+        <v>1.0335</v>
       </c>
       <c r="F602" s="0"/>
     </row>
     <row r="603" spans="1:6">
       <c r="B603" s="4">
+        <v>45135</v>
+      </c>
+      <c r="C603" s="2">
+        <v>1.0344</v>
+      </c>
+      <c r="D603" s="2">
+        <v>1.0324</v>
+      </c>
+      <c r="E603" s="2">
+        <v>1.0334</v>
+      </c>
+      <c r="F603" s="0"/>
+    </row>
+    <row r="604" spans="1:6">
+      <c r="B604" s="4">
+        <v>45134</v>
+      </c>
+      <c r="C604" s="2">
+        <v>1.0342</v>
+      </c>
+      <c r="D604" s="2">
+        <v>1.0322</v>
+      </c>
+      <c r="E604" s="2">
+        <v>1.0332</v>
+      </c>
+      <c r="F604" s="0"/>
+    </row>
+    <row r="605" spans="1:6">
+      <c r="B605" s="4">
+        <v>45133</v>
+      </c>
+      <c r="C605" s="2">
+        <v>1.0304</v>
+      </c>
+      <c r="D605" s="2">
+        <v>1.0284</v>
+      </c>
+      <c r="E605" s="2">
+        <v>1.0294</v>
+      </c>
+      <c r="F605" s="0"/>
+    </row>
+    <row r="606" spans="1:6">
+      <c r="B606" s="4">
+        <v>45132</v>
+      </c>
+      <c r="C606" s="2">
+        <v>1.0269</v>
+      </c>
+      <c r="D606" s="2">
+        <v>1.0249</v>
+      </c>
+      <c r="E606" s="2">
+        <v>1.0259</v>
+      </c>
+      <c r="F606" s="0"/>
+    </row>
+    <row r="607" spans="1:6">
+      <c r="B607" s="4">
+        <v>45131</v>
+      </c>
+      <c r="C607" s="2">
+        <v>1.0246</v>
+      </c>
+      <c r="D607" s="2">
+        <v>1.0226</v>
+      </c>
+      <c r="E607" s="2">
+        <v>1.0236</v>
+      </c>
+      <c r="F607" s="0"/>
+    </row>
+    <row r="608" spans="1:6">
+      <c r="B608" s="4">
+        <v>45128</v>
+      </c>
+      <c r="C608" s="2">
+        <v>1.0237</v>
+      </c>
+      <c r="D608" s="2">
+        <v>1.0217</v>
+      </c>
+      <c r="E608" s="2">
+        <v>1.0227</v>
+      </c>
+      <c r="F608" s="0"/>
+    </row>
+    <row r="609" spans="1:6">
+      <c r="B609" s="4">
+        <v>45127</v>
+      </c>
+      <c r="C609" s="2">
+        <v>1.0247</v>
+      </c>
+      <c r="D609" s="2">
+        <v>1.0227</v>
+      </c>
+      <c r="E609" s="2">
+        <v>1.0237</v>
+      </c>
+      <c r="F609" s="0"/>
+    </row>
+    <row r="610" spans="1:6">
+      <c r="B610" s="4">
+        <v>45126</v>
+      </c>
+      <c r="C610" s="2">
+        <v>1.0243</v>
+      </c>
+      <c r="D610" s="2">
+        <v>1.0223</v>
+      </c>
+      <c r="E610" s="2">
+        <v>1.0233</v>
+      </c>
+      <c r="F610" s="0"/>
+    </row>
+    <row r="611" spans="1:6">
+      <c r="B611" s="4">
+        <v>45125</v>
+      </c>
+      <c r="C611" s="2">
+        <v>1.0203</v>
+      </c>
+      <c r="D611" s="2">
+        <v>1.0183</v>
+      </c>
+      <c r="E611" s="2">
+        <v>1.0193</v>
+      </c>
+      <c r="F611" s="0"/>
+    </row>
+    <row r="612" spans="1:6">
+      <c r="B612" s="4">
+        <v>45124</v>
+      </c>
+      <c r="C612" s="2">
+        <v>1.0193</v>
+      </c>
+      <c r="D612" s="2">
+        <v>1.0173</v>
+      </c>
+      <c r="E612" s="2">
+        <v>1.0183</v>
+      </c>
+      <c r="F612" s="0"/>
+    </row>
+    <row r="613" spans="1:6">
+      <c r="B613" s="4">
+        <v>45121</v>
+      </c>
+      <c r="C613" s="2">
+        <v>1.0198</v>
+      </c>
+      <c r="D613" s="2">
+        <v>1.0178</v>
+      </c>
+      <c r="E613" s="2">
+        <v>1.0188</v>
+      </c>
+      <c r="F613" s="0"/>
+    </row>
+    <row r="614" spans="1:6">
+      <c r="B614" s="4">
+        <v>45120</v>
+      </c>
+      <c r="C614" s="2">
+        <v>1.0172</v>
+      </c>
+      <c r="D614" s="2">
+        <v>1.0152</v>
+      </c>
+      <c r="E614" s="2">
+        <v>1.0162</v>
+      </c>
+      <c r="F614" s="0"/>
+    </row>
+    <row r="615" spans="1:6">
+      <c r="B615" s="4">
+        <v>45119</v>
+      </c>
+      <c r="C615" s="2">
+        <v>1.0112</v>
+      </c>
+      <c r="D615" s="2">
+        <v>1.0092</v>
+      </c>
+      <c r="E615" s="2">
+        <v>1.0102</v>
+      </c>
+      <c r="F615" s="0"/>
+    </row>
+    <row r="616" spans="1:6">
+      <c r="B616" s="4">
+        <v>45118</v>
+      </c>
+      <c r="C616" s="2">
+        <v>1.0076</v>
+      </c>
+      <c r="D616" s="2">
+        <v>1.0056</v>
+      </c>
+      <c r="E616" s="2">
+        <v>1.0066</v>
+      </c>
+      <c r="F616" s="0"/>
+    </row>
+    <row r="617" spans="1:6">
+      <c r="B617" s="4">
+        <v>45117</v>
+      </c>
+      <c r="C617" s="2">
+        <v>1.0003</v>
+      </c>
+      <c r="D617" s="2">
+        <v>0.9983</v>
+      </c>
+      <c r="E617" s="2">
+        <v>0.9993</v>
+      </c>
+      <c r="F617" s="0"/>
+    </row>
+    <row r="618" spans="1:6">
+      <c r="B618" s="4">
+        <v>45114</v>
+      </c>
+      <c r="C618" s="2">
+        <v>1.0046</v>
+      </c>
+      <c r="D618" s="2">
+        <v>1.0026</v>
+      </c>
+      <c r="E618" s="2">
+        <v>1.0036</v>
+      </c>
+      <c r="F618" s="0"/>
+    </row>
+    <row r="619" spans="1:6">
+      <c r="B619" s="4">
+        <v>45113</v>
+      </c>
+      <c r="C619" s="2">
+        <v>1.0106</v>
+      </c>
+      <c r="D619" s="2">
+        <v>1.0086</v>
+      </c>
+      <c r="E619" s="2">
+        <v>1.0096</v>
+      </c>
+      <c r="F619" s="0"/>
+    </row>
+    <row r="620" spans="1:6">
+      <c r="B620" s="4">
+        <v>45112</v>
+      </c>
+      <c r="C620" s="2">
+        <v>1.0167</v>
+      </c>
+      <c r="D620" s="2">
+        <v>1.0147</v>
+      </c>
+      <c r="E620" s="2">
+        <v>1.0157</v>
+      </c>
+      <c r="F620" s="0"/>
+    </row>
+    <row r="621" spans="1:6">
+      <c r="B621" s="4">
+        <v>45111</v>
+      </c>
+      <c r="C621" s="2">
+        <v>1.0201</v>
+      </c>
+      <c r="D621" s="2">
+        <v>1.0181</v>
+      </c>
+      <c r="E621" s="2">
+        <v>1.0191</v>
+      </c>
+      <c r="F621" s="0"/>
+    </row>
+    <row r="622" spans="1:6">
+      <c r="B622" s="4">
+        <v>45110</v>
+      </c>
+      <c r="C622" s="2">
+        <v>1.0173</v>
+      </c>
+      <c r="D622" s="2">
+        <v>1.0153</v>
+      </c>
+      <c r="E622" s="2">
+        <v>1.0163</v>
+      </c>
+      <c r="F622" s="0"/>
+    </row>
+    <row r="623" spans="1:6">
+      <c r="B623" s="4">
+        <v>45107</v>
+      </c>
+      <c r="C623" s="2">
+        <v>1.013</v>
+      </c>
+      <c r="D623" s="2">
+        <v>1.011</v>
+      </c>
+      <c r="E623" s="2">
+        <v>1.012</v>
+      </c>
+      <c r="F623" s="0"/>
+    </row>
+    <row r="624" spans="1:6">
+      <c r="B624" s="4">
+        <v>45106</v>
+      </c>
+      <c r="C624" s="2">
+        <v>1.0125</v>
+      </c>
+      <c r="D624" s="2">
+        <v>1.0105</v>
+      </c>
+      <c r="E624" s="2">
+        <v>1.0115</v>
+      </c>
+      <c r="F624" s="0"/>
+    </row>
+    <row r="625" spans="1:6">
+      <c r="B625" s="4">
+        <v>45105</v>
+      </c>
+      <c r="C625" s="2">
+        <v>1.0102</v>
+      </c>
+      <c r="D625" s="2">
+        <v>1.0082</v>
+      </c>
+      <c r="E625" s="2">
+        <v>1.0092</v>
+      </c>
+      <c r="F625" s="0"/>
+    </row>
+    <row r="626" spans="1:6">
+      <c r="B626" s="4">
+        <v>45104</v>
+      </c>
+      <c r="C626" s="2">
+        <v>1.0018</v>
+      </c>
+      <c r="D626" s="2">
+        <v>0.9998</v>
+      </c>
+      <c r="E626" s="2">
+        <v>1.0008</v>
+      </c>
+      <c r="F626" s="0"/>
+    </row>
+    <row r="627" spans="1:6">
+      <c r="B627" s="4">
+        <v>45103</v>
+      </c>
+      <c r="C627" s="2">
+        <v>0.9996</v>
+      </c>
+      <c r="D627" s="2">
+        <v>0.9976</v>
+      </c>
+      <c r="E627" s="2">
+        <v>0.9986</v>
+      </c>
+      <c r="F627" s="0"/>
+    </row>
+    <row r="628" spans="1:6">
+      <c r="B628" s="4">
+        <v>45100</v>
+      </c>
+      <c r="C628" s="2">
+        <v>1.0006</v>
+      </c>
+      <c r="D628" s="2">
+        <v>0.9986</v>
+      </c>
+      <c r="E628" s="2">
+        <v>0.9996</v>
+      </c>
+      <c r="F628" s="0"/>
+    </row>
+    <row r="629" spans="1:6">
+      <c r="B629" s="4">
+        <v>45099</v>
+      </c>
+      <c r="C629" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D629" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E629" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F629" s="0"/>
+    </row>
+    <row r="630" spans="1:6">
+      <c r="B630" s="4">
+        <v>45098</v>
+      </c>
+      <c r="C630" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D630" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E630" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F630" s="0"/>
+    </row>
+    <row r="631" spans="1:6">
+      <c r="B631" s="4">
+        <v>45097</v>
+      </c>
+      <c r="C631" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D631" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E631" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F631" s="0"/>
+    </row>
+    <row r="632" spans="1:6">
+      <c r="B632" s="4">
+        <v>45096</v>
+      </c>
+      <c r="C632" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D632" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E632" s="2">
+        <v>1</v>
+      </c>
+      <c r="F632" s="0"/>
+    </row>
+    <row r="633" spans="1:6">
+      <c r="B633" s="4">
+        <v>45093</v>
+      </c>
+      <c r="C633" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D633" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E633" s="2">
+        <v>1</v>
+      </c>
+      <c r="F633" s="0"/>
+    </row>
+    <row r="634" spans="1:6">
+      <c r="B634" s="4">
+        <v>45092</v>
+      </c>
+      <c r="C634" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D634" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E634" s="2">
+        <v>1</v>
+      </c>
+      <c r="F634" s="0"/>
+    </row>
+    <row r="635" spans="1:6">
+      <c r="B635" s="4">
+        <v>45091</v>
+      </c>
+      <c r="C635" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D635" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E635" s="2">
+        <v>1</v>
+      </c>
+      <c r="F635" s="0"/>
+    </row>
+    <row r="636" spans="1:6">
+      <c r="B636" s="4">
         <v>45090</v>
       </c>
-      <c r="C603" s="2">
+      <c r="C636" s="2">
         <v>1.001</v>
       </c>
-      <c r="D603" s="2">
+      <c r="D636" s="2">
         <v>0.999</v>
       </c>
-      <c r="E603" s="2">
+      <c r="E636" s="2">
         <v>1</v>
       </c>
-      <c r="F603" s="0"/>
-[...197 lines deleted...]
-      <c r="E636" s="6"/>
+      <c r="F636" s="0"/>
     </row>
     <row r="637" spans="1:6">
       <c r="B637" s="1"/>
-      <c r="C637" s="6"/>
-[...1 lines deleted...]
-      <c r="E637" s="6"/>
+      <c r="C637" s="5"/>
+      <c r="D637" s="5"/>
+      <c r="E637" s="5"/>
     </row>
     <row r="638" spans="1:6">
       <c r="B638" s="1"/>
-      <c r="C638" s="6"/>
-[...1 lines deleted...]
-      <c r="E638" s="6"/>
+      <c r="C638" s="5"/>
+      <c r="D638" s="5"/>
+      <c r="E638" s="5"/>
     </row>
     <row r="639" spans="1:6">
       <c r="B639" s="1"/>
-      <c r="C639" s="6"/>
-[...1 lines deleted...]
-      <c r="E639" s="6"/>
+      <c r="C639" s="5"/>
+      <c r="D639" s="5"/>
+      <c r="E639" s="5"/>
     </row>
     <row r="640" spans="1:6">
       <c r="B640" s="1"/>
-      <c r="C640" s="6"/>
-[...1 lines deleted...]
-      <c r="E640" s="6"/>
+      <c r="C640" s="5"/>
+      <c r="D640" s="5"/>
+      <c r="E640" s="5"/>
     </row>
     <row r="641" spans="1:6">
       <c r="B641" s="1"/>
-      <c r="C641" s="6"/>
-[...1 lines deleted...]
-      <c r="E641" s="6"/>
+      <c r="C641" s="5"/>
+      <c r="D641" s="5"/>
+      <c r="E641" s="5"/>
     </row>
     <row r="642" spans="1:6">
       <c r="B642" s="1"/>
-      <c r="C642" s="6"/>
-[...1 lines deleted...]
-      <c r="E642" s="6"/>
+      <c r="C642" s="5"/>
+      <c r="D642" s="5"/>
+      <c r="E642" s="5"/>
     </row>
     <row r="643" spans="1:6">
       <c r="B643" s="1"/>
-      <c r="C643" s="6"/>
-[...1 lines deleted...]
-      <c r="E643" s="6"/>
+      <c r="C643" s="5"/>
+      <c r="D643" s="5"/>
+      <c r="E643" s="5"/>
     </row>
     <row r="644" spans="1:6">
       <c r="B644" s="1"/>
-      <c r="C644" s="6"/>
-[...1 lines deleted...]
-      <c r="E644" s="6"/>
+      <c r="C644" s="5"/>
+      <c r="D644" s="5"/>
+      <c r="E644" s="5"/>
     </row>
     <row r="645" spans="1:6">
       <c r="B645" s="1"/>
-      <c r="C645" s="6"/>
-[...1 lines deleted...]
-      <c r="E645" s="6"/>
+      <c r="C645" s="5"/>
+      <c r="D645" s="5"/>
+      <c r="E645" s="5"/>
     </row>
     <row r="646" spans="1:6">
       <c r="B646" s="1"/>
-      <c r="C646" s="6"/>
-[...1 lines deleted...]
-      <c r="E646" s="6"/>
+      <c r="C646" s="5"/>
+      <c r="D646" s="5"/>
+      <c r="E646" s="5"/>
     </row>
     <row r="647" spans="1:6">
       <c r="B647" s="1"/>
-      <c r="C647" s="6"/>
-[...1 lines deleted...]
-      <c r="E647" s="6"/>
+      <c r="C647" s="5"/>
+      <c r="D647" s="5"/>
+      <c r="E647" s="5"/>
     </row>
     <row r="648" spans="1:6">
       <c r="B648" s="1"/>
-      <c r="C648" s="6"/>
-[...1 lines deleted...]
-      <c r="E648" s="6"/>
+      <c r="C648" s="5"/>
+      <c r="D648" s="5"/>
+      <c r="E648" s="5"/>
     </row>
     <row r="649" spans="1:6">
       <c r="B649" s="1"/>
-      <c r="C649" s="6"/>
-[...1 lines deleted...]
-      <c r="E649" s="6"/>
+      <c r="C649" s="5"/>
+      <c r="D649" s="5"/>
+      <c r="E649" s="5"/>
     </row>
     <row r="650" spans="1:6">
       <c r="B650" s="1"/>
-      <c r="C650" s="6"/>
-[...1 lines deleted...]
-      <c r="E650" s="6"/>
+      <c r="C650" s="5"/>
+      <c r="D650" s="5"/>
+      <c r="E650" s="5"/>
     </row>
     <row r="651" spans="1:6">
       <c r="B651" s="1"/>
-      <c r="C651" s="6"/>
-[...1 lines deleted...]
-      <c r="E651" s="6"/>
+      <c r="C651" s="5"/>
+      <c r="D651" s="5"/>
+      <c r="E651" s="5"/>
     </row>
     <row r="652" spans="1:6">
       <c r="B652" s="1"/>
-      <c r="C652" s="6"/>
-[...1 lines deleted...]
-      <c r="E652" s="6"/>
+      <c r="C652" s="5"/>
+      <c r="D652" s="5"/>
+      <c r="E652" s="5"/>
     </row>
     <row r="653" spans="1:6">
       <c r="B653" s="1"/>
-      <c r="C653" s="6"/>
-[...1 lines deleted...]
-      <c r="E653" s="6"/>
+      <c r="C653" s="5"/>
+      <c r="D653" s="5"/>
+      <c r="E653" s="5"/>
     </row>
     <row r="654" spans="1:6">
       <c r="B654" s="1"/>
-      <c r="C654" s="6"/>
-[...1 lines deleted...]
-      <c r="E654" s="6"/>
+      <c r="C654" s="5"/>
+      <c r="D654" s="5"/>
+      <c r="E654" s="5"/>
     </row>
     <row r="655" spans="1:6">
       <c r="B655" s="1"/>
-      <c r="C655" s="6"/>
-[...1 lines deleted...]
-      <c r="E655" s="6"/>
+      <c r="C655" s="5"/>
+      <c r="D655" s="5"/>
+      <c r="E655" s="5"/>
     </row>
     <row r="656" spans="1:6">
       <c r="B656" s="1"/>
-      <c r="C656" s="6"/>
-[...1 lines deleted...]
-      <c r="E656" s="6"/>
+      <c r="C656" s="5"/>
+      <c r="D656" s="5"/>
+      <c r="E656" s="5"/>
     </row>
     <row r="657" spans="1:6">
       <c r="B657" s="1"/>
       <c r="C657" s="6"/>
       <c r="D657" s="6"/>
       <c r="E657" s="6"/>
     </row>
     <row r="658" spans="1:6">
       <c r="B658" s="1"/>
       <c r="C658" s="6"/>
       <c r="D658" s="6"/>
       <c r="E658" s="6"/>
     </row>
     <row r="659" spans="1:6">
       <c r="B659" s="1"/>
       <c r="C659" s="6"/>
       <c r="D659" s="6"/>
       <c r="E659" s="6"/>
     </row>
     <row r="660" spans="1:6">
       <c r="B660" s="1"/>
       <c r="C660" s="6"/>
       <c r="D660" s="6"/>
       <c r="E660" s="6"/>
     </row>
@@ -9976,50 +10273,248 @@
       <c r="E685" s="6"/>
     </row>
     <row r="686" spans="1:6">
       <c r="B686" s="1"/>
       <c r="C686" s="6"/>
       <c r="D686" s="6"/>
       <c r="E686" s="6"/>
     </row>
     <row r="687" spans="1:6">
       <c r="B687" s="1"/>
       <c r="C687" s="6"/>
       <c r="D687" s="6"/>
       <c r="E687" s="6"/>
     </row>
     <row r="688" spans="1:6">
       <c r="B688" s="1"/>
       <c r="C688" s="6"/>
       <c r="D688" s="6"/>
       <c r="E688" s="6"/>
     </row>
     <row r="689" spans="1:6">
       <c r="B689" s="1"/>
       <c r="C689" s="6"/>
       <c r="D689" s="6"/>
       <c r="E689" s="6"/>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="B690" s="1"/>
+      <c r="C690" s="6"/>
+      <c r="D690" s="6"/>
+      <c r="E690" s="6"/>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="B691" s="1"/>
+      <c r="C691" s="6"/>
+      <c r="D691" s="6"/>
+      <c r="E691" s="6"/>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="B692" s="1"/>
+      <c r="C692" s="6"/>
+      <c r="D692" s="6"/>
+      <c r="E692" s="6"/>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="B693" s="1"/>
+      <c r="C693" s="6"/>
+      <c r="D693" s="6"/>
+      <c r="E693" s="6"/>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="B694" s="1"/>
+      <c r="C694" s="6"/>
+      <c r="D694" s="6"/>
+      <c r="E694" s="6"/>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="B695" s="1"/>
+      <c r="C695" s="6"/>
+      <c r="D695" s="6"/>
+      <c r="E695" s="6"/>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="B696" s="1"/>
+      <c r="C696" s="6"/>
+      <c r="D696" s="6"/>
+      <c r="E696" s="6"/>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="B697" s="1"/>
+      <c r="C697" s="6"/>
+      <c r="D697" s="6"/>
+      <c r="E697" s="6"/>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="B698" s="1"/>
+      <c r="C698" s="6"/>
+      <c r="D698" s="6"/>
+      <c r="E698" s="6"/>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="B699" s="1"/>
+      <c r="C699" s="6"/>
+      <c r="D699" s="6"/>
+      <c r="E699" s="6"/>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="B700" s="1"/>
+      <c r="C700" s="6"/>
+      <c r="D700" s="6"/>
+      <c r="E700" s="6"/>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="B701" s="1"/>
+      <c r="C701" s="6"/>
+      <c r="D701" s="6"/>
+      <c r="E701" s="6"/>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="B702" s="1"/>
+      <c r="C702" s="6"/>
+      <c r="D702" s="6"/>
+      <c r="E702" s="6"/>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="B703" s="1"/>
+      <c r="C703" s="6"/>
+      <c r="D703" s="6"/>
+      <c r="E703" s="6"/>
+    </row>
+    <row r="704" spans="1:6">
+      <c r="B704" s="1"/>
+      <c r="C704" s="6"/>
+      <c r="D704" s="6"/>
+      <c r="E704" s="6"/>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="B705" s="1"/>
+      <c r="C705" s="6"/>
+      <c r="D705" s="6"/>
+      <c r="E705" s="6"/>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="B706" s="1"/>
+      <c r="C706" s="6"/>
+      <c r="D706" s="6"/>
+      <c r="E706" s="6"/>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="B707" s="1"/>
+      <c r="C707" s="6"/>
+      <c r="D707" s="6"/>
+      <c r="E707" s="6"/>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="B708" s="1"/>
+      <c r="C708" s="6"/>
+      <c r="D708" s="6"/>
+      <c r="E708" s="6"/>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="B709" s="1"/>
+      <c r="C709" s="6"/>
+      <c r="D709" s="6"/>
+      <c r="E709" s="6"/>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="B710" s="1"/>
+      <c r="C710" s="6"/>
+      <c r="D710" s="6"/>
+      <c r="E710" s="6"/>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="B711" s="1"/>
+      <c r="C711" s="6"/>
+      <c r="D711" s="6"/>
+      <c r="E711" s="6"/>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="B712" s="1"/>
+      <c r="C712" s="6"/>
+      <c r="D712" s="6"/>
+      <c r="E712" s="6"/>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="B713" s="1"/>
+      <c r="C713" s="6"/>
+      <c r="D713" s="6"/>
+      <c r="E713" s="6"/>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="B714" s="1"/>
+      <c r="C714" s="6"/>
+      <c r="D714" s="6"/>
+      <c r="E714" s="6"/>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="B715" s="1"/>
+      <c r="C715" s="6"/>
+      <c r="D715" s="6"/>
+      <c r="E715" s="6"/>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="B716" s="1"/>
+      <c r="C716" s="6"/>
+      <c r="D716" s="6"/>
+      <c r="E716" s="6"/>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="B717" s="1"/>
+      <c r="C717" s="6"/>
+      <c r="D717" s="6"/>
+      <c r="E717" s="6"/>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="B718" s="1"/>
+      <c r="C718" s="6"/>
+      <c r="D718" s="6"/>
+      <c r="E718" s="6"/>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="B719" s="1"/>
+      <c r="C719" s="6"/>
+      <c r="D719" s="6"/>
+      <c r="E719" s="6"/>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="B720" s="1"/>
+      <c r="C720" s="6"/>
+      <c r="D720" s="6"/>
+      <c r="E720" s="6"/>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="B721" s="1"/>
+      <c r="C721" s="6"/>
+      <c r="D721" s="6"/>
+      <c r="E721" s="6"/>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="B722" s="1"/>
+      <c r="C722" s="6"/>
+      <c r="D722" s="6"/>
+      <c r="E722" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>