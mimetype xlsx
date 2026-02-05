--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -405,9906 +405,10185 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F722"/>
+  <dimension ref="A1:F753"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="10.7109375" customWidth="true" style="4"/>
     <col min="3" max="3" width="11.7109375" customWidth="true" style="0"/>
     <col min="1" max="1" width="61.270752" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="0"/>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3">
-        <v>46003</v>
+        <v>46051</v>
       </c>
       <c r="C3" s="2">
-        <v>1.2014</v>
+        <v>1.2107</v>
       </c>
       <c r="D3" s="2">
-        <v>1.199</v>
+        <v>1.2083</v>
       </c>
       <c r="E3" s="2">
-        <v>1.2002</v>
+        <v>1.2095</v>
       </c>
       <c r="F3" s="0"/>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3">
-        <v>46002</v>
+        <v>46050</v>
       </c>
       <c r="C4" s="2">
-        <v>1.1942</v>
+        <v>1.2153</v>
       </c>
       <c r="D4" s="2">
-        <v>1.1918</v>
+        <v>1.2129</v>
       </c>
       <c r="E4" s="2">
-        <v>1.193</v>
+        <v>1.2141</v>
       </c>
       <c r="F4" s="0"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3">
-        <v>46000</v>
+        <v>46049</v>
       </c>
       <c r="C5" s="2">
-        <v>1.1918</v>
+        <v>1.2164</v>
       </c>
       <c r="D5" s="2">
-        <v>1.1894</v>
+        <v>1.214</v>
       </c>
       <c r="E5" s="2">
-        <v>1.1906</v>
+        <v>1.2152</v>
       </c>
       <c r="F5" s="0"/>
     </row>
     <row r="6" spans="1:6">
       <c r="B6" s="3">
-        <v>45999</v>
+        <v>46045</v>
       </c>
       <c r="C6" s="2">
-        <v>1.1968</v>
+        <v>1.215</v>
       </c>
       <c r="D6" s="2">
-        <v>1.1944</v>
+        <v>1.2126</v>
       </c>
       <c r="E6" s="2">
-        <v>1.1956</v>
+        <v>1.2138</v>
       </c>
       <c r="F6" s="0"/>
     </row>
     <row r="7" spans="1:6">
       <c r="B7" s="3">
-        <v>45996</v>
+        <v>46044</v>
       </c>
       <c r="C7" s="2">
-        <v>1.198</v>
+        <v>1.2137</v>
       </c>
       <c r="D7" s="2">
-        <v>1.1956</v>
+        <v>1.2113</v>
       </c>
       <c r="E7" s="2">
-        <v>1.1968</v>
+        <v>1.2125</v>
       </c>
       <c r="F7" s="0"/>
     </row>
     <row r="8" spans="1:6">
       <c r="B8" s="3">
-        <v>45995</v>
+        <v>46043</v>
       </c>
       <c r="C8" s="2">
-        <v>1.1963</v>
+        <v>1.2113</v>
       </c>
       <c r="D8" s="2">
-        <v>1.1939</v>
+        <v>1.2089</v>
       </c>
       <c r="E8" s="2">
-        <v>1.1951</v>
+        <v>1.2101</v>
       </c>
       <c r="F8" s="0"/>
     </row>
     <row r="9" spans="1:6">
       <c r="B9" s="3">
-        <v>45994</v>
+        <v>46042</v>
       </c>
       <c r="C9" s="2">
-        <v>1.1974</v>
+        <v>1.2138</v>
       </c>
       <c r="D9" s="2">
-        <v>1.195</v>
+        <v>1.2114</v>
       </c>
       <c r="E9" s="2">
-        <v>1.1962</v>
+        <v>1.2126</v>
       </c>
       <c r="F9" s="0"/>
     </row>
     <row r="10" spans="1:6">
       <c r="B10" s="3">
-        <v>45993</v>
+        <v>46041</v>
       </c>
       <c r="C10" s="2">
-        <v>1.1976</v>
+        <v>1.2188</v>
       </c>
       <c r="D10" s="2">
-        <v>1.1952</v>
+        <v>1.2164</v>
       </c>
       <c r="E10" s="2">
-        <v>1.1964</v>
+        <v>1.2176</v>
       </c>
       <c r="F10" s="7"/>
     </row>
     <row r="11" spans="1:6">
       <c r="B11" s="3">
-        <v>45992</v>
+        <v>46038</v>
       </c>
       <c r="C11" s="2">
-        <v>1.1973</v>
+        <v>1.2224</v>
       </c>
       <c r="D11" s="2">
-        <v>1.1949</v>
+        <v>1.22</v>
       </c>
       <c r="E11" s="2">
-        <v>1.1961</v>
+        <v>1.2212</v>
       </c>
       <c r="F11" s="0"/>
     </row>
     <row r="12" spans="1:6">
       <c r="B12" s="3">
-        <v>45989</v>
+        <v>46037</v>
       </c>
       <c r="C12" s="2">
-        <v>1.2003</v>
+        <v>1.2191</v>
       </c>
       <c r="D12" s="2">
-        <v>1.1979</v>
+        <v>1.2167</v>
       </c>
       <c r="E12" s="2">
-        <v>1.1991</v>
+        <v>1.2179</v>
       </c>
       <c r="F12" s="0"/>
     </row>
     <row r="13" spans="1:6">
       <c r="B13" s="3">
-        <v>45988</v>
+        <v>46036</v>
       </c>
       <c r="C13" s="2">
-        <v>1.2005</v>
+        <v>1.218</v>
       </c>
       <c r="D13" s="2">
-        <v>1.1981</v>
+        <v>1.2156</v>
       </c>
       <c r="E13" s="2">
-        <v>1.1993</v>
+        <v>1.2168</v>
       </c>
       <c r="F13" s="0"/>
     </row>
     <row r="14" spans="1:6">
       <c r="B14" s="3">
-        <v>45987</v>
+        <v>46035</v>
       </c>
       <c r="C14" s="2">
-        <v>1.2004</v>
+        <v>1.2174</v>
       </c>
       <c r="D14" s="2">
-        <v>1.198</v>
+        <v>1.215</v>
       </c>
       <c r="E14" s="2">
-        <v>1.1992</v>
+        <v>1.2162</v>
       </c>
       <c r="F14" s="0"/>
     </row>
     <row r="15" spans="1:6">
       <c r="B15" s="3">
-        <v>45986</v>
+        <v>46034</v>
       </c>
       <c r="C15" s="2">
-        <v>1.1946</v>
+        <v>1.2139</v>
       </c>
       <c r="D15" s="2">
-        <v>1.1922</v>
+        <v>1.2115</v>
       </c>
       <c r="E15" s="2">
-        <v>1.1934</v>
+        <v>1.2127</v>
       </c>
       <c r="F15" s="0"/>
     </row>
     <row r="16" spans="1:6">
       <c r="B16" s="3">
-        <v>45985</v>
+        <v>46031</v>
       </c>
       <c r="C16" s="2">
-        <v>1.1886</v>
+        <v>1.2107</v>
       </c>
       <c r="D16" s="2">
-        <v>1.1862</v>
+        <v>1.2083</v>
       </c>
       <c r="E16" s="2">
-        <v>1.1874</v>
+        <v>1.2095</v>
       </c>
       <c r="F16" s="0"/>
     </row>
     <row r="17" spans="1:6">
       <c r="B17" s="3">
-        <v>45982</v>
+        <v>46030</v>
       </c>
       <c r="C17" s="2">
-        <v>1.1811</v>
+        <v>1.2088</v>
       </c>
       <c r="D17" s="2">
-        <v>1.1787</v>
+        <v>1.2064</v>
       </c>
       <c r="E17" s="2">
-        <v>1.1799</v>
+        <v>1.2076</v>
       </c>
       <c r="F17" s="0"/>
     </row>
     <row r="18" spans="1:6">
       <c r="B18" s="3">
-        <v>45981</v>
+        <v>46029</v>
       </c>
       <c r="C18" s="2">
-        <v>1.1932</v>
+        <v>1.2076</v>
       </c>
       <c r="D18" s="2">
-        <v>1.1908</v>
+        <v>1.2052</v>
       </c>
       <c r="E18" s="2">
-        <v>1.192</v>
+        <v>1.2064</v>
       </c>
       <c r="F18" s="0"/>
     </row>
     <row r="19" spans="1:6">
       <c r="B19" s="3">
-        <v>45980</v>
+        <v>46028</v>
       </c>
       <c r="C19" s="2">
-        <v>1.1842</v>
+        <v>1.2068</v>
       </c>
       <c r="D19" s="2">
-        <v>1.1818</v>
+        <v>1.2044</v>
       </c>
       <c r="E19" s="2">
-        <v>1.183</v>
+        <v>1.2056</v>
       </c>
       <c r="F19" s="0"/>
     </row>
     <row r="20" spans="1:6">
       <c r="B20" s="3">
-        <v>45979</v>
+        <v>46027</v>
       </c>
       <c r="C20" s="2">
-        <v>1.1857</v>
+        <v>1.206</v>
       </c>
       <c r="D20" s="2">
-        <v>1.1833</v>
+        <v>1.2036</v>
       </c>
       <c r="E20" s="2">
-        <v>1.1845</v>
+        <v>1.2048</v>
       </c>
       <c r="F20" s="0"/>
     </row>
     <row r="21" spans="1:6">
       <c r="B21" s="3">
-        <v>45978</v>
+        <v>46024</v>
       </c>
       <c r="C21" s="2">
-        <v>1.1988</v>
+        <v>1.2023</v>
       </c>
       <c r="D21" s="2">
-        <v>1.1964</v>
+        <v>1.1999</v>
       </c>
       <c r="E21" s="2">
-        <v>1.1976</v>
+        <v>1.2011</v>
       </c>
       <c r="F21" s="0"/>
     </row>
     <row r="22" spans="1:6">
       <c r="B22" s="3">
-        <v>45975</v>
+        <v>46022</v>
       </c>
       <c r="C22" s="2">
-        <v>1.1988</v>
+        <v>1.2008</v>
       </c>
       <c r="D22" s="2">
-        <v>1.1964</v>
+        <v>1.1984</v>
       </c>
       <c r="E22" s="2">
-        <v>1.1976</v>
+        <v>1.1996</v>
       </c>
       <c r="F22" s="0"/>
     </row>
     <row r="23" spans="1:6">
       <c r="B23" s="3">
-        <v>45974</v>
+        <v>46021</v>
       </c>
       <c r="C23" s="2">
-        <v>1.2097</v>
+        <v>1.2014</v>
       </c>
       <c r="D23" s="2">
-        <v>1.2073</v>
+        <v>1.199</v>
       </c>
       <c r="E23" s="2">
-        <v>1.2085</v>
+        <v>1.2002</v>
       </c>
       <c r="F23" s="0"/>
     </row>
     <row r="24" spans="1:6">
       <c r="B24" s="3">
-        <v>45973</v>
+        <v>46020</v>
       </c>
       <c r="C24" s="2">
-        <v>1.2118</v>
+        <v>1.204</v>
       </c>
       <c r="D24" s="2">
-        <v>1.2094</v>
+        <v>1.2016</v>
       </c>
       <c r="E24" s="2">
-        <v>1.2106</v>
+        <v>1.2028</v>
       </c>
       <c r="F24" s="0"/>
     </row>
     <row r="25" spans="1:6">
       <c r="B25" s="3">
-        <v>45972</v>
+        <v>46015</v>
       </c>
       <c r="C25" s="2">
-        <v>1.2101</v>
+        <v>1.2039</v>
       </c>
       <c r="D25" s="2">
-        <v>1.2077</v>
+        <v>1.2015</v>
       </c>
       <c r="E25" s="2">
-        <v>1.2089</v>
+        <v>1.2027</v>
       </c>
       <c r="F25" s="0"/>
     </row>
     <row r="26" spans="1:6">
       <c r="B26" s="3">
-        <v>45971</v>
+        <v>46014</v>
       </c>
       <c r="C26" s="2">
-        <v>1.207</v>
+        <v>1.2066</v>
       </c>
       <c r="D26" s="2">
-        <v>1.2046</v>
+        <v>1.2042</v>
       </c>
       <c r="E26" s="2">
-        <v>1.2058</v>
+        <v>1.2054</v>
       </c>
       <c r="F26" s="0"/>
     </row>
     <row r="27" spans="1:6">
       <c r="B27" s="3">
-        <v>45968</v>
+        <v>46013</v>
       </c>
       <c r="C27" s="2">
-        <v>1.2023</v>
+        <v>1.204</v>
       </c>
       <c r="D27" s="2">
-        <v>1.1999</v>
+        <v>1.2016</v>
       </c>
       <c r="E27" s="2">
-        <v>1.2011</v>
+        <v>1.2028</v>
       </c>
       <c r="F27" s="0"/>
     </row>
     <row r="28" spans="1:6">
       <c r="B28" s="3">
-        <v>45967</v>
+        <v>46010</v>
       </c>
       <c r="C28" s="2">
-        <v>1.2082</v>
+        <v>1.1976</v>
       </c>
       <c r="D28" s="2">
-        <v>1.2058</v>
+        <v>1.1952</v>
       </c>
       <c r="E28" s="2">
-        <v>1.207</v>
+        <v>1.1964</v>
       </c>
       <c r="F28" s="0"/>
     </row>
     <row r="29" spans="1:6">
       <c r="B29" s="3">
-        <v>45966</v>
+        <v>46009</v>
       </c>
       <c r="C29" s="2">
-        <v>1.2034</v>
+        <v>1.194</v>
       </c>
       <c r="D29" s="2">
-        <v>1.201</v>
+        <v>1.1916</v>
       </c>
       <c r="E29" s="2">
-        <v>1.2022</v>
+        <v>1.1928</v>
       </c>
       <c r="F29" s="0"/>
     </row>
     <row r="30" spans="1:6">
       <c r="B30" s="3">
-        <v>45965</v>
+        <v>46008</v>
       </c>
       <c r="C30" s="2">
-        <v>1.2073</v>
+        <v>1.1948</v>
       </c>
       <c r="D30" s="2">
-        <v>1.2049</v>
+        <v>1.1924</v>
       </c>
       <c r="E30" s="2">
-        <v>1.2061</v>
+        <v>1.1936</v>
       </c>
       <c r="F30" s="0"/>
     </row>
     <row r="31" spans="1:6">
       <c r="B31" s="3">
-        <v>45964</v>
+        <v>46007</v>
       </c>
       <c r="C31" s="2">
-        <v>1.2112</v>
+        <v>1.1937</v>
       </c>
       <c r="D31" s="2">
-        <v>1.2088</v>
+        <v>1.1913</v>
       </c>
       <c r="E31" s="2">
-        <v>1.21</v>
+        <v>1.1925</v>
       </c>
       <c r="F31" s="0"/>
     </row>
     <row r="32" spans="1:6">
       <c r="B32" s="3">
-        <v>45961</v>
+        <v>46006</v>
       </c>
       <c r="C32" s="2">
-        <v>1.2122</v>
+        <v>1.1977</v>
       </c>
       <c r="D32" s="2">
-        <v>1.2098</v>
+        <v>1.1953</v>
       </c>
       <c r="E32" s="2">
-        <v>1.211</v>
+        <v>1.1965</v>
       </c>
       <c r="F32" s="0"/>
     </row>
     <row r="33" spans="1:6">
       <c r="B33" s="3">
-        <v>45960</v>
+        <v>46003</v>
       </c>
       <c r="C33" s="2">
-        <v>1.2105</v>
+        <v>1.2014</v>
       </c>
       <c r="D33" s="2">
-        <v>1.2081</v>
+        <v>1.199</v>
       </c>
       <c r="E33" s="2">
-        <v>1.2093</v>
+        <v>1.2002</v>
       </c>
       <c r="F33" s="0"/>
     </row>
     <row r="34" spans="1:6">
       <c r="B34" s="3">
-        <v>45959</v>
+        <v>46002</v>
       </c>
       <c r="C34" s="2">
-        <v>1.2142</v>
+        <v>1.1942</v>
       </c>
       <c r="D34" s="2">
-        <v>1.2118</v>
+        <v>1.1918</v>
       </c>
       <c r="E34" s="2">
-        <v>1.213</v>
+        <v>1.193</v>
       </c>
       <c r="F34" s="0"/>
     </row>
     <row r="35" spans="1:6">
       <c r="B35" s="3">
-        <v>45958</v>
+        <v>46001</v>
       </c>
       <c r="C35" s="2">
-        <v>1.2171</v>
+        <v>1.1927</v>
       </c>
       <c r="D35" s="2">
-        <v>1.2147</v>
+        <v>1.1903</v>
       </c>
       <c r="E35" s="2">
-        <v>1.2159</v>
+        <v>1.1915</v>
       </c>
       <c r="F35" s="0"/>
     </row>
     <row r="36" spans="1:6">
       <c r="B36" s="3">
-        <v>45957</v>
+        <v>46000</v>
       </c>
       <c r="C36" s="2">
-        <v>1.2219</v>
+        <v>1.1918</v>
       </c>
       <c r="D36" s="2">
-        <v>1.2195</v>
+        <v>1.1894</v>
       </c>
       <c r="E36" s="2">
-        <v>1.2207</v>
+        <v>1.1906</v>
       </c>
       <c r="F36" s="0"/>
     </row>
     <row r="37" spans="1:6">
       <c r="B37" s="3">
-        <v>45954</v>
+        <v>45999</v>
       </c>
       <c r="C37" s="2">
-        <v>1.218</v>
+        <v>1.1968</v>
       </c>
       <c r="D37" s="2">
-        <v>1.2156</v>
+        <v>1.1944</v>
       </c>
       <c r="E37" s="2">
-        <v>1.2168</v>
+        <v>1.1956</v>
       </c>
       <c r="F37" s="0"/>
     </row>
     <row r="38" spans="1:6">
       <c r="B38" s="3">
-        <v>45953</v>
+        <v>45996</v>
       </c>
       <c r="C38" s="2">
-        <v>1.2157</v>
+        <v>1.198</v>
       </c>
       <c r="D38" s="2">
-        <v>1.2133</v>
+        <v>1.1956</v>
       </c>
       <c r="E38" s="2">
-        <v>1.2145</v>
+        <v>1.1968</v>
       </c>
       <c r="F38" s="0"/>
     </row>
     <row r="39" spans="1:6">
       <c r="B39" s="3">
-        <v>45952</v>
+        <v>45995</v>
       </c>
       <c r="C39" s="2">
-        <v>1.2163</v>
+        <v>1.1963</v>
       </c>
       <c r="D39" s="2">
-        <v>1.2139</v>
+        <v>1.1939</v>
       </c>
       <c r="E39" s="2">
-        <v>1.2151</v>
+        <v>1.1951</v>
       </c>
       <c r="F39" s="0"/>
     </row>
     <row r="40" spans="1:6">
       <c r="B40" s="3">
-        <v>45951</v>
+        <v>45994</v>
       </c>
       <c r="C40" s="2">
-        <v>1.2213</v>
+        <v>1.1974</v>
       </c>
       <c r="D40" s="2">
-        <v>1.2189</v>
+        <v>1.195</v>
       </c>
       <c r="E40" s="2">
-        <v>1.2201</v>
+        <v>1.1962</v>
       </c>
       <c r="F40" s="0"/>
     </row>
     <row r="41" spans="1:6">
       <c r="B41" s="3">
-        <v>45950</v>
+        <v>45993</v>
       </c>
       <c r="C41" s="2">
-        <v>1.215</v>
+        <v>1.1976</v>
       </c>
       <c r="D41" s="2">
-        <v>1.2126</v>
+        <v>1.1952</v>
       </c>
       <c r="E41" s="2">
-        <v>1.2138</v>
+        <v>1.1964</v>
       </c>
       <c r="F41" s="0"/>
     </row>
     <row r="42" spans="1:6">
       <c r="B42" s="3">
-        <v>45947</v>
+        <v>45992</v>
       </c>
       <c r="C42" s="2">
-        <v>1.2119</v>
+        <v>1.1973</v>
       </c>
       <c r="D42" s="2">
-        <v>1.2095</v>
+        <v>1.1949</v>
       </c>
       <c r="E42" s="2">
-        <v>1.2107</v>
+        <v>1.1961</v>
       </c>
       <c r="F42" s="0"/>
     </row>
     <row r="43" spans="1:6">
       <c r="B43" s="3">
-        <v>45946</v>
+        <v>45989</v>
       </c>
       <c r="C43" s="2">
-        <v>1.2156</v>
+        <v>1.2003</v>
       </c>
       <c r="D43" s="2">
-        <v>1.2132</v>
+        <v>1.1979</v>
       </c>
       <c r="E43" s="2">
-        <v>1.2144</v>
+        <v>1.1991</v>
       </c>
       <c r="F43" s="0"/>
     </row>
     <row r="44" spans="1:6">
       <c r="B44" s="3">
-        <v>45945</v>
+        <v>45988</v>
       </c>
       <c r="C44" s="2">
-        <v>1.2091</v>
+        <v>1.2005</v>
       </c>
       <c r="D44" s="2">
-        <v>1.2067</v>
+        <v>1.1981</v>
       </c>
       <c r="E44" s="2">
-        <v>1.2079</v>
+        <v>1.1993</v>
       </c>
       <c r="F44" s="0"/>
     </row>
     <row r="45" spans="1:6">
       <c r="B45" s="3">
-        <v>45944</v>
+        <v>45987</v>
       </c>
       <c r="C45" s="2">
-        <v>1.2036</v>
+        <v>1.2004</v>
       </c>
       <c r="D45" s="2">
-        <v>1.2012</v>
+        <v>1.198</v>
       </c>
       <c r="E45" s="2">
-        <v>1.2024</v>
+        <v>1.1992</v>
       </c>
       <c r="F45" s="0"/>
     </row>
     <row r="46" spans="1:6">
       <c r="B46" s="3">
-        <v>45943</v>
+        <v>45986</v>
       </c>
       <c r="C46" s="2">
-        <v>1.1997</v>
+        <v>1.1946</v>
       </c>
       <c r="D46" s="2">
-        <v>1.1973</v>
+        <v>1.1922</v>
       </c>
       <c r="E46" s="2">
-        <v>1.1985</v>
+        <v>1.1934</v>
       </c>
       <c r="F46" s="0"/>
     </row>
     <row r="47" spans="1:6">
       <c r="B47" s="3">
-        <v>45940</v>
+        <v>45985</v>
       </c>
       <c r="C47" s="2">
-        <v>1.2053</v>
+        <v>1.1886</v>
       </c>
       <c r="D47" s="2">
-        <v>1.2029</v>
+        <v>1.1862</v>
       </c>
       <c r="E47" s="2">
-        <v>1.2041</v>
+        <v>1.1874</v>
       </c>
       <c r="F47" s="0"/>
     </row>
     <row r="48" spans="1:6">
       <c r="B48" s="3">
-        <v>45939</v>
+        <v>45982</v>
       </c>
       <c r="C48" s="2">
-        <v>1.2065</v>
+        <v>1.1811</v>
       </c>
       <c r="D48" s="2">
-        <v>1.2041</v>
+        <v>1.1787</v>
       </c>
       <c r="E48" s="2">
-        <v>1.2053</v>
+        <v>1.1799</v>
       </c>
       <c r="F48" s="0"/>
     </row>
     <row r="49" spans="1:6">
       <c r="B49" s="3">
-        <v>45938</v>
+        <v>45981</v>
       </c>
       <c r="C49" s="2">
-        <v>1.2059</v>
+        <v>1.1932</v>
       </c>
       <c r="D49" s="2">
-        <v>1.2035</v>
+        <v>1.1908</v>
       </c>
       <c r="E49" s="2">
-        <v>1.2047</v>
+        <v>1.192</v>
       </c>
       <c r="F49" s="0"/>
     </row>
     <row r="50" spans="1:6">
       <c r="B50" s="3">
-        <v>45937</v>
+        <v>45980</v>
       </c>
       <c r="C50" s="2">
-        <v>1.2063</v>
+        <v>1.1842</v>
       </c>
       <c r="D50" s="2">
-        <v>1.2039</v>
+        <v>1.1818</v>
       </c>
       <c r="E50" s="2">
-        <v>1.2051</v>
+        <v>1.183</v>
       </c>
       <c r="F50" s="0"/>
     </row>
     <row r="51" spans="1:6">
       <c r="B51" s="3">
-        <v>45933</v>
+        <v>45979</v>
       </c>
       <c r="C51" s="2">
-        <v>1.2059</v>
+        <v>1.1857</v>
       </c>
       <c r="D51" s="2">
-        <v>1.2035</v>
+        <v>1.1833</v>
       </c>
       <c r="E51" s="2">
-        <v>1.2047</v>
+        <v>1.1845</v>
       </c>
       <c r="F51" s="0"/>
     </row>
     <row r="52" spans="1:6">
       <c r="B52" s="3">
-        <v>45932</v>
+        <v>45978</v>
       </c>
       <c r="C52" s="2">
-        <v>1.2027</v>
+        <v>1.1988</v>
       </c>
       <c r="D52" s="2">
-        <v>1.2003</v>
+        <v>1.1964</v>
       </c>
       <c r="E52" s="2">
-        <v>1.2015</v>
+        <v>1.1976</v>
       </c>
       <c r="F52" s="0"/>
     </row>
     <row r="53" spans="1:6">
       <c r="B53" s="3">
-        <v>45931</v>
+        <v>45975</v>
       </c>
       <c r="C53" s="2">
-        <v>1.1958</v>
+        <v>1.1988</v>
       </c>
       <c r="D53" s="2">
-        <v>1.1934</v>
+        <v>1.1964</v>
       </c>
       <c r="E53" s="2">
-        <v>1.1946</v>
+        <v>1.1976</v>
       </c>
       <c r="F53" s="0"/>
     </row>
     <row r="54" spans="1:6">
       <c r="B54" s="3">
-        <v>45930</v>
+        <v>45974</v>
       </c>
       <c r="C54" s="2">
-        <v>1.1964</v>
+        <v>1.2097</v>
       </c>
       <c r="D54" s="2">
-        <v>1.194</v>
+        <v>1.2073</v>
       </c>
       <c r="E54" s="2">
-        <v>1.1952</v>
+        <v>1.2085</v>
       </c>
       <c r="F54" s="0"/>
     </row>
     <row r="55" spans="1:6">
       <c r="B55" s="3">
-        <v>45929</v>
+        <v>45973</v>
       </c>
       <c r="C55" s="2">
-        <v>1.1969</v>
+        <v>1.2118</v>
       </c>
       <c r="D55" s="2">
-        <v>1.1945</v>
+        <v>1.2094</v>
       </c>
       <c r="E55" s="2">
-        <v>1.1957</v>
+        <v>1.2106</v>
       </c>
       <c r="F55" s="0"/>
     </row>
     <row r="56" spans="1:6">
       <c r="B56" s="3">
-        <v>45926</v>
+        <v>45972</v>
       </c>
       <c r="C56" s="2">
-        <v>1.1923</v>
+        <v>1.2101</v>
       </c>
       <c r="D56" s="2">
-        <v>1.1899</v>
+        <v>1.2077</v>
       </c>
       <c r="E56" s="2">
-        <v>1.1911</v>
+        <v>1.2089</v>
       </c>
       <c r="F56" s="0"/>
     </row>
     <row r="57" spans="1:6">
       <c r="B57" s="3">
-        <v>45925</v>
+        <v>45971</v>
       </c>
       <c r="C57" s="2">
-        <v>1.1924</v>
+        <v>1.207</v>
       </c>
       <c r="D57" s="2">
-        <v>1.19</v>
+        <v>1.2046</v>
       </c>
       <c r="E57" s="2">
-        <v>1.1912</v>
+        <v>1.2058</v>
       </c>
       <c r="F57" s="0"/>
     </row>
     <row r="58" spans="1:6">
       <c r="B58" s="3">
-        <v>45924</v>
+        <v>45968</v>
       </c>
       <c r="C58" s="2">
-        <v>1.1929</v>
+        <v>1.2023</v>
       </c>
       <c r="D58" s="2">
-        <v>1.1905</v>
+        <v>1.1999</v>
       </c>
       <c r="E58" s="2">
-        <v>1.1917</v>
+        <v>1.2011</v>
       </c>
       <c r="F58" s="0"/>
     </row>
     <row r="59" spans="1:6">
       <c r="B59" s="3">
-        <v>45923</v>
+        <v>45967</v>
       </c>
       <c r="C59" s="2">
-        <v>1.1969</v>
+        <v>1.2082</v>
       </c>
       <c r="D59" s="2">
-        <v>1.1945</v>
+        <v>1.2058</v>
       </c>
       <c r="E59" s="2">
-        <v>1.1957</v>
+        <v>1.207</v>
       </c>
       <c r="F59" s="0"/>
     </row>
     <row r="60" spans="1:6">
       <c r="B60" s="3">
-        <v>45922</v>
+        <v>45966</v>
       </c>
       <c r="C60" s="2">
-        <v>1.1938</v>
+        <v>1.2034</v>
       </c>
       <c r="D60" s="2">
-        <v>1.1914</v>
+        <v>1.201</v>
       </c>
       <c r="E60" s="2">
-        <v>1.1926</v>
+        <v>1.2022</v>
       </c>
       <c r="F60" s="0"/>
     </row>
     <row r="61" spans="1:6">
       <c r="B61" s="3">
-        <v>45919</v>
+        <v>45965</v>
       </c>
       <c r="C61" s="2">
-        <v>1.1921</v>
+        <v>1.2073</v>
       </c>
       <c r="D61" s="2">
-        <v>1.1897</v>
+        <v>1.2049</v>
       </c>
       <c r="E61" s="2">
-        <v>1.1909</v>
+        <v>1.2061</v>
       </c>
       <c r="F61" s="0"/>
     </row>
     <row r="62" spans="1:6">
       <c r="B62" s="3">
-        <v>45918</v>
+        <v>45964</v>
       </c>
       <c r="C62" s="2">
-        <v>1.1887</v>
+        <v>1.2112</v>
       </c>
       <c r="D62" s="2">
-        <v>1.1863</v>
+        <v>1.2088</v>
       </c>
       <c r="E62" s="2">
-        <v>1.1875</v>
+        <v>1.21</v>
       </c>
       <c r="F62" s="0"/>
     </row>
     <row r="63" spans="1:6">
       <c r="B63" s="3">
-        <v>45917</v>
+        <v>45961</v>
       </c>
       <c r="C63" s="2">
-        <v>1.1875</v>
+        <v>1.2122</v>
       </c>
       <c r="D63" s="2">
-        <v>1.1851</v>
+        <v>1.2098</v>
       </c>
       <c r="E63" s="2">
-        <v>1.1863</v>
+        <v>1.211</v>
       </c>
       <c r="F63" s="0"/>
     </row>
     <row r="64" spans="1:6">
       <c r="B64" s="3">
-        <v>45916</v>
+        <v>45960</v>
       </c>
       <c r="C64" s="2">
-        <v>1.1907</v>
+        <v>1.2105</v>
       </c>
       <c r="D64" s="2">
-        <v>1.1883</v>
+        <v>1.2081</v>
       </c>
       <c r="E64" s="2">
-        <v>1.1895</v>
+        <v>1.2093</v>
       </c>
       <c r="F64" s="0"/>
     </row>
     <row r="65" spans="1:6">
       <c r="B65" s="3">
-        <v>45915</v>
+        <v>45959</v>
       </c>
       <c r="C65" s="2">
-        <v>1.1869</v>
+        <v>1.2142</v>
       </c>
       <c r="D65" s="2">
-        <v>1.1845</v>
+        <v>1.2118</v>
       </c>
       <c r="E65" s="2">
-        <v>1.1857</v>
+        <v>1.213</v>
       </c>
       <c r="F65" s="0"/>
     </row>
     <row r="66" spans="1:6">
       <c r="B66" s="3">
-        <v>45912</v>
+        <v>45958</v>
       </c>
       <c r="C66" s="2">
-        <v>1.1883</v>
+        <v>1.2171</v>
       </c>
       <c r="D66" s="2">
-        <v>1.1859</v>
+        <v>1.2147</v>
       </c>
       <c r="E66" s="2">
-        <v>1.1871</v>
+        <v>1.2159</v>
       </c>
       <c r="F66" s="0"/>
     </row>
     <row r="67" spans="1:6">
       <c r="B67" s="3">
-        <v>45911</v>
+        <v>45957</v>
       </c>
       <c r="C67" s="2">
-        <v>1.1846</v>
+        <v>1.2219</v>
       </c>
       <c r="D67" s="2">
-        <v>1.1822</v>
+        <v>1.2195</v>
       </c>
       <c r="E67" s="2">
-        <v>1.1834</v>
+        <v>1.2207</v>
       </c>
       <c r="F67" s="0"/>
     </row>
     <row r="68" spans="1:6">
       <c r="B68" s="3">
-        <v>45910</v>
+        <v>45954</v>
       </c>
       <c r="C68" s="2">
-        <v>1.1855</v>
+        <v>1.218</v>
       </c>
       <c r="D68" s="2">
-        <v>1.1831</v>
+        <v>1.2156</v>
       </c>
       <c r="E68" s="2">
-        <v>1.1843</v>
+        <v>1.2168</v>
       </c>
       <c r="F68" s="0"/>
     </row>
     <row r="69" spans="1:6">
       <c r="B69" s="3">
-        <v>45909</v>
+        <v>45953</v>
       </c>
       <c r="C69" s="2">
-        <v>1.1838</v>
+        <v>1.2157</v>
       </c>
       <c r="D69" s="2">
-        <v>1.1814</v>
+        <v>1.2133</v>
       </c>
       <c r="E69" s="2">
-        <v>1.1826</v>
+        <v>1.2145</v>
       </c>
       <c r="F69" s="0"/>
     </row>
     <row r="70" spans="1:6">
       <c r="B70" s="3">
-        <v>45908</v>
+        <v>45952</v>
       </c>
       <c r="C70" s="2">
-        <v>1.1845</v>
+        <v>1.2163</v>
       </c>
       <c r="D70" s="2">
-        <v>1.1821</v>
+        <v>1.2139</v>
       </c>
       <c r="E70" s="2">
-        <v>1.1833</v>
+        <v>1.2151</v>
       </c>
       <c r="F70" s="0"/>
     </row>
     <row r="71" spans="1:6">
       <c r="B71" s="3">
-        <v>45905</v>
+        <v>45951</v>
       </c>
       <c r="C71" s="2">
-        <v>1.1862</v>
+        <v>1.2213</v>
       </c>
       <c r="D71" s="2">
-        <v>1.1838</v>
+        <v>1.2189</v>
       </c>
       <c r="E71" s="2">
-        <v>1.185</v>
+        <v>1.2201</v>
       </c>
       <c r="F71" s="0"/>
     </row>
     <row r="72" spans="1:6">
       <c r="B72" s="3">
-        <v>45904</v>
+        <v>45950</v>
       </c>
       <c r="C72" s="2">
-        <v>1.1816</v>
+        <v>1.215</v>
       </c>
       <c r="D72" s="2">
-        <v>1.1792</v>
+        <v>1.2126</v>
       </c>
       <c r="E72" s="2">
-        <v>1.1804</v>
+        <v>1.2138</v>
       </c>
       <c r="F72" s="0"/>
     </row>
     <row r="73" spans="1:6">
       <c r="B73" s="3">
-        <v>45903</v>
+        <v>45947</v>
       </c>
       <c r="C73" s="2">
-        <v>1.1768</v>
+        <v>1.2119</v>
       </c>
       <c r="D73" s="2">
-        <v>1.1744</v>
+        <v>1.2095</v>
       </c>
       <c r="E73" s="2">
-        <v>1.1756</v>
+        <v>1.2107</v>
       </c>
       <c r="F73" s="0"/>
     </row>
     <row r="74" spans="1:6">
       <c r="B74" s="3">
-        <v>45902</v>
+        <v>45946</v>
       </c>
       <c r="C74" s="2">
-        <v>1.1835</v>
+        <v>1.2156</v>
       </c>
       <c r="D74" s="2">
-        <v>1.1811</v>
+        <v>1.2132</v>
       </c>
       <c r="E74" s="2">
-        <v>1.1823</v>
+        <v>1.2144</v>
       </c>
       <c r="F74" s="0"/>
     </row>
     <row r="75" spans="1:6">
       <c r="B75" s="3">
-        <v>45901</v>
+        <v>45945</v>
       </c>
       <c r="C75" s="2">
-        <v>1.1845</v>
+        <v>1.2091</v>
       </c>
       <c r="D75" s="2">
-        <v>1.1821</v>
+        <v>1.2067</v>
       </c>
       <c r="E75" s="2">
-        <v>1.1833</v>
+        <v>1.2079</v>
       </c>
       <c r="F75" s="0"/>
     </row>
     <row r="76" spans="1:6">
       <c r="B76" s="3">
-        <v>45898</v>
+        <v>45944</v>
       </c>
       <c r="C76" s="2">
-        <v>1.1865</v>
+        <v>1.2036</v>
       </c>
       <c r="D76" s="2">
-        <v>1.1841</v>
+        <v>1.2012</v>
       </c>
       <c r="E76" s="2">
-        <v>1.1853</v>
+        <v>1.2024</v>
       </c>
       <c r="F76" s="0"/>
     </row>
     <row r="77" spans="1:6">
       <c r="B77" s="3">
-        <v>45897</v>
+        <v>45943</v>
       </c>
       <c r="C77" s="2">
-        <v>1.1873</v>
+        <v>1.1997</v>
       </c>
       <c r="D77" s="2">
-        <v>1.1849</v>
+        <v>1.1973</v>
       </c>
       <c r="E77" s="2">
-        <v>1.1861</v>
+        <v>1.1985</v>
       </c>
       <c r="F77" s="0"/>
     </row>
     <row r="78" spans="1:6">
       <c r="B78" s="3">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="C78" s="2">
-        <v>1.1864</v>
+        <v>1.2053</v>
       </c>
       <c r="D78" s="2">
-        <v>1.184</v>
+        <v>1.2029</v>
       </c>
       <c r="E78" s="2">
-        <v>1.1852</v>
+        <v>1.2041</v>
       </c>
       <c r="F78" s="0"/>
     </row>
     <row r="79" spans="1:6">
       <c r="B79" s="3">
-        <v>45895</v>
+        <v>45939</v>
       </c>
       <c r="C79" s="2">
-        <v>1.1852</v>
+        <v>1.2065</v>
       </c>
       <c r="D79" s="2">
-        <v>1.1828</v>
+        <v>1.2041</v>
       </c>
       <c r="E79" s="2">
-        <v>1.184</v>
+        <v>1.2053</v>
       </c>
       <c r="F79" s="0"/>
     </row>
     <row r="80" spans="1:6">
       <c r="B80" s="3">
-        <v>45894</v>
+        <v>45938</v>
       </c>
       <c r="C80" s="2">
-        <v>1.1882</v>
+        <v>1.2059</v>
       </c>
       <c r="D80" s="2">
-        <v>1.1858</v>
+        <v>1.2035</v>
       </c>
       <c r="E80" s="2">
-        <v>1.187</v>
+        <v>1.2047</v>
       </c>
       <c r="F80" s="0"/>
     </row>
     <row r="81" spans="1:6">
       <c r="B81" s="3">
-        <v>45891</v>
+        <v>45937</v>
       </c>
       <c r="C81" s="2">
-        <v>1.1841</v>
+        <v>1.2063</v>
       </c>
       <c r="D81" s="2">
-        <v>1.1817</v>
+        <v>1.2039</v>
       </c>
       <c r="E81" s="2">
-        <v>1.1829</v>
+        <v>1.2051</v>
       </c>
       <c r="F81" s="0"/>
     </row>
     <row r="82" spans="1:6">
       <c r="B82" s="3">
-        <v>45890</v>
+        <v>45933</v>
       </c>
       <c r="C82" s="2">
-        <v>1.1858</v>
+        <v>1.2059</v>
       </c>
       <c r="D82" s="2">
-        <v>1.1834</v>
+        <v>1.2035</v>
       </c>
       <c r="E82" s="2">
-        <v>1.1846</v>
+        <v>1.2047</v>
       </c>
       <c r="F82" s="0"/>
     </row>
     <row r="83" spans="1:6">
       <c r="B83" s="3">
-        <v>45889</v>
+        <v>45932</v>
       </c>
       <c r="C83" s="2">
-        <v>1.1806</v>
+        <v>1.2027</v>
       </c>
       <c r="D83" s="2">
-        <v>1.1782</v>
+        <v>1.2003</v>
       </c>
       <c r="E83" s="2">
-        <v>1.1794</v>
+        <v>1.2015</v>
       </c>
       <c r="F83" s="0"/>
     </row>
     <row r="84" spans="1:6">
       <c r="B84" s="3">
-        <v>45888</v>
+        <v>45931</v>
       </c>
       <c r="C84" s="2">
-        <v>1.1787</v>
+        <v>1.1958</v>
       </c>
       <c r="D84" s="2">
-        <v>1.1763</v>
+        <v>1.1934</v>
       </c>
       <c r="E84" s="2">
-        <v>1.1775</v>
+        <v>1.1946</v>
       </c>
       <c r="F84" s="0"/>
     </row>
     <row r="85" spans="1:6">
       <c r="B85" s="3">
-        <v>45887</v>
+        <v>45930</v>
       </c>
       <c r="C85" s="2">
-        <v>1.1796</v>
+        <v>1.1964</v>
       </c>
       <c r="D85" s="2">
-        <v>1.1772</v>
+        <v>1.194</v>
       </c>
       <c r="E85" s="2">
-        <v>1.1784</v>
+        <v>1.1952</v>
       </c>
       <c r="F85" s="0"/>
     </row>
     <row r="86" spans="1:6">
       <c r="B86" s="3">
-        <v>45884</v>
+        <v>45929</v>
       </c>
       <c r="C86" s="2">
-        <v>1.1799</v>
+        <v>1.1969</v>
       </c>
       <c r="D86" s="2">
-        <v>1.1775</v>
+        <v>1.1945</v>
       </c>
       <c r="E86" s="2">
-        <v>1.1787</v>
+        <v>1.1957</v>
       </c>
       <c r="F86" s="0"/>
     </row>
     <row r="87" spans="1:6">
       <c r="B87" s="3">
-        <v>45883</v>
+        <v>45926</v>
       </c>
       <c r="C87" s="2">
-        <v>1.1754</v>
+        <v>1.1923</v>
       </c>
       <c r="D87" s="2">
-        <v>1.173</v>
+        <v>1.1899</v>
       </c>
       <c r="E87" s="2">
-        <v>1.1742</v>
+        <v>1.1911</v>
       </c>
       <c r="F87" s="0"/>
     </row>
     <row r="88" spans="1:6">
       <c r="B88" s="3">
-        <v>45882</v>
+        <v>45925</v>
       </c>
       <c r="C88" s="2">
-        <v>1.1732</v>
+        <v>1.1924</v>
       </c>
       <c r="D88" s="2">
-        <v>1.1708</v>
+        <v>1.19</v>
       </c>
       <c r="E88" s="2">
-        <v>1.172</v>
+        <v>1.1912</v>
       </c>
       <c r="F88" s="0"/>
     </row>
     <row r="89" spans="1:6">
       <c r="B89" s="3">
-        <v>45881</v>
+        <v>45924</v>
       </c>
       <c r="C89" s="2">
-        <v>1.1715</v>
+        <v>1.1929</v>
       </c>
       <c r="D89" s="2">
-        <v>1.1691</v>
+        <v>1.1905</v>
       </c>
       <c r="E89" s="2">
-        <v>1.1703</v>
+        <v>1.1917</v>
       </c>
       <c r="F89" s="0"/>
     </row>
     <row r="90" spans="1:6">
       <c r="B90" s="3">
-        <v>45880</v>
+        <v>45923</v>
       </c>
       <c r="C90" s="2">
-        <v>1.1701</v>
+        <v>1.1969</v>
       </c>
       <c r="D90" s="2">
-        <v>1.1677</v>
+        <v>1.1945</v>
       </c>
       <c r="E90" s="2">
-        <v>1.1689</v>
+        <v>1.1957</v>
       </c>
       <c r="F90" s="0"/>
     </row>
     <row r="91" spans="1:6">
       <c r="B91" s="3">
-        <v>45877</v>
+        <v>45922</v>
       </c>
       <c r="C91" s="2">
-        <v>1.1682</v>
+        <v>1.1938</v>
       </c>
       <c r="D91" s="2">
-        <v>1.1658</v>
+        <v>1.1914</v>
       </c>
       <c r="E91" s="2">
-        <v>1.167</v>
+        <v>1.1926</v>
       </c>
       <c r="F91" s="0"/>
     </row>
     <row r="92" spans="1:6">
       <c r="B92" s="3">
-        <v>45876</v>
+        <v>45919</v>
       </c>
       <c r="C92" s="2">
-        <v>1.1688</v>
+        <v>1.1921</v>
       </c>
       <c r="D92" s="2">
-        <v>1.1664</v>
+        <v>1.1897</v>
       </c>
       <c r="E92" s="2">
-        <v>1.1676</v>
+        <v>1.1909</v>
       </c>
       <c r="F92" s="0"/>
     </row>
     <row r="93" spans="1:6">
       <c r="B93" s="3">
-        <v>45875</v>
+        <v>45918</v>
       </c>
       <c r="C93" s="2">
-        <v>1.1683</v>
+        <v>1.1887</v>
       </c>
       <c r="D93" s="2">
-        <v>1.1659</v>
+        <v>1.1863</v>
       </c>
       <c r="E93" s="2">
-        <v>1.1671</v>
+        <v>1.1875</v>
       </c>
       <c r="F93" s="0"/>
     </row>
     <row r="94" spans="1:6">
       <c r="B94" s="3">
-        <v>45874</v>
+        <v>45917</v>
       </c>
       <c r="C94" s="2">
-        <v>1.1654</v>
+        <v>1.1875</v>
       </c>
       <c r="D94" s="2">
-        <v>1.163</v>
+        <v>1.1851</v>
       </c>
       <c r="E94" s="2">
-        <v>1.1642</v>
+        <v>1.1863</v>
       </c>
       <c r="F94" s="0"/>
     </row>
     <row r="95" spans="1:6">
       <c r="B95" s="3">
-        <v>45873</v>
+        <v>45916</v>
       </c>
       <c r="C95" s="2">
-        <v>1.1557</v>
+        <v>1.1907</v>
       </c>
       <c r="D95" s="2">
-        <v>1.1533</v>
+        <v>1.1883</v>
       </c>
       <c r="E95" s="2">
-        <v>1.1545</v>
+        <v>1.1895</v>
       </c>
       <c r="F95" s="0"/>
     </row>
     <row r="96" spans="1:6">
       <c r="B96" s="3">
-        <v>45870</v>
+        <v>45915</v>
       </c>
       <c r="C96" s="2">
-        <v>1.1593</v>
+        <v>1.1869</v>
       </c>
       <c r="D96" s="2">
-        <v>1.1569</v>
+        <v>1.1845</v>
       </c>
       <c r="E96" s="2">
-        <v>1.1581</v>
+        <v>1.1857</v>
       </c>
       <c r="F96" s="0"/>
     </row>
     <row r="97" spans="1:6">
       <c r="B97" s="3">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="C97" s="2">
-        <v>1.1662</v>
+        <v>1.1883</v>
       </c>
       <c r="D97" s="2">
-        <v>1.1638</v>
+        <v>1.1859</v>
       </c>
       <c r="E97" s="2">
-        <v>1.165</v>
+        <v>1.1871</v>
       </c>
       <c r="F97" s="0"/>
     </row>
     <row r="98" spans="1:6">
       <c r="B98" s="3">
-        <v>45868</v>
+        <v>45911</v>
       </c>
       <c r="C98" s="2">
-        <v>1.1651</v>
+        <v>1.1846</v>
       </c>
       <c r="D98" s="2">
-        <v>1.1627</v>
+        <v>1.1822</v>
       </c>
       <c r="E98" s="2">
-        <v>1.1639</v>
+        <v>1.1834</v>
       </c>
       <c r="F98" s="0"/>
     </row>
     <row r="99" spans="1:6">
       <c r="B99" s="3">
-        <v>45867</v>
+        <v>45910</v>
       </c>
       <c r="C99" s="2">
-        <v>1.1622</v>
+        <v>1.1855</v>
       </c>
       <c r="D99" s="2">
-        <v>1.1598</v>
+        <v>1.1831</v>
       </c>
       <c r="E99" s="2">
-        <v>1.161</v>
+        <v>1.1843</v>
       </c>
       <c r="F99" s="0"/>
     </row>
     <row r="100" spans="1:6">
       <c r="B100" s="3">
-        <v>45866</v>
+        <v>45909</v>
       </c>
       <c r="C100" s="2">
-        <v>1.164</v>
+        <v>1.1838</v>
       </c>
       <c r="D100" s="2">
-        <v>1.1616</v>
+        <v>1.1814</v>
       </c>
       <c r="E100" s="2">
-        <v>1.1628</v>
+        <v>1.1826</v>
       </c>
       <c r="F100" s="0"/>
     </row>
     <row r="101" spans="1:6">
       <c r="B101" s="3">
-        <v>45863</v>
+        <v>45908</v>
       </c>
       <c r="C101" s="2">
-        <v>1.1595</v>
+        <v>1.1845</v>
       </c>
       <c r="D101" s="2">
-        <v>1.1571</v>
+        <v>1.1821</v>
       </c>
       <c r="E101" s="2">
-        <v>1.1583</v>
+        <v>1.1833</v>
       </c>
       <c r="F101" s="0"/>
     </row>
     <row r="102" spans="1:6">
       <c r="B102" s="3">
-        <v>45862</v>
+        <v>45905</v>
       </c>
       <c r="C102" s="2">
-        <v>1.1616</v>
+        <v>1.1862</v>
       </c>
       <c r="D102" s="2">
-        <v>1.1592</v>
+        <v>1.1838</v>
       </c>
       <c r="E102" s="2">
-        <v>1.1604</v>
+        <v>1.185</v>
       </c>
       <c r="F102" s="0"/>
     </row>
     <row r="103" spans="1:6">
       <c r="B103" s="3">
-        <v>45861</v>
+        <v>45904</v>
       </c>
       <c r="C103" s="2">
-        <v>1.1642</v>
+        <v>1.1816</v>
       </c>
       <c r="D103" s="2">
-        <v>1.1618</v>
+        <v>1.1792</v>
       </c>
       <c r="E103" s="2">
-        <v>1.163</v>
+        <v>1.1804</v>
       </c>
       <c r="F103" s="0"/>
     </row>
     <row r="104" spans="1:6">
       <c r="B104" s="3">
-        <v>45860</v>
+        <v>45903</v>
       </c>
       <c r="C104" s="2">
-        <v>1.1604</v>
+        <v>1.1768</v>
       </c>
       <c r="D104" s="2">
-        <v>1.158</v>
+        <v>1.1744</v>
       </c>
       <c r="E104" s="2">
-        <v>1.1592</v>
+        <v>1.1756</v>
       </c>
       <c r="F104" s="0"/>
     </row>
     <row r="105" spans="1:6">
       <c r="B105" s="3">
-        <v>45859</v>
+        <v>45902</v>
       </c>
       <c r="C105" s="2">
-        <v>1.1594</v>
+        <v>1.1835</v>
       </c>
       <c r="D105" s="2">
-        <v>1.157</v>
+        <v>1.1811</v>
       </c>
       <c r="E105" s="2">
-        <v>1.1582</v>
+        <v>1.1823</v>
       </c>
       <c r="F105" s="0"/>
     </row>
     <row r="106" spans="1:6">
       <c r="B106" s="3">
-        <v>45856</v>
+        <v>45901</v>
       </c>
       <c r="C106" s="2">
-        <v>1.1648</v>
+        <v>1.1845</v>
       </c>
       <c r="D106" s="2">
-        <v>1.1624</v>
+        <v>1.1821</v>
       </c>
       <c r="E106" s="2">
-        <v>1.1636</v>
+        <v>1.1833</v>
       </c>
       <c r="F106" s="0"/>
     </row>
     <row r="107" spans="1:6">
       <c r="B107" s="3">
-        <v>45855</v>
+        <v>45898</v>
       </c>
       <c r="C107" s="2">
-        <v>1.1585</v>
+        <v>1.1865</v>
       </c>
       <c r="D107" s="2">
-        <v>1.1561</v>
+        <v>1.1841</v>
       </c>
       <c r="E107" s="2">
-        <v>1.1573</v>
+        <v>1.1853</v>
       </c>
       <c r="F107" s="0"/>
     </row>
     <row r="108" spans="1:6">
       <c r="B108" s="3">
-        <v>45854</v>
+        <v>45897</v>
       </c>
       <c r="C108" s="2">
-        <v>1.1532</v>
+        <v>1.1873</v>
       </c>
       <c r="D108" s="2">
-        <v>1.1508</v>
+        <v>1.1849</v>
       </c>
       <c r="E108" s="2">
-        <v>1.152</v>
+        <v>1.1861</v>
       </c>
       <c r="F108" s="0"/>
     </row>
     <row r="109" spans="1:6">
       <c r="B109" s="3">
-        <v>45853</v>
+        <v>45896</v>
       </c>
       <c r="C109" s="2">
-        <v>1.1571</v>
+        <v>1.1864</v>
       </c>
       <c r="D109" s="2">
-        <v>1.1547</v>
+        <v>1.184</v>
       </c>
       <c r="E109" s="2">
-        <v>1.1559</v>
+        <v>1.1852</v>
       </c>
       <c r="F109" s="0"/>
     </row>
     <row r="110" spans="1:6">
       <c r="B110" s="3">
-        <v>45852</v>
+        <v>45895</v>
       </c>
       <c r="C110" s="2">
-        <v>1.1507</v>
+        <v>1.1852</v>
       </c>
       <c r="D110" s="2">
-        <v>1.1485</v>
+        <v>1.1828</v>
       </c>
       <c r="E110" s="2">
-        <v>1.1496</v>
+        <v>1.184</v>
       </c>
       <c r="F110" s="0"/>
     </row>
     <row r="111" spans="1:6">
       <c r="B111" s="3">
-        <v>45849</v>
+        <v>45894</v>
       </c>
       <c r="C111" s="2">
-        <v>1.1528</v>
+        <v>1.1882</v>
       </c>
       <c r="D111" s="2">
-        <v>1.1504</v>
+        <v>1.1858</v>
       </c>
       <c r="E111" s="2">
-        <v>1.1516</v>
+        <v>1.187</v>
       </c>
       <c r="F111" s="0"/>
     </row>
     <row r="112" spans="1:6">
       <c r="B112" s="3">
-        <v>45848</v>
+        <v>45891</v>
       </c>
       <c r="C112" s="2">
-        <v>1.1538</v>
+        <v>1.1841</v>
       </c>
       <c r="D112" s="2">
-        <v>1.1514</v>
+        <v>1.1817</v>
       </c>
       <c r="E112" s="2">
-        <v>1.1526</v>
+        <v>1.1829</v>
       </c>
       <c r="F112" s="0"/>
     </row>
     <row r="113" spans="1:6">
       <c r="B113" s="3">
-        <v>45847</v>
+        <v>45890</v>
       </c>
       <c r="C113" s="2">
-        <v>1.1504</v>
+        <v>1.1858</v>
       </c>
       <c r="D113" s="2">
-        <v>1.1482</v>
+        <v>1.1834</v>
       </c>
       <c r="E113" s="2">
-        <v>1.1493</v>
+        <v>1.1846</v>
       </c>
       <c r="F113" s="0"/>
     </row>
     <row r="114" spans="1:6">
       <c r="B114" s="3">
-        <v>45846</v>
+        <v>45889</v>
       </c>
       <c r="C114" s="2">
-        <v>1.1525</v>
+        <v>1.1806</v>
       </c>
       <c r="D114" s="2">
-        <v>1.1501</v>
+        <v>1.1782</v>
       </c>
       <c r="E114" s="2">
-        <v>1.1513</v>
+        <v>1.1794</v>
       </c>
       <c r="F114" s="0"/>
     </row>
     <row r="115" spans="1:6">
       <c r="B115" s="3">
-        <v>45845</v>
+        <v>45888</v>
       </c>
       <c r="C115" s="2">
-        <v>1.1544</v>
+        <v>1.1787</v>
       </c>
       <c r="D115" s="2">
-        <v>1.152</v>
+        <v>1.1763</v>
       </c>
       <c r="E115" s="2">
-        <v>1.1532</v>
+        <v>1.1775</v>
       </c>
       <c r="F115" s="0"/>
     </row>
     <row r="116" spans="1:6">
       <c r="B116" s="3">
-        <v>45842</v>
+        <v>45887</v>
       </c>
       <c r="C116" s="2">
-        <v>1.1532</v>
+        <v>1.1796</v>
       </c>
       <c r="D116" s="2">
-        <v>1.1508</v>
+        <v>1.1772</v>
       </c>
       <c r="E116" s="2">
-        <v>1.152</v>
+        <v>1.1784</v>
       </c>
       <c r="F116" s="0"/>
     </row>
     <row r="117" spans="1:6">
       <c r="B117" s="3">
-        <v>45841</v>
+        <v>45884</v>
       </c>
       <c r="C117" s="2">
-        <v>1.1538</v>
+        <v>1.1799</v>
       </c>
       <c r="D117" s="2">
-        <v>1.1514</v>
+        <v>1.1775</v>
       </c>
       <c r="E117" s="2">
-        <v>1.1526</v>
+        <v>1.1787</v>
       </c>
       <c r="F117" s="0"/>
     </row>
     <row r="118" spans="1:6">
       <c r="B118" s="3">
-        <v>45840</v>
+        <v>45883</v>
       </c>
       <c r="C118" s="2">
-        <v>1.1516</v>
+        <v>1.1754</v>
       </c>
       <c r="D118" s="2">
-        <v>1.1492</v>
+        <v>1.173</v>
       </c>
       <c r="E118" s="2">
-        <v>1.1504</v>
+        <v>1.1742</v>
       </c>
       <c r="F118" s="0"/>
     </row>
     <row r="119" spans="1:6">
       <c r="B119" s="3">
-        <v>45839</v>
+        <v>45882</v>
       </c>
       <c r="C119" s="2">
-        <v>1.1482</v>
+        <v>1.1732</v>
       </c>
       <c r="D119" s="2">
-        <v>1.146</v>
+        <v>1.1708</v>
       </c>
       <c r="E119" s="2">
-        <v>1.1471</v>
+        <v>1.172</v>
       </c>
       <c r="F119" s="0"/>
     </row>
     <row r="120" spans="1:6">
       <c r="B120" s="3">
-        <v>45838</v>
+        <v>45881</v>
       </c>
       <c r="C120" s="2">
-        <v>1.1493</v>
+        <v>1.1715</v>
       </c>
       <c r="D120" s="2">
-        <v>1.1471</v>
+        <v>1.1691</v>
       </c>
       <c r="E120" s="2">
-        <v>1.1482</v>
+        <v>1.1703</v>
       </c>
       <c r="F120" s="0"/>
     </row>
     <row r="121" spans="1:6">
       <c r="B121" s="3">
-        <v>45835</v>
+        <v>45880</v>
       </c>
       <c r="C121" s="2">
-        <v>1.1445</v>
+        <v>1.1701</v>
       </c>
       <c r="D121" s="2">
-        <v>1.1423</v>
+        <v>1.1677</v>
       </c>
       <c r="E121" s="2">
-        <v>1.1434</v>
+        <v>1.1689</v>
       </c>
       <c r="F121" s="0"/>
     </row>
     <row r="122" spans="1:6">
       <c r="B122" s="3">
-        <v>45834</v>
+        <v>45877</v>
       </c>
       <c r="C122" s="2">
-        <v>1.1429</v>
+        <v>1.1682</v>
       </c>
       <c r="D122" s="2">
-        <v>1.1407</v>
+        <v>1.1658</v>
       </c>
       <c r="E122" s="2">
-        <v>1.1418</v>
+        <v>1.167</v>
       </c>
       <c r="F122" s="0"/>
     </row>
     <row r="123" spans="1:6">
       <c r="B123" s="3">
-        <v>45833</v>
+        <v>45876</v>
       </c>
       <c r="C123" s="2">
-        <v>1.1449</v>
+        <v>1.1688</v>
       </c>
       <c r="D123" s="2">
-        <v>1.1427</v>
+        <v>1.1664</v>
       </c>
       <c r="E123" s="2">
-        <v>1.1438</v>
+        <v>1.1676</v>
       </c>
       <c r="F123" s="0"/>
     </row>
     <row r="124" spans="1:6">
       <c r="B124" s="3">
-        <v>45832</v>
+        <v>45875</v>
       </c>
       <c r="C124" s="2">
-        <v>1.1436</v>
+        <v>1.1683</v>
       </c>
       <c r="D124" s="2">
-        <v>1.1414</v>
+        <v>1.1659</v>
       </c>
       <c r="E124" s="2">
-        <v>1.1425</v>
+        <v>1.1671</v>
       </c>
       <c r="F124" s="0"/>
     </row>
     <row r="125" spans="1:6">
       <c r="B125" s="3">
-        <v>45831</v>
+        <v>45874</v>
       </c>
       <c r="C125" s="2">
-        <v>1.1365</v>
+        <v>1.1654</v>
       </c>
       <c r="D125" s="2">
-        <v>1.1343</v>
+        <v>1.163</v>
       </c>
       <c r="E125" s="2">
-        <v>1.1354</v>
+        <v>1.1642</v>
       </c>
       <c r="F125" s="0"/>
     </row>
     <row r="126" spans="1:6">
       <c r="B126" s="3">
-        <v>45828</v>
+        <v>45873</v>
       </c>
       <c r="C126" s="2">
-        <v>1.1362</v>
+        <v>1.1557</v>
       </c>
       <c r="D126" s="2">
-        <v>1.134</v>
+        <v>1.1533</v>
       </c>
       <c r="E126" s="2">
-        <v>1.1351</v>
+        <v>1.1545</v>
       </c>
       <c r="F126" s="0"/>
     </row>
     <row r="127" spans="1:6">
       <c r="B127" s="3">
-        <v>45827</v>
+        <v>45870</v>
       </c>
       <c r="C127" s="2">
-        <v>1.1367</v>
+        <v>1.1593</v>
       </c>
       <c r="D127" s="2">
-        <v>1.1345</v>
+        <v>1.1569</v>
       </c>
       <c r="E127" s="2">
-        <v>1.1356</v>
+        <v>1.1581</v>
       </c>
       <c r="F127" s="0"/>
     </row>
     <row r="128" spans="1:6">
       <c r="B128" s="3">
-        <v>45826</v>
+        <v>45869</v>
       </c>
       <c r="C128" s="2">
-        <v>1.1382</v>
+        <v>1.1662</v>
       </c>
       <c r="D128" s="2">
-        <v>1.136</v>
+        <v>1.1638</v>
       </c>
       <c r="E128" s="2">
-        <v>1.1371</v>
+        <v>1.165</v>
       </c>
       <c r="F128" s="0"/>
     </row>
     <row r="129" spans="1:6">
       <c r="B129" s="3">
-        <v>45825</v>
+        <v>45868</v>
       </c>
       <c r="C129" s="2">
-        <v>1.1391</v>
+        <v>1.1651</v>
       </c>
       <c r="D129" s="2">
-        <v>1.1369</v>
+        <v>1.1627</v>
       </c>
       <c r="E129" s="2">
-        <v>1.138</v>
+        <v>1.1639</v>
       </c>
       <c r="F129" s="0"/>
     </row>
     <row r="130" spans="1:6">
       <c r="B130" s="3">
-        <v>45824</v>
+        <v>45867</v>
       </c>
       <c r="C130" s="2">
-        <v>1.1421</v>
+        <v>1.1622</v>
       </c>
       <c r="D130" s="2">
-        <v>1.1399</v>
+        <v>1.1598</v>
       </c>
       <c r="E130" s="2">
-        <v>1.141</v>
+        <v>1.161</v>
       </c>
       <c r="F130" s="0"/>
     </row>
     <row r="131" spans="1:6">
       <c r="B131" s="3">
-        <v>45821</v>
+        <v>45866</v>
       </c>
       <c r="C131" s="2">
-        <v>1.141</v>
+        <v>1.164</v>
       </c>
       <c r="D131" s="2">
-        <v>1.1388</v>
+        <v>1.1616</v>
       </c>
       <c r="E131" s="2">
-        <v>1.1399</v>
+        <v>1.1628</v>
       </c>
       <c r="F131" s="0"/>
     </row>
     <row r="132" spans="1:6">
       <c r="B132" s="3">
-        <v>45820</v>
+        <v>45863</v>
       </c>
       <c r="C132" s="2">
-        <v>1.1458</v>
+        <v>1.1595</v>
       </c>
       <c r="D132" s="2">
-        <v>1.1436</v>
+        <v>1.1571</v>
       </c>
       <c r="E132" s="2">
-        <v>1.1447</v>
+        <v>1.1583</v>
       </c>
       <c r="F132" s="0"/>
     </row>
     <row r="133" spans="1:6">
       <c r="B133" s="3">
-        <v>45819</v>
+        <v>45862</v>
       </c>
       <c r="C133" s="2">
-        <v>1.1466</v>
+        <v>1.1616</v>
       </c>
       <c r="D133" s="2">
-        <v>1.1444</v>
+        <v>1.1592</v>
       </c>
       <c r="E133" s="2">
-        <v>1.1455</v>
+        <v>1.1604</v>
       </c>
       <c r="F133" s="0"/>
     </row>
     <row r="134" spans="1:6">
       <c r="B134" s="3">
-        <v>45818</v>
+        <v>45861</v>
       </c>
       <c r="C134" s="2">
-        <v>1.1451</v>
+        <v>1.1642</v>
       </c>
       <c r="D134" s="2">
-        <v>1.1429</v>
+        <v>1.1618</v>
       </c>
       <c r="E134" s="2">
-        <v>1.144</v>
+        <v>1.163</v>
       </c>
       <c r="F134" s="0"/>
     </row>
     <row r="135" spans="1:6">
       <c r="B135" s="3">
-        <v>45814</v>
+        <v>45860</v>
       </c>
       <c r="C135" s="2">
-        <v>1.1402</v>
+        <v>1.1604</v>
       </c>
       <c r="D135" s="2">
-        <v>1.138</v>
+        <v>1.158</v>
       </c>
       <c r="E135" s="2">
-        <v>1.1391</v>
+        <v>1.1592</v>
       </c>
       <c r="F135" s="0"/>
     </row>
     <row r="136" spans="1:6">
       <c r="B136" s="3">
-        <v>45813</v>
+        <v>45859</v>
       </c>
       <c r="C136" s="2">
-        <v>1.142</v>
+        <v>1.1594</v>
       </c>
       <c r="D136" s="2">
-        <v>1.1398</v>
+        <v>1.157</v>
       </c>
       <c r="E136" s="2">
-        <v>1.1409</v>
+        <v>1.1582</v>
       </c>
       <c r="F136" s="0"/>
     </row>
     <row r="137" spans="1:6">
       <c r="B137" s="3">
-        <v>45812</v>
+        <v>45856</v>
       </c>
       <c r="C137" s="2">
-        <v>1.1432</v>
+        <v>1.1648</v>
       </c>
       <c r="D137" s="2">
-        <v>1.141</v>
+        <v>1.1624</v>
       </c>
       <c r="E137" s="2">
-        <v>1.1421</v>
+        <v>1.1636</v>
       </c>
       <c r="F137" s="0"/>
     </row>
     <row r="138" spans="1:6">
       <c r="B138" s="3">
-        <v>45811</v>
+        <v>45855</v>
       </c>
       <c r="C138" s="2">
-        <v>1.1376</v>
+        <v>1.1585</v>
       </c>
       <c r="D138" s="2">
-        <v>1.1354</v>
+        <v>1.1561</v>
       </c>
       <c r="E138" s="2">
-        <v>1.1365</v>
+        <v>1.1573</v>
       </c>
       <c r="F138" s="0"/>
     </row>
     <row r="139" spans="1:6">
       <c r="B139" s="3">
-        <v>45810</v>
+        <v>45854</v>
       </c>
       <c r="C139" s="2">
-        <v>1.1332</v>
+        <v>1.1532</v>
       </c>
       <c r="D139" s="2">
-        <v>1.131</v>
+        <v>1.1508</v>
       </c>
       <c r="E139" s="2">
-        <v>1.1321</v>
+        <v>1.152</v>
       </c>
       <c r="F139" s="0"/>
     </row>
     <row r="140" spans="1:6">
       <c r="B140" s="3">
-        <v>45807</v>
+        <v>45853</v>
       </c>
       <c r="C140" s="2">
-        <v>1.1364</v>
+        <v>1.1571</v>
       </c>
       <c r="D140" s="2">
-        <v>1.1342</v>
+        <v>1.1547</v>
       </c>
       <c r="E140" s="2">
-        <v>1.1353</v>
+        <v>1.1559</v>
       </c>
       <c r="F140" s="0"/>
     </row>
     <row r="141" spans="1:6">
       <c r="B141" s="3">
-        <v>45806</v>
+        <v>45852</v>
       </c>
       <c r="C141" s="2">
-        <v>1.141</v>
+        <v>1.1507</v>
       </c>
       <c r="D141" s="2">
-        <v>1.1388</v>
+        <v>1.1485</v>
       </c>
       <c r="E141" s="2">
-        <v>1.1399</v>
+        <v>1.1496</v>
       </c>
       <c r="F141" s="0"/>
     </row>
     <row r="142" spans="1:6">
       <c r="B142" s="3">
-        <v>45805</v>
+        <v>45849</v>
       </c>
       <c r="C142" s="2">
-        <v>1.1362</v>
+        <v>1.1528</v>
       </c>
       <c r="D142" s="2">
-        <v>1.134</v>
+        <v>1.1504</v>
       </c>
       <c r="E142" s="2">
-        <v>1.1351</v>
+        <v>1.1516</v>
       </c>
       <c r="F142" s="0"/>
     </row>
     <row r="143" spans="1:6">
       <c r="B143" s="3">
-        <v>45804</v>
+        <v>45848</v>
       </c>
       <c r="C143" s="2">
-        <v>1.1319</v>
+        <v>1.1538</v>
       </c>
       <c r="D143" s="2">
-        <v>1.1297</v>
+        <v>1.1514</v>
       </c>
       <c r="E143" s="2">
-        <v>1.1308</v>
+        <v>1.1526</v>
       </c>
       <c r="F143" s="0"/>
     </row>
     <row r="144" spans="1:6">
       <c r="B144" s="3">
-        <v>45803</v>
+        <v>45847</v>
       </c>
       <c r="C144" s="2">
-        <v>1.1285</v>
+        <v>1.1504</v>
       </c>
       <c r="D144" s="2">
-        <v>1.1263</v>
+        <v>1.1482</v>
       </c>
       <c r="E144" s="2">
-        <v>1.1274</v>
+        <v>1.1493</v>
       </c>
       <c r="F144" s="0"/>
     </row>
     <row r="145" spans="1:6">
       <c r="B145" s="3">
-        <v>45800</v>
+        <v>45846</v>
       </c>
       <c r="C145" s="2">
-        <v>1.1308</v>
+        <v>1.1525</v>
       </c>
       <c r="D145" s="2">
-        <v>1.1286</v>
+        <v>1.1501</v>
       </c>
       <c r="E145" s="2">
-        <v>1.1297</v>
+        <v>1.1513</v>
       </c>
       <c r="F145" s="0"/>
     </row>
     <row r="146" spans="1:6">
       <c r="B146" s="3">
-        <v>45799</v>
+        <v>45845</v>
       </c>
       <c r="C146" s="2">
-        <v>1.1299</v>
+        <v>1.1544</v>
       </c>
       <c r="D146" s="2">
-        <v>1.1277</v>
+        <v>1.152</v>
       </c>
       <c r="E146" s="2">
-        <v>1.1288</v>
+        <v>1.1532</v>
       </c>
       <c r="F146" s="0"/>
     </row>
     <row r="147" spans="1:6">
       <c r="B147" s="3">
-        <v>45798</v>
+        <v>45842</v>
       </c>
       <c r="C147" s="2">
-        <v>1.1349</v>
+        <v>1.1532</v>
       </c>
       <c r="D147" s="2">
-        <v>1.1327</v>
+        <v>1.1508</v>
       </c>
       <c r="E147" s="2">
-        <v>1.1338</v>
+        <v>1.152</v>
       </c>
       <c r="F147" s="0"/>
     </row>
     <row r="148" spans="1:6">
       <c r="B148" s="3">
-        <v>45797</v>
+        <v>45841</v>
       </c>
       <c r="C148" s="2">
-        <v>1.1334</v>
+        <v>1.1538</v>
       </c>
       <c r="D148" s="2">
-        <v>1.1312</v>
+        <v>1.1514</v>
       </c>
       <c r="E148" s="2">
-        <v>1.1323</v>
+        <v>1.1526</v>
       </c>
       <c r="F148" s="0"/>
     </row>
     <row r="149" spans="1:6">
       <c r="B149" s="3">
-        <v>45796</v>
+        <v>45840</v>
       </c>
       <c r="C149" s="2">
-        <v>1.1292</v>
+        <v>1.1516</v>
       </c>
       <c r="D149" s="2">
-        <v>1.127</v>
+        <v>1.1492</v>
       </c>
       <c r="E149" s="2">
-        <v>1.1281</v>
+        <v>1.1504</v>
       </c>
       <c r="F149" s="0"/>
     </row>
     <row r="150" spans="1:6">
       <c r="B150" s="3">
-        <v>45793</v>
+        <v>45839</v>
       </c>
       <c r="C150" s="2">
-        <v>1.1307</v>
+        <v>1.1482</v>
       </c>
       <c r="D150" s="2">
-        <v>1.1285</v>
+        <v>1.146</v>
       </c>
       <c r="E150" s="2">
-        <v>1.1296</v>
+        <v>1.1471</v>
       </c>
       <c r="F150" s="0"/>
     </row>
     <row r="151" spans="1:6">
       <c r="B151" s="3">
-        <v>45792</v>
+        <v>45838</v>
       </c>
       <c r="C151" s="2">
-        <v>1.1239</v>
+        <v>1.1493</v>
       </c>
       <c r="D151" s="2">
-        <v>1.1217</v>
+        <v>1.1471</v>
       </c>
       <c r="E151" s="2">
-        <v>1.1228</v>
+        <v>1.1482</v>
       </c>
       <c r="F151" s="0"/>
     </row>
     <row r="152" spans="1:6">
       <c r="B152" s="3">
-        <v>45791</v>
+        <v>45835</v>
       </c>
       <c r="C152" s="2">
-        <v>1.1257</v>
+        <v>1.1445</v>
       </c>
       <c r="D152" s="2">
-        <v>1.1235</v>
+        <v>1.1423</v>
       </c>
       <c r="E152" s="2">
-        <v>1.1246</v>
+        <v>1.1434</v>
       </c>
       <c r="F152" s="0"/>
     </row>
     <row r="153" spans="1:6">
       <c r="B153" s="3">
-        <v>45790</v>
+        <v>45834</v>
       </c>
       <c r="C153" s="2">
-        <v>1.1257</v>
+        <v>1.1429</v>
       </c>
       <c r="D153" s="2">
-        <v>1.1235</v>
+        <v>1.1407</v>
       </c>
       <c r="E153" s="2">
-        <v>1.1246</v>
+        <v>1.1418</v>
       </c>
       <c r="F153" s="0"/>
     </row>
     <row r="154" spans="1:6">
       <c r="B154" s="3">
-        <v>45789</v>
+        <v>45833</v>
       </c>
       <c r="C154" s="2">
-        <v>1.1216</v>
+        <v>1.1449</v>
       </c>
       <c r="D154" s="2">
-        <v>1.1194</v>
+        <v>1.1427</v>
       </c>
       <c r="E154" s="2">
-        <v>1.1205</v>
+        <v>1.1438</v>
       </c>
       <c r="F154" s="0"/>
     </row>
     <row r="155" spans="1:6">
       <c r="B155" s="3">
-        <v>45786</v>
+        <v>45832</v>
       </c>
       <c r="C155" s="2">
-        <v>1.1195</v>
+        <v>1.1436</v>
       </c>
       <c r="D155" s="2">
-        <v>1.1173</v>
+        <v>1.1414</v>
       </c>
       <c r="E155" s="2">
-        <v>1.1184</v>
+        <v>1.1425</v>
       </c>
       <c r="F155" s="0"/>
     </row>
     <row r="156" spans="1:6">
       <c r="B156" s="3">
-        <v>45785</v>
+        <v>45831</v>
       </c>
       <c r="C156" s="2">
-        <v>1.1164</v>
+        <v>1.1365</v>
       </c>
       <c r="D156" s="2">
-        <v>1.1142</v>
+        <v>1.1343</v>
       </c>
       <c r="E156" s="2">
-        <v>1.1153</v>
+        <v>1.1354</v>
       </c>
       <c r="F156" s="0"/>
     </row>
     <row r="157" spans="1:6">
       <c r="B157" s="3">
-        <v>45784</v>
+        <v>45828</v>
       </c>
       <c r="C157" s="2">
-        <v>1.1111</v>
+        <v>1.1362</v>
       </c>
       <c r="D157" s="2">
-        <v>1.1089</v>
+        <v>1.134</v>
       </c>
       <c r="E157" s="2">
-        <v>1.11</v>
+        <v>1.1351</v>
       </c>
       <c r="F157" s="0"/>
     </row>
     <row r="158" spans="1:6">
       <c r="B158" s="3">
-        <v>45783</v>
+        <v>45827</v>
       </c>
       <c r="C158" s="2">
-        <v>1.1114</v>
+        <v>1.1367</v>
       </c>
       <c r="D158" s="2">
-        <v>1.1092</v>
+        <v>1.1345</v>
       </c>
       <c r="E158" s="2">
-        <v>1.1103</v>
+        <v>1.1356</v>
       </c>
       <c r="F158" s="0"/>
     </row>
     <row r="159" spans="1:6">
       <c r="B159" s="3">
-        <v>45782</v>
+        <v>45826</v>
       </c>
       <c r="C159" s="2">
-        <v>1.1091</v>
+        <v>1.1382</v>
       </c>
       <c r="D159" s="2">
-        <v>1.1069</v>
+        <v>1.136</v>
       </c>
       <c r="E159" s="2">
-        <v>1.108</v>
+        <v>1.1371</v>
       </c>
       <c r="F159" s="0"/>
     </row>
     <row r="160" spans="1:6">
       <c r="B160" s="3">
-        <v>45779</v>
+        <v>45825</v>
       </c>
       <c r="C160" s="2">
-        <v>1.1131</v>
+        <v>1.1391</v>
       </c>
       <c r="D160" s="2">
-        <v>1.1109</v>
+        <v>1.1369</v>
       </c>
       <c r="E160" s="2">
-        <v>1.112</v>
+        <v>1.138</v>
       </c>
       <c r="F160" s="0"/>
     </row>
     <row r="161" spans="1:6">
       <c r="B161" s="3">
-        <v>45778</v>
+        <v>45824</v>
       </c>
       <c r="C161" s="2">
-        <v>1.1076</v>
+        <v>1.1421</v>
       </c>
       <c r="D161" s="2">
-        <v>1.1054</v>
+        <v>1.1399</v>
       </c>
       <c r="E161" s="2">
-        <v>1.1065</v>
+        <v>1.141</v>
       </c>
       <c r="F161" s="0"/>
     </row>
     <row r="162" spans="1:6">
       <c r="B162" s="3">
-        <v>45777</v>
+        <v>45821</v>
       </c>
       <c r="C162" s="2">
-        <v>1.1038</v>
+        <v>1.141</v>
       </c>
       <c r="D162" s="2">
-        <v>1.1016</v>
+        <v>1.1388</v>
       </c>
       <c r="E162" s="2">
-        <v>1.1027</v>
+        <v>1.1399</v>
       </c>
       <c r="F162" s="0"/>
     </row>
     <row r="163" spans="1:6">
       <c r="B163" s="3">
-        <v>45776</v>
+        <v>45820</v>
       </c>
       <c r="C163" s="2">
-        <v>1.1007</v>
+        <v>1.1458</v>
       </c>
       <c r="D163" s="2">
-        <v>1.0985</v>
+        <v>1.1436</v>
       </c>
       <c r="E163" s="2">
-        <v>1.0996</v>
+        <v>1.1447</v>
       </c>
       <c r="F163" s="0"/>
     </row>
     <row r="164" spans="1:6">
       <c r="B164" s="3">
-        <v>45775</v>
+        <v>45819</v>
       </c>
       <c r="C164" s="2">
-        <v>1.0963</v>
+        <v>1.1466</v>
       </c>
       <c r="D164" s="2">
-        <v>1.0941</v>
+        <v>1.1444</v>
       </c>
       <c r="E164" s="2">
-        <v>1.0952</v>
+        <v>1.1455</v>
       </c>
       <c r="F164" s="0"/>
     </row>
     <row r="165" spans="1:6">
       <c r="B165" s="3">
-        <v>45771</v>
+        <v>45818</v>
       </c>
       <c r="C165" s="2">
-        <v>1.092</v>
+        <v>1.1451</v>
       </c>
       <c r="D165" s="2">
-        <v>1.0898</v>
+        <v>1.1429</v>
       </c>
       <c r="E165" s="2">
-        <v>1.0909</v>
+        <v>1.144</v>
       </c>
       <c r="F165" s="0"/>
     </row>
     <row r="166" spans="1:6">
       <c r="B166" s="3">
-        <v>45770</v>
+        <v>45814</v>
       </c>
       <c r="C166" s="2">
-        <v>1.0892</v>
+        <v>1.1402</v>
       </c>
       <c r="D166" s="2">
-        <v>1.087</v>
+        <v>1.138</v>
       </c>
       <c r="E166" s="2">
-        <v>1.0881</v>
+        <v>1.1391</v>
       </c>
       <c r="F166" s="0"/>
     </row>
     <row r="167" spans="1:6">
       <c r="B167" s="3">
-        <v>45769</v>
+        <v>45813</v>
       </c>
       <c r="C167" s="2">
-        <v>1.0778</v>
+        <v>1.142</v>
       </c>
       <c r="D167" s="2">
-        <v>1.0756</v>
+        <v>1.1398</v>
       </c>
       <c r="E167" s="2">
-        <v>1.0767</v>
+        <v>1.1409</v>
       </c>
       <c r="F167" s="0"/>
     </row>
     <row r="168" spans="1:6">
       <c r="B168" s="3">
-        <v>45764</v>
+        <v>45812</v>
       </c>
       <c r="C168" s="2">
-        <v>1.0835</v>
+        <v>1.1432</v>
       </c>
       <c r="D168" s="2">
-        <v>1.0813</v>
+        <v>1.141</v>
       </c>
       <c r="E168" s="2">
-        <v>1.0824</v>
+        <v>1.1421</v>
       </c>
       <c r="F168" s="0"/>
     </row>
     <row r="169" spans="1:6">
       <c r="B169" s="3">
-        <v>45763</v>
+        <v>45811</v>
       </c>
       <c r="C169" s="2">
-        <v>1.0797</v>
+        <v>1.1376</v>
       </c>
       <c r="D169" s="2">
-        <v>1.0775</v>
+        <v>1.1354</v>
       </c>
       <c r="E169" s="2">
-        <v>1.0786</v>
+        <v>1.1365</v>
       </c>
       <c r="F169" s="0"/>
     </row>
     <row r="170" spans="1:6">
       <c r="B170" s="3">
-        <v>45762</v>
+        <v>45810</v>
       </c>
       <c r="C170" s="2">
-        <v>1.0806</v>
+        <v>1.1332</v>
       </c>
       <c r="D170" s="2">
-        <v>1.0784</v>
+        <v>1.131</v>
       </c>
       <c r="E170" s="2">
-        <v>1.0795</v>
+        <v>1.1321</v>
       </c>
       <c r="F170" s="0"/>
     </row>
     <row r="171" spans="1:6">
       <c r="B171" s="3">
-        <v>45761</v>
+        <v>45807</v>
       </c>
       <c r="C171" s="2">
-        <v>1.0818</v>
+        <v>1.1364</v>
       </c>
       <c r="D171" s="2">
-        <v>1.0796</v>
+        <v>1.1342</v>
       </c>
       <c r="E171" s="2">
-        <v>1.0807</v>
+        <v>1.1353</v>
       </c>
       <c r="F171" s="0"/>
     </row>
     <row r="172" spans="1:6">
       <c r="B172" s="3">
-        <v>45758</v>
+        <v>45806</v>
       </c>
       <c r="C172" s="2">
-        <v>1.078</v>
+        <v>1.141</v>
       </c>
       <c r="D172" s="2">
-        <v>1.0758</v>
+        <v>1.1388</v>
       </c>
       <c r="E172" s="2">
-        <v>1.0769</v>
+        <v>1.1399</v>
       </c>
       <c r="F172" s="0"/>
     </row>
     <row r="173" spans="1:6">
       <c r="B173" s="3">
-        <v>45757</v>
+        <v>45805</v>
       </c>
       <c r="C173" s="2">
-        <v>1.0827</v>
+        <v>1.1362</v>
       </c>
       <c r="D173" s="2">
-        <v>1.0805</v>
+        <v>1.134</v>
       </c>
       <c r="E173" s="2">
-        <v>1.0816</v>
+        <v>1.1351</v>
       </c>
       <c r="F173" s="0"/>
     </row>
     <row r="174" spans="1:6">
       <c r="B174" s="3">
-        <v>45756</v>
+        <v>45804</v>
       </c>
       <c r="C174" s="2">
-        <v>1.057</v>
+        <v>1.1319</v>
       </c>
       <c r="D174" s="2">
-        <v>1.0548</v>
+        <v>1.1297</v>
       </c>
       <c r="E174" s="2">
-        <v>1.0559</v>
+        <v>1.1308</v>
       </c>
       <c r="F174" s="0"/>
     </row>
     <row r="175" spans="1:6">
       <c r="B175" s="3">
-        <v>45755</v>
+        <v>45803</v>
       </c>
       <c r="C175" s="2">
-        <v>1.0661</v>
+        <v>1.1285</v>
       </c>
       <c r="D175" s="2">
-        <v>1.0639</v>
+        <v>1.1263</v>
       </c>
       <c r="E175" s="2">
-        <v>1.065</v>
+        <v>1.1274</v>
       </c>
       <c r="F175" s="0"/>
     </row>
     <row r="176" spans="1:6">
       <c r="B176" s="3">
-        <v>45754</v>
+        <v>45800</v>
       </c>
       <c r="C176" s="2">
-        <v>1.0556</v>
+        <v>1.1308</v>
       </c>
       <c r="D176" s="2">
-        <v>1.0534</v>
+        <v>1.1286</v>
       </c>
       <c r="E176" s="2">
-        <v>1.0545</v>
+        <v>1.1297</v>
       </c>
       <c r="F176" s="0"/>
     </row>
     <row r="177" spans="1:6">
       <c r="B177" s="3">
-        <v>45751</v>
+        <v>45799</v>
       </c>
       <c r="C177" s="2">
-        <v>1.0855</v>
+        <v>1.1299</v>
       </c>
       <c r="D177" s="2">
-        <v>1.0833</v>
+        <v>1.1277</v>
       </c>
       <c r="E177" s="2">
-        <v>1.0844</v>
+        <v>1.1288</v>
       </c>
       <c r="F177" s="0"/>
     </row>
     <row r="178" spans="1:6">
       <c r="B178" s="3">
-        <v>45750</v>
+        <v>45798</v>
       </c>
       <c r="C178" s="2">
-        <v>1.0981</v>
+        <v>1.1349</v>
       </c>
       <c r="D178" s="2">
-        <v>1.0959</v>
+        <v>1.1327</v>
       </c>
       <c r="E178" s="2">
-        <v>1.097</v>
+        <v>1.1338</v>
       </c>
       <c r="F178" s="0"/>
     </row>
     <row r="179" spans="1:6">
       <c r="B179" s="3">
-        <v>45749</v>
+        <v>45797</v>
       </c>
       <c r="C179" s="2">
-        <v>1.1055</v>
+        <v>1.1334</v>
       </c>
       <c r="D179" s="2">
-        <v>1.1033</v>
+        <v>1.1312</v>
       </c>
       <c r="E179" s="2">
-        <v>1.1044</v>
+        <v>1.1323</v>
       </c>
       <c r="F179" s="0"/>
     </row>
     <row r="180" spans="1:6">
       <c r="B180" s="3">
-        <v>45748</v>
+        <v>45796</v>
       </c>
       <c r="C180" s="2">
-        <v>1.1057</v>
+        <v>1.1292</v>
       </c>
       <c r="D180" s="2">
-        <v>1.1035</v>
+        <v>1.127</v>
       </c>
       <c r="E180" s="2">
-        <v>1.1046</v>
+        <v>1.1281</v>
       </c>
       <c r="F180" s="0"/>
     </row>
     <row r="181" spans="1:6">
       <c r="B181" s="3">
-        <v>45747</v>
+        <v>45793</v>
       </c>
       <c r="C181" s="2">
-        <v>1.0999</v>
+        <v>1.1307</v>
       </c>
       <c r="D181" s="2">
-        <v>1.0977</v>
+        <v>1.1285</v>
       </c>
       <c r="E181" s="2">
-        <v>1.0988</v>
+        <v>1.1296</v>
       </c>
       <c r="F181" s="0"/>
     </row>
     <row r="182" spans="1:6">
       <c r="B182" s="3">
-        <v>45744</v>
+        <v>45792</v>
       </c>
       <c r="C182" s="2">
-        <v>1.1128</v>
+        <v>1.1239</v>
       </c>
       <c r="D182" s="2">
-        <v>1.1106</v>
+        <v>1.1217</v>
       </c>
       <c r="E182" s="2">
-        <v>1.1117</v>
+        <v>1.1228</v>
       </c>
       <c r="F182" s="0"/>
     </row>
     <row r="183" spans="1:6">
       <c r="B183" s="3">
-        <v>45743</v>
+        <v>45791</v>
       </c>
       <c r="C183" s="2">
-        <v>1.112</v>
+        <v>1.1257</v>
       </c>
       <c r="D183" s="2">
-        <v>1.1098</v>
+        <v>1.1235</v>
       </c>
       <c r="E183" s="2">
-        <v>1.1109</v>
+        <v>1.1246</v>
       </c>
       <c r="F183" s="0"/>
     </row>
     <row r="184" spans="1:6">
       <c r="B184" s="3">
-        <v>45742</v>
+        <v>45790</v>
       </c>
       <c r="C184" s="2">
-        <v>1.1152</v>
+        <v>1.1257</v>
       </c>
       <c r="D184" s="2">
-        <v>1.113</v>
+        <v>1.1235</v>
       </c>
       <c r="E184" s="2">
-        <v>1.1141</v>
+        <v>1.1246</v>
       </c>
       <c r="F184" s="0"/>
     </row>
     <row r="185" spans="1:6">
       <c r="B185" s="3">
-        <v>45741</v>
+        <v>45789</v>
       </c>
       <c r="C185" s="2">
-        <v>1.113</v>
+        <v>1.1216</v>
       </c>
       <c r="D185" s="2">
-        <v>1.1108</v>
+        <v>1.1194</v>
       </c>
       <c r="E185" s="2">
-        <v>1.1119</v>
+        <v>1.1205</v>
       </c>
       <c r="F185" s="0"/>
     </row>
     <row r="186" spans="1:6">
       <c r="B186" s="3">
-        <v>45740</v>
+        <v>45786</v>
       </c>
       <c r="C186" s="2">
-        <v>1.1108</v>
+        <v>1.1195</v>
       </c>
       <c r="D186" s="2">
-        <v>1.1086</v>
+        <v>1.1173</v>
       </c>
       <c r="E186" s="2">
-        <v>1.1097</v>
+        <v>1.1184</v>
       </c>
       <c r="F186" s="0"/>
     </row>
     <row r="187" spans="1:6">
       <c r="B187" s="3">
-        <v>45737</v>
+        <v>45785</v>
       </c>
       <c r="C187" s="2">
-        <v>1.1093</v>
+        <v>1.1164</v>
       </c>
       <c r="D187" s="2">
-        <v>1.1071</v>
+        <v>1.1142</v>
       </c>
       <c r="E187" s="2">
-        <v>1.1082</v>
+        <v>1.1153</v>
       </c>
       <c r="F187" s="0"/>
     </row>
     <row r="188" spans="1:6">
       <c r="B188" s="3">
-        <v>45736</v>
+        <v>45784</v>
       </c>
       <c r="C188" s="2">
+        <v>1.1111</v>
+      </c>
+      <c r="D188" s="2">
+        <v>1.1089</v>
+      </c>
+      <c r="E188" s="2">
         <v>1.11</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.1089</v>
       </c>
       <c r="F188" s="0"/>
     </row>
     <row r="189" spans="1:6">
       <c r="B189" s="3">
-        <v>45735</v>
+        <v>45783</v>
       </c>
       <c r="C189" s="2">
-        <v>1.1017</v>
+        <v>1.1114</v>
       </c>
       <c r="D189" s="2">
-        <v>1.0995</v>
+        <v>1.1092</v>
       </c>
       <c r="E189" s="2">
-        <v>1.1006</v>
+        <v>1.1103</v>
       </c>
       <c r="F189" s="0"/>
     </row>
     <row r="190" spans="1:6">
       <c r="B190" s="3">
-        <v>45734</v>
+        <v>45782</v>
       </c>
       <c r="C190" s="2">
-        <v>1.1027</v>
+        <v>1.1091</v>
       </c>
       <c r="D190" s="2">
-        <v>1.1005</v>
+        <v>1.1069</v>
       </c>
       <c r="E190" s="2">
-        <v>1.1016</v>
+        <v>1.108</v>
       </c>
       <c r="F190" s="0"/>
     </row>
     <row r="191" spans="1:6">
       <c r="B191" s="3">
-        <v>45733</v>
+        <v>45779</v>
       </c>
       <c r="C191" s="2">
-        <v>1.0998</v>
+        <v>1.1131</v>
       </c>
       <c r="D191" s="2">
-        <v>1.0976</v>
+        <v>1.1109</v>
       </c>
       <c r="E191" s="2">
-        <v>1.0987</v>
+        <v>1.112</v>
       </c>
       <c r="F191" s="0"/>
     </row>
     <row r="192" spans="1:6">
       <c r="B192" s="3">
-        <v>45730</v>
+        <v>45778</v>
       </c>
       <c r="C192" s="2">
-        <v>1.096</v>
+        <v>1.1076</v>
       </c>
       <c r="D192" s="2">
-        <v>1.0938</v>
+        <v>1.1054</v>
       </c>
       <c r="E192" s="2">
-        <v>1.0949</v>
+        <v>1.1065</v>
       </c>
       <c r="F192" s="0"/>
     </row>
     <row r="193" spans="1:6">
       <c r="B193" s="3">
-        <v>45729</v>
+        <v>45777</v>
       </c>
       <c r="C193" s="2">
-        <v>1.0934</v>
+        <v>1.1038</v>
       </c>
       <c r="D193" s="2">
-        <v>1.0912</v>
+        <v>1.1016</v>
       </c>
       <c r="E193" s="2">
-        <v>1.0923</v>
+        <v>1.1027</v>
       </c>
       <c r="F193" s="0"/>
     </row>
     <row r="194" spans="1:6">
       <c r="B194" s="3">
-        <v>45728</v>
+        <v>45776</v>
       </c>
       <c r="C194" s="2">
-        <v>1.0949</v>
+        <v>1.1007</v>
       </c>
       <c r="D194" s="2">
-        <v>1.0927</v>
+        <v>1.0985</v>
       </c>
       <c r="E194" s="2">
-        <v>1.0938</v>
+        <v>1.0996</v>
       </c>
       <c r="F194" s="0"/>
     </row>
     <row r="195" spans="1:6">
       <c r="B195" s="3">
-        <v>45727</v>
+        <v>45775</v>
       </c>
       <c r="C195" s="2">
-        <v>1.1025</v>
+        <v>1.0963</v>
       </c>
       <c r="D195" s="2">
-        <v>1.1003</v>
+        <v>1.0941</v>
       </c>
       <c r="E195" s="2">
-        <v>1.1014</v>
+        <v>1.0952</v>
       </c>
       <c r="F195" s="0"/>
     </row>
     <row r="196" spans="1:6">
       <c r="B196" s="3">
-        <v>45726</v>
+        <v>45771</v>
       </c>
       <c r="C196" s="2">
-        <v>1.1111</v>
+        <v>1.092</v>
       </c>
       <c r="D196" s="2">
-        <v>1.1089</v>
+        <v>1.0898</v>
       </c>
       <c r="E196" s="2">
-        <v>1.11</v>
+        <v>1.0909</v>
       </c>
       <c r="F196" s="0"/>
     </row>
     <row r="197" spans="1:6">
       <c r="B197" s="3">
-        <v>45723</v>
+        <v>45770</v>
       </c>
       <c r="C197" s="2">
-        <v>1.1114</v>
+        <v>1.0892</v>
       </c>
       <c r="D197" s="2">
-        <v>1.1092</v>
+        <v>1.087</v>
       </c>
       <c r="E197" s="2">
-        <v>1.1103</v>
+        <v>1.0881</v>
       </c>
       <c r="F197" s="0"/>
     </row>
     <row r="198" spans="1:6">
       <c r="B198" s="3">
-        <v>45722</v>
+        <v>45769</v>
       </c>
       <c r="C198" s="2">
-        <v>1.1193</v>
+        <v>1.0778</v>
       </c>
       <c r="D198" s="2">
-        <v>1.1171</v>
+        <v>1.0756</v>
       </c>
       <c r="E198" s="2">
-        <v>1.1182</v>
+        <v>1.0767</v>
       </c>
       <c r="F198" s="0"/>
     </row>
     <row r="199" spans="1:6">
       <c r="B199" s="3">
-        <v>45721</v>
+        <v>45764</v>
       </c>
       <c r="C199" s="2">
-        <v>1.1206</v>
+        <v>1.0835</v>
       </c>
       <c r="D199" s="2">
-        <v>1.1184</v>
+        <v>1.0813</v>
       </c>
       <c r="E199" s="2">
-        <v>1.1195</v>
+        <v>1.0824</v>
       </c>
       <c r="F199" s="0"/>
     </row>
     <row r="200" spans="1:6">
       <c r="B200" s="3">
-        <v>45720</v>
+        <v>45763</v>
       </c>
       <c r="C200" s="2">
-        <v>1.1252</v>
+        <v>1.0797</v>
       </c>
       <c r="D200" s="2">
-        <v>1.123</v>
+        <v>1.0775</v>
       </c>
       <c r="E200" s="2">
-        <v>1.1241</v>
+        <v>1.0786</v>
       </c>
       <c r="F200" s="0"/>
     </row>
     <row r="201" spans="1:6">
       <c r="B201" s="3">
-        <v>45719</v>
+        <v>45762</v>
       </c>
       <c r="C201" s="2">
-        <v>1.129</v>
+        <v>1.0806</v>
       </c>
       <c r="D201" s="2">
-        <v>1.1268</v>
+        <v>1.0784</v>
       </c>
       <c r="E201" s="2">
-        <v>1.1279</v>
+        <v>1.0795</v>
       </c>
       <c r="F201" s="0"/>
     </row>
     <row r="202" spans="1:6">
       <c r="B202" s="3">
-        <v>45716</v>
+        <v>45761</v>
       </c>
       <c r="C202" s="2">
-        <v>1.1229</v>
+        <v>1.0818</v>
       </c>
       <c r="D202" s="2">
-        <v>1.1207</v>
+        <v>1.0796</v>
       </c>
       <c r="E202" s="2">
-        <v>1.1218</v>
+        <v>1.0807</v>
       </c>
       <c r="F202" s="0"/>
     </row>
     <row r="203" spans="1:6">
       <c r="B203" s="3">
-        <v>45715</v>
+        <v>45758</v>
       </c>
       <c r="C203" s="2">
-        <v>1.1301</v>
+        <v>1.078</v>
       </c>
       <c r="D203" s="2">
-        <v>1.1279</v>
+        <v>1.0758</v>
       </c>
       <c r="E203" s="2">
-        <v>1.129</v>
+        <v>1.0769</v>
       </c>
       <c r="F203" s="0"/>
     </row>
     <row r="204" spans="1:6">
       <c r="B204" s="3">
-        <v>45714</v>
+        <v>45757</v>
       </c>
       <c r="C204" s="2">
-        <v>1.1278</v>
+        <v>1.0827</v>
       </c>
       <c r="D204" s="2">
-        <v>1.1256</v>
+        <v>1.0805</v>
       </c>
       <c r="E204" s="2">
-        <v>1.1267</v>
+        <v>1.0816</v>
       </c>
       <c r="F204" s="0"/>
     </row>
     <row r="205" spans="1:6">
       <c r="B205" s="3">
-        <v>45713</v>
+        <v>45756</v>
       </c>
       <c r="C205" s="2">
-        <v>1.1272</v>
+        <v>1.057</v>
       </c>
       <c r="D205" s="2">
-        <v>1.125</v>
+        <v>1.0548</v>
       </c>
       <c r="E205" s="2">
-        <v>1.1261</v>
+        <v>1.0559</v>
       </c>
       <c r="F205" s="0"/>
     </row>
     <row r="206" spans="1:6">
       <c r="B206" s="3">
-        <v>45712</v>
+        <v>45755</v>
       </c>
       <c r="C206" s="2">
-        <v>1.1293</v>
+        <v>1.0661</v>
       </c>
       <c r="D206" s="2">
-        <v>1.1271</v>
+        <v>1.0639</v>
       </c>
       <c r="E206" s="2">
-        <v>1.1282</v>
+        <v>1.065</v>
       </c>
       <c r="F206" s="0"/>
     </row>
     <row r="207" spans="1:6">
       <c r="B207" s="3">
-        <v>45709</v>
+        <v>45754</v>
       </c>
       <c r="C207" s="2">
-        <v>1.1316</v>
+        <v>1.0556</v>
       </c>
       <c r="D207" s="2">
-        <v>1.1294</v>
+        <v>1.0534</v>
       </c>
       <c r="E207" s="2">
-        <v>1.1305</v>
+        <v>1.0545</v>
       </c>
       <c r="F207" s="0"/>
     </row>
     <row r="208" spans="1:6">
       <c r="B208" s="3">
-        <v>45708</v>
+        <v>45751</v>
       </c>
       <c r="C208" s="2">
-        <v>1.1333</v>
+        <v>1.0855</v>
       </c>
       <c r="D208" s="2">
-        <v>1.1311</v>
+        <v>1.0833</v>
       </c>
       <c r="E208" s="2">
-        <v>1.1322</v>
+        <v>1.0844</v>
       </c>
       <c r="F208" s="0"/>
     </row>
     <row r="209" spans="1:6">
       <c r="B209" s="3">
-        <v>45707</v>
+        <v>45750</v>
       </c>
       <c r="C209" s="2">
-        <v>1.1386</v>
+        <v>1.0981</v>
       </c>
       <c r="D209" s="2">
-        <v>1.1364</v>
+        <v>1.0959</v>
       </c>
       <c r="E209" s="2">
-        <v>1.1375</v>
+        <v>1.097</v>
       </c>
       <c r="F209" s="0"/>
     </row>
     <row r="210" spans="1:6">
       <c r="B210" s="3">
-        <v>45706</v>
+        <v>45749</v>
       </c>
       <c r="C210" s="2">
-        <v>1.1394</v>
+        <v>1.1055</v>
       </c>
       <c r="D210" s="2">
-        <v>1.1372</v>
+        <v>1.1033</v>
       </c>
       <c r="E210" s="2">
-        <v>1.1383</v>
+        <v>1.1044</v>
       </c>
       <c r="F210" s="0"/>
     </row>
     <row r="211" spans="1:6">
       <c r="B211" s="3">
-        <v>45705</v>
+        <v>45748</v>
       </c>
       <c r="C211" s="2">
-        <v>1.1407</v>
+        <v>1.1057</v>
       </c>
       <c r="D211" s="2">
-        <v>1.1385</v>
+        <v>1.1035</v>
       </c>
       <c r="E211" s="2">
-        <v>1.1396</v>
+        <v>1.1046</v>
       </c>
       <c r="F211" s="0"/>
     </row>
     <row r="212" spans="1:6">
       <c r="B212" s="3">
-        <v>45702</v>
+        <v>45747</v>
       </c>
       <c r="C212" s="2">
-        <v>1.1426</v>
+        <v>1.0999</v>
       </c>
       <c r="D212" s="2">
-        <v>1.1404</v>
+        <v>1.0977</v>
       </c>
       <c r="E212" s="2">
-        <v>1.1415</v>
+        <v>1.0988</v>
       </c>
       <c r="F212" s="0"/>
     </row>
     <row r="213" spans="1:6">
       <c r="B213" s="3">
-        <v>45701</v>
+        <v>45744</v>
       </c>
       <c r="C213" s="2">
-        <v>1.1393</v>
+        <v>1.1128</v>
       </c>
       <c r="D213" s="2">
-        <v>1.1371</v>
+        <v>1.1106</v>
       </c>
       <c r="E213" s="2">
-        <v>1.1382</v>
+        <v>1.1117</v>
       </c>
       <c r="F213" s="0"/>
     </row>
     <row r="214" spans="1:6">
       <c r="B214" s="3">
-        <v>45700</v>
+        <v>45743</v>
       </c>
       <c r="C214" s="2">
-        <v>1.1403</v>
+        <v>1.112</v>
       </c>
       <c r="D214" s="2">
-        <v>1.1381</v>
+        <v>1.1098</v>
       </c>
       <c r="E214" s="2">
-        <v>1.1392</v>
+        <v>1.1109</v>
       </c>
       <c r="F214" s="0"/>
     </row>
     <row r="215" spans="1:6">
       <c r="B215" s="3">
-        <v>45699</v>
+        <v>45742</v>
       </c>
       <c r="C215" s="2">
-        <v>1.1416</v>
+        <v>1.1152</v>
       </c>
       <c r="D215" s="2">
-        <v>1.1394</v>
+        <v>1.113</v>
       </c>
       <c r="E215" s="2">
-        <v>1.1405</v>
+        <v>1.1141</v>
       </c>
       <c r="F215" s="0"/>
     </row>
     <row r="216" spans="1:6">
       <c r="B216" s="3">
-        <v>45698</v>
+        <v>45741</v>
       </c>
       <c r="C216" s="2">
-        <v>1.1413</v>
+        <v>1.113</v>
       </c>
       <c r="D216" s="2">
-        <v>1.1391</v>
+        <v>1.1108</v>
       </c>
       <c r="E216" s="2">
-        <v>1.1402</v>
+        <v>1.1119</v>
       </c>
       <c r="F216" s="0"/>
     </row>
     <row r="217" spans="1:6">
       <c r="B217" s="3">
-        <v>45695</v>
+        <v>45740</v>
       </c>
       <c r="C217" s="2">
-        <v>1.1424</v>
+        <v>1.1108</v>
       </c>
       <c r="D217" s="2">
-        <v>1.1402</v>
+        <v>1.1086</v>
       </c>
       <c r="E217" s="2">
-        <v>1.1413</v>
+        <v>1.1097</v>
       </c>
       <c r="F217" s="0"/>
     </row>
     <row r="218" spans="1:6">
       <c r="B218" s="3">
-        <v>45694</v>
+        <v>45737</v>
       </c>
       <c r="C218" s="2">
-        <v>1.1426</v>
+        <v>1.1093</v>
       </c>
       <c r="D218" s="2">
-        <v>1.1404</v>
+        <v>1.1071</v>
       </c>
       <c r="E218" s="2">
-        <v>1.1415</v>
+        <v>1.1082</v>
       </c>
       <c r="F218" s="0"/>
     </row>
     <row r="219" spans="1:6">
       <c r="B219" s="3">
-        <v>45693</v>
+        <v>45736</v>
       </c>
       <c r="C219" s="2">
-        <v>1.1361</v>
+        <v>1.11</v>
       </c>
       <c r="D219" s="2">
-        <v>1.1339</v>
+        <v>1.1078</v>
       </c>
       <c r="E219" s="2">
-        <v>1.135</v>
+        <v>1.1089</v>
       </c>
       <c r="F219" s="0"/>
     </row>
     <row r="220" spans="1:6">
       <c r="B220" s="3">
-        <v>45692</v>
+        <v>45735</v>
       </c>
       <c r="C220" s="2">
-        <v>1.1352</v>
+        <v>1.1017</v>
       </c>
       <c r="D220" s="2">
-        <v>1.133</v>
+        <v>1.0995</v>
       </c>
       <c r="E220" s="2">
-        <v>1.1341</v>
+        <v>1.1006</v>
       </c>
       <c r="F220" s="0"/>
     </row>
     <row r="221" spans="1:6">
       <c r="B221" s="3">
-        <v>45691</v>
+        <v>45734</v>
       </c>
       <c r="C221" s="2">
-        <v>1.1327</v>
+        <v>1.1027</v>
       </c>
       <c r="D221" s="2">
-        <v>1.1305</v>
+        <v>1.1005</v>
       </c>
       <c r="E221" s="2">
-        <v>1.1316</v>
+        <v>1.1016</v>
       </c>
       <c r="F221" s="0"/>
     </row>
     <row r="222" spans="1:6">
       <c r="B222" s="3">
-        <v>45688</v>
+        <v>45733</v>
       </c>
       <c r="C222" s="2">
-        <v>1.1472</v>
+        <v>1.0998</v>
       </c>
       <c r="D222" s="2">
-        <v>1.145</v>
+        <v>1.0976</v>
       </c>
       <c r="E222" s="2">
-        <v>1.1461</v>
+        <v>1.0987</v>
       </c>
       <c r="F222" s="0"/>
     </row>
     <row r="223" spans="1:6">
       <c r="B223" s="3">
-        <v>45687</v>
+        <v>45730</v>
       </c>
       <c r="C223" s="2">
-        <v>1.1425</v>
+        <v>1.096</v>
       </c>
       <c r="D223" s="2">
-        <v>1.1403</v>
+        <v>1.0938</v>
       </c>
       <c r="E223" s="2">
-        <v>1.1414</v>
+        <v>1.0949</v>
       </c>
       <c r="F223" s="0"/>
     </row>
     <row r="224" spans="1:6">
       <c r="B224" s="3">
-        <v>45686</v>
+        <v>45729</v>
       </c>
       <c r="C224" s="2">
-        <v>1.1393</v>
+        <v>1.0934</v>
       </c>
       <c r="D224" s="2">
-        <v>1.1371</v>
+        <v>1.0912</v>
       </c>
       <c r="E224" s="2">
-        <v>1.1382</v>
+        <v>1.0923</v>
       </c>
       <c r="F224" s="0"/>
     </row>
     <row r="225" spans="1:6">
       <c r="B225" s="3">
-        <v>45685</v>
+        <v>45728</v>
       </c>
       <c r="C225" s="2">
-        <v>1.1326</v>
+        <v>1.0949</v>
       </c>
       <c r="D225" s="2">
-        <v>1.1304</v>
+        <v>1.0927</v>
       </c>
       <c r="E225" s="2">
-        <v>1.1315</v>
+        <v>1.0938</v>
       </c>
       <c r="F225" s="0"/>
     </row>
     <row r="226" spans="1:6">
       <c r="B226" s="3">
-        <v>45681</v>
+        <v>45727</v>
       </c>
       <c r="C226" s="2">
-        <v>1.1344</v>
+        <v>1.1025</v>
       </c>
       <c r="D226" s="2">
-        <v>1.1322</v>
+        <v>1.1003</v>
       </c>
       <c r="E226" s="2">
-        <v>1.1333</v>
+        <v>1.1014</v>
       </c>
       <c r="F226" s="0"/>
     </row>
     <row r="227" spans="1:6">
       <c r="B227" s="3">
-        <v>45680</v>
+        <v>45726</v>
       </c>
       <c r="C227" s="2">
-        <v>1.1318</v>
+        <v>1.1111</v>
       </c>
       <c r="D227" s="2">
-        <v>1.1296</v>
+        <v>1.1089</v>
       </c>
       <c r="E227" s="2">
-        <v>1.1307</v>
+        <v>1.11</v>
       </c>
       <c r="F227" s="0"/>
     </row>
     <row r="228" spans="1:6">
       <c r="B228" s="3">
-        <v>45679</v>
+        <v>45723</v>
       </c>
       <c r="C228" s="2">
-        <v>1.1355</v>
+        <v>1.1114</v>
       </c>
       <c r="D228" s="2">
-        <v>1.1333</v>
+        <v>1.1092</v>
       </c>
       <c r="E228" s="2">
-        <v>1.1344</v>
+        <v>1.1103</v>
       </c>
       <c r="F228" s="0"/>
     </row>
     <row r="229" spans="1:6">
       <c r="B229" s="3">
-        <v>45678</v>
+        <v>45722</v>
       </c>
       <c r="C229" s="2">
-        <v>1.1321</v>
+        <v>1.1193</v>
       </c>
       <c r="D229" s="2">
-        <v>1.1299</v>
+        <v>1.1171</v>
       </c>
       <c r="E229" s="2">
-        <v>1.131</v>
+        <v>1.1182</v>
       </c>
       <c r="F229" s="0"/>
     </row>
     <row r="230" spans="1:6">
       <c r="B230" s="3">
-        <v>45677</v>
+        <v>45721</v>
       </c>
       <c r="C230" s="2">
-        <v>1.129</v>
+        <v>1.1206</v>
       </c>
       <c r="D230" s="2">
-        <v>1.1268</v>
+        <v>1.1184</v>
       </c>
       <c r="E230" s="2">
-        <v>1.1279</v>
+        <v>1.1195</v>
       </c>
       <c r="F230" s="0"/>
     </row>
     <row r="231" spans="1:6">
       <c r="B231" s="3">
-        <v>45674</v>
+        <v>45720</v>
       </c>
       <c r="C231" s="2">
-        <v>1.1263</v>
+        <v>1.1252</v>
       </c>
       <c r="D231" s="2">
+        <v>1.123</v>
+      </c>
+      <c r="E231" s="2">
         <v>1.1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.1252</v>
       </c>
       <c r="F231" s="0"/>
     </row>
     <row r="232" spans="1:6">
       <c r="B232" s="3">
-        <v>45673</v>
+        <v>45719</v>
       </c>
       <c r="C232" s="2">
-        <v>1.1253</v>
+        <v>1.129</v>
       </c>
       <c r="D232" s="2">
-        <v>1.1231</v>
+        <v>1.1268</v>
       </c>
       <c r="E232" s="2">
-        <v>1.1242</v>
+        <v>1.1279</v>
       </c>
       <c r="F232" s="0"/>
     </row>
     <row r="233" spans="1:6">
       <c r="B233" s="3">
-        <v>45672</v>
+        <v>45716</v>
       </c>
       <c r="C233" s="2">
-        <v>1.1155</v>
+        <v>1.1229</v>
       </c>
       <c r="D233" s="2">
-        <v>1.1133</v>
+        <v>1.1207</v>
       </c>
       <c r="E233" s="2">
-        <v>1.1144</v>
+        <v>1.1218</v>
       </c>
       <c r="F233" s="0"/>
     </row>
     <row r="234" spans="1:6">
       <c r="B234" s="3">
-        <v>45671</v>
+        <v>45715</v>
       </c>
       <c r="C234" s="2">
-        <v>1.1155</v>
+        <v>1.1301</v>
       </c>
       <c r="D234" s="2">
-        <v>1.1133</v>
+        <v>1.1279</v>
       </c>
       <c r="E234" s="2">
-        <v>1.1144</v>
+        <v>1.129</v>
       </c>
       <c r="F234" s="0"/>
     </row>
     <row r="235" spans="1:6">
       <c r="B235" s="3">
-        <v>45670</v>
+        <v>45714</v>
       </c>
       <c r="C235" s="2">
-        <v>1.1126</v>
+        <v>1.1278</v>
       </c>
       <c r="D235" s="2">
-        <v>1.1104</v>
+        <v>1.1256</v>
       </c>
       <c r="E235" s="2">
-        <v>1.1115</v>
+        <v>1.1267</v>
       </c>
       <c r="F235" s="0"/>
     </row>
     <row r="236" spans="1:6">
       <c r="B236" s="3">
-        <v>45667</v>
+        <v>45713</v>
       </c>
       <c r="C236" s="2">
-        <v>1.1222</v>
+        <v>1.1272</v>
       </c>
       <c r="D236" s="2">
-        <v>1.12</v>
+        <v>1.125</v>
       </c>
       <c r="E236" s="2">
-        <v>1.1211</v>
+        <v>1.1261</v>
       </c>
       <c r="F236" s="0"/>
     </row>
     <row r="237" spans="1:6">
       <c r="B237" s="3">
-        <v>45666</v>
+        <v>45712</v>
       </c>
       <c r="C237" s="2">
-        <v>1.1237</v>
+        <v>1.1293</v>
       </c>
       <c r="D237" s="2">
-        <v>1.1215</v>
+        <v>1.1271</v>
       </c>
       <c r="E237" s="2">
-        <v>1.1226</v>
+        <v>1.1282</v>
       </c>
       <c r="F237" s="0"/>
     </row>
     <row r="238" spans="1:6">
       <c r="B238" s="3">
-        <v>45665</v>
+        <v>45709</v>
       </c>
       <c r="C238" s="2">
-        <v>1.1248</v>
+        <v>1.1316</v>
       </c>
       <c r="D238" s="2">
-        <v>1.1226</v>
+        <v>1.1294</v>
       </c>
       <c r="E238" s="2">
-        <v>1.1237</v>
+        <v>1.1305</v>
       </c>
       <c r="F238" s="0"/>
     </row>
     <row r="239" spans="1:6">
       <c r="B239" s="3">
-        <v>45664</v>
+        <v>45708</v>
       </c>
       <c r="C239" s="2">
-        <v>1.1209</v>
+        <v>1.1333</v>
       </c>
       <c r="D239" s="2">
-        <v>1.1187</v>
+        <v>1.1311</v>
       </c>
       <c r="E239" s="2">
-        <v>1.1198</v>
+        <v>1.1322</v>
       </c>
       <c r="F239" s="0"/>
     </row>
     <row r="240" spans="1:6">
       <c r="B240" s="3">
-        <v>45663</v>
+        <v>45707</v>
       </c>
       <c r="C240" s="2">
-        <v>1.1222</v>
+        <v>1.1386</v>
       </c>
       <c r="D240" s="2">
-        <v>1.12</v>
+        <v>1.1364</v>
       </c>
       <c r="E240" s="2">
-        <v>1.1211</v>
+        <v>1.1375</v>
       </c>
       <c r="F240" s="0"/>
     </row>
     <row r="241" spans="1:6">
       <c r="B241" s="3">
-        <v>45660</v>
+        <v>45706</v>
       </c>
       <c r="C241" s="2">
-        <v>1.1206</v>
+        <v>1.1394</v>
       </c>
       <c r="D241" s="2">
-        <v>1.1184</v>
+        <v>1.1372</v>
       </c>
       <c r="E241" s="2">
-        <v>1.1195</v>
+        <v>1.1383</v>
       </c>
       <c r="F241" s="0"/>
     </row>
     <row r="242" spans="1:6">
       <c r="B242" s="3">
-        <v>45659</v>
+        <v>45705</v>
       </c>
       <c r="C242" s="2">
-        <v>1.1194</v>
+        <v>1.1407</v>
       </c>
       <c r="D242" s="2">
-        <v>1.1172</v>
+        <v>1.1385</v>
       </c>
       <c r="E242" s="2">
-        <v>1.1183</v>
+        <v>1.1396</v>
       </c>
       <c r="F242" s="0"/>
     </row>
     <row r="243" spans="1:6">
       <c r="B243" s="3">
-        <v>45657</v>
+        <v>45702</v>
       </c>
       <c r="C243" s="2">
-        <v>1.1167</v>
+        <v>1.1426</v>
       </c>
       <c r="D243" s="2">
-        <v>1.1145</v>
+        <v>1.1404</v>
       </c>
       <c r="E243" s="2">
-        <v>1.1156</v>
+        <v>1.1415</v>
       </c>
       <c r="F243" s="0"/>
     </row>
     <row r="244" spans="1:6">
       <c r="B244" s="3">
-        <v>45656</v>
+        <v>45701</v>
       </c>
       <c r="C244" s="2">
-        <v>1.122</v>
+        <v>1.1393</v>
       </c>
       <c r="D244" s="2">
-        <v>1.1198</v>
+        <v>1.1371</v>
       </c>
       <c r="E244" s="2">
-        <v>1.1209</v>
+        <v>1.1382</v>
       </c>
       <c r="F244" s="0"/>
     </row>
     <row r="245" spans="1:6">
       <c r="B245" s="3">
-        <v>45653</v>
+        <v>45700</v>
       </c>
       <c r="C245" s="2">
-        <v>1.1262</v>
+        <v>1.1403</v>
       </c>
       <c r="D245" s="2">
-        <v>1.124</v>
+        <v>1.1381</v>
       </c>
       <c r="E245" s="2">
-        <v>1.1251</v>
+        <v>1.1392</v>
       </c>
       <c r="F245" s="0"/>
     </row>
     <row r="246" spans="1:6">
       <c r="B246" s="3">
-        <v>45650</v>
+        <v>45699</v>
       </c>
       <c r="C246" s="2">
-        <v>1.1205</v>
+        <v>1.1416</v>
       </c>
       <c r="D246" s="2">
-        <v>1.1183</v>
+        <v>1.1394</v>
       </c>
       <c r="E246" s="2">
-        <v>1.1194</v>
+        <v>1.1405</v>
       </c>
       <c r="F246" s="0"/>
     </row>
     <row r="247" spans="1:6">
       <c r="B247" s="3">
-        <v>45649</v>
+        <v>45698</v>
       </c>
       <c r="C247" s="2">
-        <v>1.1185</v>
+        <v>1.1413</v>
       </c>
       <c r="D247" s="2">
-        <v>1.1163</v>
+        <v>1.1391</v>
       </c>
       <c r="E247" s="2">
-        <v>1.1174</v>
+        <v>1.1402</v>
       </c>
       <c r="F247" s="0"/>
     </row>
     <row r="248" spans="1:6">
       <c r="B248" s="3">
-        <v>45646</v>
+        <v>45695</v>
       </c>
       <c r="C248" s="2">
-        <v>1.1088</v>
+        <v>1.1424</v>
       </c>
       <c r="D248" s="2">
-        <v>1.1066</v>
+        <v>1.1402</v>
       </c>
       <c r="E248" s="2">
-        <v>1.1077</v>
+        <v>1.1413</v>
       </c>
       <c r="F248" s="0"/>
     </row>
     <row r="249" spans="1:6">
       <c r="B249" s="3">
-        <v>45645</v>
+        <v>45694</v>
       </c>
       <c r="C249" s="2">
-        <v>1.1164</v>
+        <v>1.1426</v>
       </c>
       <c r="D249" s="2">
-        <v>1.1142</v>
+        <v>1.1404</v>
       </c>
       <c r="E249" s="2">
-        <v>1.1153</v>
+        <v>1.1415</v>
       </c>
       <c r="F249" s="0"/>
     </row>
     <row r="250" spans="1:6">
       <c r="B250" s="3">
-        <v>45644</v>
+        <v>45693</v>
       </c>
       <c r="C250" s="2">
-        <v>1.1296</v>
+        <v>1.1361</v>
       </c>
       <c r="D250" s="2">
-        <v>1.1274</v>
+        <v>1.1339</v>
       </c>
       <c r="E250" s="2">
-        <v>1.1285</v>
+        <v>1.135</v>
       </c>
       <c r="F250" s="0"/>
     </row>
     <row r="251" spans="1:6">
       <c r="B251" s="3">
-        <v>45643</v>
+        <v>45692</v>
       </c>
       <c r="C251" s="2">
-        <v>1.129</v>
+        <v>1.1352</v>
       </c>
       <c r="D251" s="2">
-        <v>1.1268</v>
+        <v>1.133</v>
       </c>
       <c r="E251" s="2">
-        <v>1.1279</v>
+        <v>1.1341</v>
       </c>
       <c r="F251" s="0"/>
     </row>
     <row r="252" spans="1:6">
       <c r="B252" s="3">
-        <v>45642</v>
+        <v>45691</v>
       </c>
       <c r="C252" s="2">
-        <v>1.1262</v>
+        <v>1.1327</v>
       </c>
       <c r="D252" s="2">
-        <v>1.124</v>
+        <v>1.1305</v>
       </c>
       <c r="E252" s="2">
-        <v>1.1251</v>
+        <v>1.1316</v>
       </c>
       <c r="F252" s="0"/>
     </row>
     <row r="253" spans="1:6">
       <c r="B253" s="3">
-        <v>45639</v>
+        <v>45688</v>
       </c>
       <c r="C253" s="2">
-        <v>1.1296</v>
+        <v>1.1472</v>
       </c>
       <c r="D253" s="2">
-        <v>1.1274</v>
+        <v>1.145</v>
       </c>
       <c r="E253" s="2">
-        <v>1.1285</v>
+        <v>1.1461</v>
       </c>
       <c r="F253" s="0"/>
     </row>
     <row r="254" spans="1:6">
       <c r="B254" s="3">
-        <v>45638</v>
+        <v>45687</v>
       </c>
       <c r="C254" s="2">
-        <v>1.1318</v>
+        <v>1.1425</v>
       </c>
       <c r="D254" s="2">
-        <v>1.1296</v>
+        <v>1.1403</v>
       </c>
       <c r="E254" s="2">
-        <v>1.1307</v>
+        <v>1.1414</v>
       </c>
       <c r="F254" s="0"/>
     </row>
     <row r="255" spans="1:6">
       <c r="B255" s="3">
-        <v>45637</v>
+        <v>45686</v>
       </c>
       <c r="C255" s="2">
-        <v>1.133</v>
+        <v>1.1393</v>
       </c>
       <c r="D255" s="2">
-        <v>1.1308</v>
+        <v>1.1371</v>
       </c>
       <c r="E255" s="2">
-        <v>1.1319</v>
+        <v>1.1382</v>
       </c>
       <c r="F255" s="0"/>
     </row>
     <row r="256" spans="1:6">
       <c r="B256" s="3">
-        <v>45636</v>
+        <v>45685</v>
       </c>
       <c r="C256" s="2">
-        <v>1.136</v>
+        <v>1.1326</v>
       </c>
       <c r="D256" s="2">
-        <v>1.1338</v>
+        <v>1.1304</v>
       </c>
       <c r="E256" s="2">
-        <v>1.1349</v>
+        <v>1.1315</v>
       </c>
       <c r="F256" s="0"/>
     </row>
     <row r="257" spans="1:6">
       <c r="B257" s="3">
-        <v>45635</v>
+        <v>45681</v>
       </c>
       <c r="C257" s="2">
-        <v>1.1371</v>
+        <v>1.1344</v>
       </c>
       <c r="D257" s="2">
-        <v>1.1349</v>
+        <v>1.1322</v>
       </c>
       <c r="E257" s="2">
-        <v>1.136</v>
+        <v>1.1333</v>
       </c>
       <c r="F257" s="0"/>
     </row>
     <row r="258" spans="1:6">
       <c r="B258" s="3">
-        <v>45632</v>
+        <v>45680</v>
       </c>
       <c r="C258" s="2">
-        <v>1.1351</v>
+        <v>1.1318</v>
       </c>
       <c r="D258" s="2">
-        <v>1.1329</v>
+        <v>1.1296</v>
       </c>
       <c r="E258" s="2">
-        <v>1.134</v>
+        <v>1.1307</v>
       </c>
       <c r="F258" s="0"/>
     </row>
     <row r="259" spans="1:6">
       <c r="B259" s="3">
-        <v>45631</v>
+        <v>45679</v>
       </c>
       <c r="C259" s="2">
-        <v>1.138</v>
+        <v>1.1355</v>
       </c>
       <c r="D259" s="2">
-        <v>1.1358</v>
+        <v>1.1333</v>
       </c>
       <c r="E259" s="2">
-        <v>1.1369</v>
+        <v>1.1344</v>
       </c>
       <c r="F259" s="0"/>
     </row>
     <row r="260" spans="1:6">
       <c r="B260" s="3">
-        <v>45630</v>
+        <v>45678</v>
       </c>
       <c r="C260" s="2">
-        <v>1.1358</v>
+        <v>1.1321</v>
       </c>
       <c r="D260" s="2">
-        <v>1.1336</v>
+        <v>1.1299</v>
       </c>
       <c r="E260" s="2">
-        <v>1.1347</v>
+        <v>1.131</v>
       </c>
       <c r="F260" s="0"/>
     </row>
     <row r="261" spans="1:6">
       <c r="B261" s="3">
-        <v>45629</v>
+        <v>45677</v>
       </c>
       <c r="C261" s="2">
-        <v>1.1363</v>
+        <v>1.129</v>
       </c>
       <c r="D261" s="2">
-        <v>1.1341</v>
+        <v>1.1268</v>
       </c>
       <c r="E261" s="2">
-        <v>1.1352</v>
+        <v>1.1279</v>
       </c>
       <c r="F261" s="0"/>
     </row>
     <row r="262" spans="1:6">
       <c r="B262" s="3">
-        <v>45628</v>
+        <v>45674</v>
       </c>
       <c r="C262" s="2">
-        <v>1.1311</v>
+        <v>1.1263</v>
       </c>
       <c r="D262" s="2">
-        <v>1.1289</v>
+        <v>1.1241</v>
       </c>
       <c r="E262" s="2">
-        <v>1.13</v>
+        <v>1.1252</v>
       </c>
       <c r="F262" s="0"/>
     </row>
     <row r="263" spans="1:6">
       <c r="B263" s="3">
-        <v>45625</v>
+        <v>45673</v>
       </c>
       <c r="C263" s="2">
-        <v>1.1303</v>
+        <v>1.1253</v>
       </c>
       <c r="D263" s="2">
-        <v>1.1281</v>
+        <v>1.1231</v>
       </c>
       <c r="E263" s="2">
-        <v>1.1292</v>
+        <v>1.1242</v>
       </c>
       <c r="F263" s="0"/>
     </row>
     <row r="264" spans="1:6">
       <c r="B264" s="3">
-        <v>45624</v>
+        <v>45672</v>
       </c>
       <c r="C264" s="2">
-        <v>1.1309</v>
+        <v>1.1155</v>
       </c>
       <c r="D264" s="2">
-        <v>1.1287</v>
+        <v>1.1133</v>
       </c>
       <c r="E264" s="2">
-        <v>1.1298</v>
+        <v>1.1144</v>
       </c>
       <c r="F264" s="0"/>
     </row>
     <row r="265" spans="1:6">
       <c r="B265" s="3">
-        <v>45623</v>
+        <v>45671</v>
       </c>
       <c r="C265" s="2">
-        <v>1.1282</v>
+        <v>1.1155</v>
       </c>
       <c r="D265" s="2">
-        <v>1.126</v>
+        <v>1.1133</v>
       </c>
       <c r="E265" s="2">
-        <v>1.1271</v>
+        <v>1.1144</v>
       </c>
       <c r="F265" s="0"/>
     </row>
     <row r="266" spans="1:6">
       <c r="B266" s="3">
-        <v>45622</v>
+        <v>45670</v>
       </c>
       <c r="C266" s="2">
-        <v>1.1251</v>
+        <v>1.1126</v>
       </c>
       <c r="D266" s="2">
-        <v>1.1229</v>
+        <v>1.1104</v>
       </c>
       <c r="E266" s="2">
-        <v>1.124</v>
+        <v>1.1115</v>
       </c>
       <c r="F266" s="0"/>
     </row>
     <row r="267" spans="1:6">
       <c r="B267" s="3">
-        <v>45621</v>
+        <v>45667</v>
       </c>
       <c r="C267" s="2">
-        <v>1.1278</v>
+        <v>1.1222</v>
       </c>
       <c r="D267" s="2">
-        <v>1.1256</v>
+        <v>1.12</v>
       </c>
       <c r="E267" s="2">
-        <v>1.1267</v>
+        <v>1.1211</v>
       </c>
       <c r="F267" s="0"/>
     </row>
     <row r="268" spans="1:6">
       <c r="B268" s="3">
-        <v>45618</v>
+        <v>45666</v>
       </c>
       <c r="C268" s="2">
-        <v>1.1233</v>
+        <v>1.1237</v>
       </c>
       <c r="D268" s="2">
-        <v>1.1211</v>
+        <v>1.1215</v>
       </c>
       <c r="E268" s="2">
-        <v>1.1222</v>
+        <v>1.1226</v>
       </c>
       <c r="F268" s="0"/>
     </row>
     <row r="269" spans="1:6">
       <c r="B269" s="3">
-        <v>45617</v>
+        <v>45665</v>
       </c>
       <c r="C269" s="2">
-        <v>1.1163</v>
+        <v>1.1248</v>
       </c>
       <c r="D269" s="2">
-        <v>1.1141</v>
+        <v>1.1226</v>
       </c>
       <c r="E269" s="2">
-        <v>1.1152</v>
+        <v>1.1237</v>
       </c>
       <c r="F269" s="0"/>
     </row>
     <row r="270" spans="1:6">
       <c r="B270" s="3">
-        <v>45616</v>
+        <v>45664</v>
       </c>
       <c r="C270" s="2">
-        <v>1.1179</v>
+        <v>1.1209</v>
       </c>
       <c r="D270" s="2">
-        <v>1.1157</v>
+        <v>1.1187</v>
       </c>
       <c r="E270" s="2">
-        <v>1.1168</v>
+        <v>1.1198</v>
       </c>
       <c r="F270" s="0"/>
     </row>
     <row r="271" spans="1:6">
       <c r="B271" s="3">
-        <v>45615</v>
+        <v>45663</v>
       </c>
       <c r="C271" s="2">
-        <v>1.1216</v>
+        <v>1.1222</v>
       </c>
       <c r="D271" s="2">
-        <v>1.1194</v>
+        <v>1.12</v>
       </c>
       <c r="E271" s="2">
-        <v>1.1205</v>
+        <v>1.1211</v>
       </c>
       <c r="F271" s="0"/>
     </row>
     <row r="272" spans="1:6">
       <c r="B272" s="3">
-        <v>45614</v>
+        <v>45660</v>
       </c>
       <c r="C272" s="2">
-        <v>1.118</v>
+        <v>1.1206</v>
       </c>
       <c r="D272" s="2">
-        <v>1.1158</v>
+        <v>1.1184</v>
       </c>
       <c r="E272" s="2">
-        <v>1.1169</v>
+        <v>1.1195</v>
       </c>
       <c r="F272" s="0"/>
     </row>
     <row r="273" spans="1:6">
       <c r="B273" s="3">
-        <v>45611</v>
+        <v>45659</v>
       </c>
       <c r="C273" s="2">
-        <v>1.1176</v>
+        <v>1.1194</v>
       </c>
       <c r="D273" s="2">
-        <v>1.1154</v>
+        <v>1.1172</v>
       </c>
       <c r="E273" s="2">
-        <v>1.1165</v>
+        <v>1.1183</v>
       </c>
       <c r="F273" s="0"/>
     </row>
     <row r="274" spans="1:6">
       <c r="B274" s="3">
-        <v>45610</v>
+        <v>45657</v>
       </c>
       <c r="C274" s="2">
-        <v>1.117</v>
+        <v>1.1167</v>
       </c>
       <c r="D274" s="2">
-        <v>1.1148</v>
+        <v>1.1145</v>
       </c>
       <c r="E274" s="2">
-        <v>1.1159</v>
+        <v>1.1156</v>
       </c>
       <c r="F274" s="0"/>
     </row>
     <row r="275" spans="1:6">
       <c r="B275" s="3">
-        <v>45609</v>
+        <v>45656</v>
       </c>
       <c r="C275" s="2">
-        <v>1.1134</v>
+        <v>1.122</v>
       </c>
       <c r="D275" s="2">
-        <v>1.1112</v>
+        <v>1.1198</v>
       </c>
       <c r="E275" s="2">
-        <v>1.1123</v>
+        <v>1.1209</v>
       </c>
       <c r="F275" s="0"/>
     </row>
     <row r="276" spans="1:6">
       <c r="B276" s="3">
-        <v>45608</v>
+        <v>45653</v>
       </c>
       <c r="C276" s="2">
-        <v>1.1195</v>
+        <v>1.1262</v>
       </c>
       <c r="D276" s="2">
-        <v>1.1173</v>
+        <v>1.124</v>
       </c>
       <c r="E276" s="2">
-        <v>1.1184</v>
+        <v>1.1251</v>
       </c>
       <c r="F276" s="0"/>
     </row>
     <row r="277" spans="1:6">
       <c r="B277" s="3">
-        <v>45607</v>
+        <v>45650</v>
       </c>
       <c r="C277" s="2">
-        <v>1.1191</v>
+        <v>1.1205</v>
       </c>
       <c r="D277" s="2">
-        <v>1.1169</v>
+        <v>1.1183</v>
       </c>
       <c r="E277" s="2">
-        <v>1.118</v>
+        <v>1.1194</v>
       </c>
       <c r="F277" s="0"/>
     </row>
     <row r="278" spans="1:6">
       <c r="B278" s="3">
-        <v>45604</v>
+        <v>45649</v>
       </c>
       <c r="C278" s="2">
-        <v>1.1181</v>
+        <v>1.1185</v>
       </c>
       <c r="D278" s="2">
-        <v>1.1159</v>
+        <v>1.1163</v>
       </c>
       <c r="E278" s="2">
-        <v>1.117</v>
+        <v>1.1174</v>
       </c>
       <c r="F278" s="0"/>
     </row>
     <row r="279" spans="1:6">
       <c r="B279" s="3">
-        <v>45603</v>
+        <v>45646</v>
       </c>
       <c r="C279" s="2">
-        <v>1.1144</v>
+        <v>1.1088</v>
       </c>
       <c r="D279" s="2">
-        <v>1.1122</v>
+        <v>1.1066</v>
       </c>
       <c r="E279" s="2">
-        <v>1.1133</v>
+        <v>1.1077</v>
       </c>
       <c r="F279" s="0"/>
     </row>
     <row r="280" spans="1:6">
       <c r="B280" s="3">
-        <v>45602</v>
+        <v>45645</v>
       </c>
       <c r="C280" s="2">
-        <v>1.1133</v>
+        <v>1.1164</v>
       </c>
       <c r="D280" s="2">
-        <v>1.1111</v>
+        <v>1.1142</v>
       </c>
       <c r="E280" s="2">
-        <v>1.1122</v>
+        <v>1.1153</v>
       </c>
       <c r="F280" s="0"/>
     </row>
     <row r="281" spans="1:6">
       <c r="B281" s="3">
-        <v>45601</v>
+        <v>45644</v>
       </c>
       <c r="C281" s="2">
-        <v>1.1031</v>
+        <v>1.1296</v>
       </c>
       <c r="D281" s="2">
-        <v>1.1009</v>
+        <v>1.1274</v>
       </c>
       <c r="E281" s="2">
-        <v>1.102</v>
+        <v>1.1285</v>
       </c>
       <c r="F281" s="0"/>
     </row>
     <row r="282" spans="1:6">
       <c r="B282" s="3">
-        <v>45600</v>
+        <v>45643</v>
       </c>
       <c r="C282" s="2">
-        <v>1.1039</v>
+        <v>1.129</v>
       </c>
       <c r="D282" s="2">
-        <v>1.1017</v>
+        <v>1.1268</v>
       </c>
       <c r="E282" s="2">
-        <v>1.1028</v>
+        <v>1.1279</v>
       </c>
       <c r="F282" s="0"/>
     </row>
     <row r="283" spans="1:6">
       <c r="B283" s="3">
-        <v>45597</v>
+        <v>45642</v>
       </c>
       <c r="C283" s="2">
-        <v>1.1014</v>
+        <v>1.1262</v>
       </c>
       <c r="D283" s="2">
-        <v>1.0992</v>
+        <v>1.124</v>
       </c>
       <c r="E283" s="2">
-        <v>1.1003</v>
+        <v>1.1251</v>
       </c>
       <c r="F283" s="0"/>
     </row>
     <row r="284" spans="1:6">
       <c r="B284" s="3">
-        <v>45596</v>
+        <v>45639</v>
       </c>
       <c r="C284" s="2">
-        <v>1.1077</v>
+        <v>1.1296</v>
       </c>
       <c r="D284" s="2">
-        <v>1.1055</v>
+        <v>1.1274</v>
       </c>
       <c r="E284" s="2">
-        <v>1.1066</v>
+        <v>1.1285</v>
       </c>
       <c r="F284" s="0"/>
     </row>
     <row r="285" spans="1:6">
       <c r="B285" s="3">
-        <v>45595</v>
+        <v>45638</v>
       </c>
       <c r="C285" s="2">
-        <v>1.1119</v>
+        <v>1.1318</v>
       </c>
       <c r="D285" s="2">
-        <v>1.1097</v>
+        <v>1.1296</v>
       </c>
       <c r="E285" s="2">
-        <v>1.1108</v>
+        <v>1.1307</v>
       </c>
       <c r="F285" s="0"/>
     </row>
     <row r="286" spans="1:6">
       <c r="B286" s="3">
-        <v>45594</v>
+        <v>45637</v>
       </c>
       <c r="C286" s="2">
-        <v>1.1147</v>
+        <v>1.133</v>
       </c>
       <c r="D286" s="2">
-        <v>1.1125</v>
+        <v>1.1308</v>
       </c>
       <c r="E286" s="2">
-        <v>1.1136</v>
+        <v>1.1319</v>
       </c>
       <c r="F286" s="0"/>
     </row>
     <row r="287" spans="1:6">
       <c r="B287" s="3">
-        <v>45593</v>
+        <v>45636</v>
       </c>
       <c r="C287" s="2">
-        <v>1.1129</v>
+        <v>1.136</v>
       </c>
       <c r="D287" s="2">
-        <v>1.1107</v>
+        <v>1.1338</v>
       </c>
       <c r="E287" s="2">
-        <v>1.1118</v>
+        <v>1.1349</v>
       </c>
       <c r="F287" s="0"/>
     </row>
     <row r="288" spans="1:6">
       <c r="B288" s="3">
-        <v>45590</v>
+        <v>45635</v>
       </c>
       <c r="C288" s="2">
-        <v>1.111</v>
+        <v>1.1371</v>
       </c>
       <c r="D288" s="2">
-        <v>1.1088</v>
+        <v>1.1349</v>
       </c>
       <c r="E288" s="2">
-        <v>1.1099</v>
+        <v>1.136</v>
       </c>
       <c r="F288" s="0"/>
     </row>
     <row r="289" spans="1:6">
       <c r="B289" s="3">
-        <v>45589</v>
+        <v>45632</v>
       </c>
       <c r="C289" s="2">
-        <v>1.1103</v>
+        <v>1.1351</v>
       </c>
       <c r="D289" s="2">
-        <v>1.1081</v>
+        <v>1.1329</v>
       </c>
       <c r="E289" s="2">
-        <v>1.1092</v>
+        <v>1.134</v>
       </c>
       <c r="F289" s="0"/>
     </row>
     <row r="290" spans="1:6">
       <c r="B290" s="3">
-        <v>45588</v>
+        <v>45631</v>
       </c>
       <c r="C290" s="2">
-        <v>1.1112</v>
+        <v>1.138</v>
       </c>
       <c r="D290" s="2">
-        <v>1.109</v>
+        <v>1.1358</v>
       </c>
       <c r="E290" s="2">
-        <v>1.1101</v>
+        <v>1.1369</v>
       </c>
       <c r="F290" s="0"/>
     </row>
     <row r="291" spans="1:6">
       <c r="B291" s="3">
-        <v>45587</v>
+        <v>45630</v>
       </c>
       <c r="C291" s="2">
-        <v>1.1104</v>
+        <v>1.1358</v>
       </c>
       <c r="D291" s="2">
-        <v>1.1082</v>
+        <v>1.1336</v>
       </c>
       <c r="E291" s="2">
-        <v>1.1093</v>
+        <v>1.1347</v>
       </c>
       <c r="F291" s="0"/>
     </row>
     <row r="292" spans="1:6">
       <c r="B292" s="3">
-        <v>45586</v>
+        <v>45629</v>
       </c>
       <c r="C292" s="2">
-        <v>1.1209</v>
+        <v>1.1363</v>
       </c>
       <c r="D292" s="2">
-        <v>1.1187</v>
+        <v>1.1341</v>
       </c>
       <c r="E292" s="2">
-        <v>1.1198</v>
+        <v>1.1352</v>
       </c>
       <c r="F292" s="0"/>
     </row>
     <row r="293" spans="1:6">
       <c r="B293" s="3">
-        <v>45583</v>
+        <v>45628</v>
       </c>
       <c r="C293" s="2">
-        <v>1.1157</v>
+        <v>1.1311</v>
       </c>
       <c r="D293" s="2">
-        <v>1.1135</v>
+        <v>1.1289</v>
       </c>
       <c r="E293" s="2">
-        <v>1.1146</v>
+        <v>1.13</v>
       </c>
       <c r="F293" s="0"/>
     </row>
     <row r="294" spans="1:6">
       <c r="B294" s="3">
-        <v>45582</v>
+        <v>45625</v>
       </c>
       <c r="C294" s="2">
-        <v>1.1191</v>
+        <v>1.1303</v>
       </c>
       <c r="D294" s="2">
-        <v>1.1169</v>
+        <v>1.1281</v>
       </c>
       <c r="E294" s="2">
-        <v>1.118</v>
+        <v>1.1292</v>
       </c>
       <c r="F294" s="0"/>
     </row>
     <row r="295" spans="1:6">
       <c r="B295" s="3">
-        <v>45581</v>
+        <v>45624</v>
       </c>
       <c r="C295" s="2">
-        <v>1.1156</v>
+        <v>1.1309</v>
       </c>
       <c r="D295" s="2">
-        <v>1.1134</v>
+        <v>1.1287</v>
       </c>
       <c r="E295" s="2">
-        <v>1.1145</v>
+        <v>1.1298</v>
       </c>
       <c r="F295" s="0"/>
     </row>
     <row r="296" spans="1:6">
       <c r="B296" s="3">
-        <v>45580</v>
+        <v>45623</v>
       </c>
       <c r="C296" s="2">
-        <v>1.1188</v>
+        <v>1.1282</v>
       </c>
       <c r="D296" s="2">
-        <v>1.1166</v>
+        <v>1.126</v>
       </c>
       <c r="E296" s="2">
-        <v>1.1177</v>
+        <v>1.1271</v>
       </c>
       <c r="F296" s="0"/>
     </row>
     <row r="297" spans="1:6">
       <c r="B297" s="3">
-        <v>45579</v>
+        <v>45622</v>
       </c>
       <c r="C297" s="2">
-        <v>1.1125</v>
+        <v>1.1251</v>
       </c>
       <c r="D297" s="2">
-        <v>1.1103</v>
+        <v>1.1229</v>
       </c>
       <c r="E297" s="2">
-        <v>1.1114</v>
+        <v>1.124</v>
       </c>
       <c r="F297" s="0"/>
     </row>
     <row r="298" spans="1:6">
       <c r="B298" s="3">
-        <v>45576</v>
+        <v>45621</v>
       </c>
       <c r="C298" s="2">
-        <v>1.1082</v>
+        <v>1.1278</v>
       </c>
       <c r="D298" s="2">
-        <v>1.106</v>
+        <v>1.1256</v>
       </c>
       <c r="E298" s="2">
-        <v>1.1071</v>
+        <v>1.1267</v>
       </c>
       <c r="F298" s="0"/>
     </row>
     <row r="299" spans="1:6">
       <c r="B299" s="3">
-        <v>45575</v>
+        <v>45618</v>
       </c>
       <c r="C299" s="2">
-        <v>1.1099</v>
+        <v>1.1233</v>
       </c>
       <c r="D299" s="2">
-        <v>1.1077</v>
+        <v>1.1211</v>
       </c>
       <c r="E299" s="2">
-        <v>1.1088</v>
+        <v>1.1222</v>
       </c>
       <c r="F299" s="0"/>
     </row>
     <row r="300" spans="1:6">
       <c r="B300" s="3">
-        <v>45574</v>
+        <v>45617</v>
       </c>
       <c r="C300" s="2">
-        <v>1.1058</v>
+        <v>1.1163</v>
       </c>
       <c r="D300" s="2">
-        <v>1.1036</v>
+        <v>1.1141</v>
       </c>
       <c r="E300" s="2">
-        <v>1.1047</v>
+        <v>1.1152</v>
       </c>
       <c r="F300" s="0"/>
     </row>
     <row r="301" spans="1:6">
       <c r="B301" s="3">
-        <v>45573</v>
+        <v>45616</v>
       </c>
       <c r="C301" s="2">
-        <v>1.1051</v>
+        <v>1.1179</v>
       </c>
       <c r="D301" s="2">
-        <v>1.1029</v>
+        <v>1.1157</v>
       </c>
       <c r="E301" s="2">
-        <v>1.104</v>
+        <v>1.1168</v>
       </c>
       <c r="F301" s="0"/>
     </row>
     <row r="302" spans="1:6">
       <c r="B302" s="3">
-        <v>45569</v>
+        <v>45615</v>
       </c>
       <c r="C302" s="2">
-        <v>1.102</v>
+        <v>1.1216</v>
       </c>
       <c r="D302" s="2">
-        <v>1.0998</v>
+        <v>1.1194</v>
       </c>
       <c r="E302" s="2">
-        <v>1.1009</v>
+        <v>1.1205</v>
       </c>
       <c r="F302" s="0"/>
     </row>
     <row r="303" spans="1:6">
       <c r="B303" s="3">
-        <v>45568</v>
+        <v>45614</v>
       </c>
       <c r="C303" s="2">
-        <v>1.1039</v>
+        <v>1.118</v>
       </c>
       <c r="D303" s="2">
-        <v>1.1017</v>
+        <v>1.1158</v>
       </c>
       <c r="E303" s="2">
-        <v>1.1028</v>
+        <v>1.1169</v>
       </c>
       <c r="F303" s="0"/>
     </row>
     <row r="304" spans="1:6">
       <c r="B304" s="3">
-        <v>45567</v>
+        <v>45611</v>
       </c>
       <c r="C304" s="2">
-        <v>1.1039</v>
+        <v>1.1176</v>
       </c>
       <c r="D304" s="2">
-        <v>1.1017</v>
+        <v>1.1154</v>
       </c>
       <c r="E304" s="2">
-        <v>1.1028</v>
+        <v>1.1165</v>
       </c>
       <c r="F304" s="0"/>
     </row>
     <row r="305" spans="1:6">
       <c r="B305" s="3">
-        <v>45566</v>
+        <v>45610</v>
       </c>
       <c r="C305" s="2">
-        <v>1.1048</v>
+        <v>1.117</v>
       </c>
       <c r="D305" s="2">
-        <v>1.1026</v>
+        <v>1.1148</v>
       </c>
       <c r="E305" s="2">
-        <v>1.1037</v>
+        <v>1.1159</v>
       </c>
       <c r="F305" s="0"/>
     </row>
     <row r="306" spans="1:6">
       <c r="B306" s="3">
-        <v>45565</v>
+        <v>45609</v>
       </c>
       <c r="C306" s="2">
-        <v>1.1087</v>
+        <v>1.1134</v>
       </c>
       <c r="D306" s="2">
-        <v>1.1065</v>
+        <v>1.1112</v>
       </c>
       <c r="E306" s="2">
-        <v>1.1076</v>
+        <v>1.1123</v>
       </c>
       <c r="F306" s="0"/>
     </row>
     <row r="307" spans="1:6">
       <c r="B307" s="3">
-        <v>45562</v>
+        <v>45608</v>
       </c>
       <c r="C307" s="2">
-        <v>1.1082</v>
+        <v>1.1195</v>
       </c>
       <c r="D307" s="2">
-        <v>1.106</v>
+        <v>1.1173</v>
       </c>
       <c r="E307" s="2">
-        <v>1.1071</v>
+        <v>1.1184</v>
       </c>
       <c r="F307" s="0"/>
     </row>
     <row r="308" spans="1:6">
       <c r="B308" s="3">
-        <v>45561</v>
+        <v>45607</v>
       </c>
       <c r="C308" s="2">
-        <v>1.107</v>
+        <v>1.1191</v>
       </c>
       <c r="D308" s="2">
-        <v>1.1048</v>
+        <v>1.1169</v>
       </c>
       <c r="E308" s="2">
-        <v>1.1059</v>
+        <v>1.118</v>
       </c>
       <c r="F308" s="0"/>
     </row>
     <row r="309" spans="1:6">
       <c r="B309" s="3">
-        <v>45560</v>
+        <v>45604</v>
       </c>
       <c r="C309" s="2">
-        <v>1.099</v>
+        <v>1.1181</v>
       </c>
       <c r="D309" s="2">
-        <v>1.0968</v>
+        <v>1.1159</v>
       </c>
       <c r="E309" s="2">
-        <v>1.0979</v>
+        <v>1.117</v>
       </c>
       <c r="F309" s="0"/>
     </row>
     <row r="310" spans="1:6">
       <c r="B310" s="3">
-        <v>45559</v>
+        <v>45603</v>
       </c>
       <c r="C310" s="2">
-        <v>1.1006</v>
+        <v>1.1144</v>
       </c>
       <c r="D310" s="2">
-        <v>1.0984</v>
+        <v>1.1122</v>
       </c>
       <c r="E310" s="2">
-        <v>1.0995</v>
+        <v>1.1133</v>
       </c>
       <c r="F310" s="0"/>
     </row>
     <row r="311" spans="1:6">
       <c r="B311" s="3">
-        <v>45558</v>
+        <v>45602</v>
       </c>
       <c r="C311" s="2">
-        <v>1.1006</v>
+        <v>1.1133</v>
       </c>
       <c r="D311" s="2">
-        <v>1.0984</v>
+        <v>1.1111</v>
       </c>
       <c r="E311" s="2">
-        <v>1.0995</v>
+        <v>1.1122</v>
       </c>
       <c r="F311" s="0"/>
     </row>
     <row r="312" spans="1:6">
       <c r="B312" s="3">
-        <v>45555</v>
+        <v>45601</v>
       </c>
       <c r="C312" s="2">
-        <v>1.103</v>
+        <v>1.1031</v>
       </c>
       <c r="D312" s="2">
-        <v>1.1008</v>
+        <v>1.1009</v>
       </c>
       <c r="E312" s="2">
-        <v>1.1019</v>
+        <v>1.102</v>
       </c>
       <c r="F312" s="0"/>
     </row>
     <row r="313" spans="1:6">
       <c r="B313" s="3">
-        <v>45554</v>
+        <v>45600</v>
       </c>
       <c r="C313" s="2">
-        <v>1.1012</v>
+        <v>1.1039</v>
       </c>
       <c r="D313" s="2">
-        <v>1.099</v>
+        <v>1.1017</v>
       </c>
       <c r="E313" s="2">
-        <v>1.1001</v>
+        <v>1.1028</v>
       </c>
       <c r="F313" s="0"/>
     </row>
     <row r="314" spans="1:6">
       <c r="B314" s="3">
-        <v>45553</v>
+        <v>45597</v>
       </c>
       <c r="C314" s="2">
-        <v>1.0977</v>
+        <v>1.1014</v>
       </c>
       <c r="D314" s="2">
-        <v>1.0955</v>
+        <v>1.0992</v>
       </c>
       <c r="E314" s="2">
-        <v>1.0966</v>
+        <v>1.1003</v>
       </c>
       <c r="F314" s="0"/>
     </row>
     <row r="315" spans="1:6">
       <c r="B315" s="3">
-        <v>45552</v>
+        <v>45596</v>
       </c>
       <c r="C315" s="2">
-        <v>1.0979</v>
+        <v>1.1077</v>
       </c>
       <c r="D315" s="2">
-        <v>1.0957</v>
+        <v>1.1055</v>
       </c>
       <c r="E315" s="2">
-        <v>1.0968</v>
+        <v>1.1066</v>
       </c>
       <c r="F315" s="0"/>
     </row>
     <row r="316" spans="1:6">
       <c r="B316" s="3">
-        <v>45551</v>
+        <v>45595</v>
       </c>
       <c r="C316" s="2">
-        <v>1.0974</v>
+        <v>1.1119</v>
       </c>
       <c r="D316" s="2">
-        <v>1.0952</v>
+        <v>1.1097</v>
       </c>
       <c r="E316" s="2">
-        <v>1.0963</v>
+        <v>1.1108</v>
       </c>
       <c r="F316" s="0"/>
     </row>
     <row r="317" spans="1:6">
       <c r="B317" s="3">
-        <v>45548</v>
+        <v>45594</v>
       </c>
       <c r="C317" s="2">
-        <v>1.0935</v>
+        <v>1.1147</v>
       </c>
       <c r="D317" s="2">
-        <v>1.0913</v>
+        <v>1.1125</v>
       </c>
       <c r="E317" s="2">
-        <v>1.0924</v>
+        <v>1.1136</v>
       </c>
       <c r="F317" s="0"/>
     </row>
     <row r="318" spans="1:6">
       <c r="B318" s="3">
-        <v>45547</v>
+        <v>45593</v>
       </c>
       <c r="C318" s="2">
-        <v>1.0905</v>
+        <v>1.1129</v>
       </c>
       <c r="D318" s="2">
-        <v>1.0883</v>
+        <v>1.1107</v>
       </c>
       <c r="E318" s="2">
-        <v>1.0894</v>
+        <v>1.1118</v>
       </c>
       <c r="F318" s="0"/>
     </row>
     <row r="319" spans="1:6">
       <c r="B319" s="3">
-        <v>45546</v>
+        <v>45590</v>
       </c>
       <c r="C319" s="2">
-        <v>1.0817</v>
+        <v>1.111</v>
       </c>
       <c r="D319" s="2">
-        <v>1.0795</v>
+        <v>1.1088</v>
       </c>
       <c r="E319" s="2">
-        <v>1.0806</v>
+        <v>1.1099</v>
       </c>
       <c r="F319" s="0"/>
     </row>
     <row r="320" spans="1:6">
       <c r="B320" s="3">
-        <v>45545</v>
+        <v>45589</v>
       </c>
       <c r="C320" s="2">
-        <v>1.0827</v>
+        <v>1.1103</v>
       </c>
       <c r="D320" s="2">
-        <v>1.0805</v>
+        <v>1.1081</v>
       </c>
       <c r="E320" s="2">
-        <v>1.0816</v>
+        <v>1.1092</v>
       </c>
       <c r="F320" s="0"/>
     </row>
     <row r="321" spans="1:6">
       <c r="B321" s="3">
-        <v>45544</v>
+        <v>45588</v>
       </c>
       <c r="C321" s="2">
-        <v>1.0804</v>
+        <v>1.1112</v>
       </c>
       <c r="D321" s="2">
-        <v>1.0782</v>
+        <v>1.109</v>
       </c>
       <c r="E321" s="2">
-        <v>1.0793</v>
+        <v>1.1101</v>
       </c>
       <c r="F321" s="0"/>
     </row>
     <row r="322" spans="1:6">
       <c r="B322" s="3">
-        <v>45541</v>
+        <v>45587</v>
       </c>
       <c r="C322" s="2">
-        <v>1.0835</v>
+        <v>1.1104</v>
       </c>
       <c r="D322" s="2">
-        <v>1.0813</v>
+        <v>1.1082</v>
       </c>
       <c r="E322" s="2">
-        <v>1.0824</v>
+        <v>1.1093</v>
       </c>
       <c r="F322" s="0"/>
     </row>
     <row r="323" spans="1:6">
       <c r="B323" s="3">
-        <v>45540</v>
+        <v>45586</v>
       </c>
       <c r="C323" s="2">
-        <v>1.0822</v>
+        <v>1.1209</v>
       </c>
       <c r="D323" s="2">
-        <v>1.08</v>
+        <v>1.1187</v>
       </c>
       <c r="E323" s="2">
-        <v>1.0811</v>
+        <v>1.1198</v>
       </c>
       <c r="F323" s="0"/>
     </row>
     <row r="324" spans="1:6">
       <c r="B324" s="3">
-        <v>45539</v>
+        <v>45583</v>
       </c>
       <c r="C324" s="2">
-        <v>1.0807</v>
+        <v>1.1157</v>
       </c>
       <c r="D324" s="2">
-        <v>1.0785</v>
+        <v>1.1135</v>
       </c>
       <c r="E324" s="2">
-        <v>1.0796</v>
+        <v>1.1146</v>
       </c>
       <c r="F324" s="0"/>
     </row>
     <row r="325" spans="1:6">
       <c r="B325" s="3">
-        <v>45538</v>
+        <v>45582</v>
       </c>
       <c r="C325" s="2">
-        <v>1.0947</v>
+        <v>1.1191</v>
       </c>
       <c r="D325" s="2">
-        <v>1.0925</v>
+        <v>1.1169</v>
       </c>
       <c r="E325" s="2">
-        <v>1.0936</v>
+        <v>1.118</v>
       </c>
       <c r="F325" s="0"/>
     </row>
     <row r="326" spans="1:6">
       <c r="B326" s="3">
-        <v>45537</v>
+        <v>45581</v>
       </c>
       <c r="C326" s="2">
-        <v>1.0937</v>
+        <v>1.1156</v>
       </c>
       <c r="D326" s="2">
-        <v>1.0915</v>
+        <v>1.1134</v>
       </c>
       <c r="E326" s="2">
-        <v>1.0926</v>
+        <v>1.1145</v>
       </c>
       <c r="F326" s="0"/>
     </row>
     <row r="327" spans="1:6">
       <c r="B327" s="3">
-        <v>45534</v>
+        <v>45580</v>
       </c>
       <c r="C327" s="2">
-        <v>1.0931</v>
+        <v>1.1188</v>
       </c>
       <c r="D327" s="2">
-        <v>1.0909</v>
+        <v>1.1166</v>
       </c>
       <c r="E327" s="2">
-        <v>1.092</v>
+        <v>1.1177</v>
       </c>
       <c r="F327" s="0"/>
     </row>
     <row r="328" spans="1:6">
       <c r="B328" s="3">
-        <v>45533</v>
+        <v>45579</v>
       </c>
       <c r="C328" s="2">
-        <v>1.088</v>
+        <v>1.1125</v>
       </c>
       <c r="D328" s="2">
-        <v>1.0858</v>
+        <v>1.1103</v>
       </c>
       <c r="E328" s="2">
-        <v>1.0869</v>
+        <v>1.1114</v>
       </c>
       <c r="F328" s="0"/>
     </row>
     <row r="329" spans="1:6">
       <c r="B329" s="3">
-        <v>45532</v>
+        <v>45576</v>
       </c>
       <c r="C329" s="2">
-        <v>1.0907</v>
+        <v>1.1082</v>
       </c>
       <c r="D329" s="2">
-        <v>1.0885</v>
+        <v>1.106</v>
       </c>
       <c r="E329" s="2">
-        <v>1.0896</v>
+        <v>1.1071</v>
       </c>
       <c r="F329" s="0"/>
     </row>
     <row r="330" spans="1:6">
       <c r="B330" s="3">
-        <v>45531</v>
+        <v>45575</v>
       </c>
       <c r="C330" s="2">
-        <v>1.091</v>
+        <v>1.1099</v>
       </c>
       <c r="D330" s="2">
-        <v>1.0888</v>
+        <v>1.1077</v>
       </c>
       <c r="E330" s="2">
-        <v>1.0899</v>
+        <v>1.1088</v>
       </c>
       <c r="F330" s="0"/>
     </row>
     <row r="331" spans="1:6">
       <c r="B331" s="3">
-        <v>45530</v>
+        <v>45574</v>
       </c>
       <c r="C331" s="2">
-        <v>1.0923</v>
+        <v>1.1058</v>
       </c>
       <c r="D331" s="2">
-        <v>1.0901</v>
+        <v>1.1036</v>
       </c>
       <c r="E331" s="2">
-        <v>1.0912</v>
+        <v>1.1047</v>
       </c>
       <c r="F331" s="0"/>
     </row>
     <row r="332" spans="1:6">
       <c r="B332" s="3">
-        <v>45527</v>
+        <v>45573</v>
       </c>
       <c r="C332" s="2">
-        <v>1.0883</v>
+        <v>1.1051</v>
       </c>
       <c r="D332" s="2">
-        <v>1.0861</v>
+        <v>1.1029</v>
       </c>
       <c r="E332" s="2">
-        <v>1.0872</v>
+        <v>1.104</v>
       </c>
       <c r="F332" s="0"/>
     </row>
     <row r="333" spans="1:6">
       <c r="B333" s="3">
-        <v>45526</v>
+        <v>45569</v>
       </c>
       <c r="C333" s="2">
-        <v>1.088</v>
+        <v>1.102</v>
       </c>
       <c r="D333" s="2">
-        <v>1.0858</v>
+        <v>1.0998</v>
       </c>
       <c r="E333" s="2">
-        <v>1.0869</v>
+        <v>1.1009</v>
       </c>
       <c r="F333" s="0"/>
     </row>
     <row r="334" spans="1:6">
       <c r="B334" s="3">
-        <v>45525</v>
+        <v>45568</v>
       </c>
       <c r="C334" s="2">
-        <v>1.0857</v>
+        <v>1.1039</v>
       </c>
       <c r="D334" s="2">
-        <v>1.0835</v>
+        <v>1.1017</v>
       </c>
       <c r="E334" s="2">
-        <v>1.0846</v>
+        <v>1.1028</v>
       </c>
       <c r="F334" s="0"/>
     </row>
     <row r="335" spans="1:6">
       <c r="B335" s="3">
-        <v>45524</v>
+        <v>45567</v>
       </c>
       <c r="C335" s="2">
-        <v>1.0867</v>
+        <v>1.1039</v>
       </c>
       <c r="D335" s="2">
-        <v>1.0845</v>
+        <v>1.1017</v>
       </c>
       <c r="E335" s="2">
-        <v>1.0856</v>
+        <v>1.1028</v>
       </c>
       <c r="F335" s="0"/>
     </row>
     <row r="336" spans="1:6">
       <c r="B336" s="3">
-        <v>45523</v>
+        <v>45566</v>
       </c>
       <c r="C336" s="2">
-        <v>1.0848</v>
+        <v>1.1048</v>
       </c>
       <c r="D336" s="2">
-        <v>1.0826</v>
+        <v>1.1026</v>
       </c>
       <c r="E336" s="2">
-        <v>1.0837</v>
+        <v>1.1037</v>
       </c>
       <c r="F336" s="0"/>
     </row>
     <row r="337" spans="1:6">
       <c r="B337" s="3">
-        <v>45520</v>
+        <v>45565</v>
       </c>
       <c r="C337" s="2">
-        <v>1.0852</v>
+        <v>1.1087</v>
       </c>
       <c r="D337" s="2">
-        <v>1.083</v>
+        <v>1.1065</v>
       </c>
       <c r="E337" s="2">
-        <v>1.0841</v>
+        <v>1.1076</v>
       </c>
       <c r="F337" s="0"/>
     </row>
     <row r="338" spans="1:6">
       <c r="B338" s="3">
-        <v>45519</v>
+        <v>45562</v>
       </c>
       <c r="C338" s="2">
-        <v>1.0761</v>
+        <v>1.1082</v>
       </c>
       <c r="D338" s="2">
-        <v>1.0739</v>
+        <v>1.106</v>
       </c>
       <c r="E338" s="2">
-        <v>1.075</v>
+        <v>1.1071</v>
       </c>
       <c r="F338" s="0"/>
     </row>
     <row r="339" spans="1:6">
       <c r="B339" s="3">
-        <v>45518</v>
+        <v>45561</v>
       </c>
       <c r="C339" s="2">
-        <v>1.0739</v>
+        <v>1.107</v>
       </c>
       <c r="D339" s="2">
-        <v>1.0717</v>
+        <v>1.1048</v>
       </c>
       <c r="E339" s="2">
-        <v>1.0728</v>
+        <v>1.1059</v>
       </c>
       <c r="F339" s="0"/>
     </row>
     <row r="340" spans="1:6">
       <c r="B340" s="3">
-        <v>45517</v>
+        <v>45560</v>
       </c>
       <c r="C340" s="2">
-        <v>1.0702</v>
+        <v>1.099</v>
       </c>
       <c r="D340" s="2">
-        <v>1.068</v>
+        <v>1.0968</v>
       </c>
       <c r="E340" s="2">
-        <v>1.0691</v>
+        <v>1.0979</v>
       </c>
       <c r="F340" s="0"/>
     </row>
     <row r="341" spans="1:6">
       <c r="B341" s="3">
-        <v>45516</v>
+        <v>45559</v>
       </c>
       <c r="C341" s="2">
-        <v>1.0698</v>
+        <v>1.1006</v>
       </c>
       <c r="D341" s="2">
-        <v>1.0676</v>
+        <v>1.0984</v>
       </c>
       <c r="E341" s="2">
-        <v>1.0687</v>
+        <v>1.0995</v>
       </c>
       <c r="F341" s="0"/>
     </row>
     <row r="342" spans="1:6">
       <c r="B342" s="3">
-        <v>45513</v>
+        <v>45558</v>
       </c>
       <c r="C342" s="2">
-        <v>1.0659</v>
+        <v>1.1006</v>
       </c>
       <c r="D342" s="2">
-        <v>1.0637</v>
+        <v>1.0984</v>
       </c>
       <c r="E342" s="2">
-        <v>1.0648</v>
+        <v>1.0995</v>
       </c>
       <c r="F342" s="0"/>
     </row>
     <row r="343" spans="1:6">
       <c r="B343" s="3">
-        <v>45512</v>
+        <v>45555</v>
       </c>
       <c r="C343" s="2">
-        <v>1.0572</v>
+        <v>1.103</v>
       </c>
       <c r="D343" s="2">
-        <v>1.055</v>
+        <v>1.1008</v>
       </c>
       <c r="E343" s="2">
-        <v>1.0561</v>
+        <v>1.1019</v>
       </c>
       <c r="F343" s="0"/>
     </row>
     <row r="344" spans="1:6">
       <c r="B344" s="3">
-        <v>45511</v>
+        <v>45554</v>
       </c>
       <c r="C344" s="2">
-        <v>1.0635</v>
+        <v>1.1012</v>
       </c>
       <c r="D344" s="2">
-        <v>1.0613</v>
+        <v>1.099</v>
       </c>
       <c r="E344" s="2">
-        <v>1.0624</v>
+        <v>1.1001</v>
       </c>
       <c r="F344" s="0"/>
     </row>
     <row r="345" spans="1:6">
       <c r="B345" s="3">
-        <v>45510</v>
+        <v>45553</v>
       </c>
       <c r="C345" s="2">
-        <v>1.0589</v>
+        <v>1.0977</v>
       </c>
       <c r="D345" s="2">
-        <v>1.0567</v>
+        <v>1.0955</v>
       </c>
       <c r="E345" s="2">
-        <v>1.0578</v>
+        <v>1.0966</v>
       </c>
       <c r="F345" s="0"/>
     </row>
     <row r="346" spans="1:6">
       <c r="B346" s="3">
-        <v>45509</v>
+        <v>45552</v>
       </c>
       <c r="C346" s="2">
-        <v>1.0559</v>
+        <v>1.0979</v>
       </c>
       <c r="D346" s="2">
-        <v>1.0537</v>
+        <v>1.0957</v>
       </c>
       <c r="E346" s="2">
-        <v>1.0548</v>
+        <v>1.0968</v>
       </c>
       <c r="F346" s="0"/>
     </row>
     <row r="347" spans="1:6">
       <c r="B347" s="3">
-        <v>45506</v>
+        <v>45551</v>
       </c>
       <c r="C347" s="2">
-        <v>1.0799</v>
+        <v>1.0974</v>
       </c>
       <c r="D347" s="2">
-        <v>1.0777</v>
+        <v>1.0952</v>
       </c>
       <c r="E347" s="2">
-        <v>1.0788</v>
+        <v>1.0963</v>
       </c>
       <c r="F347" s="0"/>
     </row>
     <row r="348" spans="1:6">
       <c r="B348" s="3">
-        <v>45505</v>
+        <v>45548</v>
       </c>
       <c r="C348" s="2">
-        <v>1.0964</v>
+        <v>1.0935</v>
       </c>
       <c r="D348" s="2">
-        <v>1.0942</v>
+        <v>1.0913</v>
       </c>
       <c r="E348" s="2">
-        <v>1.0953</v>
+        <v>1.0924</v>
       </c>
       <c r="F348" s="0"/>
     </row>
     <row r="349" spans="1:6">
       <c r="B349" s="3">
-        <v>45504</v>
+        <v>45547</v>
       </c>
       <c r="C349" s="2">
-        <v>1.0945</v>
+        <v>1.0905</v>
       </c>
       <c r="D349" s="2">
-        <v>1.0923</v>
+        <v>1.0883</v>
       </c>
       <c r="E349" s="2">
-        <v>1.0934</v>
+        <v>1.0894</v>
       </c>
       <c r="F349" s="0"/>
     </row>
     <row r="350" spans="1:6">
       <c r="B350" s="3">
-        <v>45503</v>
+        <v>45546</v>
       </c>
       <c r="C350" s="2">
-        <v>1.0838</v>
+        <v>1.0817</v>
       </c>
       <c r="D350" s="2">
-        <v>1.0816</v>
+        <v>1.0795</v>
       </c>
       <c r="E350" s="2">
-        <v>1.0827</v>
+        <v>1.0806</v>
       </c>
       <c r="F350" s="0"/>
     </row>
     <row r="351" spans="1:6">
       <c r="B351" s="3">
-        <v>45502</v>
+        <v>45545</v>
       </c>
       <c r="C351" s="2">
-        <v>1.0871</v>
+        <v>1.0827</v>
       </c>
       <c r="D351" s="2">
-        <v>1.0849</v>
+        <v>1.0805</v>
       </c>
       <c r="E351" s="2">
-        <v>1.086</v>
+        <v>1.0816</v>
       </c>
       <c r="F351" s="0"/>
     </row>
     <row r="352" spans="1:6">
       <c r="B352" s="3">
-        <v>45499</v>
+        <v>45544</v>
       </c>
       <c r="C352" s="2">
-        <v>1.0796</v>
+        <v>1.0804</v>
       </c>
       <c r="D352" s="2">
-        <v>1.0774</v>
+        <v>1.0782</v>
       </c>
       <c r="E352" s="2">
-        <v>1.0785</v>
+        <v>1.0793</v>
       </c>
       <c r="F352" s="0"/>
     </row>
     <row r="353" spans="1:6">
       <c r="B353" s="3">
-        <v>45498</v>
+        <v>45541</v>
       </c>
       <c r="C353" s="2">
-        <v>1.0766</v>
+        <v>1.0835</v>
       </c>
       <c r="D353" s="2">
-        <v>1.0744</v>
+        <v>1.0813</v>
       </c>
       <c r="E353" s="2">
-        <v>1.0755</v>
+        <v>1.0824</v>
       </c>
       <c r="F353" s="0"/>
     </row>
     <row r="354" spans="1:6">
       <c r="B354" s="3">
-        <v>45497</v>
+        <v>45540</v>
       </c>
       <c r="C354" s="2">
-        <v>1.0845</v>
+        <v>1.0822</v>
       </c>
       <c r="D354" s="2">
-        <v>1.0823</v>
+        <v>1.08</v>
       </c>
       <c r="E354" s="2">
-        <v>1.0834</v>
+        <v>1.0811</v>
       </c>
       <c r="F354" s="0"/>
     </row>
     <row r="355" spans="1:6">
       <c r="B355" s="3">
-        <v>45496</v>
+        <v>45539</v>
       </c>
       <c r="C355" s="2">
-        <v>1.0851</v>
+        <v>1.0807</v>
       </c>
       <c r="D355" s="2">
-        <v>1.0829</v>
+        <v>1.0785</v>
       </c>
       <c r="E355" s="2">
-        <v>1.084</v>
+        <v>1.0796</v>
       </c>
       <c r="F355" s="0"/>
     </row>
     <row r="356" spans="1:6">
       <c r="B356" s="3">
-        <v>45495</v>
+        <v>45538</v>
       </c>
       <c r="C356" s="2">
-        <v>1.0792</v>
+        <v>1.0947</v>
       </c>
       <c r="D356" s="2">
-        <v>1.077</v>
+        <v>1.0925</v>
       </c>
       <c r="E356" s="2">
-        <v>1.0781</v>
+        <v>1.0936</v>
       </c>
       <c r="F356" s="0"/>
     </row>
     <row r="357" spans="1:6">
       <c r="B357" s="3">
-        <v>45492</v>
+        <v>45537</v>
       </c>
       <c r="C357" s="2">
-        <v>1.0813</v>
+        <v>1.0937</v>
       </c>
       <c r="D357" s="2">
-        <v>1.0791</v>
+        <v>1.0915</v>
       </c>
       <c r="E357" s="2">
-        <v>1.0802</v>
+        <v>1.0926</v>
       </c>
       <c r="F357" s="0"/>
     </row>
     <row r="358" spans="1:6">
       <c r="B358" s="3">
-        <v>45491</v>
+        <v>45534</v>
       </c>
       <c r="C358" s="2">
-        <v>1.087</v>
+        <v>1.0931</v>
       </c>
       <c r="D358" s="2">
-        <v>1.0848</v>
+        <v>1.0909</v>
       </c>
       <c r="E358" s="2">
-        <v>1.0859</v>
+        <v>1.092</v>
       </c>
       <c r="F358" s="0"/>
     </row>
     <row r="359" spans="1:6">
       <c r="B359" s="3">
-        <v>45490</v>
+        <v>45533</v>
       </c>
       <c r="C359" s="2">
-        <v>1.0899</v>
+        <v>1.088</v>
       </c>
       <c r="D359" s="2">
-        <v>1.0877</v>
+        <v>1.0858</v>
       </c>
       <c r="E359" s="2">
-        <v>1.0888</v>
+        <v>1.0869</v>
       </c>
       <c r="F359" s="0"/>
     </row>
     <row r="360" spans="1:6">
       <c r="B360" s="3">
-        <v>45489</v>
+        <v>45532</v>
       </c>
       <c r="C360" s="2">
-        <v>1.0847</v>
+        <v>1.0907</v>
       </c>
       <c r="D360" s="2">
-        <v>1.0825</v>
+        <v>1.0885</v>
       </c>
       <c r="E360" s="2">
-        <v>1.0836</v>
+        <v>1.0896</v>
       </c>
       <c r="F360" s="0"/>
     </row>
     <row r="361" spans="1:6">
       <c r="B361" s="3">
-        <v>45488</v>
+        <v>45531</v>
       </c>
       <c r="C361" s="2">
-        <v>1.0838</v>
+        <v>1.091</v>
       </c>
       <c r="D361" s="2">
-        <v>1.0816</v>
+        <v>1.0888</v>
       </c>
       <c r="E361" s="2">
-        <v>1.0827</v>
+        <v>1.0899</v>
       </c>
       <c r="F361" s="0"/>
     </row>
     <row r="362" spans="1:6">
       <c r="B362" s="3">
-        <v>45485</v>
+        <v>45530</v>
       </c>
       <c r="C362" s="2">
-        <v>1.08</v>
+        <v>1.0923</v>
       </c>
       <c r="D362" s="2">
-        <v>1.0778</v>
+        <v>1.0901</v>
       </c>
       <c r="E362" s="2">
-        <v>1.0789</v>
+        <v>1.0912</v>
       </c>
       <c r="F362" s="0"/>
     </row>
     <row r="363" spans="1:6">
       <c r="B363" s="3">
-        <v>45484</v>
+        <v>45527</v>
       </c>
       <c r="C363" s="2">
-        <v>1.0747</v>
+        <v>1.0883</v>
       </c>
       <c r="D363" s="2">
-        <v>1.0725</v>
+        <v>1.0861</v>
       </c>
       <c r="E363" s="2">
-        <v>1.0736</v>
+        <v>1.0872</v>
       </c>
       <c r="F363" s="0"/>
     </row>
     <row r="364" spans="1:6">
       <c r="B364" s="3">
-        <v>45483</v>
+        <v>45526</v>
       </c>
       <c r="C364" s="2">
-        <v>1.0681</v>
+        <v>1.088</v>
       </c>
       <c r="D364" s="2">
-        <v>1.0659</v>
+        <v>1.0858</v>
       </c>
       <c r="E364" s="2">
-        <v>1.067</v>
+        <v>1.0869</v>
       </c>
       <c r="F364" s="0"/>
     </row>
     <row r="365" spans="1:6">
       <c r="B365" s="3">
-        <v>45482</v>
+        <v>45525</v>
       </c>
       <c r="C365" s="2">
-        <v>1.0693</v>
+        <v>1.0857</v>
       </c>
       <c r="D365" s="2">
-        <v>1.0671</v>
+        <v>1.0835</v>
       </c>
       <c r="E365" s="2">
-        <v>1.0682</v>
+        <v>1.0846</v>
       </c>
       <c r="F365" s="0"/>
     </row>
     <row r="366" spans="1:6">
       <c r="B366" s="3">
-        <v>45481</v>
+        <v>45524</v>
       </c>
       <c r="C366" s="2">
-        <v>1.0649</v>
+        <v>1.0867</v>
       </c>
       <c r="D366" s="2">
-        <v>1.0627</v>
+        <v>1.0845</v>
       </c>
       <c r="E366" s="2">
-        <v>1.0638</v>
+        <v>1.0856</v>
       </c>
       <c r="F366" s="0"/>
     </row>
     <row r="367" spans="1:6">
       <c r="B367" s="3">
-        <v>45478</v>
+        <v>45523</v>
       </c>
       <c r="C367" s="2">
-        <v>1.0684</v>
+        <v>1.0848</v>
       </c>
       <c r="D367" s="2">
-        <v>1.0662</v>
+        <v>1.0826</v>
       </c>
       <c r="E367" s="2">
-        <v>1.0673</v>
+        <v>1.0837</v>
       </c>
       <c r="F367" s="0"/>
     </row>
     <row r="368" spans="1:6">
       <c r="B368" s="3">
-        <v>45477</v>
+        <v>45520</v>
       </c>
       <c r="C368" s="2">
-        <v>1.0684</v>
+        <v>1.0852</v>
       </c>
       <c r="D368" s="2">
-        <v>1.0662</v>
+        <v>1.083</v>
       </c>
       <c r="E368" s="2">
-        <v>1.0673</v>
+        <v>1.0841</v>
       </c>
       <c r="F368" s="0"/>
     </row>
     <row r="369" spans="1:6">
       <c r="B369" s="3">
-        <v>45476</v>
+        <v>45519</v>
       </c>
       <c r="C369" s="2">
-        <v>1.0637</v>
+        <v>1.0761</v>
       </c>
       <c r="D369" s="2">
-        <v>1.0615</v>
+        <v>1.0739</v>
       </c>
       <c r="E369" s="2">
-        <v>1.0626</v>
+        <v>1.075</v>
       </c>
       <c r="F369" s="0"/>
     </row>
     <row r="370" spans="1:6">
       <c r="B370" s="3">
-        <v>45475</v>
+        <v>45518</v>
       </c>
       <c r="C370" s="2">
-        <v>1.0619</v>
+        <v>1.0739</v>
       </c>
       <c r="D370" s="2">
-        <v>1.0597</v>
+        <v>1.0717</v>
       </c>
       <c r="E370" s="2">
-        <v>1.0608</v>
+        <v>1.0728</v>
       </c>
       <c r="F370" s="0"/>
     </row>
     <row r="371" spans="1:6">
       <c r="B371" s="3">
-        <v>45474</v>
+        <v>45517</v>
       </c>
       <c r="C371" s="2">
-        <v>1.0647</v>
+        <v>1.0702</v>
       </c>
       <c r="D371" s="2">
-        <v>1.0625</v>
+        <v>1.068</v>
       </c>
       <c r="E371" s="2">
-        <v>1.0636</v>
+        <v>1.0691</v>
       </c>
       <c r="F371" s="0"/>
     </row>
     <row r="372" spans="1:6">
       <c r="B372" s="3">
-        <v>45471</v>
+        <v>45516</v>
       </c>
       <c r="C372" s="2">
-        <v>1.0655</v>
+        <v>1.0698</v>
       </c>
       <c r="D372" s="2">
-        <v>1.0633</v>
+        <v>1.0676</v>
       </c>
       <c r="E372" s="2">
-        <v>1.0644</v>
+        <v>1.0687</v>
       </c>
       <c r="F372" s="0"/>
     </row>
     <row r="373" spans="1:6">
       <c r="B373" s="3">
-        <v>45470</v>
+        <v>45513</v>
       </c>
       <c r="C373" s="2">
-        <v>1.0611</v>
+        <v>1.0659</v>
       </c>
       <c r="D373" s="2">
-        <v>1.0589</v>
+        <v>1.0637</v>
       </c>
       <c r="E373" s="2">
-        <v>1.06</v>
+        <v>1.0648</v>
       </c>
       <c r="F373" s="0"/>
     </row>
     <row r="374" spans="1:6">
       <c r="B374" s="3">
-        <v>45469</v>
+        <v>45512</v>
       </c>
       <c r="C374" s="2">
-        <v>1.0624</v>
+        <v>1.0572</v>
       </c>
       <c r="D374" s="2">
-        <v>1.0602</v>
+        <v>1.055</v>
       </c>
       <c r="E374" s="2">
-        <v>1.0613</v>
+        <v>1.0561</v>
       </c>
       <c r="F374" s="0"/>
     </row>
     <row r="375" spans="1:6">
       <c r="B375" s="3">
-        <v>45468</v>
+        <v>45511</v>
       </c>
       <c r="C375" s="2">
-        <v>1.0668</v>
+        <v>1.0635</v>
       </c>
       <c r="D375" s="2">
-        <v>1.0646</v>
+        <v>1.0613</v>
       </c>
       <c r="E375" s="2">
-        <v>1.0657</v>
+        <v>1.0624</v>
       </c>
       <c r="F375" s="0"/>
     </row>
     <row r="376" spans="1:6">
       <c r="B376" s="3">
-        <v>45467</v>
+        <v>45510</v>
       </c>
       <c r="C376" s="2">
-        <v>1.0605</v>
+        <v>1.0589</v>
       </c>
       <c r="D376" s="2">
-        <v>1.0583</v>
+        <v>1.0567</v>
       </c>
       <c r="E376" s="2">
-        <v>1.0594</v>
+        <v>1.0578</v>
       </c>
       <c r="F376" s="0"/>
     </row>
     <row r="377" spans="1:6">
       <c r="B377" s="3">
-        <v>45464</v>
+        <v>45509</v>
       </c>
       <c r="C377" s="2">
-        <v>1.0633</v>
+        <v>1.0559</v>
       </c>
       <c r="D377" s="2">
-        <v>1.0611</v>
+        <v>1.0537</v>
       </c>
       <c r="E377" s="2">
-        <v>1.0622</v>
+        <v>1.0548</v>
       </c>
       <c r="F377" s="0"/>
     </row>
     <row r="378" spans="1:6">
       <c r="B378" s="3">
-        <v>45463</v>
+        <v>45506</v>
       </c>
       <c r="C378" s="2">
-        <v>1.0631</v>
+        <v>1.0799</v>
       </c>
       <c r="D378" s="2">
-        <v>1.0609</v>
+        <v>1.0777</v>
       </c>
       <c r="E378" s="2">
-        <v>1.062</v>
+        <v>1.0788</v>
       </c>
       <c r="F378" s="0"/>
     </row>
     <row r="379" spans="1:6">
       <c r="B379" s="3">
-        <v>45462</v>
+        <v>45505</v>
       </c>
       <c r="C379" s="2">
-        <v>1.062</v>
+        <v>1.0964</v>
       </c>
       <c r="D379" s="2">
-        <v>1.0598</v>
+        <v>1.0942</v>
       </c>
       <c r="E379" s="2">
-        <v>1.0609</v>
+        <v>1.0953</v>
       </c>
       <c r="F379" s="0"/>
     </row>
     <row r="380" spans="1:6">
       <c r="B380" s="3">
-        <v>45461</v>
+        <v>45504</v>
       </c>
       <c r="C380" s="2">
-        <v>1.0622</v>
+        <v>1.0945</v>
       </c>
       <c r="D380" s="2">
-        <v>1.06</v>
+        <v>1.0923</v>
       </c>
       <c r="E380" s="2">
-        <v>1.0611</v>
+        <v>1.0934</v>
       </c>
       <c r="F380" s="0"/>
     </row>
     <row r="381" spans="1:6">
       <c r="B381" s="3">
-        <v>45460</v>
+        <v>45503</v>
       </c>
       <c r="C381" s="2">
-        <v>1.0583</v>
+        <v>1.0838</v>
       </c>
       <c r="D381" s="2">
-        <v>1.0561</v>
+        <v>1.0816</v>
       </c>
       <c r="E381" s="2">
-        <v>1.0572</v>
+        <v>1.0827</v>
       </c>
       <c r="F381" s="0"/>
     </row>
     <row r="382" spans="1:6">
       <c r="B382" s="3">
-        <v>45457</v>
+        <v>45502</v>
       </c>
       <c r="C382" s="2">
-        <v>1.0603</v>
+        <v>1.0871</v>
       </c>
       <c r="D382" s="2">
-        <v>1.0581</v>
+        <v>1.0849</v>
       </c>
       <c r="E382" s="2">
-        <v>1.0592</v>
+        <v>1.086</v>
       </c>
       <c r="F382" s="0"/>
     </row>
     <row r="383" spans="1:6">
       <c r="B383" s="3">
-        <v>45456</v>
+        <v>45499</v>
       </c>
       <c r="C383" s="2">
-        <v>1.0621</v>
+        <v>1.0796</v>
       </c>
       <c r="D383" s="2">
-        <v>1.0599</v>
+        <v>1.0774</v>
       </c>
       <c r="E383" s="2">
-        <v>1.061</v>
+        <v>1.0785</v>
       </c>
       <c r="F383" s="0"/>
     </row>
     <row r="384" spans="1:6">
       <c r="B384" s="3">
-        <v>45455</v>
+        <v>45498</v>
       </c>
       <c r="C384" s="2">
-        <v>1.058</v>
+        <v>1.0766</v>
       </c>
       <c r="D384" s="2">
-        <v>1.0558</v>
+        <v>1.0744</v>
       </c>
       <c r="E384" s="2">
-        <v>1.0569</v>
+        <v>1.0755</v>
       </c>
       <c r="F384" s="0"/>
     </row>
     <row r="385" spans="1:6">
       <c r="B385" s="3">
-        <v>45454</v>
+        <v>45497</v>
       </c>
       <c r="C385" s="2">
-        <v>1.0606</v>
+        <v>1.0845</v>
       </c>
       <c r="D385" s="2">
-        <v>1.0584</v>
+        <v>1.0823</v>
       </c>
       <c r="E385" s="2">
-        <v>1.0595</v>
+        <v>1.0834</v>
       </c>
       <c r="F385" s="0"/>
     </row>
     <row r="386" spans="1:6">
       <c r="B386" s="3">
-        <v>45450</v>
+        <v>45496</v>
       </c>
       <c r="C386" s="2">
-        <v>1.0659</v>
+        <v>1.0851</v>
       </c>
       <c r="D386" s="2">
-        <v>1.0637</v>
+        <v>1.0829</v>
       </c>
       <c r="E386" s="2">
-        <v>1.0648</v>
+        <v>1.084</v>
       </c>
       <c r="F386" s="0"/>
     </row>
     <row r="387" spans="1:6">
       <c r="B387" s="3">
-        <v>45449</v>
+        <v>45495</v>
       </c>
       <c r="C387" s="2">
-        <v>1.0647</v>
+        <v>1.0792</v>
       </c>
       <c r="D387" s="2">
-        <v>1.0625</v>
+        <v>1.077</v>
       </c>
       <c r="E387" s="2">
-        <v>1.0636</v>
+        <v>1.0781</v>
       </c>
       <c r="F387" s="0"/>
     </row>
     <row r="388" spans="1:6">
       <c r="B388" s="3">
-        <v>45448</v>
+        <v>45492</v>
       </c>
       <c r="C388" s="2">
-        <v>1.059</v>
+        <v>1.0813</v>
       </c>
       <c r="D388" s="2">
-        <v>1.0568</v>
+        <v>1.0791</v>
       </c>
       <c r="E388" s="2">
-        <v>1.0579</v>
+        <v>1.0802</v>
       </c>
       <c r="F388" s="0"/>
     </row>
     <row r="389" spans="1:6">
       <c r="B389" s="3">
-        <v>45447</v>
+        <v>45491</v>
       </c>
       <c r="C389" s="2">
-        <v>1.0571</v>
+        <v>1.087</v>
       </c>
       <c r="D389" s="2">
-        <v>1.0549</v>
+        <v>1.0848</v>
       </c>
       <c r="E389" s="2">
-        <v>1.056</v>
+        <v>1.0859</v>
       </c>
       <c r="F389" s="0"/>
     </row>
     <row r="390" spans="1:6">
       <c r="B390" s="3">
-        <v>45446</v>
+        <v>45490</v>
       </c>
       <c r="C390" s="2">
-        <v>1.0613</v>
+        <v>1.0899</v>
       </c>
       <c r="D390" s="2">
-        <v>1.0591</v>
+        <v>1.0877</v>
       </c>
       <c r="E390" s="2">
-        <v>1.0602</v>
+        <v>1.0888</v>
       </c>
       <c r="F390" s="0"/>
     </row>
     <row r="391" spans="1:6">
       <c r="B391" s="3">
-        <v>45443</v>
+        <v>45489</v>
       </c>
       <c r="C391" s="2">
-        <v>1.0522</v>
+        <v>1.0847</v>
       </c>
       <c r="D391" s="2">
-        <v>1.05</v>
+        <v>1.0825</v>
       </c>
       <c r="E391" s="2">
-        <v>1.0511</v>
+        <v>1.0836</v>
       </c>
       <c r="F391" s="0"/>
     </row>
     <row r="392" spans="1:6">
       <c r="B392" s="3">
-        <v>45442</v>
+        <v>45488</v>
       </c>
       <c r="C392" s="2">
-        <v>1.0492</v>
+        <v>1.0838</v>
       </c>
       <c r="D392" s="2">
-        <v>1.0472</v>
+        <v>1.0816</v>
       </c>
       <c r="E392" s="2">
-        <v>1.0482</v>
+        <v>1.0827</v>
       </c>
       <c r="F392" s="0"/>
     </row>
     <row r="393" spans="1:6">
       <c r="B393" s="3">
-        <v>45441</v>
+        <v>45485</v>
       </c>
       <c r="C393" s="2">
-        <v>1.0531</v>
+        <v>1.08</v>
       </c>
       <c r="D393" s="2">
-        <v>1.0509</v>
+        <v>1.0778</v>
       </c>
       <c r="E393" s="2">
-        <v>1.052</v>
+        <v>1.0789</v>
       </c>
       <c r="F393" s="0"/>
     </row>
     <row r="394" spans="1:6">
       <c r="B394" s="3">
-        <v>45440</v>
+        <v>45484</v>
       </c>
       <c r="C394" s="2">
-        <v>1.061</v>
+        <v>1.0747</v>
       </c>
       <c r="D394" s="2">
-        <v>1.0588</v>
+        <v>1.0725</v>
       </c>
       <c r="E394" s="2">
-        <v>1.0599</v>
+        <v>1.0736</v>
       </c>
       <c r="F394" s="0"/>
     </row>
     <row r="395" spans="1:6">
       <c r="B395" s="3">
-        <v>45439</v>
+        <v>45483</v>
       </c>
       <c r="C395" s="2">
-        <v>1.0624</v>
+        <v>1.0681</v>
       </c>
       <c r="D395" s="2">
-        <v>1.0602</v>
+        <v>1.0659</v>
       </c>
       <c r="E395" s="2">
-        <v>1.0613</v>
+        <v>1.067</v>
       </c>
       <c r="F395" s="0"/>
     </row>
     <row r="396" spans="1:6">
       <c r="B396" s="3">
-        <v>45436</v>
+        <v>45482</v>
       </c>
       <c r="C396" s="2">
-        <v>1.0584</v>
+        <v>1.0693</v>
       </c>
       <c r="D396" s="2">
-        <v>1.0562</v>
+        <v>1.0671</v>
       </c>
       <c r="E396" s="2">
-        <v>1.0573</v>
+        <v>1.0682</v>
       </c>
       <c r="F396" s="0"/>
     </row>
     <row r="397" spans="1:6">
       <c r="B397" s="3">
-        <v>45435</v>
+        <v>45481</v>
       </c>
       <c r="C397" s="2">
-        <v>1.0658</v>
+        <v>1.0649</v>
       </c>
       <c r="D397" s="2">
-        <v>1.0636</v>
+        <v>1.0627</v>
       </c>
       <c r="E397" s="2">
-        <v>1.0647</v>
+        <v>1.0638</v>
       </c>
       <c r="F397" s="0"/>
     </row>
     <row r="398" spans="1:6">
       <c r="B398" s="3">
-        <v>45434</v>
+        <v>45478</v>
       </c>
       <c r="C398" s="2">
-        <v>1.0656</v>
+        <v>1.0684</v>
       </c>
       <c r="D398" s="2">
-        <v>1.0634</v>
+        <v>1.0662</v>
       </c>
       <c r="E398" s="2">
-        <v>1.0645</v>
+        <v>1.0673</v>
       </c>
       <c r="F398" s="0"/>
     </row>
     <row r="399" spans="1:6">
       <c r="B399" s="3">
-        <v>45433</v>
+        <v>45477</v>
       </c>
       <c r="C399" s="2">
-        <v>1.0667</v>
+        <v>1.0684</v>
       </c>
       <c r="D399" s="2">
-        <v>1.0645</v>
+        <v>1.0662</v>
       </c>
       <c r="E399" s="2">
-        <v>1.0656</v>
+        <v>1.0673</v>
       </c>
       <c r="F399" s="0"/>
     </row>
     <row r="400" spans="1:6">
       <c r="B400" s="3">
-        <v>45432</v>
+        <v>45476</v>
       </c>
       <c r="C400" s="2">
-        <v>1.0673</v>
+        <v>1.0637</v>
       </c>
       <c r="D400" s="2">
-        <v>1.0651</v>
+        <v>1.0615</v>
       </c>
       <c r="E400" s="2">
-        <v>1.0662</v>
+        <v>1.0626</v>
       </c>
       <c r="F400" s="0"/>
     </row>
     <row r="401" spans="1:6">
       <c r="B401" s="3">
-        <v>45429</v>
+        <v>45475</v>
       </c>
       <c r="C401" s="2">
-        <v>1.0641</v>
+        <v>1.0619</v>
       </c>
       <c r="D401" s="2">
-        <v>1.0619</v>
+        <v>1.0597</v>
       </c>
       <c r="E401" s="2">
-        <v>1.063</v>
+        <v>1.0608</v>
       </c>
       <c r="F401" s="0"/>
     </row>
     <row r="402" spans="1:6">
       <c r="B402" s="3">
-        <v>45428</v>
+        <v>45474</v>
       </c>
       <c r="C402" s="2">
-        <v>1.0688</v>
+        <v>1.0647</v>
       </c>
       <c r="D402" s="2">
-        <v>1.0666</v>
+        <v>1.0625</v>
       </c>
       <c r="E402" s="2">
-        <v>1.0677</v>
+        <v>1.0636</v>
       </c>
       <c r="F402" s="0"/>
     </row>
     <row r="403" spans="1:6">
       <c r="B403" s="3">
-        <v>45427</v>
+        <v>45471</v>
       </c>
       <c r="C403" s="2">
-        <v>1.0602</v>
+        <v>1.0655</v>
       </c>
       <c r="D403" s="2">
-        <v>1.058</v>
+        <v>1.0633</v>
       </c>
       <c r="E403" s="2">
-        <v>1.0591</v>
+        <v>1.0644</v>
       </c>
       <c r="F403" s="0"/>
     </row>
     <row r="404" spans="1:6">
       <c r="B404" s="3">
-        <v>45426</v>
+        <v>45470</v>
       </c>
       <c r="C404" s="2">
-        <v>1.0586</v>
+        <v>1.0611</v>
       </c>
       <c r="D404" s="2">
-        <v>1.0564</v>
+        <v>1.0589</v>
       </c>
       <c r="E404" s="2">
-        <v>1.0575</v>
+        <v>1.06</v>
       </c>
       <c r="F404" s="0"/>
     </row>
     <row r="405" spans="1:6">
       <c r="B405" s="3">
-        <v>45425</v>
+        <v>45469</v>
       </c>
       <c r="C405" s="2">
-        <v>1.0586</v>
+        <v>1.0624</v>
       </c>
       <c r="D405" s="2">
-        <v>1.0564</v>
+        <v>1.0602</v>
       </c>
       <c r="E405" s="2">
-        <v>1.0575</v>
+        <v>1.0613</v>
       </c>
       <c r="F405" s="0"/>
     </row>
     <row r="406" spans="1:6">
       <c r="B406" s="3">
-        <v>45422</v>
+        <v>45468</v>
       </c>
       <c r="C406" s="2">
-        <v>1.0581</v>
+        <v>1.0668</v>
       </c>
       <c r="D406" s="2">
-        <v>1.0559</v>
+        <v>1.0646</v>
       </c>
       <c r="E406" s="2">
-        <v>1.057</v>
+        <v>1.0657</v>
       </c>
       <c r="F406" s="0"/>
     </row>
     <row r="407" spans="1:6">
       <c r="B407" s="3">
-        <v>45421</v>
+        <v>45467</v>
       </c>
       <c r="C407" s="2">
-        <v>1.0543</v>
+        <v>1.0605</v>
       </c>
       <c r="D407" s="2">
-        <v>1.0521</v>
+        <v>1.0583</v>
       </c>
       <c r="E407" s="2">
-        <v>1.0532</v>
+        <v>1.0594</v>
       </c>
       <c r="F407" s="0"/>
     </row>
     <row r="408" spans="1:6">
       <c r="B408" s="3">
-        <v>45420</v>
+        <v>45464</v>
       </c>
       <c r="C408" s="2">
-        <v>1.0579</v>
+        <v>1.0633</v>
       </c>
       <c r="D408" s="2">
-        <v>1.0557</v>
+        <v>1.0611</v>
       </c>
       <c r="E408" s="2">
-        <v>1.0568</v>
+        <v>1.0622</v>
       </c>
       <c r="F408" s="0"/>
     </row>
     <row r="409" spans="1:6">
       <c r="B409" s="3">
-        <v>45419</v>
+        <v>45463</v>
       </c>
       <c r="C409" s="2">
-        <v>1.0574</v>
+        <v>1.0631</v>
       </c>
       <c r="D409" s="2">
-        <v>1.0552</v>
+        <v>1.0609</v>
       </c>
       <c r="E409" s="2">
-        <v>1.0563</v>
+        <v>1.062</v>
       </c>
       <c r="F409" s="0"/>
     </row>
     <row r="410" spans="1:6">
       <c r="B410" s="3">
-        <v>45418</v>
+        <v>45462</v>
       </c>
       <c r="C410" s="2">
-        <v>1.0531</v>
+        <v>1.062</v>
       </c>
       <c r="D410" s="2">
-        <v>1.0509</v>
+        <v>1.0598</v>
       </c>
       <c r="E410" s="2">
-        <v>1.052</v>
+        <v>1.0609</v>
       </c>
       <c r="F410" s="0"/>
     </row>
     <row r="411" spans="1:6">
       <c r="B411" s="3">
-        <v>45415</v>
+        <v>45461</v>
       </c>
       <c r="C411" s="2">
-        <v>1.0509</v>
+        <v>1.0622</v>
       </c>
       <c r="D411" s="2">
-        <v>1.0489</v>
+        <v>1.06</v>
       </c>
       <c r="E411" s="2">
-        <v>1.0499</v>
+        <v>1.0611</v>
       </c>
       <c r="F411" s="0"/>
     </row>
     <row r="412" spans="1:6">
       <c r="B412" s="3">
-        <v>45414</v>
+        <v>45460</v>
       </c>
       <c r="C412" s="2">
-        <v>1.0494</v>
+        <v>1.0583</v>
       </c>
       <c r="D412" s="2">
-        <v>1.0474</v>
+        <v>1.0561</v>
       </c>
       <c r="E412" s="2">
-        <v>1.0484</v>
+        <v>1.0572</v>
       </c>
       <c r="F412" s="0"/>
     </row>
     <row r="413" spans="1:6">
       <c r="B413" s="3">
-        <v>45413</v>
+        <v>45457</v>
       </c>
       <c r="C413" s="2">
-        <v>1.0491</v>
+        <v>1.0603</v>
       </c>
       <c r="D413" s="2">
-        <v>1.0471</v>
+        <v>1.0581</v>
       </c>
       <c r="E413" s="2">
-        <v>1.0481</v>
+        <v>1.0592</v>
       </c>
       <c r="F413" s="0"/>
     </row>
     <row r="414" spans="1:6">
       <c r="B414" s="3">
-        <v>45412</v>
+        <v>45456</v>
       </c>
       <c r="C414" s="2">
-        <v>1.0532</v>
+        <v>1.0621</v>
       </c>
       <c r="D414" s="2">
-        <v>1.051</v>
+        <v>1.0599</v>
       </c>
       <c r="E414" s="2">
-        <v>1.0521</v>
+        <v>1.061</v>
       </c>
       <c r="F414" s="0"/>
     </row>
     <row r="415" spans="1:6">
       <c r="B415" s="3">
-        <v>45411</v>
+        <v>45455</v>
       </c>
       <c r="C415" s="2">
-        <v>1.0513</v>
+        <v>1.058</v>
       </c>
       <c r="D415" s="2">
-        <v>1.0491</v>
+        <v>1.0558</v>
       </c>
       <c r="E415" s="2">
-        <v>1.0502</v>
+        <v>1.0569</v>
       </c>
       <c r="F415" s="0"/>
     </row>
     <row r="416" spans="1:6">
       <c r="B416" s="3">
-        <v>45408</v>
+        <v>45454</v>
       </c>
       <c r="C416" s="2">
-        <v>1.0475</v>
+        <v>1.0606</v>
       </c>
       <c r="D416" s="2">
-        <v>1.0455</v>
+        <v>1.0584</v>
       </c>
       <c r="E416" s="2">
-        <v>1.0465</v>
+        <v>1.0595</v>
       </c>
       <c r="F416" s="0"/>
     </row>
     <row r="417" spans="1:6">
       <c r="B417" s="3">
-        <v>45406</v>
+        <v>45450</v>
       </c>
       <c r="C417" s="2">
-        <v>1.0536</v>
+        <v>1.0659</v>
       </c>
       <c r="D417" s="2">
-        <v>1.0514</v>
+        <v>1.0637</v>
       </c>
       <c r="E417" s="2">
-        <v>1.0525</v>
+        <v>1.0648</v>
       </c>
       <c r="F417" s="0"/>
     </row>
     <row r="418" spans="1:6">
       <c r="B418" s="3">
-        <v>45405</v>
+        <v>45449</v>
       </c>
       <c r="C418" s="2">
-        <v>1.0499</v>
+        <v>1.0647</v>
       </c>
       <c r="D418" s="2">
-        <v>1.0479</v>
+        <v>1.0625</v>
       </c>
       <c r="E418" s="2">
-        <v>1.0489</v>
+        <v>1.0636</v>
       </c>
       <c r="F418" s="0"/>
     </row>
     <row r="419" spans="1:6">
       <c r="B419" s="3">
-        <v>45404</v>
+        <v>45448</v>
       </c>
       <c r="C419" s="2">
-        <v>1.0475</v>
+        <v>1.059</v>
       </c>
       <c r="D419" s="2">
-        <v>1.0455</v>
+        <v>1.0568</v>
       </c>
       <c r="E419" s="2">
-        <v>1.0465</v>
+        <v>1.0579</v>
       </c>
       <c r="F419" s="0"/>
     </row>
     <row r="420" spans="1:6">
       <c r="B420" s="3">
-        <v>45401</v>
+        <v>45447</v>
       </c>
       <c r="C420" s="2">
-        <v>1.0411</v>
+        <v>1.0571</v>
       </c>
       <c r="D420" s="2">
-        <v>1.0391</v>
+        <v>1.0549</v>
       </c>
       <c r="E420" s="2">
-        <v>1.0401</v>
+        <v>1.056</v>
       </c>
       <c r="F420" s="0"/>
     </row>
     <row r="421" spans="1:6">
       <c r="B421" s="3">
-        <v>45400</v>
+        <v>45446</v>
       </c>
       <c r="C421" s="2">
-        <v>1.0481</v>
+        <v>1.0613</v>
       </c>
       <c r="D421" s="2">
-        <v>1.0461</v>
+        <v>1.0591</v>
       </c>
       <c r="E421" s="2">
-        <v>1.0471</v>
+        <v>1.0602</v>
       </c>
       <c r="F421" s="0"/>
     </row>
     <row r="422" spans="1:6">
       <c r="B422" s="3">
-        <v>45399</v>
+        <v>45443</v>
       </c>
       <c r="C422" s="2">
-        <v>1.0472</v>
+        <v>1.0522</v>
       </c>
       <c r="D422" s="2">
-        <v>1.0452</v>
+        <v>1.05</v>
       </c>
       <c r="E422" s="2">
-        <v>1.0462</v>
+        <v>1.0511</v>
       </c>
       <c r="F422" s="0"/>
     </row>
     <row r="423" spans="1:6">
       <c r="B423" s="3">
-        <v>45398</v>
+        <v>45442</v>
       </c>
       <c r="C423" s="2">
-        <v>1.0487</v>
+        <v>1.0492</v>
       </c>
       <c r="D423" s="2">
-        <v>1.0467</v>
+        <v>1.0472</v>
       </c>
       <c r="E423" s="2">
-        <v>1.0477</v>
+        <v>1.0482</v>
       </c>
       <c r="F423" s="0"/>
     </row>
     <row r="424" spans="1:6">
       <c r="B424" s="3">
-        <v>45397</v>
+        <v>45441</v>
       </c>
       <c r="C424" s="2">
-        <v>1.058</v>
+        <v>1.0531</v>
       </c>
       <c r="D424" s="2">
-        <v>1.0558</v>
+        <v>1.0509</v>
       </c>
       <c r="E424" s="2">
-        <v>1.0569</v>
+        <v>1.052</v>
       </c>
       <c r="F424" s="0"/>
     </row>
     <row r="425" spans="1:6">
       <c r="B425" s="3">
+        <v>45440</v>
+      </c>
+      <c r="C425" s="2">
+        <v>1.061</v>
+      </c>
+      <c r="D425" s="2">
+        <v>1.0588</v>
+      </c>
+      <c r="E425" s="2">
+        <v>1.0599</v>
+      </c>
+      <c r="F425" s="0"/>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="B426" s="3">
+        <v>45439</v>
+      </c>
+      <c r="C426" s="2">
+        <v>1.0624</v>
+      </c>
+      <c r="D426" s="2">
+        <v>1.0602</v>
+      </c>
+      <c r="E426" s="2">
+        <v>1.0613</v>
+      </c>
+      <c r="F426" s="0"/>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="B427" s="3">
+        <v>45436</v>
+      </c>
+      <c r="C427" s="2">
+        <v>1.0584</v>
+      </c>
+      <c r="D427" s="2">
+        <v>1.0562</v>
+      </c>
+      <c r="E427" s="2">
+        <v>1.0573</v>
+      </c>
+      <c r="F427" s="0"/>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="B428" s="3">
+        <v>45435</v>
+      </c>
+      <c r="C428" s="2">
+        <v>1.0658</v>
+      </c>
+      <c r="D428" s="2">
+        <v>1.0636</v>
+      </c>
+      <c r="E428" s="2">
+        <v>1.0647</v>
+      </c>
+      <c r="F428" s="0"/>
+    </row>
+    <row r="429" spans="1:6">
+      <c r="B429" s="3">
+        <v>45434</v>
+      </c>
+      <c r="C429" s="2">
+        <v>1.0656</v>
+      </c>
+      <c r="D429" s="2">
+        <v>1.0634</v>
+      </c>
+      <c r="E429" s="2">
+        <v>1.0645</v>
+      </c>
+      <c r="F429" s="0"/>
+    </row>
+    <row r="430" spans="1:6">
+      <c r="B430" s="3">
+        <v>45433</v>
+      </c>
+      <c r="C430" s="2">
+        <v>1.0667</v>
+      </c>
+      <c r="D430" s="2">
+        <v>1.0645</v>
+      </c>
+      <c r="E430" s="2">
+        <v>1.0656</v>
+      </c>
+      <c r="F430" s="0"/>
+    </row>
+    <row r="431" spans="1:6">
+      <c r="B431" s="3">
+        <v>45432</v>
+      </c>
+      <c r="C431" s="2">
+        <v>1.0673</v>
+      </c>
+      <c r="D431" s="2">
+        <v>1.0651</v>
+      </c>
+      <c r="E431" s="2">
+        <v>1.0662</v>
+      </c>
+      <c r="F431" s="0"/>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="B432" s="3">
+        <v>45429</v>
+      </c>
+      <c r="C432" s="2">
+        <v>1.0641</v>
+      </c>
+      <c r="D432" s="2">
+        <v>1.0619</v>
+      </c>
+      <c r="E432" s="2">
+        <v>1.063</v>
+      </c>
+      <c r="F432" s="0"/>
+    </row>
+    <row r="433" spans="1:6">
+      <c r="B433" s="3">
+        <v>45428</v>
+      </c>
+      <c r="C433" s="2">
+        <v>1.0688</v>
+      </c>
+      <c r="D433" s="2">
+        <v>1.0666</v>
+      </c>
+      <c r="E433" s="2">
+        <v>1.0677</v>
+      </c>
+      <c r="F433" s="0"/>
+    </row>
+    <row r="434" spans="1:6">
+      <c r="B434" s="3">
+        <v>45427</v>
+      </c>
+      <c r="C434" s="2">
+        <v>1.0602</v>
+      </c>
+      <c r="D434" s="2">
+        <v>1.058</v>
+      </c>
+      <c r="E434" s="2">
+        <v>1.0591</v>
+      </c>
+      <c r="F434" s="0"/>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="B435" s="3">
+        <v>45426</v>
+      </c>
+      <c r="C435" s="2">
+        <v>1.0586</v>
+      </c>
+      <c r="D435" s="2">
+        <v>1.0564</v>
+      </c>
+      <c r="E435" s="2">
+        <v>1.0575</v>
+      </c>
+      <c r="F435" s="0"/>
+    </row>
+    <row r="436" spans="1:6">
+      <c r="B436" s="3">
+        <v>45425</v>
+      </c>
+      <c r="C436" s="2">
+        <v>1.0586</v>
+      </c>
+      <c r="D436" s="2">
+        <v>1.0564</v>
+      </c>
+      <c r="E436" s="2">
+        <v>1.0575</v>
+      </c>
+      <c r="F436" s="0"/>
+    </row>
+    <row r="437" spans="1:6">
+      <c r="B437" s="3">
+        <v>45422</v>
+      </c>
+      <c r="C437" s="2">
+        <v>1.0581</v>
+      </c>
+      <c r="D437" s="2">
+        <v>1.0559</v>
+      </c>
+      <c r="E437" s="2">
+        <v>1.057</v>
+      </c>
+      <c r="F437" s="0"/>
+    </row>
+    <row r="438" spans="1:6">
+      <c r="B438" s="3">
+        <v>45421</v>
+      </c>
+      <c r="C438" s="2">
+        <v>1.0543</v>
+      </c>
+      <c r="D438" s="2">
+        <v>1.0521</v>
+      </c>
+      <c r="E438" s="2">
+        <v>1.0532</v>
+      </c>
+      <c r="F438" s="0"/>
+    </row>
+    <row r="439" spans="1:6">
+      <c r="B439" s="3">
+        <v>45420</v>
+      </c>
+      <c r="C439" s="2">
+        <v>1.0579</v>
+      </c>
+      <c r="D439" s="2">
+        <v>1.0557</v>
+      </c>
+      <c r="E439" s="2">
+        <v>1.0568</v>
+      </c>
+      <c r="F439" s="0"/>
+    </row>
+    <row r="440" spans="1:6">
+      <c r="B440" s="3">
+        <v>45419</v>
+      </c>
+      <c r="C440" s="2">
+        <v>1.0574</v>
+      </c>
+      <c r="D440" s="2">
+        <v>1.0552</v>
+      </c>
+      <c r="E440" s="2">
+        <v>1.0563</v>
+      </c>
+      <c r="F440" s="0"/>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="B441" s="3">
+        <v>45418</v>
+      </c>
+      <c r="C441" s="2">
+        <v>1.0531</v>
+      </c>
+      <c r="D441" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="E441" s="2">
+        <v>1.052</v>
+      </c>
+      <c r="F441" s="0"/>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="B442" s="3">
+        <v>45415</v>
+      </c>
+      <c r="C442" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="D442" s="2">
+        <v>1.0489</v>
+      </c>
+      <c r="E442" s="2">
+        <v>1.0499</v>
+      </c>
+      <c r="F442" s="0"/>
+    </row>
+    <row r="443" spans="1:6">
+      <c r="B443" s="3">
+        <v>45414</v>
+      </c>
+      <c r="C443" s="2">
+        <v>1.0494</v>
+      </c>
+      <c r="D443" s="2">
+        <v>1.0474</v>
+      </c>
+      <c r="E443" s="2">
+        <v>1.0484</v>
+      </c>
+      <c r="F443" s="0"/>
+    </row>
+    <row r="444" spans="1:6">
+      <c r="B444" s="3">
+        <v>45413</v>
+      </c>
+      <c r="C444" s="2">
+        <v>1.0491</v>
+      </c>
+      <c r="D444" s="2">
+        <v>1.0471</v>
+      </c>
+      <c r="E444" s="2">
+        <v>1.0481</v>
+      </c>
+      <c r="F444" s="0"/>
+    </row>
+    <row r="445" spans="1:6">
+      <c r="B445" s="3">
+        <v>45412</v>
+      </c>
+      <c r="C445" s="2">
+        <v>1.0532</v>
+      </c>
+      <c r="D445" s="2">
+        <v>1.051</v>
+      </c>
+      <c r="E445" s="2">
+        <v>1.0521</v>
+      </c>
+      <c r="F445" s="0"/>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="B446" s="3">
+        <v>45411</v>
+      </c>
+      <c r="C446" s="2">
+        <v>1.0513</v>
+      </c>
+      <c r="D446" s="2">
+        <v>1.0491</v>
+      </c>
+      <c r="E446" s="2">
+        <v>1.0502</v>
+      </c>
+      <c r="F446" s="0"/>
+    </row>
+    <row r="447" spans="1:6">
+      <c r="B447" s="3">
+        <v>45408</v>
+      </c>
+      <c r="C447" s="2">
+        <v>1.0475</v>
+      </c>
+      <c r="D447" s="2">
+        <v>1.0455</v>
+      </c>
+      <c r="E447" s="2">
+        <v>1.0465</v>
+      </c>
+      <c r="F447" s="0"/>
+    </row>
+    <row r="448" spans="1:6">
+      <c r="B448" s="3">
+        <v>45406</v>
+      </c>
+      <c r="C448" s="2">
+        <v>1.0536</v>
+      </c>
+      <c r="D448" s="2">
+        <v>1.0514</v>
+      </c>
+      <c r="E448" s="2">
+        <v>1.0525</v>
+      </c>
+      <c r="F448" s="0"/>
+    </row>
+    <row r="449" spans="1:6">
+      <c r="B449" s="3">
+        <v>45405</v>
+      </c>
+      <c r="C449" s="2">
+        <v>1.0499</v>
+      </c>
+      <c r="D449" s="2">
+        <v>1.0479</v>
+      </c>
+      <c r="E449" s="2">
+        <v>1.0489</v>
+      </c>
+      <c r="F449" s="0"/>
+    </row>
+    <row r="450" spans="1:6">
+      <c r="B450" s="3">
+        <v>45404</v>
+      </c>
+      <c r="C450" s="2">
+        <v>1.0475</v>
+      </c>
+      <c r="D450" s="2">
+        <v>1.0455</v>
+      </c>
+      <c r="E450" s="2">
+        <v>1.0465</v>
+      </c>
+      <c r="F450" s="0"/>
+    </row>
+    <row r="451" spans="1:6">
+      <c r="B451" s="3">
+        <v>45401</v>
+      </c>
+      <c r="C451" s="2">
+        <v>1.0411</v>
+      </c>
+      <c r="D451" s="2">
+        <v>1.0391</v>
+      </c>
+      <c r="E451" s="2">
+        <v>1.0401</v>
+      </c>
+      <c r="F451" s="0"/>
+    </row>
+    <row r="452" spans="1:6">
+      <c r="B452" s="3">
+        <v>45400</v>
+      </c>
+      <c r="C452" s="2">
+        <v>1.0481</v>
+      </c>
+      <c r="D452" s="2">
+        <v>1.0461</v>
+      </c>
+      <c r="E452" s="2">
+        <v>1.0471</v>
+      </c>
+      <c r="F452" s="0"/>
+    </row>
+    <row r="453" spans="1:6">
+      <c r="B453" s="3">
+        <v>45399</v>
+      </c>
+      <c r="C453" s="2">
+        <v>1.0472</v>
+      </c>
+      <c r="D453" s="2">
+        <v>1.0452</v>
+      </c>
+      <c r="E453" s="2">
+        <v>1.0462</v>
+      </c>
+      <c r="F453" s="0"/>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="B454" s="3">
+        <v>45398</v>
+      </c>
+      <c r="C454" s="2">
+        <v>1.0487</v>
+      </c>
+      <c r="D454" s="2">
+        <v>1.0467</v>
+      </c>
+      <c r="E454" s="2">
+        <v>1.0477</v>
+      </c>
+      <c r="F454" s="0"/>
+    </row>
+    <row r="455" spans="1:6">
+      <c r="B455" s="3">
+        <v>45397</v>
+      </c>
+      <c r="C455" s="2">
+        <v>1.058</v>
+      </c>
+      <c r="D455" s="2">
+        <v>1.0558</v>
+      </c>
+      <c r="E455" s="2">
+        <v>1.0569</v>
+      </c>
+      <c r="F455" s="0"/>
+    </row>
+    <row r="456" spans="1:6">
+      <c r="B456" s="3">
         <v>45394</v>
       </c>
-      <c r="C425" s="2">
+      <c r="C456" s="2">
         <v>1.0617</v>
       </c>
-      <c r="D425" s="2">
+      <c r="D456" s="2">
         <v>1.0595</v>
       </c>
-      <c r="E425" s="2">
+      <c r="E456" s="2">
         <v>1.0606</v>
-      </c>
-[...463 lines deleted...]
-        <v>1.0459</v>
       </c>
       <c r="F456" s="0"/>
     </row>
     <row r="457" spans="1:6">
       <c r="B457" s="4">
-        <v>45348</v>
+        <v>45393</v>
       </c>
       <c r="C457" s="2">
-        <v>1.0461</v>
+        <v>1.0623</v>
       </c>
       <c r="D457" s="2">
-        <v>1.0441</v>
+        <v>1.0601</v>
       </c>
       <c r="E457" s="2">
-        <v>1.0451</v>
+        <v>1.0612</v>
       </c>
       <c r="F457" s="0"/>
     </row>
     <row r="458" spans="1:6">
       <c r="B458" s="4">
-        <v>45345</v>
+        <v>45392</v>
       </c>
       <c r="C458" s="2">
-        <v>1.0457</v>
+        <v>1.0649</v>
       </c>
       <c r="D458" s="2">
-        <v>1.0437</v>
+        <v>1.0627</v>
       </c>
       <c r="E458" s="2">
-        <v>1.0447</v>
+        <v>1.0638</v>
       </c>
       <c r="F458" s="0"/>
     </row>
     <row r="459" spans="1:6">
       <c r="B459" s="4">
-        <v>45344</v>
+        <v>45391</v>
       </c>
       <c r="C459" s="2">
-        <v>1.0429</v>
+        <v>1.0641</v>
       </c>
       <c r="D459" s="2">
-        <v>1.0409</v>
+        <v>1.0619</v>
       </c>
       <c r="E459" s="2">
-        <v>1.0419</v>
+        <v>1.063</v>
       </c>
       <c r="F459" s="0"/>
     </row>
     <row r="460" spans="1:6">
       <c r="B460" s="4">
-        <v>45343</v>
+        <v>45390</v>
       </c>
       <c r="C460" s="2">
-        <v>1.0407</v>
+        <v>1.0613</v>
       </c>
       <c r="D460" s="2">
-        <v>1.0387</v>
+        <v>1.0591</v>
       </c>
       <c r="E460" s="2">
-        <v>1.0397</v>
+        <v>1.0602</v>
       </c>
       <c r="F460" s="0"/>
     </row>
     <row r="461" spans="1:6">
       <c r="B461" s="4">
-        <v>45342</v>
+        <v>45387</v>
       </c>
       <c r="C461" s="2">
-        <v>1.0431</v>
+        <v>1.0591</v>
       </c>
       <c r="D461" s="2">
-        <v>1.0411</v>
+        <v>1.0569</v>
       </c>
       <c r="E461" s="2">
-        <v>1.0421</v>
+        <v>1.058</v>
       </c>
       <c r="F461" s="0"/>
     </row>
     <row r="462" spans="1:6">
       <c r="B462" s="4">
-        <v>45341</v>
+        <v>45386</v>
       </c>
       <c r="C462" s="2">
-        <v>1.0435</v>
+        <v>1.0645</v>
       </c>
       <c r="D462" s="2">
-        <v>1.0415</v>
+        <v>1.0623</v>
       </c>
       <c r="E462" s="2">
-        <v>1.0425</v>
+        <v>1.0634</v>
       </c>
       <c r="F462" s="0"/>
     </row>
     <row r="463" spans="1:6">
       <c r="B463" s="4">
-        <v>45338</v>
+        <v>45385</v>
       </c>
       <c r="C463" s="2">
-        <v>1.0456</v>
+        <v>1.0632</v>
       </c>
       <c r="D463" s="2">
-        <v>1.0436</v>
+        <v>1.061</v>
       </c>
       <c r="E463" s="2">
-        <v>1.0446</v>
+        <v>1.0621</v>
       </c>
       <c r="F463" s="0"/>
     </row>
     <row r="464" spans="1:6">
       <c r="B464" s="4">
-        <v>45337</v>
+        <v>45384</v>
       </c>
       <c r="C464" s="2">
-        <v>1.0407</v>
+        <v>1.0711</v>
       </c>
       <c r="D464" s="2">
-        <v>1.0387</v>
+        <v>1.0689</v>
       </c>
       <c r="E464" s="2">
-        <v>1.0397</v>
+        <v>1.07</v>
       </c>
       <c r="F464" s="0"/>
     </row>
     <row r="465" spans="1:6">
       <c r="B465" s="4">
-        <v>45336</v>
+        <v>45379</v>
       </c>
       <c r="C465" s="2">
-        <v>1.0351</v>
+        <v>1.0717</v>
       </c>
       <c r="D465" s="2">
-        <v>1.0331</v>
+        <v>1.0695</v>
       </c>
       <c r="E465" s="2">
-        <v>1.0341</v>
+        <v>1.0706</v>
       </c>
       <c r="F465" s="0"/>
     </row>
     <row r="466" spans="1:6">
       <c r="B466" s="4">
-        <v>45335</v>
+        <v>45378</v>
       </c>
       <c r="C466" s="2">
-        <v>1.042</v>
+        <v>1.0663</v>
       </c>
       <c r="D466" s="2">
-        <v>1.04</v>
+        <v>1.0641</v>
       </c>
       <c r="E466" s="2">
-        <v>1.041</v>
+        <v>1.0652</v>
       </c>
       <c r="F466" s="0"/>
     </row>
     <row r="467" spans="1:6">
       <c r="B467" s="4">
-        <v>45334</v>
+        <v>45377</v>
       </c>
       <c r="C467" s="2">
-        <v>1.0411</v>
+        <v>1.0633</v>
       </c>
       <c r="D467" s="2">
-        <v>1.0391</v>
+        <v>1.0611</v>
       </c>
       <c r="E467" s="2">
-        <v>1.0401</v>
+        <v>1.0622</v>
       </c>
       <c r="F467" s="0"/>
     </row>
     <row r="468" spans="1:6">
       <c r="B468" s="4">
-        <v>45331</v>
+        <v>45376</v>
       </c>
       <c r="C468" s="2">
-        <v>1.0413</v>
+        <v>1.0647</v>
       </c>
       <c r="D468" s="2">
-        <v>1.0393</v>
+        <v>1.0625</v>
       </c>
       <c r="E468" s="2">
-        <v>1.0403</v>
+        <v>1.0636</v>
       </c>
       <c r="F468" s="0"/>
     </row>
     <row r="469" spans="1:6">
       <c r="B469" s="4">
-        <v>45330</v>
+        <v>45373</v>
       </c>
       <c r="C469" s="2">
-        <v>1.0409</v>
+        <v>1.0641</v>
       </c>
       <c r="D469" s="2">
-        <v>1.0389</v>
+        <v>1.0619</v>
       </c>
       <c r="E469" s="2">
-        <v>1.0399</v>
+        <v>1.063</v>
       </c>
       <c r="F469" s="0"/>
     </row>
     <row r="470" spans="1:6">
       <c r="B470" s="4">
-        <v>45329</v>
+        <v>45372</v>
       </c>
       <c r="C470" s="2">
-        <v>1.0377</v>
+        <v>1.0629</v>
       </c>
       <c r="D470" s="2">
-        <v>1.0357</v>
+        <v>1.0607</v>
       </c>
       <c r="E470" s="2">
-        <v>1.0367</v>
+        <v>1.0618</v>
       </c>
       <c r="F470" s="0"/>
     </row>
     <row r="471" spans="1:6">
       <c r="B471" s="4">
-        <v>45328</v>
+        <v>45371</v>
       </c>
       <c r="C471" s="2">
-        <v>1.0346</v>
+        <v>1.0562</v>
       </c>
       <c r="D471" s="2">
-        <v>1.0326</v>
+        <v>1.054</v>
       </c>
       <c r="E471" s="2">
-        <v>1.0336</v>
+        <v>1.0551</v>
       </c>
       <c r="F471" s="0"/>
     </row>
     <row r="472" spans="1:6">
       <c r="B472" s="4">
-        <v>45327</v>
+        <v>45370</v>
       </c>
       <c r="C472" s="2">
-        <v>1.0361</v>
+        <v>1.0564</v>
       </c>
       <c r="D472" s="2">
-        <v>1.0341</v>
+        <v>1.0542</v>
       </c>
       <c r="E472" s="2">
-        <v>1.0351</v>
+        <v>1.0553</v>
       </c>
       <c r="F472" s="0"/>
     </row>
     <row r="473" spans="1:6">
       <c r="B473" s="4">
-        <v>45324</v>
+        <v>45369</v>
       </c>
       <c r="C473" s="2">
-        <v>1.0392</v>
+        <v>1.0542</v>
       </c>
       <c r="D473" s="2">
-        <v>1.0372</v>
+        <v>1.052</v>
       </c>
       <c r="E473" s="2">
-        <v>1.0382</v>
+        <v>1.0531</v>
       </c>
       <c r="F473" s="0"/>
     </row>
     <row r="474" spans="1:6">
       <c r="B474" s="4">
-        <v>45323</v>
+        <v>45366</v>
       </c>
       <c r="C474" s="2">
-        <v>1.0329</v>
+        <v>1.0526</v>
       </c>
       <c r="D474" s="2">
-        <v>1.0309</v>
+        <v>1.0504</v>
       </c>
       <c r="E474" s="2">
-        <v>1.0319</v>
+        <v>1.0515</v>
       </c>
       <c r="F474" s="0"/>
     </row>
     <row r="475" spans="1:6">
       <c r="B475" s="4">
-        <v>45322</v>
+        <v>45365</v>
       </c>
       <c r="C475" s="2">
-        <v>1.0384</v>
+        <v>1.0558</v>
       </c>
       <c r="D475" s="2">
-        <v>1.0364</v>
+        <v>1.0536</v>
       </c>
       <c r="E475" s="2">
-        <v>1.0374</v>
+        <v>1.0547</v>
       </c>
       <c r="F475" s="0"/>
     </row>
     <row r="476" spans="1:6">
       <c r="B476" s="4">
-        <v>45321</v>
+        <v>45364</v>
       </c>
       <c r="C476" s="2">
-        <v>1.0346</v>
+        <v>1.0566</v>
       </c>
       <c r="D476" s="2">
-        <v>1.0326</v>
+        <v>1.0544</v>
       </c>
       <c r="E476" s="2">
-        <v>1.0336</v>
+        <v>1.0555</v>
       </c>
       <c r="F476" s="0"/>
     </row>
     <row r="477" spans="1:6">
       <c r="B477" s="4">
-        <v>45320</v>
+        <v>45363</v>
       </c>
       <c r="C477" s="2">
-        <v>1.0328</v>
+        <v>1.0553</v>
       </c>
       <c r="D477" s="2">
-        <v>1.0308</v>
+        <v>1.0531</v>
       </c>
       <c r="E477" s="2">
-        <v>1.0318</v>
+        <v>1.0542</v>
       </c>
       <c r="F477" s="0"/>
     </row>
     <row r="478" spans="1:6">
       <c r="B478" s="4">
-        <v>45316</v>
+        <v>45362</v>
       </c>
       <c r="C478" s="2">
-        <v>1.0307</v>
+        <v>1.0541</v>
       </c>
       <c r="D478" s="2">
-        <v>1.0287</v>
+        <v>1.0519</v>
       </c>
       <c r="E478" s="2">
-        <v>1.0297</v>
+        <v>1.053</v>
       </c>
       <c r="F478" s="0"/>
     </row>
     <row r="479" spans="1:6">
       <c r="B479" s="4">
-        <v>45315</v>
+        <v>45359</v>
       </c>
       <c r="C479" s="2">
-        <v>1.0281</v>
+        <v>1.0612</v>
       </c>
       <c r="D479" s="2">
-        <v>1.0261</v>
+        <v>1.059</v>
       </c>
       <c r="E479" s="2">
-        <v>1.0271</v>
+        <v>1.0601</v>
       </c>
       <c r="F479" s="0"/>
     </row>
     <row r="480" spans="1:6">
       <c r="B480" s="4">
-        <v>45314</v>
+        <v>45358</v>
       </c>
       <c r="C480" s="2">
-        <v>1.0272</v>
+        <v>1.0557</v>
       </c>
       <c r="D480" s="2">
-        <v>1.0252</v>
+        <v>1.0535</v>
       </c>
       <c r="E480" s="2">
-        <v>1.0262</v>
+        <v>1.0546</v>
       </c>
       <c r="F480" s="0"/>
     </row>
     <row r="481" spans="1:6">
       <c r="B481" s="4">
-        <v>45313</v>
+        <v>45357</v>
       </c>
       <c r="C481" s="2">
-        <v>1.0241</v>
+        <v>1.0542</v>
       </c>
       <c r="D481" s="2">
-        <v>1.0221</v>
+        <v>1.052</v>
       </c>
       <c r="E481" s="2">
-        <v>1.0231</v>
+        <v>1.0531</v>
       </c>
       <c r="F481" s="0"/>
     </row>
     <row r="482" spans="1:6">
       <c r="B482" s="4">
-        <v>45310</v>
+        <v>45356</v>
       </c>
       <c r="C482" s="2">
-        <v>1.0192</v>
+        <v>1.0551</v>
       </c>
       <c r="D482" s="2">
-        <v>1.0172</v>
+        <v>1.0529</v>
       </c>
       <c r="E482" s="2">
-        <v>1.0182</v>
+        <v>1.054</v>
       </c>
       <c r="F482" s="0"/>
     </row>
     <row r="483" spans="1:6">
       <c r="B483" s="4">
-        <v>45309</v>
+        <v>45355</v>
       </c>
       <c r="C483" s="2">
-        <v>1.0133</v>
+        <v>1.0552</v>
       </c>
       <c r="D483" s="2">
-        <v>1.0113</v>
+        <v>1.053</v>
       </c>
       <c r="E483" s="2">
-        <v>1.0123</v>
+        <v>1.0541</v>
       </c>
       <c r="F483" s="0"/>
     </row>
     <row r="484" spans="1:6">
       <c r="B484" s="4">
-        <v>45308</v>
+        <v>45352</v>
       </c>
       <c r="C484" s="2">
-        <v>1.0174</v>
+        <v>1.0539</v>
       </c>
       <c r="D484" s="2">
-        <v>1.0154</v>
+        <v>1.0517</v>
       </c>
       <c r="E484" s="2">
-        <v>1.0164</v>
+        <v>1.0528</v>
       </c>
       <c r="F484" s="0"/>
     </row>
     <row r="485" spans="1:6">
       <c r="B485" s="4">
-        <v>45307</v>
+        <v>45351</v>
       </c>
       <c r="C485" s="2">
-        <v>1.0203</v>
+        <v>1.0503</v>
       </c>
       <c r="D485" s="2">
-        <v>1.0183</v>
+        <v>1.0483</v>
       </c>
       <c r="E485" s="2">
-        <v>1.0193</v>
+        <v>1.0493</v>
       </c>
       <c r="F485" s="0"/>
     </row>
     <row r="486" spans="1:6">
       <c r="B486" s="4">
-        <v>45306</v>
+        <v>45350</v>
       </c>
       <c r="C486" s="2">
-        <v>1.0214</v>
+        <v>1.0488</v>
       </c>
       <c r="D486" s="2">
-        <v>1.0194</v>
+        <v>1.0468</v>
       </c>
       <c r="E486" s="2">
-        <v>1.0204</v>
+        <v>1.0478</v>
       </c>
       <c r="F486" s="0"/>
     </row>
     <row r="487" spans="1:6">
       <c r="B487" s="4">
-        <v>45303</v>
+        <v>45349</v>
       </c>
       <c r="C487" s="2">
-        <v>1.0214</v>
+        <v>1.0469</v>
       </c>
       <c r="D487" s="2">
-        <v>1.0194</v>
+        <v>1.0449</v>
       </c>
       <c r="E487" s="2">
-        <v>1.0204</v>
+        <v>1.0459</v>
       </c>
       <c r="F487" s="0"/>
     </row>
     <row r="488" spans="1:6">
       <c r="B488" s="4">
-        <v>45302</v>
+        <v>45348</v>
       </c>
       <c r="C488" s="2">
-        <v>1.0215</v>
+        <v>1.0461</v>
       </c>
       <c r="D488" s="2">
-        <v>1.0195</v>
+        <v>1.0441</v>
       </c>
       <c r="E488" s="2">
-        <v>1.0205</v>
+        <v>1.0451</v>
       </c>
       <c r="F488" s="0"/>
     </row>
     <row r="489" spans="1:6">
       <c r="B489" s="4">
-        <v>45301</v>
+        <v>45345</v>
       </c>
       <c r="C489" s="2">
-        <v>1.0214</v>
+        <v>1.0457</v>
       </c>
       <c r="D489" s="2">
-        <v>1.0194</v>
+        <v>1.0437</v>
       </c>
       <c r="E489" s="2">
-        <v>1.0204</v>
+        <v>1.0447</v>
       </c>
       <c r="F489" s="0"/>
     </row>
     <row r="490" spans="1:6">
       <c r="B490" s="4">
-        <v>45300</v>
+        <v>45344</v>
       </c>
       <c r="C490" s="2">
-        <v>1.0215</v>
+        <v>1.0429</v>
       </c>
       <c r="D490" s="2">
-        <v>1.0195</v>
+        <v>1.0409</v>
       </c>
       <c r="E490" s="2">
-        <v>1.0205</v>
+        <v>1.0419</v>
       </c>
       <c r="F490" s="0"/>
     </row>
     <row r="491" spans="1:6">
       <c r="B491" s="4">
-        <v>45299</v>
+        <v>45343</v>
       </c>
       <c r="C491" s="2">
-        <v>1.0213</v>
+        <v>1.0407</v>
       </c>
       <c r="D491" s="2">
-        <v>1.0193</v>
+        <v>1.0387</v>
       </c>
       <c r="E491" s="2">
-        <v>1.0203</v>
+        <v>1.0397</v>
       </c>
       <c r="F491" s="0"/>
     </row>
     <row r="492" spans="1:6">
       <c r="B492" s="4">
-        <v>45296</v>
+        <v>45342</v>
       </c>
       <c r="C492" s="2">
-        <v>1.0214</v>
+        <v>1.0431</v>
       </c>
       <c r="D492" s="2">
-        <v>1.0194</v>
+        <v>1.0411</v>
       </c>
       <c r="E492" s="2">
-        <v>1.0204</v>
+        <v>1.0421</v>
       </c>
       <c r="F492" s="0"/>
     </row>
     <row r="493" spans="1:6">
       <c r="B493" s="4">
-        <v>45295</v>
+        <v>45341</v>
       </c>
       <c r="C493" s="2">
-        <v>1.0214</v>
+        <v>1.0435</v>
       </c>
       <c r="D493" s="2">
-        <v>1.0194</v>
+        <v>1.0415</v>
       </c>
       <c r="E493" s="2">
-        <v>1.0204</v>
+        <v>1.0425</v>
       </c>
       <c r="F493" s="0"/>
     </row>
     <row r="494" spans="1:6">
       <c r="B494" s="4">
-        <v>45294</v>
+        <v>45338</v>
       </c>
       <c r="C494" s="2">
-        <v>1.0215</v>
+        <v>1.0456</v>
       </c>
       <c r="D494" s="2">
-        <v>1.0195</v>
+        <v>1.0436</v>
       </c>
       <c r="E494" s="2">
-        <v>1.0205</v>
+        <v>1.0446</v>
       </c>
       <c r="F494" s="0"/>
     </row>
     <row r="495" spans="1:6">
       <c r="B495" s="4">
-        <v>45293</v>
+        <v>45337</v>
       </c>
       <c r="C495" s="2">
-        <v>1.0217</v>
+        <v>1.0407</v>
       </c>
       <c r="D495" s="2">
-        <v>1.0197</v>
+        <v>1.0387</v>
       </c>
       <c r="E495" s="2">
-        <v>1.0207</v>
+        <v>1.0397</v>
       </c>
       <c r="F495" s="0"/>
     </row>
     <row r="496" spans="1:6">
       <c r="B496" s="4">
-        <v>45289</v>
+        <v>45336</v>
       </c>
       <c r="C496" s="2">
-        <v>1.0218</v>
+        <v>1.0351</v>
       </c>
       <c r="D496" s="2">
-        <v>1.0198</v>
+        <v>1.0331</v>
       </c>
       <c r="E496" s="2">
-        <v>1.0208</v>
+        <v>1.0341</v>
       </c>
       <c r="F496" s="0"/>
     </row>
     <row r="497" spans="1:6">
       <c r="B497" s="4">
-        <v>45288</v>
+        <v>45335</v>
       </c>
       <c r="C497" s="2">
-        <v>1.0216</v>
+        <v>1.042</v>
       </c>
       <c r="D497" s="2">
-        <v>1.0196</v>
+        <v>1.04</v>
       </c>
       <c r="E497" s="2">
-        <v>1.0206</v>
+        <v>1.041</v>
       </c>
       <c r="F497" s="0"/>
     </row>
     <row r="498" spans="1:6">
       <c r="B498" s="4">
-        <v>45287</v>
+        <v>45334</v>
       </c>
       <c r="C498" s="2">
-        <v>1.0214</v>
+        <v>1.0411</v>
       </c>
       <c r="D498" s="2">
-        <v>1.0194</v>
+        <v>1.0391</v>
       </c>
       <c r="E498" s="2">
-        <v>1.0204</v>
+        <v>1.0401</v>
       </c>
       <c r="F498" s="0"/>
     </row>
     <row r="499" spans="1:6">
       <c r="B499" s="4">
-        <v>45282</v>
+        <v>45331</v>
       </c>
       <c r="C499" s="2">
-        <v>1.0214</v>
+        <v>1.0413</v>
       </c>
       <c r="D499" s="2">
-        <v>1.0194</v>
+        <v>1.0393</v>
       </c>
       <c r="E499" s="2">
-        <v>1.0204</v>
+        <v>1.0403</v>
       </c>
       <c r="F499" s="0"/>
     </row>
     <row r="500" spans="1:6">
       <c r="B500" s="4">
-        <v>45281</v>
+        <v>45330</v>
       </c>
       <c r="C500" s="2">
-        <v>1.0213</v>
+        <v>1.0409</v>
       </c>
       <c r="D500" s="2">
-        <v>1.0193</v>
+        <v>1.0389</v>
       </c>
       <c r="E500" s="2">
-        <v>1.0203</v>
+        <v>1.0399</v>
       </c>
       <c r="F500" s="0"/>
     </row>
     <row r="501" spans="1:6">
       <c r="B501" s="4">
-        <v>45280</v>
+        <v>45329</v>
       </c>
       <c r="C501" s="2">
-        <v>1.0215</v>
+        <v>1.0377</v>
       </c>
       <c r="D501" s="2">
-        <v>1.0195</v>
+        <v>1.0357</v>
       </c>
       <c r="E501" s="2">
-        <v>1.0205</v>
+        <v>1.0367</v>
       </c>
       <c r="F501" s="0"/>
     </row>
     <row r="502" spans="1:6">
       <c r="B502" s="4">
-        <v>45279</v>
+        <v>45328</v>
       </c>
       <c r="C502" s="2">
-        <v>1.0214</v>
+        <v>1.0346</v>
       </c>
       <c r="D502" s="2">
-        <v>1.0194</v>
+        <v>1.0326</v>
       </c>
       <c r="E502" s="2">
-        <v>1.0204</v>
+        <v>1.0336</v>
       </c>
       <c r="F502" s="0"/>
     </row>
     <row r="503" spans="1:6">
       <c r="B503" s="4">
-        <v>45278</v>
+        <v>45327</v>
       </c>
       <c r="C503" s="2">
-        <v>1.0213</v>
+        <v>1.0361</v>
       </c>
       <c r="D503" s="2">
-        <v>1.0193</v>
+        <v>1.0341</v>
       </c>
       <c r="E503" s="2">
-        <v>1.0203</v>
+        <v>1.0351</v>
       </c>
       <c r="F503" s="0"/>
     </row>
     <row r="504" spans="1:6">
       <c r="B504" s="4">
-        <v>45275</v>
+        <v>45324</v>
       </c>
       <c r="C504" s="2">
-        <v>1.0214</v>
+        <v>1.0392</v>
       </c>
       <c r="D504" s="2">
-        <v>1.0194</v>
+        <v>1.0372</v>
       </c>
       <c r="E504" s="2">
-        <v>1.0204</v>
+        <v>1.0382</v>
       </c>
       <c r="F504" s="0"/>
     </row>
     <row r="505" spans="1:6">
       <c r="B505" s="4">
-        <v>45274</v>
+        <v>45323</v>
       </c>
       <c r="C505" s="2">
-        <v>1.0213</v>
+        <v>1.0329</v>
       </c>
       <c r="D505" s="2">
-        <v>1.0193</v>
+        <v>1.0309</v>
       </c>
       <c r="E505" s="2">
-        <v>1.0203</v>
+        <v>1.0319</v>
       </c>
       <c r="F505" s="0"/>
     </row>
     <row r="506" spans="1:6">
       <c r="B506" s="4">
-        <v>45273</v>
+        <v>45322</v>
       </c>
       <c r="C506" s="2">
-        <v>1.0211</v>
+        <v>1.0384</v>
       </c>
       <c r="D506" s="2">
-        <v>1.0191</v>
+        <v>1.0364</v>
       </c>
       <c r="E506" s="2">
-        <v>1.0201</v>
+        <v>1.0374</v>
       </c>
       <c r="F506" s="0"/>
     </row>
     <row r="507" spans="1:6">
       <c r="B507" s="4">
-        <v>45272</v>
+        <v>45321</v>
       </c>
       <c r="C507" s="2">
-        <v>1.0202</v>
+        <v>1.0346</v>
       </c>
       <c r="D507" s="2">
-        <v>1.0182</v>
+        <v>1.0326</v>
       </c>
       <c r="E507" s="2">
-        <v>1.0192</v>
+        <v>1.0336</v>
       </c>
       <c r="F507" s="0"/>
     </row>
     <row r="508" spans="1:6">
       <c r="B508" s="4">
-        <v>45271</v>
+        <v>45320</v>
       </c>
       <c r="C508" s="2">
-        <v>1.0198</v>
+        <v>1.0328</v>
       </c>
       <c r="D508" s="2">
-        <v>1.0178</v>
+        <v>1.0308</v>
       </c>
       <c r="E508" s="2">
-        <v>1.0188</v>
+        <v>1.0318</v>
       </c>
       <c r="F508" s="0"/>
     </row>
     <row r="509" spans="1:6">
       <c r="B509" s="4">
-        <v>45268</v>
+        <v>45316</v>
       </c>
       <c r="C509" s="2">
-        <v>1.0195</v>
+        <v>1.0307</v>
       </c>
       <c r="D509" s="2">
-        <v>1.0175</v>
+        <v>1.0287</v>
       </c>
       <c r="E509" s="2">
-        <v>1.0185</v>
+        <v>1.0297</v>
       </c>
       <c r="F509" s="0"/>
     </row>
     <row r="510" spans="1:6">
       <c r="B510" s="4">
-        <v>45267</v>
+        <v>45315</v>
       </c>
       <c r="C510" s="2">
-        <v>1.0194</v>
+        <v>1.0281</v>
       </c>
       <c r="D510" s="2">
-        <v>1.0174</v>
+        <v>1.0261</v>
       </c>
       <c r="E510" s="2">
-        <v>1.0184</v>
+        <v>1.0271</v>
       </c>
       <c r="F510" s="0"/>
     </row>
     <row r="511" spans="1:6">
       <c r="B511" s="4">
-        <v>45266</v>
+        <v>45314</v>
       </c>
       <c r="C511" s="2">
-        <v>1.0196</v>
+        <v>1.0272</v>
       </c>
       <c r="D511" s="2">
-        <v>1.0176</v>
+        <v>1.0252</v>
       </c>
       <c r="E511" s="2">
-        <v>1.0186</v>
+        <v>1.0262</v>
       </c>
       <c r="F511" s="0"/>
     </row>
     <row r="512" spans="1:6">
       <c r="B512" s="4">
-        <v>45265</v>
+        <v>45313</v>
       </c>
       <c r="C512" s="2">
-        <v>1.0184</v>
+        <v>1.0241</v>
       </c>
       <c r="D512" s="2">
-        <v>1.0164</v>
+        <v>1.0221</v>
       </c>
       <c r="E512" s="2">
-        <v>1.0174</v>
+        <v>1.0231</v>
       </c>
       <c r="F512" s="0"/>
     </row>
     <row r="513" spans="1:6">
       <c r="B513" s="4">
-        <v>45264</v>
+        <v>45310</v>
       </c>
       <c r="C513" s="2">
-        <v>1.0188</v>
+        <v>1.0192</v>
       </c>
       <c r="D513" s="2">
-        <v>1.0168</v>
+        <v>1.0172</v>
       </c>
       <c r="E513" s="2">
-        <v>1.0178</v>
+        <v>1.0182</v>
       </c>
       <c r="F513" s="0"/>
     </row>
     <row r="514" spans="1:6">
       <c r="B514" s="4">
-        <v>45261</v>
+        <v>45309</v>
       </c>
       <c r="C514" s="2">
-        <v>1.0182</v>
+        <v>1.0133</v>
       </c>
       <c r="D514" s="2">
-        <v>1.0162</v>
+        <v>1.0113</v>
       </c>
       <c r="E514" s="2">
-        <v>1.0172</v>
+        <v>1.0123</v>
       </c>
       <c r="F514" s="0"/>
     </row>
     <row r="515" spans="1:6">
       <c r="B515" s="4">
-        <v>45260</v>
+        <v>45308</v>
       </c>
       <c r="C515" s="2">
-        <v>1.018</v>
+        <v>1.0174</v>
       </c>
       <c r="D515" s="2">
-        <v>1.016</v>
+        <v>1.0154</v>
       </c>
       <c r="E515" s="2">
-        <v>1.017</v>
+        <v>1.0164</v>
       </c>
       <c r="F515" s="0"/>
     </row>
     <row r="516" spans="1:6">
       <c r="B516" s="4">
-        <v>45259</v>
+        <v>45307</v>
       </c>
       <c r="C516" s="2">
-        <v>1.0165</v>
+        <v>1.0203</v>
       </c>
       <c r="D516" s="2">
-        <v>1.0145</v>
+        <v>1.0183</v>
       </c>
       <c r="E516" s="2">
-        <v>1.0155</v>
+        <v>1.0193</v>
       </c>
       <c r="F516" s="0"/>
     </row>
     <row r="517" spans="1:6">
       <c r="B517" s="4">
-        <v>45258</v>
+        <v>45306</v>
       </c>
       <c r="C517" s="2">
-        <v>1.0165</v>
+        <v>1.0214</v>
       </c>
       <c r="D517" s="2">
-        <v>1.0145</v>
+        <v>1.0194</v>
       </c>
       <c r="E517" s="2">
-        <v>1.0155</v>
+        <v>1.0204</v>
       </c>
       <c r="F517" s="0"/>
     </row>
     <row r="518" spans="1:6">
       <c r="B518" s="4">
-        <v>45257</v>
+        <v>45303</v>
       </c>
       <c r="C518" s="2">
-        <v>1.0164</v>
+        <v>1.0214</v>
       </c>
       <c r="D518" s="2">
-        <v>1.0144</v>
+        <v>1.0194</v>
       </c>
       <c r="E518" s="2">
-        <v>1.0154</v>
+        <v>1.0204</v>
       </c>
       <c r="F518" s="0"/>
     </row>
     <row r="519" spans="1:6">
       <c r="B519" s="4">
-        <v>45254</v>
+        <v>45302</v>
       </c>
       <c r="C519" s="2">
-        <v>1.017</v>
+        <v>1.0215</v>
       </c>
       <c r="D519" s="2">
-        <v>1.015</v>
+        <v>1.0195</v>
       </c>
       <c r="E519" s="2">
-        <v>1.016</v>
+        <v>1.0205</v>
       </c>
       <c r="F519" s="0"/>
     </row>
     <row r="520" spans="1:6">
       <c r="B520" s="4">
-        <v>45253</v>
+        <v>45301</v>
       </c>
       <c r="C520" s="2">
-        <v>1.017</v>
+        <v>1.0214</v>
       </c>
       <c r="D520" s="2">
-        <v>1.015</v>
+        <v>1.0194</v>
       </c>
       <c r="E520" s="2">
-        <v>1.016</v>
+        <v>1.0204</v>
       </c>
       <c r="F520" s="0"/>
     </row>
     <row r="521" spans="1:6">
       <c r="B521" s="4">
-        <v>45252</v>
+        <v>45300</v>
       </c>
       <c r="C521" s="2">
-        <v>1.0171</v>
+        <v>1.0215</v>
       </c>
       <c r="D521" s="2">
-        <v>1.0151</v>
+        <v>1.0195</v>
       </c>
       <c r="E521" s="2">
-        <v>1.0161</v>
+        <v>1.0205</v>
       </c>
       <c r="F521" s="0"/>
     </row>
     <row r="522" spans="1:6">
       <c r="B522" s="4">
-        <v>45251</v>
+        <v>45299</v>
       </c>
       <c r="C522" s="2">
-        <v>1.0172</v>
+        <v>1.0213</v>
       </c>
       <c r="D522" s="2">
-        <v>1.0152</v>
+        <v>1.0193</v>
       </c>
       <c r="E522" s="2">
-        <v>1.0162</v>
+        <v>1.0203</v>
       </c>
       <c r="F522" s="0"/>
     </row>
     <row r="523" spans="1:6">
       <c r="B523" s="4">
-        <v>45250</v>
+        <v>45296</v>
       </c>
       <c r="C523" s="2">
-        <v>1.0167</v>
+        <v>1.0214</v>
       </c>
       <c r="D523" s="2">
-        <v>1.0147</v>
+        <v>1.0194</v>
       </c>
       <c r="E523" s="2">
-        <v>1.0157</v>
+        <v>1.0204</v>
       </c>
       <c r="F523" s="0"/>
     </row>
     <row r="524" spans="1:6">
       <c r="B524" s="4">
-        <v>45247</v>
+        <v>45295</v>
       </c>
       <c r="C524" s="2">
-        <v>1.017</v>
+        <v>1.0214</v>
       </c>
       <c r="D524" s="2">
-        <v>1.015</v>
+        <v>1.0194</v>
       </c>
       <c r="E524" s="2">
-        <v>1.016</v>
+        <v>1.0204</v>
       </c>
       <c r="F524" s="0"/>
     </row>
     <row r="525" spans="1:6">
       <c r="B525" s="4">
-        <v>45246</v>
+        <v>45294</v>
       </c>
       <c r="C525" s="2">
-        <v>1.017</v>
+        <v>1.0215</v>
       </c>
       <c r="D525" s="2">
-        <v>1.015</v>
+        <v>1.0195</v>
       </c>
       <c r="E525" s="2">
-        <v>1.016</v>
+        <v>1.0205</v>
       </c>
       <c r="F525" s="0"/>
     </row>
     <row r="526" spans="1:6">
       <c r="B526" s="4">
-        <v>45245</v>
+        <v>45293</v>
       </c>
       <c r="C526" s="2">
-        <v>1.0173</v>
+        <v>1.0217</v>
       </c>
       <c r="D526" s="2">
-        <v>1.0153</v>
+        <v>1.0197</v>
       </c>
       <c r="E526" s="2">
-        <v>1.0163</v>
+        <v>1.0207</v>
       </c>
       <c r="F526" s="0"/>
     </row>
     <row r="527" spans="1:6">
       <c r="B527" s="4">
-        <v>45244</v>
+        <v>45289</v>
       </c>
       <c r="C527" s="2">
-        <v>1.0151</v>
+        <v>1.0218</v>
       </c>
       <c r="D527" s="2">
-        <v>1.0131</v>
+        <v>1.0198</v>
       </c>
       <c r="E527" s="2">
-        <v>1.0141</v>
+        <v>1.0208</v>
       </c>
       <c r="F527" s="0"/>
     </row>
     <row r="528" spans="1:6">
       <c r="B528" s="4">
-        <v>45243</v>
+        <v>45288</v>
       </c>
       <c r="C528" s="2">
-        <v>1.0141</v>
+        <v>1.0216</v>
       </c>
       <c r="D528" s="2">
-        <v>1.0121</v>
+        <v>1.0196</v>
       </c>
       <c r="E528" s="2">
-        <v>1.0131</v>
+        <v>1.0206</v>
       </c>
       <c r="F528" s="0"/>
     </row>
     <row r="529" spans="1:6">
       <c r="B529" s="4">
-        <v>45240</v>
+        <v>45287</v>
       </c>
       <c r="C529" s="2">
-        <v>1.0142</v>
+        <v>1.0214</v>
       </c>
       <c r="D529" s="2">
-        <v>1.0122</v>
+        <v>1.0194</v>
       </c>
       <c r="E529" s="2">
-        <v>1.0132</v>
+        <v>1.0204</v>
       </c>
       <c r="F529" s="0"/>
     </row>
     <row r="530" spans="1:6">
       <c r="B530" s="4">
-        <v>45239</v>
+        <v>45282</v>
       </c>
       <c r="C530" s="2">
-        <v>1.0146</v>
+        <v>1.0214</v>
       </c>
       <c r="D530" s="2">
-        <v>1.0126</v>
+        <v>1.0194</v>
       </c>
       <c r="E530" s="2">
-        <v>1.0136</v>
+        <v>1.0204</v>
       </c>
       <c r="F530" s="0"/>
     </row>
     <row r="531" spans="1:6">
       <c r="B531" s="4">
-        <v>45238</v>
+        <v>45281</v>
       </c>
       <c r="C531" s="2">
-        <v>1.0141</v>
+        <v>1.0213</v>
       </c>
       <c r="D531" s="2">
-        <v>1.0121</v>
+        <v>1.0193</v>
       </c>
       <c r="E531" s="2">
-        <v>1.0131</v>
+        <v>1.0203</v>
       </c>
       <c r="F531" s="0"/>
     </row>
     <row r="532" spans="1:6">
       <c r="B532" s="4">
-        <v>45237</v>
+        <v>45280</v>
       </c>
       <c r="C532" s="2">
-        <v>1.014</v>
+        <v>1.0215</v>
       </c>
       <c r="D532" s="2">
-        <v>1.012</v>
+        <v>1.0195</v>
       </c>
       <c r="E532" s="2">
-        <v>1.013</v>
+        <v>1.0205</v>
       </c>
       <c r="F532" s="0"/>
     </row>
     <row r="533" spans="1:6">
       <c r="B533" s="4">
-        <v>45236</v>
+        <v>45279</v>
       </c>
       <c r="C533" s="2">
-        <v>1.0141</v>
+        <v>1.0214</v>
       </c>
       <c r="D533" s="2">
-        <v>1.0121</v>
+        <v>1.0194</v>
       </c>
       <c r="E533" s="2">
-        <v>1.0131</v>
+        <v>1.0204</v>
       </c>
       <c r="F533" s="0"/>
     </row>
     <row r="534" spans="1:6">
       <c r="B534" s="4">
-        <v>45233</v>
+        <v>45278</v>
       </c>
       <c r="C534" s="2">
-        <v>1.0136</v>
+        <v>1.0213</v>
       </c>
       <c r="D534" s="2">
-        <v>1.0116</v>
+        <v>1.0193</v>
       </c>
       <c r="E534" s="2">
-        <v>1.0126</v>
+        <v>1.0203</v>
       </c>
       <c r="F534" s="0"/>
     </row>
     <row r="535" spans="1:6">
       <c r="B535" s="4">
-        <v>45232</v>
+        <v>45275</v>
       </c>
       <c r="C535" s="2">
-        <v>1.0116</v>
+        <v>1.0214</v>
       </c>
       <c r="D535" s="2">
-        <v>1.0096</v>
+        <v>1.0194</v>
       </c>
       <c r="E535" s="2">
-        <v>1.0106</v>
+        <v>1.0204</v>
       </c>
       <c r="F535" s="0"/>
     </row>
     <row r="536" spans="1:6">
       <c r="B536" s="4">
-        <v>45231</v>
+        <v>45274</v>
       </c>
       <c r="C536" s="2">
-        <v>1.0105</v>
+        <v>1.0213</v>
       </c>
       <c r="D536" s="2">
-        <v>1.0085</v>
+        <v>1.0193</v>
       </c>
       <c r="E536" s="2">
-        <v>1.0095</v>
+        <v>1.0203</v>
       </c>
       <c r="F536" s="0"/>
     </row>
     <row r="537" spans="1:6">
       <c r="B537" s="4">
-        <v>45230</v>
+        <v>45273</v>
       </c>
       <c r="C537" s="2">
-        <v>1.0092</v>
+        <v>1.0211</v>
       </c>
       <c r="D537" s="2">
-        <v>1.0072</v>
+        <v>1.0191</v>
       </c>
       <c r="E537" s="2">
-        <v>1.0082</v>
+        <v>1.0201</v>
       </c>
       <c r="F537" s="0"/>
     </row>
     <row r="538" spans="1:6">
       <c r="B538" s="4">
-        <v>45229</v>
+        <v>45272</v>
       </c>
       <c r="C538" s="2">
-        <v>1.0083</v>
+        <v>1.0202</v>
       </c>
       <c r="D538" s="2">
-        <v>1.0063</v>
+        <v>1.0182</v>
       </c>
       <c r="E538" s="2">
-        <v>1.0073</v>
+        <v>1.0192</v>
       </c>
       <c r="F538" s="0"/>
     </row>
     <row r="539" spans="1:6">
       <c r="B539" s="4">
-        <v>45226</v>
+        <v>45271</v>
       </c>
       <c r="C539" s="2">
-        <v>1.0095</v>
+        <v>1.0198</v>
       </c>
       <c r="D539" s="2">
-        <v>1.0075</v>
+        <v>1.0178</v>
       </c>
       <c r="E539" s="2">
-        <v>1.0085</v>
+        <v>1.0188</v>
       </c>
       <c r="F539" s="0"/>
     </row>
     <row r="540" spans="1:6">
       <c r="B540" s="4">
-        <v>45225</v>
+        <v>45268</v>
       </c>
       <c r="C540" s="2">
-        <v>1.0092</v>
+        <v>1.0195</v>
       </c>
       <c r="D540" s="2">
-        <v>1.0072</v>
+        <v>1.0175</v>
       </c>
       <c r="E540" s="2">
-        <v>1.0082</v>
+        <v>1.0185</v>
       </c>
       <c r="F540" s="0"/>
     </row>
     <row r="541" spans="1:6">
       <c r="B541" s="4">
-        <v>45224</v>
+        <v>45267</v>
       </c>
       <c r="C541" s="2">
-        <v>1.0101</v>
+        <v>1.0194</v>
       </c>
       <c r="D541" s="2">
-        <v>1.0081</v>
+        <v>1.0174</v>
       </c>
       <c r="E541" s="2">
-        <v>1.0091</v>
+        <v>1.0184</v>
       </c>
       <c r="F541" s="0"/>
     </row>
     <row r="542" spans="1:6">
       <c r="B542" s="4">
-        <v>45223</v>
+        <v>45266</v>
       </c>
       <c r="C542" s="2">
-        <v>1.0102</v>
+        <v>1.0196</v>
       </c>
       <c r="D542" s="2">
-        <v>1.0082</v>
+        <v>1.0176</v>
       </c>
       <c r="E542" s="2">
-        <v>1.0092</v>
+        <v>1.0186</v>
       </c>
       <c r="F542" s="0"/>
     </row>
     <row r="543" spans="1:6">
       <c r="B543" s="4">
-        <v>45222</v>
+        <v>45265</v>
       </c>
       <c r="C543" s="2">
-        <v>1.0105</v>
+        <v>1.0184</v>
       </c>
       <c r="D543" s="2">
-        <v>1.0085</v>
+        <v>1.0164</v>
       </c>
       <c r="E543" s="2">
-        <v>1.0095</v>
+        <v>1.0174</v>
       </c>
       <c r="F543" s="0"/>
     </row>
     <row r="544" spans="1:6">
       <c r="B544" s="4">
-        <v>45219</v>
+        <v>45264</v>
       </c>
       <c r="C544" s="2">
-        <v>1.0115</v>
+        <v>1.0188</v>
       </c>
       <c r="D544" s="2">
-        <v>1.0095</v>
+        <v>1.0168</v>
       </c>
       <c r="E544" s="2">
-        <v>1.0105</v>
+        <v>1.0178</v>
       </c>
       <c r="F544" s="0"/>
     </row>
     <row r="545" spans="1:6">
       <c r="B545" s="4">
-        <v>45218</v>
+        <v>45261</v>
       </c>
       <c r="C545" s="2">
-        <v>1.0133</v>
+        <v>1.0182</v>
       </c>
       <c r="D545" s="2">
-        <v>1.0113</v>
+        <v>1.0162</v>
       </c>
       <c r="E545" s="2">
-        <v>1.0123</v>
+        <v>1.0172</v>
       </c>
       <c r="F545" s="0"/>
     </row>
     <row r="546" spans="1:6">
       <c r="B546" s="4">
-        <v>45217</v>
+        <v>45260</v>
       </c>
       <c r="C546" s="2">
-        <v>1.0152</v>
+        <v>1.018</v>
       </c>
       <c r="D546" s="2">
-        <v>1.0132</v>
+        <v>1.016</v>
       </c>
       <c r="E546" s="2">
-        <v>1.0142</v>
+        <v>1.017</v>
       </c>
       <c r="F546" s="0"/>
     </row>
     <row r="547" spans="1:6">
       <c r="B547" s="4">
-        <v>45216</v>
+        <v>45259</v>
       </c>
       <c r="C547" s="2">
-        <v>1.0152</v>
+        <v>1.0165</v>
       </c>
       <c r="D547" s="2">
-        <v>1.0132</v>
+        <v>1.0145</v>
       </c>
       <c r="E547" s="2">
-        <v>1.0142</v>
+        <v>1.0155</v>
       </c>
       <c r="F547" s="0"/>
     </row>
     <row r="548" spans="1:6">
       <c r="B548" s="4">
-        <v>45215</v>
+        <v>45258</v>
       </c>
       <c r="C548" s="2">
-        <v>1.0147</v>
+        <v>1.0165</v>
       </c>
       <c r="D548" s="2">
-        <v>1.0127</v>
+        <v>1.0145</v>
       </c>
       <c r="E548" s="2">
-        <v>1.0137</v>
+        <v>1.0155</v>
       </c>
       <c r="F548" s="0"/>
     </row>
     <row r="549" spans="1:6">
       <c r="B549" s="4">
-        <v>45212</v>
+        <v>45257</v>
       </c>
       <c r="C549" s="2">
-        <v>1.0157</v>
+        <v>1.0164</v>
       </c>
       <c r="D549" s="2">
-        <v>1.0137</v>
+        <v>1.0144</v>
       </c>
       <c r="E549" s="2">
-        <v>1.0147</v>
+        <v>1.0154</v>
       </c>
       <c r="F549" s="0"/>
     </row>
     <row r="550" spans="1:6">
       <c r="B550" s="4">
-        <v>45211</v>
+        <v>45254</v>
       </c>
       <c r="C550" s="2">
-        <v>1.0166</v>
+        <v>1.017</v>
       </c>
       <c r="D550" s="2">
-        <v>1.0146</v>
+        <v>1.015</v>
       </c>
       <c r="E550" s="2">
-        <v>1.0156</v>
+        <v>1.016</v>
       </c>
       <c r="F550" s="0"/>
     </row>
     <row r="551" spans="1:6">
       <c r="B551" s="4">
-        <v>45210</v>
+        <v>45253</v>
       </c>
       <c r="C551" s="2">
-        <v>1.0157</v>
+        <v>1.017</v>
       </c>
       <c r="D551" s="2">
-        <v>1.0137</v>
+        <v>1.015</v>
       </c>
       <c r="E551" s="2">
-        <v>1.0147</v>
+        <v>1.016</v>
       </c>
       <c r="F551" s="0"/>
     </row>
     <row r="552" spans="1:6">
       <c r="B552" s="4">
-        <v>45209</v>
+        <v>45252</v>
       </c>
       <c r="C552" s="2">
-        <v>1.0143</v>
+        <v>1.0171</v>
       </c>
       <c r="D552" s="2">
-        <v>1.0123</v>
+        <v>1.0151</v>
       </c>
       <c r="E552" s="2">
-        <v>1.0133</v>
+        <v>1.0161</v>
       </c>
       <c r="F552" s="0"/>
     </row>
     <row r="553" spans="1:6">
       <c r="B553" s="4">
-        <v>45208</v>
+        <v>45251</v>
       </c>
       <c r="C553" s="2">
-        <v>1.0127</v>
+        <v>1.0172</v>
       </c>
       <c r="D553" s="2">
-        <v>1.0107</v>
+        <v>1.0152</v>
       </c>
       <c r="E553" s="2">
-        <v>1.0117</v>
+        <v>1.0162</v>
       </c>
       <c r="F553" s="0"/>
     </row>
     <row r="554" spans="1:6">
       <c r="B554" s="4">
-        <v>45205</v>
+        <v>45250</v>
       </c>
       <c r="C554" s="2">
-        <v>1.0124</v>
+        <v>1.0167</v>
       </c>
       <c r="D554" s="2">
-        <v>1.0104</v>
+        <v>1.0147</v>
       </c>
       <c r="E554" s="2">
-        <v>1.0114</v>
+        <v>1.0157</v>
       </c>
       <c r="F554" s="0"/>
     </row>
     <row r="555" spans="1:6">
       <c r="B555" s="4">
-        <v>45204</v>
+        <v>45247</v>
       </c>
       <c r="C555" s="2">
-        <v>1.012</v>
+        <v>1.017</v>
       </c>
       <c r="D555" s="2">
-        <v>1.01</v>
+        <v>1.015</v>
       </c>
       <c r="E555" s="2">
-        <v>1.011</v>
+        <v>1.016</v>
       </c>
       <c r="F555" s="0"/>
     </row>
     <row r="556" spans="1:6">
       <c r="B556" s="4">
-        <v>45203</v>
+        <v>45246</v>
       </c>
       <c r="C556" s="2">
-        <v>1.0111</v>
+        <v>1.017</v>
       </c>
       <c r="D556" s="2">
-        <v>1.0091</v>
+        <v>1.015</v>
       </c>
       <c r="E556" s="2">
-        <v>1.0101</v>
+        <v>1.016</v>
       </c>
       <c r="F556" s="0"/>
     </row>
     <row r="557" spans="1:6">
       <c r="B557" s="4">
-        <v>45202</v>
+        <v>45245</v>
       </c>
       <c r="C557" s="2">
-        <v>1.013</v>
+        <v>1.0173</v>
       </c>
       <c r="D557" s="2">
-        <v>1.011</v>
+        <v>1.0153</v>
       </c>
       <c r="E557" s="2">
-        <v>1.012</v>
+        <v>1.0163</v>
       </c>
       <c r="F557" s="0"/>
     </row>
     <row r="558" spans="1:6">
       <c r="B558" s="4">
-        <v>45198</v>
+        <v>45244</v>
       </c>
       <c r="C558" s="2">
-        <v>1.0149</v>
+        <v>1.0151</v>
       </c>
       <c r="D558" s="2">
-        <v>1.0129</v>
+        <v>1.0131</v>
       </c>
       <c r="E558" s="2">
-        <v>1.0139</v>
+        <v>1.0141</v>
       </c>
       <c r="F558" s="0"/>
     </row>
     <row r="559" spans="1:6">
       <c r="B559" s="4">
-        <v>45197</v>
+        <v>45243</v>
       </c>
       <c r="C559" s="2">
-        <v>1.014</v>
+        <v>1.0141</v>
       </c>
       <c r="D559" s="2">
-        <v>1.012</v>
+        <v>1.0121</v>
       </c>
       <c r="E559" s="2">
-        <v>1.013</v>
+        <v>1.0131</v>
       </c>
       <c r="F559" s="0"/>
     </row>
     <row r="560" spans="1:6">
       <c r="B560" s="4">
-        <v>45196</v>
+        <v>45240</v>
       </c>
       <c r="C560" s="2">
         <v>1.0142</v>
       </c>
       <c r="D560" s="2">
         <v>1.0122</v>
       </c>
       <c r="E560" s="2">
         <v>1.0132</v>
       </c>
       <c r="F560" s="0"/>
     </row>
     <row r="561" spans="1:6">
       <c r="B561" s="4">
-        <v>45195</v>
+        <v>45239</v>
       </c>
       <c r="C561" s="2">
-        <v>1.0148</v>
+        <v>1.0146</v>
       </c>
       <c r="D561" s="2">
-        <v>1.0128</v>
+        <v>1.0126</v>
       </c>
       <c r="E561" s="2">
-        <v>1.0138</v>
+        <v>1.0136</v>
       </c>
       <c r="F561" s="0"/>
     </row>
     <row r="562" spans="1:6">
       <c r="B562" s="4">
-        <v>45194</v>
+        <v>45238</v>
       </c>
       <c r="C562" s="2">
-        <v>1.0157</v>
+        <v>1.0141</v>
       </c>
       <c r="D562" s="2">
-        <v>1.0137</v>
+        <v>1.0121</v>
       </c>
       <c r="E562" s="2">
-        <v>1.0147</v>
+        <v>1.0131</v>
       </c>
       <c r="F562" s="0"/>
     </row>
     <row r="563" spans="1:6">
       <c r="B563" s="4">
-        <v>45191</v>
+        <v>45237</v>
       </c>
       <c r="C563" s="2">
-        <v>1.0159</v>
+        <v>1.014</v>
       </c>
       <c r="D563" s="2">
-        <v>1.0139</v>
+        <v>1.012</v>
       </c>
       <c r="E563" s="2">
-        <v>1.0149</v>
+        <v>1.013</v>
       </c>
       <c r="F563" s="0"/>
     </row>
     <row r="564" spans="1:6">
       <c r="B564" s="4">
-        <v>45190</v>
+        <v>45236</v>
       </c>
       <c r="C564" s="2">
-        <v>1.0164</v>
+        <v>1.0141</v>
       </c>
       <c r="D564" s="2">
-        <v>1.0144</v>
+        <v>1.0121</v>
       </c>
       <c r="E564" s="2">
-        <v>1.0154</v>
+        <v>1.0131</v>
       </c>
       <c r="F564" s="0"/>
     </row>
     <row r="565" spans="1:6">
       <c r="B565" s="4">
-        <v>45189</v>
+        <v>45233</v>
       </c>
       <c r="C565" s="2">
-        <v>1.0187</v>
+        <v>1.0136</v>
       </c>
       <c r="D565" s="2">
-        <v>1.0167</v>
+        <v>1.0116</v>
       </c>
       <c r="E565" s="2">
-        <v>1.0177</v>
+        <v>1.0126</v>
       </c>
       <c r="F565" s="0"/>
     </row>
     <row r="566" spans="1:6">
       <c r="B566" s="4">
-        <v>45188</v>
+        <v>45232</v>
       </c>
       <c r="C566" s="2">
-        <v>1.0201</v>
+        <v>1.0116</v>
       </c>
       <c r="D566" s="2">
-        <v>1.0181</v>
+        <v>1.0096</v>
       </c>
       <c r="E566" s="2">
-        <v>1.0191</v>
+        <v>1.0106</v>
       </c>
       <c r="F566" s="0"/>
     </row>
     <row r="567" spans="1:6">
       <c r="B567" s="4">
-        <v>45187</v>
+        <v>45231</v>
       </c>
       <c r="C567" s="2">
-        <v>1.0212</v>
+        <v>1.0105</v>
       </c>
       <c r="D567" s="2">
-        <v>1.0192</v>
+        <v>1.0085</v>
       </c>
       <c r="E567" s="2">
-        <v>1.0202</v>
+        <v>1.0095</v>
       </c>
       <c r="F567" s="0"/>
     </row>
     <row r="568" spans="1:6">
       <c r="B568" s="4">
-        <v>45184</v>
+        <v>45230</v>
       </c>
       <c r="C568" s="2">
-        <v>1.0232</v>
+        <v>1.0092</v>
       </c>
       <c r="D568" s="2">
-        <v>1.0212</v>
+        <v>1.0072</v>
       </c>
       <c r="E568" s="2">
-        <v>1.0222</v>
+        <v>1.0082</v>
       </c>
       <c r="F568" s="0"/>
     </row>
     <row r="569" spans="1:6">
       <c r="B569" s="4">
-        <v>45183</v>
+        <v>45229</v>
       </c>
       <c r="C569" s="2">
-        <v>1.0204</v>
+        <v>1.0083</v>
       </c>
       <c r="D569" s="2">
-        <v>1.0184</v>
+        <v>1.0063</v>
       </c>
       <c r="E569" s="2">
-        <v>1.0194</v>
+        <v>1.0073</v>
       </c>
       <c r="F569" s="0"/>
     </row>
     <row r="570" spans="1:6">
       <c r="B570" s="4">
-        <v>45182</v>
+        <v>45226</v>
       </c>
       <c r="C570" s="2">
-        <v>1.0193</v>
+        <v>1.0095</v>
       </c>
       <c r="D570" s="2">
-        <v>1.0173</v>
+        <v>1.0075</v>
       </c>
       <c r="E570" s="2">
-        <v>1.0183</v>
+        <v>1.0085</v>
       </c>
       <c r="F570" s="0"/>
     </row>
     <row r="571" spans="1:6">
       <c r="B571" s="4">
-        <v>45181</v>
+        <v>45225</v>
       </c>
       <c r="C571" s="2">
-        <v>1.0208</v>
+        <v>1.0092</v>
       </c>
       <c r="D571" s="2">
-        <v>1.0188</v>
+        <v>1.0072</v>
       </c>
       <c r="E571" s="2">
-        <v>1.0198</v>
+        <v>1.0082</v>
       </c>
       <c r="F571" s="0"/>
     </row>
     <row r="572" spans="1:6">
       <c r="B572" s="4">
-        <v>45180</v>
+        <v>45224</v>
       </c>
       <c r="C572" s="2">
-        <v>1.0202</v>
+        <v>1.0101</v>
       </c>
       <c r="D572" s="2">
-        <v>1.0182</v>
+        <v>1.0081</v>
       </c>
       <c r="E572" s="2">
-        <v>1.0192</v>
+        <v>1.0091</v>
       </c>
       <c r="F572" s="0"/>
     </row>
     <row r="573" spans="1:6">
       <c r="B573" s="4">
-        <v>45177</v>
+        <v>45223</v>
       </c>
       <c r="C573" s="2">
-        <v>1.0198</v>
+        <v>1.0102</v>
       </c>
       <c r="D573" s="2">
-        <v>1.0178</v>
+        <v>1.0082</v>
       </c>
       <c r="E573" s="2">
-        <v>1.0188</v>
+        <v>1.0092</v>
       </c>
       <c r="F573" s="0"/>
     </row>
     <row r="574" spans="1:6">
       <c r="B574" s="4">
-        <v>45176</v>
+        <v>45222</v>
       </c>
       <c r="C574" s="2">
-        <v>1.0205</v>
+        <v>1.0105</v>
       </c>
       <c r="D574" s="2">
-        <v>1.0185</v>
+        <v>1.0085</v>
       </c>
       <c r="E574" s="2">
-        <v>1.0195</v>
+        <v>1.0095</v>
       </c>
       <c r="F574" s="0"/>
     </row>
     <row r="575" spans="1:6">
       <c r="B575" s="4">
-        <v>45175</v>
+        <v>45219</v>
       </c>
       <c r="C575" s="2">
-        <v>1.0223</v>
+        <v>1.0115</v>
       </c>
       <c r="D575" s="2">
-        <v>1.0203</v>
+        <v>1.0095</v>
       </c>
       <c r="E575" s="2">
-        <v>1.0213</v>
+        <v>1.0105</v>
       </c>
       <c r="F575" s="0"/>
     </row>
     <row r="576" spans="1:6">
       <c r="B576" s="4">
-        <v>45174</v>
+        <v>45218</v>
       </c>
       <c r="C576" s="2">
-        <v>1.0242</v>
+        <v>1.0133</v>
       </c>
       <c r="D576" s="2">
-        <v>1.0222</v>
+        <v>1.0113</v>
       </c>
       <c r="E576" s="2">
-        <v>1.0232</v>
+        <v>1.0123</v>
       </c>
       <c r="F576" s="0"/>
     </row>
     <row r="577" spans="1:6">
       <c r="B577" s="4">
-        <v>45173</v>
+        <v>45217</v>
       </c>
       <c r="C577" s="2">
-        <v>1.0239</v>
+        <v>1.0152</v>
       </c>
       <c r="D577" s="2">
-        <v>1.0219</v>
+        <v>1.0132</v>
       </c>
       <c r="E577" s="2">
-        <v>1.0229</v>
+        <v>1.0142</v>
       </c>
       <c r="F577" s="0"/>
     </row>
     <row r="578" spans="1:6">
       <c r="B578" s="4">
-        <v>45170</v>
+        <v>45216</v>
       </c>
       <c r="C578" s="2">
-        <v>1.0228</v>
+        <v>1.0152</v>
       </c>
       <c r="D578" s="2">
-        <v>1.0208</v>
+        <v>1.0132</v>
       </c>
       <c r="E578" s="2">
-        <v>1.0218</v>
+        <v>1.0142</v>
       </c>
       <c r="F578" s="0"/>
     </row>
     <row r="579" spans="1:6">
       <c r="B579" s="4">
-        <v>45169</v>
+        <v>45215</v>
       </c>
       <c r="C579" s="2">
-        <v>1.0229</v>
+        <v>1.0147</v>
       </c>
       <c r="D579" s="2">
-        <v>1.0209</v>
+        <v>1.0127</v>
       </c>
       <c r="E579" s="2">
-        <v>1.0219</v>
+        <v>1.0137</v>
       </c>
       <c r="F579" s="0"/>
     </row>
     <row r="580" spans="1:6">
       <c r="B580" s="4">
-        <v>45168</v>
+        <v>45212</v>
       </c>
       <c r="C580" s="2">
-        <v>1.0217</v>
+        <v>1.0157</v>
       </c>
       <c r="D580" s="2">
-        <v>1.0197</v>
+        <v>1.0137</v>
       </c>
       <c r="E580" s="2">
-        <v>1.0207</v>
+        <v>1.0147</v>
       </c>
       <c r="F580" s="0"/>
     </row>
     <row r="581" spans="1:6">
       <c r="B581" s="4">
-        <v>45167</v>
+        <v>45211</v>
       </c>
       <c r="C581" s="2">
-        <v>1.0194</v>
+        <v>1.0166</v>
       </c>
       <c r="D581" s="2">
-        <v>1.0174</v>
+        <v>1.0146</v>
       </c>
       <c r="E581" s="2">
-        <v>1.0184</v>
+        <v>1.0156</v>
       </c>
       <c r="F581" s="0"/>
     </row>
     <row r="582" spans="1:6">
       <c r="B582" s="4">
-        <v>45166</v>
+        <v>45210</v>
       </c>
       <c r="C582" s="2">
-        <v>1.0178</v>
+        <v>1.0157</v>
       </c>
       <c r="D582" s="2">
-        <v>1.0158</v>
+        <v>1.0137</v>
       </c>
       <c r="E582" s="2">
-        <v>1.0168</v>
+        <v>1.0147</v>
       </c>
       <c r="F582" s="0"/>
     </row>
     <row r="583" spans="1:6">
       <c r="B583" s="4">
-        <v>45163</v>
+        <v>45209</v>
       </c>
       <c r="C583" s="2">
-        <v>1.0161</v>
+        <v>1.0143</v>
       </c>
       <c r="D583" s="2">
-        <v>1.0141</v>
+        <v>1.0123</v>
       </c>
       <c r="E583" s="2">
-        <v>1.0151</v>
+        <v>1.0133</v>
       </c>
       <c r="F583" s="0"/>
     </row>
     <row r="584" spans="1:6">
       <c r="B584" s="4">
-        <v>45162</v>
+        <v>45208</v>
       </c>
       <c r="C584" s="2">
-        <v>1.0185</v>
+        <v>1.0127</v>
       </c>
       <c r="D584" s="2">
-        <v>1.0165</v>
+        <v>1.0107</v>
       </c>
       <c r="E584" s="2">
-        <v>1.0175</v>
+        <v>1.0117</v>
       </c>
       <c r="F584" s="0"/>
     </row>
     <row r="585" spans="1:6">
       <c r="B585" s="4">
-        <v>45161</v>
+        <v>45205</v>
       </c>
       <c r="C585" s="2">
-        <v>1.0162</v>
+        <v>1.0124</v>
       </c>
       <c r="D585" s="2">
-        <v>1.0142</v>
+        <v>1.0104</v>
       </c>
       <c r="E585" s="2">
-        <v>1.0152</v>
+        <v>1.0114</v>
       </c>
       <c r="F585" s="0"/>
     </row>
     <row r="586" spans="1:6">
       <c r="B586" s="4">
-        <v>45160</v>
+        <v>45204</v>
       </c>
       <c r="C586" s="2">
-        <v>1.0138</v>
+        <v>1.012</v>
       </c>
       <c r="D586" s="2">
-        <v>1.0118</v>
+        <v>1.01</v>
       </c>
       <c r="E586" s="2">
-        <v>1.0128</v>
+        <v>1.011</v>
       </c>
       <c r="F586" s="0"/>
     </row>
     <row r="587" spans="1:6">
       <c r="B587" s="4">
-        <v>45159</v>
+        <v>45203</v>
       </c>
       <c r="C587" s="2">
-        <v>1.0135</v>
+        <v>1.0111</v>
       </c>
       <c r="D587" s="2">
-        <v>1.0115</v>
+        <v>1.0091</v>
       </c>
       <c r="E587" s="2">
-        <v>1.0125</v>
+        <v>1.0101</v>
       </c>
       <c r="F587" s="0"/>
     </row>
     <row r="588" spans="1:6">
       <c r="B588" s="4">
-        <v>45156</v>
+        <v>45202</v>
       </c>
       <c r="C588" s="2">
-        <v>1.0154</v>
+        <v>1.013</v>
       </c>
       <c r="D588" s="2">
-        <v>1.0134</v>
+        <v>1.011</v>
       </c>
       <c r="E588" s="2">
-        <v>1.0144</v>
+        <v>1.012</v>
       </c>
       <c r="F588" s="0"/>
     </row>
     <row r="589" spans="1:6">
       <c r="B589" s="4">
-        <v>45155</v>
+        <v>45198</v>
       </c>
       <c r="C589" s="2">
-        <v>1.0175</v>
+        <v>1.0149</v>
       </c>
       <c r="D589" s="2">
-        <v>1.0155</v>
+        <v>1.0129</v>
       </c>
       <c r="E589" s="2">
-        <v>1.0165</v>
+        <v>1.0139</v>
       </c>
       <c r="F589" s="0"/>
     </row>
     <row r="590" spans="1:6">
       <c r="B590" s="4">
-        <v>45154</v>
+        <v>45197</v>
       </c>
       <c r="C590" s="2">
-        <v>1.0199</v>
+        <v>1.014</v>
       </c>
       <c r="D590" s="2">
-        <v>1.0179</v>
+        <v>1.012</v>
       </c>
       <c r="E590" s="2">
-        <v>1.0189</v>
+        <v>1.013</v>
       </c>
       <c r="F590" s="0"/>
     </row>
     <row r="591" spans="1:6">
       <c r="B591" s="4">
-        <v>45153</v>
+        <v>45196</v>
       </c>
       <c r="C591" s="2">
-        <v>1.0264</v>
+        <v>1.0142</v>
       </c>
       <c r="D591" s="2">
-        <v>1.0244</v>
+        <v>1.0122</v>
       </c>
       <c r="E591" s="2">
-        <v>1.0254</v>
+        <v>1.0132</v>
       </c>
       <c r="F591" s="0"/>
     </row>
     <row r="592" spans="1:6">
       <c r="B592" s="4">
-        <v>45152</v>
+        <v>45195</v>
       </c>
       <c r="C592" s="2">
-        <v>1.0252</v>
+        <v>1.0148</v>
       </c>
       <c r="D592" s="2">
-        <v>1.0232</v>
+        <v>1.0128</v>
       </c>
       <c r="E592" s="2">
-        <v>1.0242</v>
+        <v>1.0138</v>
       </c>
       <c r="F592" s="0"/>
     </row>
     <row r="593" spans="1:6">
       <c r="B593" s="4">
-        <v>45149</v>
+        <v>45194</v>
       </c>
       <c r="C593" s="2">
-        <v>1.0297</v>
+        <v>1.0157</v>
       </c>
       <c r="D593" s="2">
-        <v>1.0277</v>
+        <v>1.0137</v>
       </c>
       <c r="E593" s="2">
-        <v>1.0287</v>
+        <v>1.0147</v>
       </c>
       <c r="F593" s="0"/>
     </row>
     <row r="594" spans="1:6">
       <c r="B594" s="4">
-        <v>45148</v>
+        <v>45191</v>
       </c>
       <c r="C594" s="2">
-        <v>1.03</v>
+        <v>1.0159</v>
       </c>
       <c r="D594" s="2">
-        <v>1.028</v>
+        <v>1.0139</v>
       </c>
       <c r="E594" s="2">
-        <v>1.029</v>
+        <v>1.0149</v>
       </c>
       <c r="F594" s="0"/>
     </row>
     <row r="595" spans="1:6">
       <c r="B595" s="4">
-        <v>45147</v>
+        <v>45190</v>
       </c>
       <c r="C595" s="2">
-        <v>1.0295</v>
+        <v>1.0164</v>
       </c>
       <c r="D595" s="2">
-        <v>1.0275</v>
+        <v>1.0144</v>
       </c>
       <c r="E595" s="2">
-        <v>1.0285</v>
+        <v>1.0154</v>
       </c>
       <c r="F595" s="0"/>
     </row>
     <row r="596" spans="1:6">
       <c r="B596" s="4">
-        <v>45146</v>
+        <v>45189</v>
       </c>
       <c r="C596" s="2">
-        <v>1.0287</v>
+        <v>1.0187</v>
       </c>
       <c r="D596" s="2">
-        <v>1.0267</v>
+        <v>1.0167</v>
       </c>
       <c r="E596" s="2">
-        <v>1.0277</v>
+        <v>1.0177</v>
       </c>
       <c r="F596" s="0"/>
     </row>
     <row r="597" spans="1:6">
       <c r="B597" s="4">
-        <v>45145</v>
+        <v>45188</v>
       </c>
       <c r="C597" s="2">
-        <v>1.0278</v>
+        <v>1.0201</v>
       </c>
       <c r="D597" s="2">
-        <v>1.0258</v>
+        <v>1.0181</v>
       </c>
       <c r="E597" s="2">
-        <v>1.0268</v>
+        <v>1.0191</v>
       </c>
       <c r="F597" s="0"/>
     </row>
     <row r="598" spans="1:6">
       <c r="B598" s="4">
-        <v>45142</v>
+        <v>45187</v>
       </c>
       <c r="C598" s="2">
-        <v>1.0289</v>
+        <v>1.0212</v>
       </c>
       <c r="D598" s="2">
-        <v>1.0269</v>
+        <v>1.0192</v>
       </c>
       <c r="E598" s="2">
-        <v>1.0279</v>
+        <v>1.0202</v>
       </c>
       <c r="F598" s="0"/>
     </row>
     <row r="599" spans="1:6">
       <c r="B599" s="4">
-        <v>45141</v>
+        <v>45184</v>
       </c>
       <c r="C599" s="2">
-        <v>1.0289</v>
+        <v>1.0232</v>
       </c>
       <c r="D599" s="2">
-        <v>1.0269</v>
+        <v>1.0212</v>
       </c>
       <c r="E599" s="2">
-        <v>1.0279</v>
+        <v>1.0222</v>
       </c>
       <c r="F599" s="0"/>
     </row>
     <row r="600" spans="1:6">
       <c r="B600" s="4">
-        <v>45140</v>
+        <v>45183</v>
       </c>
       <c r="C600" s="2">
-        <v>1.0326</v>
+        <v>1.0204</v>
       </c>
       <c r="D600" s="2">
-        <v>1.0306</v>
+        <v>1.0184</v>
       </c>
       <c r="E600" s="2">
-        <v>1.0316</v>
+        <v>1.0194</v>
       </c>
       <c r="F600" s="0"/>
     </row>
     <row r="601" spans="1:6">
       <c r="B601" s="4">
-        <v>45139</v>
+        <v>45182</v>
       </c>
       <c r="C601" s="2">
-        <v>1.0384</v>
+        <v>1.0193</v>
       </c>
       <c r="D601" s="2">
-        <v>1.0364</v>
+        <v>1.0173</v>
       </c>
       <c r="E601" s="2">
-        <v>1.0374</v>
+        <v>1.0183</v>
       </c>
       <c r="F601" s="0"/>
     </row>
     <row r="602" spans="1:6">
       <c r="B602" s="4">
-        <v>45138</v>
+        <v>45181</v>
       </c>
       <c r="C602" s="2">
-        <v>1.0345</v>
+        <v>1.0208</v>
       </c>
       <c r="D602" s="2">
-        <v>1.0325</v>
+        <v>1.0188</v>
       </c>
       <c r="E602" s="2">
-        <v>1.0335</v>
+        <v>1.0198</v>
       </c>
       <c r="F602" s="0"/>
     </row>
     <row r="603" spans="1:6">
       <c r="B603" s="4">
-        <v>45135</v>
+        <v>45180</v>
       </c>
       <c r="C603" s="2">
-        <v>1.0344</v>
+        <v>1.0202</v>
       </c>
       <c r="D603" s="2">
-        <v>1.0324</v>
+        <v>1.0182</v>
       </c>
       <c r="E603" s="2">
-        <v>1.0334</v>
+        <v>1.0192</v>
       </c>
       <c r="F603" s="0"/>
     </row>
     <row r="604" spans="1:6">
       <c r="B604" s="4">
-        <v>45134</v>
+        <v>45177</v>
       </c>
       <c r="C604" s="2">
-        <v>1.0342</v>
+        <v>1.0198</v>
       </c>
       <c r="D604" s="2">
-        <v>1.0322</v>
+        <v>1.0178</v>
       </c>
       <c r="E604" s="2">
-        <v>1.0332</v>
+        <v>1.0188</v>
       </c>
       <c r="F604" s="0"/>
     </row>
     <row r="605" spans="1:6">
       <c r="B605" s="4">
-        <v>45133</v>
+        <v>45176</v>
       </c>
       <c r="C605" s="2">
-        <v>1.0304</v>
+        <v>1.0205</v>
       </c>
       <c r="D605" s="2">
-        <v>1.0284</v>
+        <v>1.0185</v>
       </c>
       <c r="E605" s="2">
-        <v>1.0294</v>
+        <v>1.0195</v>
       </c>
       <c r="F605" s="0"/>
     </row>
     <row r="606" spans="1:6">
       <c r="B606" s="4">
-        <v>45132</v>
+        <v>45175</v>
       </c>
       <c r="C606" s="2">
-        <v>1.0269</v>
+        <v>1.0223</v>
       </c>
       <c r="D606" s="2">
-        <v>1.0249</v>
+        <v>1.0203</v>
       </c>
       <c r="E606" s="2">
-        <v>1.0259</v>
+        <v>1.0213</v>
       </c>
       <c r="F606" s="0"/>
     </row>
     <row r="607" spans="1:6">
       <c r="B607" s="4">
-        <v>45131</v>
+        <v>45174</v>
       </c>
       <c r="C607" s="2">
-        <v>1.0246</v>
+        <v>1.0242</v>
       </c>
       <c r="D607" s="2">
-        <v>1.0226</v>
+        <v>1.0222</v>
       </c>
       <c r="E607" s="2">
-        <v>1.0236</v>
+        <v>1.0232</v>
       </c>
       <c r="F607" s="0"/>
     </row>
     <row r="608" spans="1:6">
       <c r="B608" s="4">
-        <v>45128</v>
+        <v>45173</v>
       </c>
       <c r="C608" s="2">
-        <v>1.0237</v>
+        <v>1.0239</v>
       </c>
       <c r="D608" s="2">
-        <v>1.0217</v>
+        <v>1.0219</v>
       </c>
       <c r="E608" s="2">
-        <v>1.0227</v>
+        <v>1.0229</v>
       </c>
       <c r="F608" s="0"/>
     </row>
     <row r="609" spans="1:6">
       <c r="B609" s="4">
-        <v>45127</v>
+        <v>45170</v>
       </c>
       <c r="C609" s="2">
-        <v>1.0247</v>
+        <v>1.0228</v>
       </c>
       <c r="D609" s="2">
-        <v>1.0227</v>
+        <v>1.0208</v>
       </c>
       <c r="E609" s="2">
-        <v>1.0237</v>
+        <v>1.0218</v>
       </c>
       <c r="F609" s="0"/>
     </row>
     <row r="610" spans="1:6">
       <c r="B610" s="4">
-        <v>45126</v>
+        <v>45169</v>
       </c>
       <c r="C610" s="2">
-        <v>1.0243</v>
+        <v>1.0229</v>
       </c>
       <c r="D610" s="2">
-        <v>1.0223</v>
+        <v>1.0209</v>
       </c>
       <c r="E610" s="2">
-        <v>1.0233</v>
+        <v>1.0219</v>
       </c>
       <c r="F610" s="0"/>
     </row>
     <row r="611" spans="1:6">
       <c r="B611" s="4">
-        <v>45125</v>
+        <v>45168</v>
       </c>
       <c r="C611" s="2">
-        <v>1.0203</v>
+        <v>1.0217</v>
       </c>
       <c r="D611" s="2">
-        <v>1.0183</v>
+        <v>1.0197</v>
       </c>
       <c r="E611" s="2">
-        <v>1.0193</v>
+        <v>1.0207</v>
       </c>
       <c r="F611" s="0"/>
     </row>
     <row r="612" spans="1:6">
       <c r="B612" s="4">
-        <v>45124</v>
+        <v>45167</v>
       </c>
       <c r="C612" s="2">
-        <v>1.0193</v>
+        <v>1.0194</v>
       </c>
       <c r="D612" s="2">
-        <v>1.0173</v>
+        <v>1.0174</v>
       </c>
       <c r="E612" s="2">
-        <v>1.0183</v>
+        <v>1.0184</v>
       </c>
       <c r="F612" s="0"/>
     </row>
     <row r="613" spans="1:6">
       <c r="B613" s="4">
-        <v>45121</v>
+        <v>45166</v>
       </c>
       <c r="C613" s="2">
-        <v>1.0198</v>
+        <v>1.0178</v>
       </c>
       <c r="D613" s="2">
-        <v>1.0178</v>
+        <v>1.0158</v>
       </c>
       <c r="E613" s="2">
-        <v>1.0188</v>
+        <v>1.0168</v>
       </c>
       <c r="F613" s="0"/>
     </row>
     <row r="614" spans="1:6">
       <c r="B614" s="4">
-        <v>45120</v>
+        <v>45163</v>
       </c>
       <c r="C614" s="2">
-        <v>1.0172</v>
+        <v>1.0161</v>
       </c>
       <c r="D614" s="2">
-        <v>1.0152</v>
+        <v>1.0141</v>
       </c>
       <c r="E614" s="2">
-        <v>1.0162</v>
+        <v>1.0151</v>
       </c>
       <c r="F614" s="0"/>
     </row>
     <row r="615" spans="1:6">
       <c r="B615" s="4">
-        <v>45119</v>
+        <v>45162</v>
       </c>
       <c r="C615" s="2">
-        <v>1.0112</v>
+        <v>1.0185</v>
       </c>
       <c r="D615" s="2">
-        <v>1.0092</v>
+        <v>1.0165</v>
       </c>
       <c r="E615" s="2">
-        <v>1.0102</v>
+        <v>1.0175</v>
       </c>
       <c r="F615" s="0"/>
     </row>
     <row r="616" spans="1:6">
       <c r="B616" s="4">
-        <v>45118</v>
+        <v>45161</v>
       </c>
       <c r="C616" s="2">
-        <v>1.0076</v>
+        <v>1.0162</v>
       </c>
       <c r="D616" s="2">
-        <v>1.0056</v>
+        <v>1.0142</v>
       </c>
       <c r="E616" s="2">
-        <v>1.0066</v>
+        <v>1.0152</v>
       </c>
       <c r="F616" s="0"/>
     </row>
     <row r="617" spans="1:6">
       <c r="B617" s="4">
-        <v>45117</v>
+        <v>45160</v>
       </c>
       <c r="C617" s="2">
-        <v>1.0003</v>
+        <v>1.0138</v>
       </c>
       <c r="D617" s="2">
-        <v>0.9983</v>
+        <v>1.0118</v>
       </c>
       <c r="E617" s="2">
-        <v>0.9993</v>
+        <v>1.0128</v>
       </c>
       <c r="F617" s="0"/>
     </row>
     <row r="618" spans="1:6">
       <c r="B618" s="4">
-        <v>45114</v>
+        <v>45159</v>
       </c>
       <c r="C618" s="2">
-        <v>1.0046</v>
+        <v>1.0135</v>
       </c>
       <c r="D618" s="2">
-        <v>1.0026</v>
+        <v>1.0115</v>
       </c>
       <c r="E618" s="2">
-        <v>1.0036</v>
+        <v>1.0125</v>
       </c>
       <c r="F618" s="0"/>
     </row>
     <row r="619" spans="1:6">
       <c r="B619" s="4">
-        <v>45113</v>
+        <v>45156</v>
       </c>
       <c r="C619" s="2">
-        <v>1.0106</v>
+        <v>1.0154</v>
       </c>
       <c r="D619" s="2">
-        <v>1.0086</v>
+        <v>1.0134</v>
       </c>
       <c r="E619" s="2">
-        <v>1.0096</v>
+        <v>1.0144</v>
       </c>
       <c r="F619" s="0"/>
     </row>
     <row r="620" spans="1:6">
       <c r="B620" s="4">
-        <v>45112</v>
+        <v>45155</v>
       </c>
       <c r="C620" s="2">
-        <v>1.0167</v>
+        <v>1.0175</v>
       </c>
       <c r="D620" s="2">
-        <v>1.0147</v>
+        <v>1.0155</v>
       </c>
       <c r="E620" s="2">
-        <v>1.0157</v>
+        <v>1.0165</v>
       </c>
       <c r="F620" s="0"/>
     </row>
     <row r="621" spans="1:6">
       <c r="B621" s="4">
-        <v>45111</v>
+        <v>45154</v>
       </c>
       <c r="C621" s="2">
-        <v>1.0201</v>
+        <v>1.0199</v>
       </c>
       <c r="D621" s="2">
-        <v>1.0181</v>
+        <v>1.0179</v>
       </c>
       <c r="E621" s="2">
-        <v>1.0191</v>
+        <v>1.0189</v>
       </c>
       <c r="F621" s="0"/>
     </row>
     <row r="622" spans="1:6">
       <c r="B622" s="4">
-        <v>45110</v>
+        <v>45153</v>
       </c>
       <c r="C622" s="2">
-        <v>1.0173</v>
+        <v>1.0264</v>
       </c>
       <c r="D622" s="2">
-        <v>1.0153</v>
+        <v>1.0244</v>
       </c>
       <c r="E622" s="2">
-        <v>1.0163</v>
+        <v>1.0254</v>
       </c>
       <c r="F622" s="0"/>
     </row>
     <row r="623" spans="1:6">
       <c r="B623" s="4">
-        <v>45107</v>
+        <v>45152</v>
       </c>
       <c r="C623" s="2">
-        <v>1.013</v>
+        <v>1.0252</v>
       </c>
       <c r="D623" s="2">
-        <v>1.011</v>
+        <v>1.0232</v>
       </c>
       <c r="E623" s="2">
-        <v>1.012</v>
+        <v>1.0242</v>
       </c>
       <c r="F623" s="0"/>
     </row>
     <row r="624" spans="1:6">
       <c r="B624" s="4">
-        <v>45106</v>
+        <v>45149</v>
       </c>
       <c r="C624" s="2">
-        <v>1.0125</v>
+        <v>1.0297</v>
       </c>
       <c r="D624" s="2">
-        <v>1.0105</v>
+        <v>1.0277</v>
       </c>
       <c r="E624" s="2">
-        <v>1.0115</v>
+        <v>1.0287</v>
       </c>
       <c r="F624" s="0"/>
     </row>
     <row r="625" spans="1:6">
       <c r="B625" s="4">
-        <v>45105</v>
+        <v>45148</v>
       </c>
       <c r="C625" s="2">
-        <v>1.0102</v>
+        <v>1.03</v>
       </c>
       <c r="D625" s="2">
-        <v>1.0082</v>
+        <v>1.028</v>
       </c>
       <c r="E625" s="2">
-        <v>1.0092</v>
+        <v>1.029</v>
       </c>
       <c r="F625" s="0"/>
     </row>
     <row r="626" spans="1:6">
       <c r="B626" s="4">
-        <v>45104</v>
+        <v>45147</v>
       </c>
       <c r="C626" s="2">
-        <v>1.0018</v>
+        <v>1.0295</v>
       </c>
       <c r="D626" s="2">
-        <v>0.9998</v>
+        <v>1.0275</v>
       </c>
       <c r="E626" s="2">
-        <v>1.0008</v>
+        <v>1.0285</v>
       </c>
       <c r="F626" s="0"/>
     </row>
     <row r="627" spans="1:6">
       <c r="B627" s="4">
-        <v>45103</v>
+        <v>45146</v>
       </c>
       <c r="C627" s="2">
-        <v>0.9996</v>
+        <v>1.0287</v>
       </c>
       <c r="D627" s="2">
-        <v>0.9976</v>
+        <v>1.0267</v>
       </c>
       <c r="E627" s="2">
-        <v>0.9986</v>
+        <v>1.0277</v>
       </c>
       <c r="F627" s="0"/>
     </row>
     <row r="628" spans="1:6">
       <c r="B628" s="4">
-        <v>45100</v>
+        <v>45145</v>
       </c>
       <c r="C628" s="2">
-        <v>1.0006</v>
+        <v>1.0278</v>
       </c>
       <c r="D628" s="2">
-        <v>0.9986</v>
+        <v>1.0258</v>
       </c>
       <c r="E628" s="2">
-        <v>0.9996</v>
+        <v>1.0268</v>
       </c>
       <c r="F628" s="0"/>
     </row>
     <row r="629" spans="1:6">
       <c r="B629" s="4">
-        <v>45099</v>
+        <v>45142</v>
       </c>
       <c r="C629" s="2">
-        <v>1.0019</v>
+        <v>1.0289</v>
       </c>
       <c r="D629" s="2">
-        <v>0.9999</v>
+        <v>1.0269</v>
       </c>
       <c r="E629" s="2">
-        <v>1.0009</v>
+        <v>1.0279</v>
       </c>
       <c r="F629" s="0"/>
     </row>
     <row r="630" spans="1:6">
       <c r="B630" s="4">
-        <v>45098</v>
+        <v>45141</v>
       </c>
       <c r="C630" s="2">
-        <v>1.0019</v>
+        <v>1.0289</v>
       </c>
       <c r="D630" s="2">
-        <v>0.9999</v>
+        <v>1.0269</v>
       </c>
       <c r="E630" s="2">
-        <v>1.0009</v>
+        <v>1.0279</v>
       </c>
       <c r="F630" s="0"/>
     </row>
     <row r="631" spans="1:6">
       <c r="B631" s="4">
-        <v>45097</v>
+        <v>45140</v>
       </c>
       <c r="C631" s="2">
-        <v>1.0019</v>
+        <v>1.0326</v>
       </c>
       <c r="D631" s="2">
-        <v>0.9999</v>
+        <v>1.0306</v>
       </c>
       <c r="E631" s="2">
-        <v>1.0009</v>
+        <v>1.0316</v>
       </c>
       <c r="F631" s="0"/>
     </row>
     <row r="632" spans="1:6">
       <c r="B632" s="4">
-        <v>45096</v>
+        <v>45139</v>
       </c>
       <c r="C632" s="2">
-        <v>1.001</v>
+        <v>1.0384</v>
       </c>
       <c r="D632" s="2">
-        <v>0.999</v>
+        <v>1.0364</v>
       </c>
       <c r="E632" s="2">
-        <v>1</v>
+        <v>1.0374</v>
       </c>
       <c r="F632" s="0"/>
     </row>
     <row r="633" spans="1:6">
       <c r="B633" s="4">
-        <v>45093</v>
+        <v>45138</v>
       </c>
       <c r="C633" s="2">
-        <v>1.001</v>
+        <v>1.0345</v>
       </c>
       <c r="D633" s="2">
-        <v>0.999</v>
+        <v>1.0325</v>
       </c>
       <c r="E633" s="2">
-        <v>1</v>
+        <v>1.0335</v>
       </c>
       <c r="F633" s="0"/>
     </row>
     <row r="634" spans="1:6">
       <c r="B634" s="4">
-        <v>45092</v>
+        <v>45135</v>
       </c>
       <c r="C634" s="2">
-        <v>1.001</v>
+        <v>1.0344</v>
       </c>
       <c r="D634" s="2">
-        <v>0.999</v>
+        <v>1.0324</v>
       </c>
       <c r="E634" s="2">
-        <v>1</v>
+        <v>1.0334</v>
       </c>
       <c r="F634" s="0"/>
     </row>
     <row r="635" spans="1:6">
       <c r="B635" s="4">
-        <v>45091</v>
+        <v>45134</v>
       </c>
       <c r="C635" s="2">
-        <v>1.001</v>
+        <v>1.0342</v>
       </c>
       <c r="D635" s="2">
-        <v>0.999</v>
+        <v>1.0322</v>
       </c>
       <c r="E635" s="2">
-        <v>1</v>
+        <v>1.0332</v>
       </c>
       <c r="F635" s="0"/>
     </row>
     <row r="636" spans="1:6">
       <c r="B636" s="4">
+        <v>45133</v>
+      </c>
+      <c r="C636" s="2">
+        <v>1.0304</v>
+      </c>
+      <c r="D636" s="2">
+        <v>1.0284</v>
+      </c>
+      <c r="E636" s="2">
+        <v>1.0294</v>
+      </c>
+      <c r="F636" s="0"/>
+    </row>
+    <row r="637" spans="1:6">
+      <c r="B637" s="4">
+        <v>45132</v>
+      </c>
+      <c r="C637" s="2">
+        <v>1.0269</v>
+      </c>
+      <c r="D637" s="2">
+        <v>1.0249</v>
+      </c>
+      <c r="E637" s="2">
+        <v>1.0259</v>
+      </c>
+      <c r="F637" s="0"/>
+    </row>
+    <row r="638" spans="1:6">
+      <c r="B638" s="4">
+        <v>45131</v>
+      </c>
+      <c r="C638" s="2">
+        <v>1.0246</v>
+      </c>
+      <c r="D638" s="2">
+        <v>1.0226</v>
+      </c>
+      <c r="E638" s="2">
+        <v>1.0236</v>
+      </c>
+      <c r="F638" s="0"/>
+    </row>
+    <row r="639" spans="1:6">
+      <c r="B639" s="4">
+        <v>45128</v>
+      </c>
+      <c r="C639" s="2">
+        <v>1.0237</v>
+      </c>
+      <c r="D639" s="2">
+        <v>1.0217</v>
+      </c>
+      <c r="E639" s="2">
+        <v>1.0227</v>
+      </c>
+      <c r="F639" s="0"/>
+    </row>
+    <row r="640" spans="1:6">
+      <c r="B640" s="4">
+        <v>45127</v>
+      </c>
+      <c r="C640" s="2">
+        <v>1.0247</v>
+      </c>
+      <c r="D640" s="2">
+        <v>1.0227</v>
+      </c>
+      <c r="E640" s="2">
+        <v>1.0237</v>
+      </c>
+      <c r="F640" s="0"/>
+    </row>
+    <row r="641" spans="1:6">
+      <c r="B641" s="4">
+        <v>45126</v>
+      </c>
+      <c r="C641" s="2">
+        <v>1.0243</v>
+      </c>
+      <c r="D641" s="2">
+        <v>1.0223</v>
+      </c>
+      <c r="E641" s="2">
+        <v>1.0233</v>
+      </c>
+      <c r="F641" s="0"/>
+    </row>
+    <row r="642" spans="1:6">
+      <c r="B642" s="4">
+        <v>45125</v>
+      </c>
+      <c r="C642" s="2">
+        <v>1.0203</v>
+      </c>
+      <c r="D642" s="2">
+        <v>1.0183</v>
+      </c>
+      <c r="E642" s="2">
+        <v>1.0193</v>
+      </c>
+      <c r="F642" s="0"/>
+    </row>
+    <row r="643" spans="1:6">
+      <c r="B643" s="4">
+        <v>45124</v>
+      </c>
+      <c r="C643" s="2">
+        <v>1.0193</v>
+      </c>
+      <c r="D643" s="2">
+        <v>1.0173</v>
+      </c>
+      <c r="E643" s="2">
+        <v>1.0183</v>
+      </c>
+      <c r="F643" s="0"/>
+    </row>
+    <row r="644" spans="1:6">
+      <c r="B644" s="4">
+        <v>45121</v>
+      </c>
+      <c r="C644" s="2">
+        <v>1.0198</v>
+      </c>
+      <c r="D644" s="2">
+        <v>1.0178</v>
+      </c>
+      <c r="E644" s="2">
+        <v>1.0188</v>
+      </c>
+      <c r="F644" s="0"/>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="B645" s="4">
+        <v>45120</v>
+      </c>
+      <c r="C645" s="2">
+        <v>1.0172</v>
+      </c>
+      <c r="D645" s="2">
+        <v>1.0152</v>
+      </c>
+      <c r="E645" s="2">
+        <v>1.0162</v>
+      </c>
+      <c r="F645" s="0"/>
+    </row>
+    <row r="646" spans="1:6">
+      <c r="B646" s="4">
+        <v>45119</v>
+      </c>
+      <c r="C646" s="2">
+        <v>1.0112</v>
+      </c>
+      <c r="D646" s="2">
+        <v>1.0092</v>
+      </c>
+      <c r="E646" s="2">
+        <v>1.0102</v>
+      </c>
+      <c r="F646" s="0"/>
+    </row>
+    <row r="647" spans="1:6">
+      <c r="B647" s="4">
+        <v>45118</v>
+      </c>
+      <c r="C647" s="2">
+        <v>1.0076</v>
+      </c>
+      <c r="D647" s="2">
+        <v>1.0056</v>
+      </c>
+      <c r="E647" s="2">
+        <v>1.0066</v>
+      </c>
+      <c r="F647" s="0"/>
+    </row>
+    <row r="648" spans="1:6">
+      <c r="B648" s="4">
+        <v>45117</v>
+      </c>
+      <c r="C648" s="2">
+        <v>1.0003</v>
+      </c>
+      <c r="D648" s="2">
+        <v>0.9983</v>
+      </c>
+      <c r="E648" s="2">
+        <v>0.9993</v>
+      </c>
+      <c r="F648" s="0"/>
+    </row>
+    <row r="649" spans="1:6">
+      <c r="B649" s="4">
+        <v>45114</v>
+      </c>
+      <c r="C649" s="2">
+        <v>1.0046</v>
+      </c>
+      <c r="D649" s="2">
+        <v>1.0026</v>
+      </c>
+      <c r="E649" s="2">
+        <v>1.0036</v>
+      </c>
+      <c r="F649" s="0"/>
+    </row>
+    <row r="650" spans="1:6">
+      <c r="B650" s="4">
+        <v>45113</v>
+      </c>
+      <c r="C650" s="2">
+        <v>1.0106</v>
+      </c>
+      <c r="D650" s="2">
+        <v>1.0086</v>
+      </c>
+      <c r="E650" s="2">
+        <v>1.0096</v>
+      </c>
+      <c r="F650" s="0"/>
+    </row>
+    <row r="651" spans="1:6">
+      <c r="B651" s="4">
+        <v>45112</v>
+      </c>
+      <c r="C651" s="2">
+        <v>1.0167</v>
+      </c>
+      <c r="D651" s="2">
+        <v>1.0147</v>
+      </c>
+      <c r="E651" s="2">
+        <v>1.0157</v>
+      </c>
+      <c r="F651" s="0"/>
+    </row>
+    <row r="652" spans="1:6">
+      <c r="B652" s="4">
+        <v>45111</v>
+      </c>
+      <c r="C652" s="2">
+        <v>1.0201</v>
+      </c>
+      <c r="D652" s="2">
+        <v>1.0181</v>
+      </c>
+      <c r="E652" s="2">
+        <v>1.0191</v>
+      </c>
+      <c r="F652" s="0"/>
+    </row>
+    <row r="653" spans="1:6">
+      <c r="B653" s="4">
+        <v>45110</v>
+      </c>
+      <c r="C653" s="2">
+        <v>1.0173</v>
+      </c>
+      <c r="D653" s="2">
+        <v>1.0153</v>
+      </c>
+      <c r="E653" s="2">
+        <v>1.0163</v>
+      </c>
+      <c r="F653" s="0"/>
+    </row>
+    <row r="654" spans="1:6">
+      <c r="B654" s="4">
+        <v>45107</v>
+      </c>
+      <c r="C654" s="2">
+        <v>1.013</v>
+      </c>
+      <c r="D654" s="2">
+        <v>1.011</v>
+      </c>
+      <c r="E654" s="2">
+        <v>1.012</v>
+      </c>
+      <c r="F654" s="0"/>
+    </row>
+    <row r="655" spans="1:6">
+      <c r="B655" s="4">
+        <v>45106</v>
+      </c>
+      <c r="C655" s="2">
+        <v>1.0125</v>
+      </c>
+      <c r="D655" s="2">
+        <v>1.0105</v>
+      </c>
+      <c r="E655" s="2">
+        <v>1.0115</v>
+      </c>
+      <c r="F655" s="0"/>
+    </row>
+    <row r="656" spans="1:6">
+      <c r="B656" s="4">
+        <v>45105</v>
+      </c>
+      <c r="C656" s="2">
+        <v>1.0102</v>
+      </c>
+      <c r="D656" s="2">
+        <v>1.0082</v>
+      </c>
+      <c r="E656" s="2">
+        <v>1.0092</v>
+      </c>
+      <c r="F656" s="0"/>
+    </row>
+    <row r="657" spans="1:6">
+      <c r="B657" s="4">
+        <v>45104</v>
+      </c>
+      <c r="C657" s="2">
+        <v>1.0018</v>
+      </c>
+      <c r="D657" s="2">
+        <v>0.9998</v>
+      </c>
+      <c r="E657" s="2">
+        <v>1.0008</v>
+      </c>
+      <c r="F657" s="0"/>
+    </row>
+    <row r="658" spans="1:6">
+      <c r="B658" s="4">
+        <v>45103</v>
+      </c>
+      <c r="C658" s="2">
+        <v>0.9996</v>
+      </c>
+      <c r="D658" s="2">
+        <v>0.9976</v>
+      </c>
+      <c r="E658" s="2">
+        <v>0.9986</v>
+      </c>
+      <c r="F658" s="0"/>
+    </row>
+    <row r="659" spans="1:6">
+      <c r="B659" s="4">
+        <v>45100</v>
+      </c>
+      <c r="C659" s="2">
+        <v>1.0006</v>
+      </c>
+      <c r="D659" s="2">
+        <v>0.9986</v>
+      </c>
+      <c r="E659" s="2">
+        <v>0.9996</v>
+      </c>
+      <c r="F659" s="0"/>
+    </row>
+    <row r="660" spans="1:6">
+      <c r="B660" s="4">
+        <v>45099</v>
+      </c>
+      <c r="C660" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D660" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E660" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F660" s="0"/>
+    </row>
+    <row r="661" spans="1:6">
+      <c r="B661" s="4">
+        <v>45098</v>
+      </c>
+      <c r="C661" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D661" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E661" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F661" s="0"/>
+    </row>
+    <row r="662" spans="1:6">
+      <c r="B662" s="4">
+        <v>45097</v>
+      </c>
+      <c r="C662" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D662" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E662" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F662" s="0"/>
+    </row>
+    <row r="663" spans="1:6">
+      <c r="B663" s="4">
+        <v>45096</v>
+      </c>
+      <c r="C663" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D663" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E663" s="2">
+        <v>1</v>
+      </c>
+      <c r="F663" s="0"/>
+    </row>
+    <row r="664" spans="1:6">
+      <c r="B664" s="4">
+        <v>45093</v>
+      </c>
+      <c r="C664" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D664" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E664" s="2">
+        <v>1</v>
+      </c>
+      <c r="F664" s="0"/>
+    </row>
+    <row r="665" spans="1:6">
+      <c r="B665" s="4">
+        <v>45092</v>
+      </c>
+      <c r="C665" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D665" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E665" s="2">
+        <v>1</v>
+      </c>
+      <c r="F665" s="0"/>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="B666" s="4">
+        <v>45091</v>
+      </c>
+      <c r="C666" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D666" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E666" s="2">
+        <v>1</v>
+      </c>
+      <c r="F666" s="0"/>
+    </row>
+    <row r="667" spans="1:6">
+      <c r="B667" s="4">
         <v>45090</v>
       </c>
-      <c r="C636" s="2">
+      <c r="C667" s="2">
         <v>1.001</v>
       </c>
-      <c r="D636" s="2">
+      <c r="D667" s="2">
         <v>0.999</v>
       </c>
-      <c r="E636" s="2">
+      <c r="E667" s="2">
         <v>1</v>
       </c>
-      <c r="F636" s="0"/>
-[...185 lines deleted...]
-      <c r="E667" s="6"/>
+      <c r="F667" s="0"/>
     </row>
     <row r="668" spans="1:6">
       <c r="B668" s="1"/>
-      <c r="C668" s="6"/>
-[...1 lines deleted...]
-      <c r="E668" s="6"/>
+      <c r="C668" s="5"/>
+      <c r="D668" s="5"/>
+      <c r="E668" s="5"/>
     </row>
     <row r="669" spans="1:6">
       <c r="B669" s="1"/>
-      <c r="C669" s="6"/>
-[...1 lines deleted...]
-      <c r="E669" s="6"/>
+      <c r="C669" s="5"/>
+      <c r="D669" s="5"/>
+      <c r="E669" s="5"/>
     </row>
     <row r="670" spans="1:6">
       <c r="B670" s="1"/>
-      <c r="C670" s="6"/>
-[...1 lines deleted...]
-      <c r="E670" s="6"/>
+      <c r="C670" s="5"/>
+      <c r="D670" s="5"/>
+      <c r="E670" s="5"/>
     </row>
     <row r="671" spans="1:6">
       <c r="B671" s="1"/>
-      <c r="C671" s="6"/>
-[...1 lines deleted...]
-      <c r="E671" s="6"/>
+      <c r="C671" s="5"/>
+      <c r="D671" s="5"/>
+      <c r="E671" s="5"/>
     </row>
     <row r="672" spans="1:6">
       <c r="B672" s="1"/>
-      <c r="C672" s="6"/>
-[...1 lines deleted...]
-      <c r="E672" s="6"/>
+      <c r="C672" s="5"/>
+      <c r="D672" s="5"/>
+      <c r="E672" s="5"/>
     </row>
     <row r="673" spans="1:6">
       <c r="B673" s="1"/>
-      <c r="C673" s="6"/>
-[...1 lines deleted...]
-      <c r="E673" s="6"/>
+      <c r="C673" s="5"/>
+      <c r="D673" s="5"/>
+      <c r="E673" s="5"/>
     </row>
     <row r="674" spans="1:6">
       <c r="B674" s="1"/>
-      <c r="C674" s="6"/>
-[...1 lines deleted...]
-      <c r="E674" s="6"/>
+      <c r="C674" s="5"/>
+      <c r="D674" s="5"/>
+      <c r="E674" s="5"/>
     </row>
     <row r="675" spans="1:6">
       <c r="B675" s="1"/>
-      <c r="C675" s="6"/>
-[...1 lines deleted...]
-      <c r="E675" s="6"/>
+      <c r="C675" s="5"/>
+      <c r="D675" s="5"/>
+      <c r="E675" s="5"/>
     </row>
     <row r="676" spans="1:6">
       <c r="B676" s="1"/>
-      <c r="C676" s="6"/>
-[...1 lines deleted...]
-      <c r="E676" s="6"/>
+      <c r="C676" s="5"/>
+      <c r="D676" s="5"/>
+      <c r="E676" s="5"/>
     </row>
     <row r="677" spans="1:6">
       <c r="B677" s="1"/>
-      <c r="C677" s="6"/>
-[...1 lines deleted...]
-      <c r="E677" s="6"/>
+      <c r="C677" s="5"/>
+      <c r="D677" s="5"/>
+      <c r="E677" s="5"/>
     </row>
     <row r="678" spans="1:6">
       <c r="B678" s="1"/>
-      <c r="C678" s="6"/>
-[...1 lines deleted...]
-      <c r="E678" s="6"/>
+      <c r="C678" s="5"/>
+      <c r="D678" s="5"/>
+      <c r="E678" s="5"/>
     </row>
     <row r="679" spans="1:6">
       <c r="B679" s="1"/>
-      <c r="C679" s="6"/>
-[...1 lines deleted...]
-      <c r="E679" s="6"/>
+      <c r="C679" s="5"/>
+      <c r="D679" s="5"/>
+      <c r="E679" s="5"/>
     </row>
     <row r="680" spans="1:6">
       <c r="B680" s="1"/>
-      <c r="C680" s="6"/>
-[...1 lines deleted...]
-      <c r="E680" s="6"/>
+      <c r="C680" s="5"/>
+      <c r="D680" s="5"/>
+      <c r="E680" s="5"/>
     </row>
     <row r="681" spans="1:6">
       <c r="B681" s="1"/>
-      <c r="C681" s="6"/>
-[...1 lines deleted...]
-      <c r="E681" s="6"/>
+      <c r="C681" s="5"/>
+      <c r="D681" s="5"/>
+      <c r="E681" s="5"/>
     </row>
     <row r="682" spans="1:6">
       <c r="B682" s="1"/>
-      <c r="C682" s="6"/>
-[...1 lines deleted...]
-      <c r="E682" s="6"/>
+      <c r="C682" s="5"/>
+      <c r="D682" s="5"/>
+      <c r="E682" s="5"/>
     </row>
     <row r="683" spans="1:6">
       <c r="B683" s="1"/>
-      <c r="C683" s="6"/>
-[...1 lines deleted...]
-      <c r="E683" s="6"/>
+      <c r="C683" s="5"/>
+      <c r="D683" s="5"/>
+      <c r="E683" s="5"/>
     </row>
     <row r="684" spans="1:6">
       <c r="B684" s="1"/>
-      <c r="C684" s="6"/>
-[...1 lines deleted...]
-      <c r="E684" s="6"/>
+      <c r="C684" s="5"/>
+      <c r="D684" s="5"/>
+      <c r="E684" s="5"/>
     </row>
     <row r="685" spans="1:6">
       <c r="B685" s="1"/>
-      <c r="C685" s="6"/>
-[...1 lines deleted...]
-      <c r="E685" s="6"/>
+      <c r="C685" s="5"/>
+      <c r="D685" s="5"/>
+      <c r="E685" s="5"/>
     </row>
     <row r="686" spans="1:6">
       <c r="B686" s="1"/>
-      <c r="C686" s="6"/>
-[...1 lines deleted...]
-      <c r="E686" s="6"/>
+      <c r="C686" s="5"/>
+      <c r="D686" s="5"/>
+      <c r="E686" s="5"/>
     </row>
     <row r="687" spans="1:6">
       <c r="B687" s="1"/>
-      <c r="C687" s="6"/>
-[...1 lines deleted...]
-      <c r="E687" s="6"/>
+      <c r="C687" s="5"/>
+      <c r="D687" s="5"/>
+      <c r="E687" s="5"/>
     </row>
     <row r="688" spans="1:6">
       <c r="B688" s="1"/>
       <c r="C688" s="6"/>
       <c r="D688" s="6"/>
       <c r="E688" s="6"/>
     </row>
     <row r="689" spans="1:6">
       <c r="B689" s="1"/>
       <c r="C689" s="6"/>
       <c r="D689" s="6"/>
       <c r="E689" s="6"/>
     </row>
     <row r="690" spans="1:6">
       <c r="B690" s="1"/>
       <c r="C690" s="6"/>
       <c r="D690" s="6"/>
       <c r="E690" s="6"/>
     </row>
     <row r="691" spans="1:6">
       <c r="B691" s="1"/>
       <c r="C691" s="6"/>
       <c r="D691" s="6"/>
       <c r="E691" s="6"/>
     </row>
@@ -10471,50 +10750,236 @@
       <c r="E718" s="6"/>
     </row>
     <row r="719" spans="1:6">
       <c r="B719" s="1"/>
       <c r="C719" s="6"/>
       <c r="D719" s="6"/>
       <c r="E719" s="6"/>
     </row>
     <row r="720" spans="1:6">
       <c r="B720" s="1"/>
       <c r="C720" s="6"/>
       <c r="D720" s="6"/>
       <c r="E720" s="6"/>
     </row>
     <row r="721" spans="1:6">
       <c r="B721" s="1"/>
       <c r="C721" s="6"/>
       <c r="D721" s="6"/>
       <c r="E721" s="6"/>
     </row>
     <row r="722" spans="1:6">
       <c r="B722" s="1"/>
       <c r="C722" s="6"/>
       <c r="D722" s="6"/>
       <c r="E722" s="6"/>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="B723" s="1"/>
+      <c r="C723" s="6"/>
+      <c r="D723" s="6"/>
+      <c r="E723" s="6"/>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="B724" s="1"/>
+      <c r="C724" s="6"/>
+      <c r="D724" s="6"/>
+      <c r="E724" s="6"/>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="B725" s="1"/>
+      <c r="C725" s="6"/>
+      <c r="D725" s="6"/>
+      <c r="E725" s="6"/>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="B726" s="1"/>
+      <c r="C726" s="6"/>
+      <c r="D726" s="6"/>
+      <c r="E726" s="6"/>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="B727" s="1"/>
+      <c r="C727" s="6"/>
+      <c r="D727" s="6"/>
+      <c r="E727" s="6"/>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="B728" s="1"/>
+      <c r="C728" s="6"/>
+      <c r="D728" s="6"/>
+      <c r="E728" s="6"/>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="B729" s="1"/>
+      <c r="C729" s="6"/>
+      <c r="D729" s="6"/>
+      <c r="E729" s="6"/>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="B730" s="1"/>
+      <c r="C730" s="6"/>
+      <c r="D730" s="6"/>
+      <c r="E730" s="6"/>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="B731" s="1"/>
+      <c r="C731" s="6"/>
+      <c r="D731" s="6"/>
+      <c r="E731" s="6"/>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="B732" s="1"/>
+      <c r="C732" s="6"/>
+      <c r="D732" s="6"/>
+      <c r="E732" s="6"/>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="B733" s="1"/>
+      <c r="C733" s="6"/>
+      <c r="D733" s="6"/>
+      <c r="E733" s="6"/>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="B734" s="1"/>
+      <c r="C734" s="6"/>
+      <c r="D734" s="6"/>
+      <c r="E734" s="6"/>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="B735" s="1"/>
+      <c r="C735" s="6"/>
+      <c r="D735" s="6"/>
+      <c r="E735" s="6"/>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="B736" s="1"/>
+      <c r="C736" s="6"/>
+      <c r="D736" s="6"/>
+      <c r="E736" s="6"/>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="B737" s="1"/>
+      <c r="C737" s="6"/>
+      <c r="D737" s="6"/>
+      <c r="E737" s="6"/>
+    </row>
+    <row r="738" spans="1:6">
+      <c r="B738" s="1"/>
+      <c r="C738" s="6"/>
+      <c r="D738" s="6"/>
+      <c r="E738" s="6"/>
+    </row>
+    <row r="739" spans="1:6">
+      <c r="B739" s="1"/>
+      <c r="C739" s="6"/>
+      <c r="D739" s="6"/>
+      <c r="E739" s="6"/>
+    </row>
+    <row r="740" spans="1:6">
+      <c r="B740" s="1"/>
+      <c r="C740" s="6"/>
+      <c r="D740" s="6"/>
+      <c r="E740" s="6"/>
+    </row>
+    <row r="741" spans="1:6">
+      <c r="B741" s="1"/>
+      <c r="C741" s="6"/>
+      <c r="D741" s="6"/>
+      <c r="E741" s="6"/>
+    </row>
+    <row r="742" spans="1:6">
+      <c r="B742" s="1"/>
+      <c r="C742" s="6"/>
+      <c r="D742" s="6"/>
+      <c r="E742" s="6"/>
+    </row>
+    <row r="743" spans="1:6">
+      <c r="B743" s="1"/>
+      <c r="C743" s="6"/>
+      <c r="D743" s="6"/>
+      <c r="E743" s="6"/>
+    </row>
+    <row r="744" spans="1:6">
+      <c r="B744" s="1"/>
+      <c r="C744" s="6"/>
+      <c r="D744" s="6"/>
+      <c r="E744" s="6"/>
+    </row>
+    <row r="745" spans="1:6">
+      <c r="B745" s="1"/>
+      <c r="C745" s="6"/>
+      <c r="D745" s="6"/>
+      <c r="E745" s="6"/>
+    </row>
+    <row r="746" spans="1:6">
+      <c r="B746" s="1"/>
+      <c r="C746" s="6"/>
+      <c r="D746" s="6"/>
+      <c r="E746" s="6"/>
+    </row>
+    <row r="747" spans="1:6">
+      <c r="B747" s="1"/>
+      <c r="C747" s="6"/>
+      <c r="D747" s="6"/>
+      <c r="E747" s="6"/>
+    </row>
+    <row r="748" spans="1:6">
+      <c r="B748" s="1"/>
+      <c r="C748" s="6"/>
+      <c r="D748" s="6"/>
+      <c r="E748" s="6"/>
+    </row>
+    <row r="749" spans="1:6">
+      <c r="B749" s="1"/>
+      <c r="C749" s="6"/>
+      <c r="D749" s="6"/>
+      <c r="E749" s="6"/>
+    </row>
+    <row r="750" spans="1:6">
+      <c r="B750" s="1"/>
+      <c r="C750" s="6"/>
+      <c r="D750" s="6"/>
+      <c r="E750" s="6"/>
+    </row>
+    <row r="751" spans="1:6">
+      <c r="B751" s="1"/>
+      <c r="C751" s="6"/>
+      <c r="D751" s="6"/>
+      <c r="E751" s="6"/>
+    </row>
+    <row r="752" spans="1:6">
+      <c r="B752" s="1"/>
+      <c r="C752" s="6"/>
+      <c r="D752" s="6"/>
+      <c r="E752" s="6"/>
+    </row>
+    <row r="753" spans="1:6">
+      <c r="B753" s="1"/>
+      <c r="C753" s="6"/>
+      <c r="D753" s="6"/>
+      <c r="E753" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>