--- v2 (2026-02-05)
+++ v3 (2026-03-27)
@@ -31,51 +31,51 @@
     <sheet name="OVS1861AU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>App Price</t>
   </si>
   <si>
     <t>Red Price</t>
   </si>
   <si>
     <t>Mid Price</t>
   </si>
   <si>
-    <t>Centuria DWA CARE Core High Growth Fund - OVS1861AU</t>
+    <t>Centuria CARE High Growth Fund - OVS1861AU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.0000"/>
     <numFmt numFmtId="165" formatCode="yyyy/mm/dd;@"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -405,10401 +405,10725 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F753"/>
+  <dimension ref="A1:F789"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="10.7109375" customWidth="true" style="4"/>
     <col min="3" max="3" width="11.7109375" customWidth="true" style="0"/>
-    <col min="1" max="1" width="61.270752" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559082" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="0"/>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3">
-        <v>46051</v>
+        <v>46101</v>
       </c>
       <c r="C3" s="2">
-        <v>1.2107</v>
+        <v>1.1586</v>
       </c>
       <c r="D3" s="2">
-        <v>1.2083</v>
+        <v>1.1562</v>
       </c>
       <c r="E3" s="2">
-        <v>1.2095</v>
+        <v>1.1574</v>
       </c>
       <c r="F3" s="0"/>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3">
-        <v>46050</v>
+        <v>46100</v>
       </c>
       <c r="C4" s="2">
-        <v>1.2153</v>
+        <v>1.1649</v>
       </c>
       <c r="D4" s="2">
-        <v>1.2129</v>
+        <v>1.1625</v>
       </c>
       <c r="E4" s="2">
-        <v>1.2141</v>
+        <v>1.1637</v>
       </c>
       <c r="F4" s="0"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3">
-        <v>46049</v>
+        <v>46099</v>
       </c>
       <c r="C5" s="2">
-        <v>1.2164</v>
+        <v>1.1766</v>
       </c>
       <c r="D5" s="2">
-        <v>1.214</v>
+        <v>1.1742</v>
       </c>
       <c r="E5" s="2">
-        <v>1.2152</v>
+        <v>1.1754</v>
       </c>
       <c r="F5" s="0"/>
     </row>
     <row r="6" spans="1:6">
       <c r="B6" s="3">
-        <v>46045</v>
+        <v>46098</v>
       </c>
       <c r="C6" s="2">
-        <v>1.215</v>
+        <v>1.1739</v>
       </c>
       <c r="D6" s="2">
-        <v>1.2126</v>
+        <v>1.1715</v>
       </c>
       <c r="E6" s="2">
-        <v>1.2138</v>
+        <v>1.1727</v>
       </c>
       <c r="F6" s="0"/>
     </row>
     <row r="7" spans="1:6">
       <c r="B7" s="3">
-        <v>46044</v>
+        <v>46097</v>
       </c>
       <c r="C7" s="2">
-        <v>1.2137</v>
+        <v>1.1731</v>
       </c>
       <c r="D7" s="2">
-        <v>1.2113</v>
+        <v>1.1707</v>
       </c>
       <c r="E7" s="2">
-        <v>1.2125</v>
+        <v>1.1719</v>
       </c>
       <c r="F7" s="0"/>
     </row>
     <row r="8" spans="1:6">
       <c r="B8" s="3">
-        <v>46043</v>
+        <v>46094</v>
       </c>
       <c r="C8" s="2">
-        <v>1.2113</v>
+        <v>1.1737</v>
       </c>
       <c r="D8" s="2">
-        <v>1.2089</v>
+        <v>1.1713</v>
       </c>
       <c r="E8" s="2">
-        <v>1.2101</v>
+        <v>1.1725</v>
       </c>
       <c r="F8" s="0"/>
     </row>
     <row r="9" spans="1:6">
       <c r="B9" s="3">
-        <v>46042</v>
+        <v>46093</v>
       </c>
       <c r="C9" s="2">
-        <v>1.2138</v>
+        <v>1.1726</v>
       </c>
       <c r="D9" s="2">
-        <v>1.2114</v>
+        <v>1.1702</v>
       </c>
       <c r="E9" s="2">
-        <v>1.2126</v>
+        <v>1.1714</v>
       </c>
       <c r="F9" s="0"/>
     </row>
     <row r="10" spans="1:6">
       <c r="B10" s="3">
-        <v>46041</v>
+        <v>46092</v>
       </c>
       <c r="C10" s="2">
-        <v>1.2188</v>
+        <v>1.1834</v>
       </c>
       <c r="D10" s="2">
-        <v>1.2164</v>
+        <v>1.181</v>
       </c>
       <c r="E10" s="2">
-        <v>1.2176</v>
+        <v>1.1822</v>
       </c>
       <c r="F10" s="7"/>
     </row>
     <row r="11" spans="1:6">
       <c r="B11" s="3">
-        <v>46038</v>
+        <v>46091</v>
       </c>
       <c r="C11" s="2">
-        <v>1.2224</v>
+        <v>1.183</v>
       </c>
       <c r="D11" s="2">
-        <v>1.22</v>
+        <v>1.1806</v>
       </c>
       <c r="E11" s="2">
-        <v>1.2212</v>
+        <v>1.1818</v>
       </c>
       <c r="F11" s="0"/>
     </row>
     <row r="12" spans="1:6">
       <c r="B12" s="3">
-        <v>46037</v>
+        <v>46090</v>
       </c>
       <c r="C12" s="2">
-        <v>1.2191</v>
+        <v>1.171</v>
       </c>
       <c r="D12" s="2">
-        <v>1.2167</v>
+        <v>1.1686</v>
       </c>
       <c r="E12" s="2">
-        <v>1.2179</v>
+        <v>1.1698</v>
       </c>
       <c r="F12" s="0"/>
     </row>
     <row r="13" spans="1:6">
       <c r="B13" s="3">
-        <v>46036</v>
+        <v>46087</v>
       </c>
       <c r="C13" s="2">
-        <v>1.218</v>
+        <v>1.1963</v>
       </c>
       <c r="D13" s="2">
-        <v>1.2156</v>
+        <v>1.1939</v>
       </c>
       <c r="E13" s="2">
-        <v>1.2168</v>
+        <v>1.1951</v>
       </c>
       <c r="F13" s="0"/>
     </row>
     <row r="14" spans="1:6">
       <c r="B14" s="3">
-        <v>46035</v>
+        <v>46086</v>
       </c>
       <c r="C14" s="2">
-        <v>1.2174</v>
+        <v>1.2011</v>
       </c>
       <c r="D14" s="2">
-        <v>1.215</v>
+        <v>1.1987</v>
       </c>
       <c r="E14" s="2">
-        <v>1.2162</v>
+        <v>1.1999</v>
       </c>
       <c r="F14" s="0"/>
     </row>
     <row r="15" spans="1:6">
       <c r="B15" s="3">
-        <v>46034</v>
+        <v>46085</v>
       </c>
       <c r="C15" s="2">
-        <v>1.2139</v>
+        <v>1.196</v>
       </c>
       <c r="D15" s="2">
-        <v>1.2115</v>
+        <v>1.1936</v>
       </c>
       <c r="E15" s="2">
-        <v>1.2127</v>
+        <v>1.1948</v>
       </c>
       <c r="F15" s="0"/>
     </row>
     <row r="16" spans="1:6">
       <c r="B16" s="3">
-        <v>46031</v>
+        <v>46084</v>
       </c>
       <c r="C16" s="2">
-        <v>1.2107</v>
+        <v>1.2065</v>
       </c>
       <c r="D16" s="2">
-        <v>1.2083</v>
+        <v>1.2041</v>
       </c>
       <c r="E16" s="2">
-        <v>1.2095</v>
+        <v>1.2053</v>
       </c>
       <c r="F16" s="0"/>
     </row>
     <row r="17" spans="1:6">
       <c r="B17" s="3">
-        <v>46030</v>
+        <v>46083</v>
       </c>
       <c r="C17" s="2">
-        <v>1.2088</v>
+        <v>1.2138</v>
       </c>
       <c r="D17" s="2">
-        <v>1.2064</v>
+        <v>1.2114</v>
       </c>
       <c r="E17" s="2">
-        <v>1.2076</v>
+        <v>1.2126</v>
       </c>
       <c r="F17" s="0"/>
     </row>
     <row r="18" spans="1:6">
       <c r="B18" s="3">
-        <v>46029</v>
+        <v>46080</v>
       </c>
       <c r="C18" s="2">
-        <v>1.2076</v>
+        <v>1.2159</v>
       </c>
       <c r="D18" s="2">
-        <v>1.2052</v>
+        <v>1.2135</v>
       </c>
       <c r="E18" s="2">
-        <v>1.2064</v>
+        <v>1.2147</v>
       </c>
       <c r="F18" s="0"/>
     </row>
     <row r="19" spans="1:6">
       <c r="B19" s="3">
-        <v>46028</v>
+        <v>46079</v>
       </c>
       <c r="C19" s="2">
-        <v>1.2068</v>
+        <v>1.2157</v>
       </c>
       <c r="D19" s="2">
-        <v>1.2044</v>
+        <v>1.2133</v>
       </c>
       <c r="E19" s="2">
-        <v>1.2056</v>
+        <v>1.2145</v>
       </c>
       <c r="F19" s="0"/>
     </row>
     <row r="20" spans="1:6">
       <c r="B20" s="3">
-        <v>46027</v>
+        <v>46078</v>
       </c>
       <c r="C20" s="2">
-        <v>1.206</v>
+        <v>1.2127</v>
       </c>
       <c r="D20" s="2">
-        <v>1.2036</v>
+        <v>1.2103</v>
       </c>
       <c r="E20" s="2">
-        <v>1.2048</v>
+        <v>1.2115</v>
       </c>
       <c r="F20" s="0"/>
     </row>
     <row r="21" spans="1:6">
       <c r="B21" s="3">
-        <v>46024</v>
+        <v>46077</v>
       </c>
       <c r="C21" s="2">
-        <v>1.2023</v>
+        <v>1.2089</v>
       </c>
       <c r="D21" s="2">
-        <v>1.1999</v>
+        <v>1.2065</v>
       </c>
       <c r="E21" s="2">
-        <v>1.2011</v>
+        <v>1.2077</v>
       </c>
       <c r="F21" s="0"/>
     </row>
     <row r="22" spans="1:6">
       <c r="B22" s="3">
-        <v>46022</v>
+        <v>46076</v>
       </c>
       <c r="C22" s="2">
-        <v>1.2008</v>
+        <v>1.2084</v>
       </c>
       <c r="D22" s="2">
-        <v>1.1984</v>
+        <v>1.206</v>
       </c>
       <c r="E22" s="2">
-        <v>1.1996</v>
+        <v>1.2072</v>
       </c>
       <c r="F22" s="0"/>
     </row>
     <row r="23" spans="1:6">
       <c r="B23" s="3">
-        <v>46021</v>
+        <v>46073</v>
       </c>
       <c r="C23" s="2">
-        <v>1.2014</v>
+        <v>1.2103</v>
       </c>
       <c r="D23" s="2">
-        <v>1.199</v>
+        <v>1.2079</v>
       </c>
       <c r="E23" s="2">
-        <v>1.2002</v>
+        <v>1.2091</v>
       </c>
       <c r="F23" s="0"/>
     </row>
     <row r="24" spans="1:6">
       <c r="B24" s="3">
-        <v>46020</v>
+        <v>46072</v>
       </c>
       <c r="C24" s="2">
-        <v>1.204</v>
+        <v>1.2099</v>
       </c>
       <c r="D24" s="2">
-        <v>1.2016</v>
+        <v>1.2075</v>
       </c>
       <c r="E24" s="2">
-        <v>1.2028</v>
+        <v>1.2087</v>
       </c>
       <c r="F24" s="0"/>
     </row>
     <row r="25" spans="1:6">
       <c r="B25" s="3">
-        <v>46015</v>
+        <v>46071</v>
       </c>
       <c r="C25" s="2">
-        <v>1.2039</v>
+        <v>1.2042</v>
       </c>
       <c r="D25" s="2">
-        <v>1.2015</v>
+        <v>1.2018</v>
       </c>
       <c r="E25" s="2">
-        <v>1.2027</v>
+        <v>1.203</v>
       </c>
       <c r="F25" s="0"/>
     </row>
     <row r="26" spans="1:6">
       <c r="B26" s="3">
-        <v>46014</v>
+        <v>46070</v>
       </c>
       <c r="C26" s="2">
-        <v>1.2066</v>
+        <v>1.1999</v>
       </c>
       <c r="D26" s="2">
-        <v>1.2042</v>
+        <v>1.1975</v>
       </c>
       <c r="E26" s="2">
-        <v>1.2054</v>
+        <v>1.1987</v>
       </c>
       <c r="F26" s="0"/>
     </row>
     <row r="27" spans="1:6">
       <c r="B27" s="3">
-        <v>46013</v>
+        <v>46069</v>
       </c>
       <c r="C27" s="2">
-        <v>1.204</v>
+        <v>1.2031</v>
       </c>
       <c r="D27" s="2">
-        <v>1.2016</v>
+        <v>1.2007</v>
       </c>
       <c r="E27" s="2">
-        <v>1.2028</v>
+        <v>1.2019</v>
       </c>
       <c r="F27" s="0"/>
     </row>
     <row r="28" spans="1:6">
       <c r="B28" s="3">
-        <v>46010</v>
+        <v>46066</v>
       </c>
       <c r="C28" s="2">
-        <v>1.1976</v>
+        <v>1.2005</v>
       </c>
       <c r="D28" s="2">
-        <v>1.1952</v>
+        <v>1.1981</v>
       </c>
       <c r="E28" s="2">
-        <v>1.1964</v>
+        <v>1.1993</v>
       </c>
       <c r="F28" s="0"/>
     </row>
     <row r="29" spans="1:6">
       <c r="B29" s="3">
-        <v>46009</v>
+        <v>46065</v>
       </c>
       <c r="C29" s="2">
-        <v>1.194</v>
+        <v>1.2098</v>
       </c>
       <c r="D29" s="2">
-        <v>1.1916</v>
+        <v>1.2074</v>
       </c>
       <c r="E29" s="2">
-        <v>1.1928</v>
+        <v>1.2086</v>
       </c>
       <c r="F29" s="0"/>
     </row>
     <row r="30" spans="1:6">
       <c r="B30" s="3">
-        <v>46008</v>
+        <v>46064</v>
       </c>
       <c r="C30" s="2">
-        <v>1.1948</v>
+        <v>1.2101</v>
       </c>
       <c r="D30" s="2">
-        <v>1.1924</v>
+        <v>1.2077</v>
       </c>
       <c r="E30" s="2">
-        <v>1.1936</v>
+        <v>1.2089</v>
       </c>
       <c r="F30" s="0"/>
     </row>
     <row r="31" spans="1:6">
       <c r="B31" s="3">
-        <v>46007</v>
+        <v>46063</v>
       </c>
       <c r="C31" s="2">
-        <v>1.1937</v>
+        <v>1.2054</v>
       </c>
       <c r="D31" s="2">
-        <v>1.1913</v>
+        <v>1.203</v>
       </c>
       <c r="E31" s="2">
-        <v>1.1925</v>
+        <v>1.2042</v>
       </c>
       <c r="F31" s="0"/>
     </row>
     <row r="32" spans="1:6">
       <c r="B32" s="3">
-        <v>46006</v>
+        <v>46062</v>
       </c>
       <c r="C32" s="2">
-        <v>1.1977</v>
+        <v>1.2046</v>
       </c>
       <c r="D32" s="2">
-        <v>1.1953</v>
+        <v>1.2022</v>
       </c>
       <c r="E32" s="2">
-        <v>1.1965</v>
+        <v>1.2034</v>
       </c>
       <c r="F32" s="0"/>
     </row>
     <row r="33" spans="1:6">
       <c r="B33" s="3">
-        <v>46003</v>
+        <v>46059</v>
       </c>
       <c r="C33" s="2">
-        <v>1.2014</v>
+        <v>1.1911</v>
       </c>
       <c r="D33" s="2">
-        <v>1.199</v>
+        <v>1.1887</v>
       </c>
       <c r="E33" s="2">
-        <v>1.2002</v>
+        <v>1.1899</v>
       </c>
       <c r="F33" s="0"/>
     </row>
     <row r="34" spans="1:6">
       <c r="B34" s="3">
-        <v>46002</v>
+        <v>46058</v>
       </c>
       <c r="C34" s="2">
-        <v>1.1942</v>
+        <v>1.2013</v>
       </c>
       <c r="D34" s="2">
-        <v>1.1918</v>
+        <v>1.1989</v>
       </c>
       <c r="E34" s="2">
-        <v>1.193</v>
+        <v>1.2001</v>
       </c>
       <c r="F34" s="0"/>
     </row>
     <row r="35" spans="1:6">
       <c r="B35" s="3">
-        <v>46001</v>
+        <v>46057</v>
       </c>
       <c r="C35" s="2">
-        <v>1.1927</v>
+        <v>1.2042</v>
       </c>
       <c r="D35" s="2">
-        <v>1.1903</v>
+        <v>1.2018</v>
       </c>
       <c r="E35" s="2">
-        <v>1.1915</v>
+        <v>1.203</v>
       </c>
       <c r="F35" s="0"/>
     </row>
     <row r="36" spans="1:6">
       <c r="B36" s="3">
-        <v>46000</v>
+        <v>46056</v>
       </c>
       <c r="C36" s="2">
-        <v>1.1918</v>
+        <v>1.2034</v>
       </c>
       <c r="D36" s="2">
-        <v>1.1894</v>
+        <v>1.201</v>
       </c>
       <c r="E36" s="2">
-        <v>1.1906</v>
+        <v>1.2022</v>
       </c>
       <c r="F36" s="0"/>
     </row>
     <row r="37" spans="1:6">
       <c r="B37" s="3">
-        <v>45999</v>
+        <v>46055</v>
       </c>
       <c r="C37" s="2">
-        <v>1.1968</v>
+        <v>1.1965</v>
       </c>
       <c r="D37" s="2">
-        <v>1.1944</v>
+        <v>1.1941</v>
       </c>
       <c r="E37" s="2">
-        <v>1.1956</v>
+        <v>1.1953</v>
       </c>
       <c r="F37" s="0"/>
     </row>
     <row r="38" spans="1:6">
       <c r="B38" s="3">
-        <v>45996</v>
+        <v>46052</v>
       </c>
       <c r="C38" s="2">
-        <v>1.198</v>
+        <v>1.2067</v>
       </c>
       <c r="D38" s="2">
-        <v>1.1956</v>
+        <v>1.2043</v>
       </c>
       <c r="E38" s="2">
-        <v>1.1968</v>
+        <v>1.2055</v>
       </c>
       <c r="F38" s="0"/>
     </row>
     <row r="39" spans="1:6">
       <c r="B39" s="3">
-        <v>45995</v>
+        <v>46051</v>
       </c>
       <c r="C39" s="2">
-        <v>1.1963</v>
+        <v>1.2107</v>
       </c>
       <c r="D39" s="2">
-        <v>1.1939</v>
+        <v>1.2083</v>
       </c>
       <c r="E39" s="2">
-        <v>1.1951</v>
+        <v>1.2095</v>
       </c>
       <c r="F39" s="0"/>
     </row>
     <row r="40" spans="1:6">
       <c r="B40" s="3">
-        <v>45994</v>
+        <v>46050</v>
       </c>
       <c r="C40" s="2">
-        <v>1.1974</v>
+        <v>1.2153</v>
       </c>
       <c r="D40" s="2">
-        <v>1.195</v>
+        <v>1.2129</v>
       </c>
       <c r="E40" s="2">
-        <v>1.1962</v>
+        <v>1.2141</v>
       </c>
       <c r="F40" s="0"/>
     </row>
     <row r="41" spans="1:6">
       <c r="B41" s="3">
-        <v>45993</v>
+        <v>46049</v>
       </c>
       <c r="C41" s="2">
-        <v>1.1976</v>
+        <v>1.2164</v>
       </c>
       <c r="D41" s="2">
-        <v>1.1952</v>
+        <v>1.214</v>
       </c>
       <c r="E41" s="2">
-        <v>1.1964</v>
+        <v>1.2152</v>
       </c>
       <c r="F41" s="0"/>
     </row>
     <row r="42" spans="1:6">
       <c r="B42" s="3">
-        <v>45992</v>
+        <v>46045</v>
       </c>
       <c r="C42" s="2">
-        <v>1.1973</v>
+        <v>1.215</v>
       </c>
       <c r="D42" s="2">
-        <v>1.1949</v>
+        <v>1.2126</v>
       </c>
       <c r="E42" s="2">
-        <v>1.1961</v>
+        <v>1.2138</v>
       </c>
       <c r="F42" s="0"/>
     </row>
     <row r="43" spans="1:6">
       <c r="B43" s="3">
-        <v>45989</v>
+        <v>46044</v>
       </c>
       <c r="C43" s="2">
-        <v>1.2003</v>
+        <v>1.2137</v>
       </c>
       <c r="D43" s="2">
-        <v>1.1979</v>
+        <v>1.2113</v>
       </c>
       <c r="E43" s="2">
-        <v>1.1991</v>
+        <v>1.2125</v>
       </c>
       <c r="F43" s="0"/>
     </row>
     <row r="44" spans="1:6">
       <c r="B44" s="3">
-        <v>45988</v>
+        <v>46043</v>
       </c>
       <c r="C44" s="2">
-        <v>1.2005</v>
+        <v>1.2113</v>
       </c>
       <c r="D44" s="2">
-        <v>1.1981</v>
+        <v>1.2089</v>
       </c>
       <c r="E44" s="2">
-        <v>1.1993</v>
+        <v>1.2101</v>
       </c>
       <c r="F44" s="0"/>
     </row>
     <row r="45" spans="1:6">
       <c r="B45" s="3">
-        <v>45987</v>
+        <v>46042</v>
       </c>
       <c r="C45" s="2">
-        <v>1.2004</v>
+        <v>1.2138</v>
       </c>
       <c r="D45" s="2">
-        <v>1.198</v>
+        <v>1.2114</v>
       </c>
       <c r="E45" s="2">
-        <v>1.1992</v>
+        <v>1.2126</v>
       </c>
       <c r="F45" s="0"/>
     </row>
     <row r="46" spans="1:6">
       <c r="B46" s="3">
-        <v>45986</v>
+        <v>46041</v>
       </c>
       <c r="C46" s="2">
-        <v>1.1946</v>
+        <v>1.2188</v>
       </c>
       <c r="D46" s="2">
-        <v>1.1922</v>
+        <v>1.2164</v>
       </c>
       <c r="E46" s="2">
-        <v>1.1934</v>
+        <v>1.2176</v>
       </c>
       <c r="F46" s="0"/>
     </row>
     <row r="47" spans="1:6">
       <c r="B47" s="3">
-        <v>45985</v>
+        <v>46038</v>
       </c>
       <c r="C47" s="2">
-        <v>1.1886</v>
+        <v>1.2224</v>
       </c>
       <c r="D47" s="2">
-        <v>1.1862</v>
+        <v>1.22</v>
       </c>
       <c r="E47" s="2">
-        <v>1.1874</v>
+        <v>1.2212</v>
       </c>
       <c r="F47" s="0"/>
     </row>
     <row r="48" spans="1:6">
       <c r="B48" s="3">
-        <v>45982</v>
+        <v>46037</v>
       </c>
       <c r="C48" s="2">
-        <v>1.1811</v>
+        <v>1.2191</v>
       </c>
       <c r="D48" s="2">
-        <v>1.1787</v>
+        <v>1.2167</v>
       </c>
       <c r="E48" s="2">
-        <v>1.1799</v>
+        <v>1.2179</v>
       </c>
       <c r="F48" s="0"/>
     </row>
     <row r="49" spans="1:6">
       <c r="B49" s="3">
-        <v>45981</v>
+        <v>46036</v>
       </c>
       <c r="C49" s="2">
-        <v>1.1932</v>
+        <v>1.218</v>
       </c>
       <c r="D49" s="2">
-        <v>1.1908</v>
+        <v>1.2156</v>
       </c>
       <c r="E49" s="2">
-        <v>1.192</v>
+        <v>1.2168</v>
       </c>
       <c r="F49" s="0"/>
     </row>
     <row r="50" spans="1:6">
       <c r="B50" s="3">
-        <v>45980</v>
+        <v>46035</v>
       </c>
       <c r="C50" s="2">
-        <v>1.1842</v>
+        <v>1.2174</v>
       </c>
       <c r="D50" s="2">
-        <v>1.1818</v>
+        <v>1.215</v>
       </c>
       <c r="E50" s="2">
-        <v>1.183</v>
+        <v>1.2162</v>
       </c>
       <c r="F50" s="0"/>
     </row>
     <row r="51" spans="1:6">
       <c r="B51" s="3">
-        <v>45979</v>
+        <v>46034</v>
       </c>
       <c r="C51" s="2">
-        <v>1.1857</v>
+        <v>1.2139</v>
       </c>
       <c r="D51" s="2">
-        <v>1.1833</v>
+        <v>1.2115</v>
       </c>
       <c r="E51" s="2">
-        <v>1.1845</v>
+        <v>1.2127</v>
       </c>
       <c r="F51" s="0"/>
     </row>
     <row r="52" spans="1:6">
       <c r="B52" s="3">
-        <v>45978</v>
+        <v>46031</v>
       </c>
       <c r="C52" s="2">
-        <v>1.1988</v>
+        <v>1.2107</v>
       </c>
       <c r="D52" s="2">
-        <v>1.1964</v>
+        <v>1.2083</v>
       </c>
       <c r="E52" s="2">
-        <v>1.1976</v>
+        <v>1.2095</v>
       </c>
       <c r="F52" s="0"/>
     </row>
     <row r="53" spans="1:6">
       <c r="B53" s="3">
-        <v>45975</v>
+        <v>46030</v>
       </c>
       <c r="C53" s="2">
-        <v>1.1988</v>
+        <v>1.2088</v>
       </c>
       <c r="D53" s="2">
-        <v>1.1964</v>
+        <v>1.2064</v>
       </c>
       <c r="E53" s="2">
-        <v>1.1976</v>
+        <v>1.2076</v>
       </c>
       <c r="F53" s="0"/>
     </row>
     <row r="54" spans="1:6">
       <c r="B54" s="3">
-        <v>45974</v>
+        <v>46029</v>
       </c>
       <c r="C54" s="2">
-        <v>1.2097</v>
+        <v>1.2076</v>
       </c>
       <c r="D54" s="2">
-        <v>1.2073</v>
+        <v>1.2052</v>
       </c>
       <c r="E54" s="2">
-        <v>1.2085</v>
+        <v>1.2064</v>
       </c>
       <c r="F54" s="0"/>
     </row>
     <row r="55" spans="1:6">
       <c r="B55" s="3">
-        <v>45973</v>
+        <v>46028</v>
       </c>
       <c r="C55" s="2">
-        <v>1.2118</v>
+        <v>1.2068</v>
       </c>
       <c r="D55" s="2">
-        <v>1.2094</v>
+        <v>1.2044</v>
       </c>
       <c r="E55" s="2">
-        <v>1.2106</v>
+        <v>1.2056</v>
       </c>
       <c r="F55" s="0"/>
     </row>
     <row r="56" spans="1:6">
       <c r="B56" s="3">
-        <v>45972</v>
+        <v>46027</v>
       </c>
       <c r="C56" s="2">
-        <v>1.2101</v>
+        <v>1.206</v>
       </c>
       <c r="D56" s="2">
-        <v>1.2077</v>
+        <v>1.2036</v>
       </c>
       <c r="E56" s="2">
-        <v>1.2089</v>
+        <v>1.2048</v>
       </c>
       <c r="F56" s="0"/>
     </row>
     <row r="57" spans="1:6">
       <c r="B57" s="3">
-        <v>45971</v>
+        <v>46024</v>
       </c>
       <c r="C57" s="2">
-        <v>1.207</v>
+        <v>1.2023</v>
       </c>
       <c r="D57" s="2">
-        <v>1.2046</v>
+        <v>1.1999</v>
       </c>
       <c r="E57" s="2">
-        <v>1.2058</v>
+        <v>1.2011</v>
       </c>
       <c r="F57" s="0"/>
     </row>
     <row r="58" spans="1:6">
       <c r="B58" s="3">
-        <v>45968</v>
+        <v>46022</v>
       </c>
       <c r="C58" s="2">
-        <v>1.2023</v>
+        <v>1.2008</v>
       </c>
       <c r="D58" s="2">
-        <v>1.1999</v>
+        <v>1.1984</v>
       </c>
       <c r="E58" s="2">
-        <v>1.2011</v>
+        <v>1.1996</v>
       </c>
       <c r="F58" s="0"/>
     </row>
     <row r="59" spans="1:6">
       <c r="B59" s="3">
-        <v>45967</v>
+        <v>46021</v>
       </c>
       <c r="C59" s="2">
-        <v>1.2082</v>
+        <v>1.2014</v>
       </c>
       <c r="D59" s="2">
-        <v>1.2058</v>
+        <v>1.199</v>
       </c>
       <c r="E59" s="2">
-        <v>1.207</v>
+        <v>1.2002</v>
       </c>
       <c r="F59" s="0"/>
     </row>
     <row r="60" spans="1:6">
       <c r="B60" s="3">
-        <v>45966</v>
+        <v>46020</v>
       </c>
       <c r="C60" s="2">
-        <v>1.2034</v>
+        <v>1.204</v>
       </c>
       <c r="D60" s="2">
-        <v>1.201</v>
+        <v>1.2016</v>
       </c>
       <c r="E60" s="2">
-        <v>1.2022</v>
+        <v>1.2028</v>
       </c>
       <c r="F60" s="0"/>
     </row>
     <row r="61" spans="1:6">
       <c r="B61" s="3">
-        <v>45965</v>
+        <v>46015</v>
       </c>
       <c r="C61" s="2">
-        <v>1.2073</v>
+        <v>1.2039</v>
       </c>
       <c r="D61" s="2">
-        <v>1.2049</v>
+        <v>1.2015</v>
       </c>
       <c r="E61" s="2">
-        <v>1.2061</v>
+        <v>1.2027</v>
       </c>
       <c r="F61" s="0"/>
     </row>
     <row r="62" spans="1:6">
       <c r="B62" s="3">
-        <v>45964</v>
+        <v>46014</v>
       </c>
       <c r="C62" s="2">
-        <v>1.2112</v>
+        <v>1.2066</v>
       </c>
       <c r="D62" s="2">
-        <v>1.2088</v>
+        <v>1.2042</v>
       </c>
       <c r="E62" s="2">
-        <v>1.21</v>
+        <v>1.2054</v>
       </c>
       <c r="F62" s="0"/>
     </row>
     <row r="63" spans="1:6">
       <c r="B63" s="3">
-        <v>45961</v>
+        <v>46013</v>
       </c>
       <c r="C63" s="2">
-        <v>1.2122</v>
+        <v>1.204</v>
       </c>
       <c r="D63" s="2">
-        <v>1.2098</v>
+        <v>1.2016</v>
       </c>
       <c r="E63" s="2">
-        <v>1.211</v>
+        <v>1.2028</v>
       </c>
       <c r="F63" s="0"/>
     </row>
     <row r="64" spans="1:6">
       <c r="B64" s="3">
-        <v>45960</v>
+        <v>46010</v>
       </c>
       <c r="C64" s="2">
-        <v>1.2105</v>
+        <v>1.1976</v>
       </c>
       <c r="D64" s="2">
-        <v>1.2081</v>
+        <v>1.1952</v>
       </c>
       <c r="E64" s="2">
-        <v>1.2093</v>
+        <v>1.1964</v>
       </c>
       <c r="F64" s="0"/>
     </row>
     <row r="65" spans="1:6">
       <c r="B65" s="3">
-        <v>45959</v>
+        <v>46009</v>
       </c>
       <c r="C65" s="2">
-        <v>1.2142</v>
+        <v>1.194</v>
       </c>
       <c r="D65" s="2">
-        <v>1.2118</v>
+        <v>1.1916</v>
       </c>
       <c r="E65" s="2">
-        <v>1.213</v>
+        <v>1.1928</v>
       </c>
       <c r="F65" s="0"/>
     </row>
     <row r="66" spans="1:6">
       <c r="B66" s="3">
-        <v>45958</v>
+        <v>46008</v>
       </c>
       <c r="C66" s="2">
-        <v>1.2171</v>
+        <v>1.1948</v>
       </c>
       <c r="D66" s="2">
-        <v>1.2147</v>
+        <v>1.1924</v>
       </c>
       <c r="E66" s="2">
-        <v>1.2159</v>
+        <v>1.1936</v>
       </c>
       <c r="F66" s="0"/>
     </row>
     <row r="67" spans="1:6">
       <c r="B67" s="3">
-        <v>45957</v>
+        <v>46007</v>
       </c>
       <c r="C67" s="2">
-        <v>1.2219</v>
+        <v>1.1937</v>
       </c>
       <c r="D67" s="2">
-        <v>1.2195</v>
+        <v>1.1913</v>
       </c>
       <c r="E67" s="2">
-        <v>1.2207</v>
+        <v>1.1925</v>
       </c>
       <c r="F67" s="0"/>
     </row>
     <row r="68" spans="1:6">
       <c r="B68" s="3">
-        <v>45954</v>
+        <v>46006</v>
       </c>
       <c r="C68" s="2">
-        <v>1.218</v>
+        <v>1.1977</v>
       </c>
       <c r="D68" s="2">
-        <v>1.2156</v>
+        <v>1.1953</v>
       </c>
       <c r="E68" s="2">
-        <v>1.2168</v>
+        <v>1.1965</v>
       </c>
       <c r="F68" s="0"/>
     </row>
     <row r="69" spans="1:6">
       <c r="B69" s="3">
-        <v>45953</v>
+        <v>46003</v>
       </c>
       <c r="C69" s="2">
-        <v>1.2157</v>
+        <v>1.2014</v>
       </c>
       <c r="D69" s="2">
-        <v>1.2133</v>
+        <v>1.199</v>
       </c>
       <c r="E69" s="2">
-        <v>1.2145</v>
+        <v>1.2002</v>
       </c>
       <c r="F69" s="0"/>
     </row>
     <row r="70" spans="1:6">
       <c r="B70" s="3">
-        <v>45952</v>
+        <v>46002</v>
       </c>
       <c r="C70" s="2">
-        <v>1.2163</v>
+        <v>1.1942</v>
       </c>
       <c r="D70" s="2">
-        <v>1.2139</v>
+        <v>1.1918</v>
       </c>
       <c r="E70" s="2">
-        <v>1.2151</v>
+        <v>1.193</v>
       </c>
       <c r="F70" s="0"/>
     </row>
     <row r="71" spans="1:6">
       <c r="B71" s="3">
-        <v>45951</v>
+        <v>46001</v>
       </c>
       <c r="C71" s="2">
-        <v>1.2213</v>
+        <v>1.1927</v>
       </c>
       <c r="D71" s="2">
-        <v>1.2189</v>
+        <v>1.1903</v>
       </c>
       <c r="E71" s="2">
-        <v>1.2201</v>
+        <v>1.1915</v>
       </c>
       <c r="F71" s="0"/>
     </row>
     <row r="72" spans="1:6">
       <c r="B72" s="3">
-        <v>45950</v>
+        <v>46000</v>
       </c>
       <c r="C72" s="2">
-        <v>1.215</v>
+        <v>1.1918</v>
       </c>
       <c r="D72" s="2">
-        <v>1.2126</v>
+        <v>1.1894</v>
       </c>
       <c r="E72" s="2">
-        <v>1.2138</v>
+        <v>1.1906</v>
       </c>
       <c r="F72" s="0"/>
     </row>
     <row r="73" spans="1:6">
       <c r="B73" s="3">
-        <v>45947</v>
+        <v>45999</v>
       </c>
       <c r="C73" s="2">
-        <v>1.2119</v>
+        <v>1.1968</v>
       </c>
       <c r="D73" s="2">
-        <v>1.2095</v>
+        <v>1.1944</v>
       </c>
       <c r="E73" s="2">
-        <v>1.2107</v>
+        <v>1.1956</v>
       </c>
       <c r="F73" s="0"/>
     </row>
     <row r="74" spans="1:6">
       <c r="B74" s="3">
-        <v>45946</v>
+        <v>45996</v>
       </c>
       <c r="C74" s="2">
-        <v>1.2156</v>
+        <v>1.198</v>
       </c>
       <c r="D74" s="2">
-        <v>1.2132</v>
+        <v>1.1956</v>
       </c>
       <c r="E74" s="2">
-        <v>1.2144</v>
+        <v>1.1968</v>
       </c>
       <c r="F74" s="0"/>
     </row>
     <row r="75" spans="1:6">
       <c r="B75" s="3">
-        <v>45945</v>
+        <v>45995</v>
       </c>
       <c r="C75" s="2">
-        <v>1.2091</v>
+        <v>1.1963</v>
       </c>
       <c r="D75" s="2">
-        <v>1.2067</v>
+        <v>1.1939</v>
       </c>
       <c r="E75" s="2">
-        <v>1.2079</v>
+        <v>1.1951</v>
       </c>
       <c r="F75" s="0"/>
     </row>
     <row r="76" spans="1:6">
       <c r="B76" s="3">
-        <v>45944</v>
+        <v>45994</v>
       </c>
       <c r="C76" s="2">
-        <v>1.2036</v>
+        <v>1.1974</v>
       </c>
       <c r="D76" s="2">
-        <v>1.2012</v>
+        <v>1.195</v>
       </c>
       <c r="E76" s="2">
-        <v>1.2024</v>
+        <v>1.1962</v>
       </c>
       <c r="F76" s="0"/>
     </row>
     <row r="77" spans="1:6">
       <c r="B77" s="3">
-        <v>45943</v>
+        <v>45993</v>
       </c>
       <c r="C77" s="2">
-        <v>1.1997</v>
+        <v>1.1976</v>
       </c>
       <c r="D77" s="2">
-        <v>1.1973</v>
+        <v>1.1952</v>
       </c>
       <c r="E77" s="2">
-        <v>1.1985</v>
+        <v>1.1964</v>
       </c>
       <c r="F77" s="0"/>
     </row>
     <row r="78" spans="1:6">
       <c r="B78" s="3">
-        <v>45940</v>
+        <v>45992</v>
       </c>
       <c r="C78" s="2">
-        <v>1.2053</v>
+        <v>1.1973</v>
       </c>
       <c r="D78" s="2">
-        <v>1.2029</v>
+        <v>1.1949</v>
       </c>
       <c r="E78" s="2">
-        <v>1.2041</v>
+        <v>1.1961</v>
       </c>
       <c r="F78" s="0"/>
     </row>
     <row r="79" spans="1:6">
       <c r="B79" s="3">
-        <v>45939</v>
+        <v>45989</v>
       </c>
       <c r="C79" s="2">
-        <v>1.2065</v>
+        <v>1.2003</v>
       </c>
       <c r="D79" s="2">
-        <v>1.2041</v>
+        <v>1.1979</v>
       </c>
       <c r="E79" s="2">
-        <v>1.2053</v>
+        <v>1.1991</v>
       </c>
       <c r="F79" s="0"/>
     </row>
     <row r="80" spans="1:6">
       <c r="B80" s="3">
-        <v>45938</v>
+        <v>45988</v>
       </c>
       <c r="C80" s="2">
-        <v>1.2059</v>
+        <v>1.2005</v>
       </c>
       <c r="D80" s="2">
-        <v>1.2035</v>
+        <v>1.1981</v>
       </c>
       <c r="E80" s="2">
-        <v>1.2047</v>
+        <v>1.1993</v>
       </c>
       <c r="F80" s="0"/>
     </row>
     <row r="81" spans="1:6">
       <c r="B81" s="3">
-        <v>45937</v>
+        <v>45987</v>
       </c>
       <c r="C81" s="2">
-        <v>1.2063</v>
+        <v>1.2004</v>
       </c>
       <c r="D81" s="2">
-        <v>1.2039</v>
+        <v>1.198</v>
       </c>
       <c r="E81" s="2">
-        <v>1.2051</v>
+        <v>1.1992</v>
       </c>
       <c r="F81" s="0"/>
     </row>
     <row r="82" spans="1:6">
       <c r="B82" s="3">
-        <v>45933</v>
+        <v>45986</v>
       </c>
       <c r="C82" s="2">
-        <v>1.2059</v>
+        <v>1.1946</v>
       </c>
       <c r="D82" s="2">
-        <v>1.2035</v>
+        <v>1.1922</v>
       </c>
       <c r="E82" s="2">
-        <v>1.2047</v>
+        <v>1.1934</v>
       </c>
       <c r="F82" s="0"/>
     </row>
     <row r="83" spans="1:6">
       <c r="B83" s="3">
-        <v>45932</v>
+        <v>45985</v>
       </c>
       <c r="C83" s="2">
-        <v>1.2027</v>
+        <v>1.1886</v>
       </c>
       <c r="D83" s="2">
-        <v>1.2003</v>
+        <v>1.1862</v>
       </c>
       <c r="E83" s="2">
-        <v>1.2015</v>
+        <v>1.1874</v>
       </c>
       <c r="F83" s="0"/>
     </row>
     <row r="84" spans="1:6">
       <c r="B84" s="3">
-        <v>45931</v>
+        <v>45982</v>
       </c>
       <c r="C84" s="2">
-        <v>1.1958</v>
+        <v>1.1811</v>
       </c>
       <c r="D84" s="2">
-        <v>1.1934</v>
+        <v>1.1787</v>
       </c>
       <c r="E84" s="2">
-        <v>1.1946</v>
+        <v>1.1799</v>
       </c>
       <c r="F84" s="0"/>
     </row>
     <row r="85" spans="1:6">
       <c r="B85" s="3">
-        <v>45930</v>
+        <v>45981</v>
       </c>
       <c r="C85" s="2">
-        <v>1.1964</v>
+        <v>1.1932</v>
       </c>
       <c r="D85" s="2">
-        <v>1.194</v>
+        <v>1.1908</v>
       </c>
       <c r="E85" s="2">
-        <v>1.1952</v>
+        <v>1.192</v>
       </c>
       <c r="F85" s="0"/>
     </row>
     <row r="86" spans="1:6">
       <c r="B86" s="3">
-        <v>45929</v>
+        <v>45980</v>
       </c>
       <c r="C86" s="2">
-        <v>1.1969</v>
+        <v>1.1842</v>
       </c>
       <c r="D86" s="2">
-        <v>1.1945</v>
+        <v>1.1818</v>
       </c>
       <c r="E86" s="2">
-        <v>1.1957</v>
+        <v>1.183</v>
       </c>
       <c r="F86" s="0"/>
     </row>
     <row r="87" spans="1:6">
       <c r="B87" s="3">
-        <v>45926</v>
+        <v>45979</v>
       </c>
       <c r="C87" s="2">
-        <v>1.1923</v>
+        <v>1.1857</v>
       </c>
       <c r="D87" s="2">
-        <v>1.1899</v>
+        <v>1.1833</v>
       </c>
       <c r="E87" s="2">
-        <v>1.1911</v>
+        <v>1.1845</v>
       </c>
       <c r="F87" s="0"/>
     </row>
     <row r="88" spans="1:6">
       <c r="B88" s="3">
-        <v>45925</v>
+        <v>45978</v>
       </c>
       <c r="C88" s="2">
-        <v>1.1924</v>
+        <v>1.1988</v>
       </c>
       <c r="D88" s="2">
-        <v>1.19</v>
+        <v>1.1964</v>
       </c>
       <c r="E88" s="2">
-        <v>1.1912</v>
+        <v>1.1976</v>
       </c>
       <c r="F88" s="0"/>
     </row>
     <row r="89" spans="1:6">
       <c r="B89" s="3">
-        <v>45924</v>
+        <v>45975</v>
       </c>
       <c r="C89" s="2">
-        <v>1.1929</v>
+        <v>1.1988</v>
       </c>
       <c r="D89" s="2">
-        <v>1.1905</v>
+        <v>1.1964</v>
       </c>
       <c r="E89" s="2">
-        <v>1.1917</v>
+        <v>1.1976</v>
       </c>
       <c r="F89" s="0"/>
     </row>
     <row r="90" spans="1:6">
       <c r="B90" s="3">
-        <v>45923</v>
+        <v>45974</v>
       </c>
       <c r="C90" s="2">
-        <v>1.1969</v>
+        <v>1.2097</v>
       </c>
       <c r="D90" s="2">
-        <v>1.1945</v>
+        <v>1.2073</v>
       </c>
       <c r="E90" s="2">
-        <v>1.1957</v>
+        <v>1.2085</v>
       </c>
       <c r="F90" s="0"/>
     </row>
     <row r="91" spans="1:6">
       <c r="B91" s="3">
-        <v>45922</v>
+        <v>45973</v>
       </c>
       <c r="C91" s="2">
-        <v>1.1938</v>
+        <v>1.2118</v>
       </c>
       <c r="D91" s="2">
-        <v>1.1914</v>
+        <v>1.2094</v>
       </c>
       <c r="E91" s="2">
-        <v>1.1926</v>
+        <v>1.2106</v>
       </c>
       <c r="F91" s="0"/>
     </row>
     <row r="92" spans="1:6">
       <c r="B92" s="3">
-        <v>45919</v>
+        <v>45972</v>
       </c>
       <c r="C92" s="2">
-        <v>1.1921</v>
+        <v>1.2101</v>
       </c>
       <c r="D92" s="2">
-        <v>1.1897</v>
+        <v>1.2077</v>
       </c>
       <c r="E92" s="2">
-        <v>1.1909</v>
+        <v>1.2089</v>
       </c>
       <c r="F92" s="0"/>
     </row>
     <row r="93" spans="1:6">
       <c r="B93" s="3">
-        <v>45918</v>
+        <v>45971</v>
       </c>
       <c r="C93" s="2">
-        <v>1.1887</v>
+        <v>1.207</v>
       </c>
       <c r="D93" s="2">
-        <v>1.1863</v>
+        <v>1.2046</v>
       </c>
       <c r="E93" s="2">
-        <v>1.1875</v>
+        <v>1.2058</v>
       </c>
       <c r="F93" s="0"/>
     </row>
     <row r="94" spans="1:6">
       <c r="B94" s="3">
-        <v>45917</v>
+        <v>45968</v>
       </c>
       <c r="C94" s="2">
-        <v>1.1875</v>
+        <v>1.2023</v>
       </c>
       <c r="D94" s="2">
-        <v>1.1851</v>
+        <v>1.1999</v>
       </c>
       <c r="E94" s="2">
-        <v>1.1863</v>
+        <v>1.2011</v>
       </c>
       <c r="F94" s="0"/>
     </row>
     <row r="95" spans="1:6">
       <c r="B95" s="3">
-        <v>45916</v>
+        <v>45967</v>
       </c>
       <c r="C95" s="2">
-        <v>1.1907</v>
+        <v>1.2082</v>
       </c>
       <c r="D95" s="2">
-        <v>1.1883</v>
+        <v>1.2058</v>
       </c>
       <c r="E95" s="2">
-        <v>1.1895</v>
+        <v>1.207</v>
       </c>
       <c r="F95" s="0"/>
     </row>
     <row r="96" spans="1:6">
       <c r="B96" s="3">
-        <v>45915</v>
+        <v>45966</v>
       </c>
       <c r="C96" s="2">
-        <v>1.1869</v>
+        <v>1.2034</v>
       </c>
       <c r="D96" s="2">
-        <v>1.1845</v>
+        <v>1.201</v>
       </c>
       <c r="E96" s="2">
-        <v>1.1857</v>
+        <v>1.2022</v>
       </c>
       <c r="F96" s="0"/>
     </row>
     <row r="97" spans="1:6">
       <c r="B97" s="3">
-        <v>45912</v>
+        <v>45965</v>
       </c>
       <c r="C97" s="2">
-        <v>1.1883</v>
+        <v>1.2073</v>
       </c>
       <c r="D97" s="2">
-        <v>1.1859</v>
+        <v>1.2049</v>
       </c>
       <c r="E97" s="2">
-        <v>1.1871</v>
+        <v>1.2061</v>
       </c>
       <c r="F97" s="0"/>
     </row>
     <row r="98" spans="1:6">
       <c r="B98" s="3">
-        <v>45911</v>
+        <v>45964</v>
       </c>
       <c r="C98" s="2">
-        <v>1.1846</v>
+        <v>1.2112</v>
       </c>
       <c r="D98" s="2">
-        <v>1.1822</v>
+        <v>1.2088</v>
       </c>
       <c r="E98" s="2">
-        <v>1.1834</v>
+        <v>1.21</v>
       </c>
       <c r="F98" s="0"/>
     </row>
     <row r="99" spans="1:6">
       <c r="B99" s="3">
-        <v>45910</v>
+        <v>45961</v>
       </c>
       <c r="C99" s="2">
-        <v>1.1855</v>
+        <v>1.2122</v>
       </c>
       <c r="D99" s="2">
-        <v>1.1831</v>
+        <v>1.2098</v>
       </c>
       <c r="E99" s="2">
-        <v>1.1843</v>
+        <v>1.211</v>
       </c>
       <c r="F99" s="0"/>
     </row>
     <row r="100" spans="1:6">
       <c r="B100" s="3">
-        <v>45909</v>
+        <v>45960</v>
       </c>
       <c r="C100" s="2">
-        <v>1.1838</v>
+        <v>1.2105</v>
       </c>
       <c r="D100" s="2">
-        <v>1.1814</v>
+        <v>1.2081</v>
       </c>
       <c r="E100" s="2">
-        <v>1.1826</v>
+        <v>1.2093</v>
       </c>
       <c r="F100" s="0"/>
     </row>
     <row r="101" spans="1:6">
       <c r="B101" s="3">
-        <v>45908</v>
+        <v>45959</v>
       </c>
       <c r="C101" s="2">
-        <v>1.1845</v>
+        <v>1.2142</v>
       </c>
       <c r="D101" s="2">
-        <v>1.1821</v>
+        <v>1.2118</v>
       </c>
       <c r="E101" s="2">
-        <v>1.1833</v>
+        <v>1.213</v>
       </c>
       <c r="F101" s="0"/>
     </row>
     <row r="102" spans="1:6">
       <c r="B102" s="3">
-        <v>45905</v>
+        <v>45958</v>
       </c>
       <c r="C102" s="2">
-        <v>1.1862</v>
+        <v>1.2171</v>
       </c>
       <c r="D102" s="2">
-        <v>1.1838</v>
+        <v>1.2147</v>
       </c>
       <c r="E102" s="2">
-        <v>1.185</v>
+        <v>1.2159</v>
       </c>
       <c r="F102" s="0"/>
     </row>
     <row r="103" spans="1:6">
       <c r="B103" s="3">
-        <v>45904</v>
+        <v>45957</v>
       </c>
       <c r="C103" s="2">
-        <v>1.1816</v>
+        <v>1.2219</v>
       </c>
       <c r="D103" s="2">
-        <v>1.1792</v>
+        <v>1.2195</v>
       </c>
       <c r="E103" s="2">
-        <v>1.1804</v>
+        <v>1.2207</v>
       </c>
       <c r="F103" s="0"/>
     </row>
     <row r="104" spans="1:6">
       <c r="B104" s="3">
-        <v>45903</v>
+        <v>45954</v>
       </c>
       <c r="C104" s="2">
-        <v>1.1768</v>
+        <v>1.218</v>
       </c>
       <c r="D104" s="2">
-        <v>1.1744</v>
+        <v>1.2156</v>
       </c>
       <c r="E104" s="2">
-        <v>1.1756</v>
+        <v>1.2168</v>
       </c>
       <c r="F104" s="0"/>
     </row>
     <row r="105" spans="1:6">
       <c r="B105" s="3">
-        <v>45902</v>
+        <v>45953</v>
       </c>
       <c r="C105" s="2">
-        <v>1.1835</v>
+        <v>1.2157</v>
       </c>
       <c r="D105" s="2">
-        <v>1.1811</v>
+        <v>1.2133</v>
       </c>
       <c r="E105" s="2">
-        <v>1.1823</v>
+        <v>1.2145</v>
       </c>
       <c r="F105" s="0"/>
     </row>
     <row r="106" spans="1:6">
       <c r="B106" s="3">
-        <v>45901</v>
+        <v>45952</v>
       </c>
       <c r="C106" s="2">
-        <v>1.1845</v>
+        <v>1.2163</v>
       </c>
       <c r="D106" s="2">
-        <v>1.1821</v>
+        <v>1.2139</v>
       </c>
       <c r="E106" s="2">
-        <v>1.1833</v>
+        <v>1.2151</v>
       </c>
       <c r="F106" s="0"/>
     </row>
     <row r="107" spans="1:6">
       <c r="B107" s="3">
-        <v>45898</v>
+        <v>45951</v>
       </c>
       <c r="C107" s="2">
-        <v>1.1865</v>
+        <v>1.2213</v>
       </c>
       <c r="D107" s="2">
-        <v>1.1841</v>
+        <v>1.2189</v>
       </c>
       <c r="E107" s="2">
-        <v>1.1853</v>
+        <v>1.2201</v>
       </c>
       <c r="F107" s="0"/>
     </row>
     <row r="108" spans="1:6">
       <c r="B108" s="3">
-        <v>45897</v>
+        <v>45950</v>
       </c>
       <c r="C108" s="2">
-        <v>1.1873</v>
+        <v>1.215</v>
       </c>
       <c r="D108" s="2">
-        <v>1.1849</v>
+        <v>1.2126</v>
       </c>
       <c r="E108" s="2">
-        <v>1.1861</v>
+        <v>1.2138</v>
       </c>
       <c r="F108" s="0"/>
     </row>
     <row r="109" spans="1:6">
       <c r="B109" s="3">
-        <v>45896</v>
+        <v>45947</v>
       </c>
       <c r="C109" s="2">
-        <v>1.1864</v>
+        <v>1.2119</v>
       </c>
       <c r="D109" s="2">
-        <v>1.184</v>
+        <v>1.2095</v>
       </c>
       <c r="E109" s="2">
-        <v>1.1852</v>
+        <v>1.2107</v>
       </c>
       <c r="F109" s="0"/>
     </row>
     <row r="110" spans="1:6">
       <c r="B110" s="3">
-        <v>45895</v>
+        <v>45946</v>
       </c>
       <c r="C110" s="2">
-        <v>1.1852</v>
+        <v>1.2156</v>
       </c>
       <c r="D110" s="2">
-        <v>1.1828</v>
+        <v>1.2132</v>
       </c>
       <c r="E110" s="2">
-        <v>1.184</v>
+        <v>1.2144</v>
       </c>
       <c r="F110" s="0"/>
     </row>
     <row r="111" spans="1:6">
       <c r="B111" s="3">
-        <v>45894</v>
+        <v>45945</v>
       </c>
       <c r="C111" s="2">
-        <v>1.1882</v>
+        <v>1.2091</v>
       </c>
       <c r="D111" s="2">
-        <v>1.1858</v>
+        <v>1.2067</v>
       </c>
       <c r="E111" s="2">
-        <v>1.187</v>
+        <v>1.2079</v>
       </c>
       <c r="F111" s="0"/>
     </row>
     <row r="112" spans="1:6">
       <c r="B112" s="3">
-        <v>45891</v>
+        <v>45944</v>
       </c>
       <c r="C112" s="2">
-        <v>1.1841</v>
+        <v>1.2036</v>
       </c>
       <c r="D112" s="2">
-        <v>1.1817</v>
+        <v>1.2012</v>
       </c>
       <c r="E112" s="2">
-        <v>1.1829</v>
+        <v>1.2024</v>
       </c>
       <c r="F112" s="0"/>
     </row>
     <row r="113" spans="1:6">
       <c r="B113" s="3">
-        <v>45890</v>
+        <v>45943</v>
       </c>
       <c r="C113" s="2">
-        <v>1.1858</v>
+        <v>1.1997</v>
       </c>
       <c r="D113" s="2">
-        <v>1.1834</v>
+        <v>1.1973</v>
       </c>
       <c r="E113" s="2">
-        <v>1.1846</v>
+        <v>1.1985</v>
       </c>
       <c r="F113" s="0"/>
     </row>
     <row r="114" spans="1:6">
       <c r="B114" s="3">
-        <v>45889</v>
+        <v>45940</v>
       </c>
       <c r="C114" s="2">
-        <v>1.1806</v>
+        <v>1.2053</v>
       </c>
       <c r="D114" s="2">
-        <v>1.1782</v>
+        <v>1.2029</v>
       </c>
       <c r="E114" s="2">
-        <v>1.1794</v>
+        <v>1.2041</v>
       </c>
       <c r="F114" s="0"/>
     </row>
     <row r="115" spans="1:6">
       <c r="B115" s="3">
-        <v>45888</v>
+        <v>45939</v>
       </c>
       <c r="C115" s="2">
-        <v>1.1787</v>
+        <v>1.2065</v>
       </c>
       <c r="D115" s="2">
-        <v>1.1763</v>
+        <v>1.2041</v>
       </c>
       <c r="E115" s="2">
-        <v>1.1775</v>
+        <v>1.2053</v>
       </c>
       <c r="F115" s="0"/>
     </row>
     <row r="116" spans="1:6">
       <c r="B116" s="3">
-        <v>45887</v>
+        <v>45938</v>
       </c>
       <c r="C116" s="2">
-        <v>1.1796</v>
+        <v>1.2059</v>
       </c>
       <c r="D116" s="2">
-        <v>1.1772</v>
+        <v>1.2035</v>
       </c>
       <c r="E116" s="2">
-        <v>1.1784</v>
+        <v>1.2047</v>
       </c>
       <c r="F116" s="0"/>
     </row>
     <row r="117" spans="1:6">
       <c r="B117" s="3">
-        <v>45884</v>
+        <v>45937</v>
       </c>
       <c r="C117" s="2">
-        <v>1.1799</v>
+        <v>1.2063</v>
       </c>
       <c r="D117" s="2">
-        <v>1.1775</v>
+        <v>1.2039</v>
       </c>
       <c r="E117" s="2">
-        <v>1.1787</v>
+        <v>1.2051</v>
       </c>
       <c r="F117" s="0"/>
     </row>
     <row r="118" spans="1:6">
       <c r="B118" s="3">
-        <v>45883</v>
+        <v>45933</v>
       </c>
       <c r="C118" s="2">
-        <v>1.1754</v>
+        <v>1.2059</v>
       </c>
       <c r="D118" s="2">
-        <v>1.173</v>
+        <v>1.2035</v>
       </c>
       <c r="E118" s="2">
-        <v>1.1742</v>
+        <v>1.2047</v>
       </c>
       <c r="F118" s="0"/>
     </row>
     <row r="119" spans="1:6">
       <c r="B119" s="3">
-        <v>45882</v>
+        <v>45932</v>
       </c>
       <c r="C119" s="2">
-        <v>1.1732</v>
+        <v>1.2027</v>
       </c>
       <c r="D119" s="2">
-        <v>1.1708</v>
+        <v>1.2003</v>
       </c>
       <c r="E119" s="2">
-        <v>1.172</v>
+        <v>1.2015</v>
       </c>
       <c r="F119" s="0"/>
     </row>
     <row r="120" spans="1:6">
       <c r="B120" s="3">
-        <v>45881</v>
+        <v>45931</v>
       </c>
       <c r="C120" s="2">
-        <v>1.1715</v>
+        <v>1.1958</v>
       </c>
       <c r="D120" s="2">
-        <v>1.1691</v>
+        <v>1.1934</v>
       </c>
       <c r="E120" s="2">
-        <v>1.1703</v>
+        <v>1.1946</v>
       </c>
       <c r="F120" s="0"/>
     </row>
     <row r="121" spans="1:6">
       <c r="B121" s="3">
-        <v>45880</v>
+        <v>45930</v>
       </c>
       <c r="C121" s="2">
-        <v>1.1701</v>
+        <v>1.1964</v>
       </c>
       <c r="D121" s="2">
-        <v>1.1677</v>
+        <v>1.194</v>
       </c>
       <c r="E121" s="2">
-        <v>1.1689</v>
+        <v>1.1952</v>
       </c>
       <c r="F121" s="0"/>
     </row>
     <row r="122" spans="1:6">
       <c r="B122" s="3">
-        <v>45877</v>
+        <v>45929</v>
       </c>
       <c r="C122" s="2">
-        <v>1.1682</v>
+        <v>1.1969</v>
       </c>
       <c r="D122" s="2">
-        <v>1.1658</v>
+        <v>1.1945</v>
       </c>
       <c r="E122" s="2">
-        <v>1.167</v>
+        <v>1.1957</v>
       </c>
       <c r="F122" s="0"/>
     </row>
     <row r="123" spans="1:6">
       <c r="B123" s="3">
-        <v>45876</v>
+        <v>45926</v>
       </c>
       <c r="C123" s="2">
-        <v>1.1688</v>
+        <v>1.1923</v>
       </c>
       <c r="D123" s="2">
-        <v>1.1664</v>
+        <v>1.1899</v>
       </c>
       <c r="E123" s="2">
-        <v>1.1676</v>
+        <v>1.1911</v>
       </c>
       <c r="F123" s="0"/>
     </row>
     <row r="124" spans="1:6">
       <c r="B124" s="3">
-        <v>45875</v>
+        <v>45925</v>
       </c>
       <c r="C124" s="2">
-        <v>1.1683</v>
+        <v>1.1924</v>
       </c>
       <c r="D124" s="2">
-        <v>1.1659</v>
+        <v>1.19</v>
       </c>
       <c r="E124" s="2">
-        <v>1.1671</v>
+        <v>1.1912</v>
       </c>
       <c r="F124" s="0"/>
     </row>
     <row r="125" spans="1:6">
       <c r="B125" s="3">
-        <v>45874</v>
+        <v>45924</v>
       </c>
       <c r="C125" s="2">
-        <v>1.1654</v>
+        <v>1.1929</v>
       </c>
       <c r="D125" s="2">
-        <v>1.163</v>
+        <v>1.1905</v>
       </c>
       <c r="E125" s="2">
-        <v>1.1642</v>
+        <v>1.1917</v>
       </c>
       <c r="F125" s="0"/>
     </row>
     <row r="126" spans="1:6">
       <c r="B126" s="3">
-        <v>45873</v>
+        <v>45923</v>
       </c>
       <c r="C126" s="2">
-        <v>1.1557</v>
+        <v>1.1969</v>
       </c>
       <c r="D126" s="2">
-        <v>1.1533</v>
+        <v>1.1945</v>
       </c>
       <c r="E126" s="2">
-        <v>1.1545</v>
+        <v>1.1957</v>
       </c>
       <c r="F126" s="0"/>
     </row>
     <row r="127" spans="1:6">
       <c r="B127" s="3">
-        <v>45870</v>
+        <v>45922</v>
       </c>
       <c r="C127" s="2">
-        <v>1.1593</v>
+        <v>1.1938</v>
       </c>
       <c r="D127" s="2">
-        <v>1.1569</v>
+        <v>1.1914</v>
       </c>
       <c r="E127" s="2">
-        <v>1.1581</v>
+        <v>1.1926</v>
       </c>
       <c r="F127" s="0"/>
     </row>
     <row r="128" spans="1:6">
       <c r="B128" s="3">
-        <v>45869</v>
+        <v>45919</v>
       </c>
       <c r="C128" s="2">
-        <v>1.1662</v>
+        <v>1.1921</v>
       </c>
       <c r="D128" s="2">
-        <v>1.1638</v>
+        <v>1.1897</v>
       </c>
       <c r="E128" s="2">
-        <v>1.165</v>
+        <v>1.1909</v>
       </c>
       <c r="F128" s="0"/>
     </row>
     <row r="129" spans="1:6">
       <c r="B129" s="3">
-        <v>45868</v>
+        <v>45918</v>
       </c>
       <c r="C129" s="2">
-        <v>1.1651</v>
+        <v>1.1887</v>
       </c>
       <c r="D129" s="2">
-        <v>1.1627</v>
+        <v>1.1863</v>
       </c>
       <c r="E129" s="2">
-        <v>1.1639</v>
+        <v>1.1875</v>
       </c>
       <c r="F129" s="0"/>
     </row>
     <row r="130" spans="1:6">
       <c r="B130" s="3">
-        <v>45867</v>
+        <v>45917</v>
       </c>
       <c r="C130" s="2">
-        <v>1.1622</v>
+        <v>1.1875</v>
       </c>
       <c r="D130" s="2">
-        <v>1.1598</v>
+        <v>1.1851</v>
       </c>
       <c r="E130" s="2">
-        <v>1.161</v>
+        <v>1.1863</v>
       </c>
       <c r="F130" s="0"/>
     </row>
     <row r="131" spans="1:6">
       <c r="B131" s="3">
-        <v>45866</v>
+        <v>45916</v>
       </c>
       <c r="C131" s="2">
-        <v>1.164</v>
+        <v>1.1907</v>
       </c>
       <c r="D131" s="2">
-        <v>1.1616</v>
+        <v>1.1883</v>
       </c>
       <c r="E131" s="2">
-        <v>1.1628</v>
+        <v>1.1895</v>
       </c>
       <c r="F131" s="0"/>
     </row>
     <row r="132" spans="1:6">
       <c r="B132" s="3">
-        <v>45863</v>
+        <v>45915</v>
       </c>
       <c r="C132" s="2">
-        <v>1.1595</v>
+        <v>1.1869</v>
       </c>
       <c r="D132" s="2">
-        <v>1.1571</v>
+        <v>1.1845</v>
       </c>
       <c r="E132" s="2">
-        <v>1.1583</v>
+        <v>1.1857</v>
       </c>
       <c r="F132" s="0"/>
     </row>
     <row r="133" spans="1:6">
       <c r="B133" s="3">
-        <v>45862</v>
+        <v>45912</v>
       </c>
       <c r="C133" s="2">
-        <v>1.1616</v>
+        <v>1.1883</v>
       </c>
       <c r="D133" s="2">
-        <v>1.1592</v>
+        <v>1.1859</v>
       </c>
       <c r="E133" s="2">
-        <v>1.1604</v>
+        <v>1.1871</v>
       </c>
       <c r="F133" s="0"/>
     </row>
     <row r="134" spans="1:6">
       <c r="B134" s="3">
-        <v>45861</v>
+        <v>45911</v>
       </c>
       <c r="C134" s="2">
-        <v>1.1642</v>
+        <v>1.1846</v>
       </c>
       <c r="D134" s="2">
-        <v>1.1618</v>
+        <v>1.1822</v>
       </c>
       <c r="E134" s="2">
-        <v>1.163</v>
+        <v>1.1834</v>
       </c>
       <c r="F134" s="0"/>
     </row>
     <row r="135" spans="1:6">
       <c r="B135" s="3">
-        <v>45860</v>
+        <v>45910</v>
       </c>
       <c r="C135" s="2">
-        <v>1.1604</v>
+        <v>1.1855</v>
       </c>
       <c r="D135" s="2">
-        <v>1.158</v>
+        <v>1.1831</v>
       </c>
       <c r="E135" s="2">
-        <v>1.1592</v>
+        <v>1.1843</v>
       </c>
       <c r="F135" s="0"/>
     </row>
     <row r="136" spans="1:6">
       <c r="B136" s="3">
-        <v>45859</v>
+        <v>45909</v>
       </c>
       <c r="C136" s="2">
-        <v>1.1594</v>
+        <v>1.1838</v>
       </c>
       <c r="D136" s="2">
-        <v>1.157</v>
+        <v>1.1814</v>
       </c>
       <c r="E136" s="2">
-        <v>1.1582</v>
+        <v>1.1826</v>
       </c>
       <c r="F136" s="0"/>
     </row>
     <row r="137" spans="1:6">
       <c r="B137" s="3">
-        <v>45856</v>
+        <v>45908</v>
       </c>
       <c r="C137" s="2">
-        <v>1.1648</v>
+        <v>1.1845</v>
       </c>
       <c r="D137" s="2">
-        <v>1.1624</v>
+        <v>1.1821</v>
       </c>
       <c r="E137" s="2">
-        <v>1.1636</v>
+        <v>1.1833</v>
       </c>
       <c r="F137" s="0"/>
     </row>
     <row r="138" spans="1:6">
       <c r="B138" s="3">
-        <v>45855</v>
+        <v>45905</v>
       </c>
       <c r="C138" s="2">
-        <v>1.1585</v>
+        <v>1.1862</v>
       </c>
       <c r="D138" s="2">
-        <v>1.1561</v>
+        <v>1.1838</v>
       </c>
       <c r="E138" s="2">
-        <v>1.1573</v>
+        <v>1.185</v>
       </c>
       <c r="F138" s="0"/>
     </row>
     <row r="139" spans="1:6">
       <c r="B139" s="3">
-        <v>45854</v>
+        <v>45904</v>
       </c>
       <c r="C139" s="2">
-        <v>1.1532</v>
+        <v>1.1816</v>
       </c>
       <c r="D139" s="2">
-        <v>1.1508</v>
+        <v>1.1792</v>
       </c>
       <c r="E139" s="2">
-        <v>1.152</v>
+        <v>1.1804</v>
       </c>
       <c r="F139" s="0"/>
     </row>
     <row r="140" spans="1:6">
       <c r="B140" s="3">
-        <v>45853</v>
+        <v>45903</v>
       </c>
       <c r="C140" s="2">
-        <v>1.1571</v>
+        <v>1.1768</v>
       </c>
       <c r="D140" s="2">
-        <v>1.1547</v>
+        <v>1.1744</v>
       </c>
       <c r="E140" s="2">
-        <v>1.1559</v>
+        <v>1.1756</v>
       </c>
       <c r="F140" s="0"/>
     </row>
     <row r="141" spans="1:6">
       <c r="B141" s="3">
-        <v>45852</v>
+        <v>45902</v>
       </c>
       <c r="C141" s="2">
-        <v>1.1507</v>
+        <v>1.1835</v>
       </c>
       <c r="D141" s="2">
-        <v>1.1485</v>
+        <v>1.1811</v>
       </c>
       <c r="E141" s="2">
-        <v>1.1496</v>
+        <v>1.1823</v>
       </c>
       <c r="F141" s="0"/>
     </row>
     <row r="142" spans="1:6">
       <c r="B142" s="3">
-        <v>45849</v>
+        <v>45901</v>
       </c>
       <c r="C142" s="2">
-        <v>1.1528</v>
+        <v>1.1845</v>
       </c>
       <c r="D142" s="2">
-        <v>1.1504</v>
+        <v>1.1821</v>
       </c>
       <c r="E142" s="2">
-        <v>1.1516</v>
+        <v>1.1833</v>
       </c>
       <c r="F142" s="0"/>
     </row>
     <row r="143" spans="1:6">
       <c r="B143" s="3">
-        <v>45848</v>
+        <v>45898</v>
       </c>
       <c r="C143" s="2">
-        <v>1.1538</v>
+        <v>1.1865</v>
       </c>
       <c r="D143" s="2">
-        <v>1.1514</v>
+        <v>1.1841</v>
       </c>
       <c r="E143" s="2">
-        <v>1.1526</v>
+        <v>1.1853</v>
       </c>
       <c r="F143" s="0"/>
     </row>
     <row r="144" spans="1:6">
       <c r="B144" s="3">
-        <v>45847</v>
+        <v>45897</v>
       </c>
       <c r="C144" s="2">
-        <v>1.1504</v>
+        <v>1.1873</v>
       </c>
       <c r="D144" s="2">
-        <v>1.1482</v>
+        <v>1.1849</v>
       </c>
       <c r="E144" s="2">
-        <v>1.1493</v>
+        <v>1.1861</v>
       </c>
       <c r="F144" s="0"/>
     </row>
     <row r="145" spans="1:6">
       <c r="B145" s="3">
-        <v>45846</v>
+        <v>45896</v>
       </c>
       <c r="C145" s="2">
-        <v>1.1525</v>
+        <v>1.1864</v>
       </c>
       <c r="D145" s="2">
-        <v>1.1501</v>
+        <v>1.184</v>
       </c>
       <c r="E145" s="2">
-        <v>1.1513</v>
+        <v>1.1852</v>
       </c>
       <c r="F145" s="0"/>
     </row>
     <row r="146" spans="1:6">
       <c r="B146" s="3">
-        <v>45845</v>
+        <v>45895</v>
       </c>
       <c r="C146" s="2">
-        <v>1.1544</v>
+        <v>1.1852</v>
       </c>
       <c r="D146" s="2">
-        <v>1.152</v>
+        <v>1.1828</v>
       </c>
       <c r="E146" s="2">
-        <v>1.1532</v>
+        <v>1.184</v>
       </c>
       <c r="F146" s="0"/>
     </row>
     <row r="147" spans="1:6">
       <c r="B147" s="3">
-        <v>45842</v>
+        <v>45894</v>
       </c>
       <c r="C147" s="2">
-        <v>1.1532</v>
+        <v>1.1882</v>
       </c>
       <c r="D147" s="2">
-        <v>1.1508</v>
+        <v>1.1858</v>
       </c>
       <c r="E147" s="2">
-        <v>1.152</v>
+        <v>1.187</v>
       </c>
       <c r="F147" s="0"/>
     </row>
     <row r="148" spans="1:6">
       <c r="B148" s="3">
-        <v>45841</v>
+        <v>45891</v>
       </c>
       <c r="C148" s="2">
-        <v>1.1538</v>
+        <v>1.1841</v>
       </c>
       <c r="D148" s="2">
-        <v>1.1514</v>
+        <v>1.1817</v>
       </c>
       <c r="E148" s="2">
-        <v>1.1526</v>
+        <v>1.1829</v>
       </c>
       <c r="F148" s="0"/>
     </row>
     <row r="149" spans="1:6">
       <c r="B149" s="3">
-        <v>45840</v>
+        <v>45890</v>
       </c>
       <c r="C149" s="2">
-        <v>1.1516</v>
+        <v>1.1858</v>
       </c>
       <c r="D149" s="2">
-        <v>1.1492</v>
+        <v>1.1834</v>
       </c>
       <c r="E149" s="2">
-        <v>1.1504</v>
+        <v>1.1846</v>
       </c>
       <c r="F149" s="0"/>
     </row>
     <row r="150" spans="1:6">
       <c r="B150" s="3">
-        <v>45839</v>
+        <v>45889</v>
       </c>
       <c r="C150" s="2">
-        <v>1.1482</v>
+        <v>1.1806</v>
       </c>
       <c r="D150" s="2">
-        <v>1.146</v>
+        <v>1.1782</v>
       </c>
       <c r="E150" s="2">
-        <v>1.1471</v>
+        <v>1.1794</v>
       </c>
       <c r="F150" s="0"/>
     </row>
     <row r="151" spans="1:6">
       <c r="B151" s="3">
-        <v>45838</v>
+        <v>45888</v>
       </c>
       <c r="C151" s="2">
-        <v>1.1493</v>
+        <v>1.1787</v>
       </c>
       <c r="D151" s="2">
-        <v>1.1471</v>
+        <v>1.1763</v>
       </c>
       <c r="E151" s="2">
-        <v>1.1482</v>
+        <v>1.1775</v>
       </c>
       <c r="F151" s="0"/>
     </row>
     <row r="152" spans="1:6">
       <c r="B152" s="3">
-        <v>45835</v>
+        <v>45887</v>
       </c>
       <c r="C152" s="2">
-        <v>1.1445</v>
+        <v>1.1796</v>
       </c>
       <c r="D152" s="2">
-        <v>1.1423</v>
+        <v>1.1772</v>
       </c>
       <c r="E152" s="2">
-        <v>1.1434</v>
+        <v>1.1784</v>
       </c>
       <c r="F152" s="0"/>
     </row>
     <row r="153" spans="1:6">
       <c r="B153" s="3">
-        <v>45834</v>
+        <v>45884</v>
       </c>
       <c r="C153" s="2">
-        <v>1.1429</v>
+        <v>1.1799</v>
       </c>
       <c r="D153" s="2">
-        <v>1.1407</v>
+        <v>1.1775</v>
       </c>
       <c r="E153" s="2">
-        <v>1.1418</v>
+        <v>1.1787</v>
       </c>
       <c r="F153" s="0"/>
     </row>
     <row r="154" spans="1:6">
       <c r="B154" s="3">
-        <v>45833</v>
+        <v>45883</v>
       </c>
       <c r="C154" s="2">
-        <v>1.1449</v>
+        <v>1.1754</v>
       </c>
       <c r="D154" s="2">
-        <v>1.1427</v>
+        <v>1.173</v>
       </c>
       <c r="E154" s="2">
-        <v>1.1438</v>
+        <v>1.1742</v>
       </c>
       <c r="F154" s="0"/>
     </row>
     <row r="155" spans="1:6">
       <c r="B155" s="3">
-        <v>45832</v>
+        <v>45882</v>
       </c>
       <c r="C155" s="2">
-        <v>1.1436</v>
+        <v>1.1732</v>
       </c>
       <c r="D155" s="2">
-        <v>1.1414</v>
+        <v>1.1708</v>
       </c>
       <c r="E155" s="2">
-        <v>1.1425</v>
+        <v>1.172</v>
       </c>
       <c r="F155" s="0"/>
     </row>
     <row r="156" spans="1:6">
       <c r="B156" s="3">
-        <v>45831</v>
+        <v>45881</v>
       </c>
       <c r="C156" s="2">
-        <v>1.1365</v>
+        <v>1.1715</v>
       </c>
       <c r="D156" s="2">
-        <v>1.1343</v>
+        <v>1.1691</v>
       </c>
       <c r="E156" s="2">
-        <v>1.1354</v>
+        <v>1.1703</v>
       </c>
       <c r="F156" s="0"/>
     </row>
     <row r="157" spans="1:6">
       <c r="B157" s="3">
-        <v>45828</v>
+        <v>45880</v>
       </c>
       <c r="C157" s="2">
-        <v>1.1362</v>
+        <v>1.1701</v>
       </c>
       <c r="D157" s="2">
-        <v>1.134</v>
+        <v>1.1677</v>
       </c>
       <c r="E157" s="2">
-        <v>1.1351</v>
+        <v>1.1689</v>
       </c>
       <c r="F157" s="0"/>
     </row>
     <row r="158" spans="1:6">
       <c r="B158" s="3">
-        <v>45827</v>
+        <v>45877</v>
       </c>
       <c r="C158" s="2">
-        <v>1.1367</v>
+        <v>1.1682</v>
       </c>
       <c r="D158" s="2">
-        <v>1.1345</v>
+        <v>1.1658</v>
       </c>
       <c r="E158" s="2">
-        <v>1.1356</v>
+        <v>1.167</v>
       </c>
       <c r="F158" s="0"/>
     </row>
     <row r="159" spans="1:6">
       <c r="B159" s="3">
-        <v>45826</v>
+        <v>45876</v>
       </c>
       <c r="C159" s="2">
-        <v>1.1382</v>
+        <v>1.1688</v>
       </c>
       <c r="D159" s="2">
-        <v>1.136</v>
+        <v>1.1664</v>
       </c>
       <c r="E159" s="2">
-        <v>1.1371</v>
+        <v>1.1676</v>
       </c>
       <c r="F159" s="0"/>
     </row>
     <row r="160" spans="1:6">
       <c r="B160" s="3">
-        <v>45825</v>
+        <v>45875</v>
       </c>
       <c r="C160" s="2">
-        <v>1.1391</v>
+        <v>1.1683</v>
       </c>
       <c r="D160" s="2">
-        <v>1.1369</v>
+        <v>1.1659</v>
       </c>
       <c r="E160" s="2">
-        <v>1.138</v>
+        <v>1.1671</v>
       </c>
       <c r="F160" s="0"/>
     </row>
     <row r="161" spans="1:6">
       <c r="B161" s="3">
-        <v>45824</v>
+        <v>45874</v>
       </c>
       <c r="C161" s="2">
-        <v>1.1421</v>
+        <v>1.1654</v>
       </c>
       <c r="D161" s="2">
-        <v>1.1399</v>
+        <v>1.163</v>
       </c>
       <c r="E161" s="2">
-        <v>1.141</v>
+        <v>1.1642</v>
       </c>
       <c r="F161" s="0"/>
     </row>
     <row r="162" spans="1:6">
       <c r="B162" s="3">
-        <v>45821</v>
+        <v>45873</v>
       </c>
       <c r="C162" s="2">
-        <v>1.141</v>
+        <v>1.1557</v>
       </c>
       <c r="D162" s="2">
-        <v>1.1388</v>
+        <v>1.1533</v>
       </c>
       <c r="E162" s="2">
-        <v>1.1399</v>
+        <v>1.1545</v>
       </c>
       <c r="F162" s="0"/>
     </row>
     <row r="163" spans="1:6">
       <c r="B163" s="3">
-        <v>45820</v>
+        <v>45870</v>
       </c>
       <c r="C163" s="2">
-        <v>1.1458</v>
+        <v>1.1593</v>
       </c>
       <c r="D163" s="2">
-        <v>1.1436</v>
+        <v>1.1569</v>
       </c>
       <c r="E163" s="2">
-        <v>1.1447</v>
+        <v>1.1581</v>
       </c>
       <c r="F163" s="0"/>
     </row>
     <row r="164" spans="1:6">
       <c r="B164" s="3">
-        <v>45819</v>
+        <v>45869</v>
       </c>
       <c r="C164" s="2">
-        <v>1.1466</v>
+        <v>1.1662</v>
       </c>
       <c r="D164" s="2">
-        <v>1.1444</v>
+        <v>1.1638</v>
       </c>
       <c r="E164" s="2">
-        <v>1.1455</v>
+        <v>1.165</v>
       </c>
       <c r="F164" s="0"/>
     </row>
     <row r="165" spans="1:6">
       <c r="B165" s="3">
-        <v>45818</v>
+        <v>45868</v>
       </c>
       <c r="C165" s="2">
-        <v>1.1451</v>
+        <v>1.1651</v>
       </c>
       <c r="D165" s="2">
-        <v>1.1429</v>
+        <v>1.1627</v>
       </c>
       <c r="E165" s="2">
-        <v>1.144</v>
+        <v>1.1639</v>
       </c>
       <c r="F165" s="0"/>
     </row>
     <row r="166" spans="1:6">
       <c r="B166" s="3">
-        <v>45814</v>
+        <v>45867</v>
       </c>
       <c r="C166" s="2">
-        <v>1.1402</v>
+        <v>1.1622</v>
       </c>
       <c r="D166" s="2">
-        <v>1.138</v>
+        <v>1.1598</v>
       </c>
       <c r="E166" s="2">
-        <v>1.1391</v>
+        <v>1.161</v>
       </c>
       <c r="F166" s="0"/>
     </row>
     <row r="167" spans="1:6">
       <c r="B167" s="3">
-        <v>45813</v>
+        <v>45866</v>
       </c>
       <c r="C167" s="2">
-        <v>1.142</v>
+        <v>1.164</v>
       </c>
       <c r="D167" s="2">
-        <v>1.1398</v>
+        <v>1.1616</v>
       </c>
       <c r="E167" s="2">
-        <v>1.1409</v>
+        <v>1.1628</v>
       </c>
       <c r="F167" s="0"/>
     </row>
     <row r="168" spans="1:6">
       <c r="B168" s="3">
-        <v>45812</v>
+        <v>45863</v>
       </c>
       <c r="C168" s="2">
-        <v>1.1432</v>
+        <v>1.1595</v>
       </c>
       <c r="D168" s="2">
-        <v>1.141</v>
+        <v>1.1571</v>
       </c>
       <c r="E168" s="2">
-        <v>1.1421</v>
+        <v>1.1583</v>
       </c>
       <c r="F168" s="0"/>
     </row>
     <row r="169" spans="1:6">
       <c r="B169" s="3">
-        <v>45811</v>
+        <v>45862</v>
       </c>
       <c r="C169" s="2">
-        <v>1.1376</v>
+        <v>1.1616</v>
       </c>
       <c r="D169" s="2">
-        <v>1.1354</v>
+        <v>1.1592</v>
       </c>
       <c r="E169" s="2">
-        <v>1.1365</v>
+        <v>1.1604</v>
       </c>
       <c r="F169" s="0"/>
     </row>
     <row r="170" spans="1:6">
       <c r="B170" s="3">
-        <v>45810</v>
+        <v>45861</v>
       </c>
       <c r="C170" s="2">
-        <v>1.1332</v>
+        <v>1.1642</v>
       </c>
       <c r="D170" s="2">
-        <v>1.131</v>
+        <v>1.1618</v>
       </c>
       <c r="E170" s="2">
-        <v>1.1321</v>
+        <v>1.163</v>
       </c>
       <c r="F170" s="0"/>
     </row>
     <row r="171" spans="1:6">
       <c r="B171" s="3">
-        <v>45807</v>
+        <v>45860</v>
       </c>
       <c r="C171" s="2">
-        <v>1.1364</v>
+        <v>1.1604</v>
       </c>
       <c r="D171" s="2">
-        <v>1.1342</v>
+        <v>1.158</v>
       </c>
       <c r="E171" s="2">
-        <v>1.1353</v>
+        <v>1.1592</v>
       </c>
       <c r="F171" s="0"/>
     </row>
     <row r="172" spans="1:6">
       <c r="B172" s="3">
-        <v>45806</v>
+        <v>45859</v>
       </c>
       <c r="C172" s="2">
-        <v>1.141</v>
+        <v>1.1594</v>
       </c>
       <c r="D172" s="2">
-        <v>1.1388</v>
+        <v>1.157</v>
       </c>
       <c r="E172" s="2">
-        <v>1.1399</v>
+        <v>1.1582</v>
       </c>
       <c r="F172" s="0"/>
     </row>
     <row r="173" spans="1:6">
       <c r="B173" s="3">
-        <v>45805</v>
+        <v>45856</v>
       </c>
       <c r="C173" s="2">
-        <v>1.1362</v>
+        <v>1.1648</v>
       </c>
       <c r="D173" s="2">
-        <v>1.134</v>
+        <v>1.1624</v>
       </c>
       <c r="E173" s="2">
-        <v>1.1351</v>
+        <v>1.1636</v>
       </c>
       <c r="F173" s="0"/>
     </row>
     <row r="174" spans="1:6">
       <c r="B174" s="3">
-        <v>45804</v>
+        <v>45855</v>
       </c>
       <c r="C174" s="2">
-        <v>1.1319</v>
+        <v>1.1585</v>
       </c>
       <c r="D174" s="2">
-        <v>1.1297</v>
+        <v>1.1561</v>
       </c>
       <c r="E174" s="2">
-        <v>1.1308</v>
+        <v>1.1573</v>
       </c>
       <c r="F174" s="0"/>
     </row>
     <row r="175" spans="1:6">
       <c r="B175" s="3">
-        <v>45803</v>
+        <v>45854</v>
       </c>
       <c r="C175" s="2">
-        <v>1.1285</v>
+        <v>1.1532</v>
       </c>
       <c r="D175" s="2">
-        <v>1.1263</v>
+        <v>1.1508</v>
       </c>
       <c r="E175" s="2">
-        <v>1.1274</v>
+        <v>1.152</v>
       </c>
       <c r="F175" s="0"/>
     </row>
     <row r="176" spans="1:6">
       <c r="B176" s="3">
-        <v>45800</v>
+        <v>45853</v>
       </c>
       <c r="C176" s="2">
-        <v>1.1308</v>
+        <v>1.1571</v>
       </c>
       <c r="D176" s="2">
-        <v>1.1286</v>
+        <v>1.1547</v>
       </c>
       <c r="E176" s="2">
-        <v>1.1297</v>
+        <v>1.1559</v>
       </c>
       <c r="F176" s="0"/>
     </row>
     <row r="177" spans="1:6">
       <c r="B177" s="3">
-        <v>45799</v>
+        <v>45852</v>
       </c>
       <c r="C177" s="2">
-        <v>1.1299</v>
+        <v>1.1507</v>
       </c>
       <c r="D177" s="2">
-        <v>1.1277</v>
+        <v>1.1485</v>
       </c>
       <c r="E177" s="2">
-        <v>1.1288</v>
+        <v>1.1496</v>
       </c>
       <c r="F177" s="0"/>
     </row>
     <row r="178" spans="1:6">
       <c r="B178" s="3">
-        <v>45798</v>
+        <v>45849</v>
       </c>
       <c r="C178" s="2">
-        <v>1.1349</v>
+        <v>1.1528</v>
       </c>
       <c r="D178" s="2">
-        <v>1.1327</v>
+        <v>1.1504</v>
       </c>
       <c r="E178" s="2">
-        <v>1.1338</v>
+        <v>1.1516</v>
       </c>
       <c r="F178" s="0"/>
     </row>
     <row r="179" spans="1:6">
       <c r="B179" s="3">
-        <v>45797</v>
+        <v>45848</v>
       </c>
       <c r="C179" s="2">
-        <v>1.1334</v>
+        <v>1.1538</v>
       </c>
       <c r="D179" s="2">
-        <v>1.1312</v>
+        <v>1.1514</v>
       </c>
       <c r="E179" s="2">
-        <v>1.1323</v>
+        <v>1.1526</v>
       </c>
       <c r="F179" s="0"/>
     </row>
     <row r="180" spans="1:6">
       <c r="B180" s="3">
-        <v>45796</v>
+        <v>45847</v>
       </c>
       <c r="C180" s="2">
-        <v>1.1292</v>
+        <v>1.1504</v>
       </c>
       <c r="D180" s="2">
-        <v>1.127</v>
+        <v>1.1482</v>
       </c>
       <c r="E180" s="2">
-        <v>1.1281</v>
+        <v>1.1493</v>
       </c>
       <c r="F180" s="0"/>
     </row>
     <row r="181" spans="1:6">
       <c r="B181" s="3">
-        <v>45793</v>
+        <v>45846</v>
       </c>
       <c r="C181" s="2">
-        <v>1.1307</v>
+        <v>1.1525</v>
       </c>
       <c r="D181" s="2">
-        <v>1.1285</v>
+        <v>1.1501</v>
       </c>
       <c r="E181" s="2">
-        <v>1.1296</v>
+        <v>1.1513</v>
       </c>
       <c r="F181" s="0"/>
     </row>
     <row r="182" spans="1:6">
       <c r="B182" s="3">
-        <v>45792</v>
+        <v>45845</v>
       </c>
       <c r="C182" s="2">
-        <v>1.1239</v>
+        <v>1.1544</v>
       </c>
       <c r="D182" s="2">
-        <v>1.1217</v>
+        <v>1.152</v>
       </c>
       <c r="E182" s="2">
-        <v>1.1228</v>
+        <v>1.1532</v>
       </c>
       <c r="F182" s="0"/>
     </row>
     <row r="183" spans="1:6">
       <c r="B183" s="3">
-        <v>45791</v>
+        <v>45842</v>
       </c>
       <c r="C183" s="2">
-        <v>1.1257</v>
+        <v>1.1532</v>
       </c>
       <c r="D183" s="2">
-        <v>1.1235</v>
+        <v>1.1508</v>
       </c>
       <c r="E183" s="2">
-        <v>1.1246</v>
+        <v>1.152</v>
       </c>
       <c r="F183" s="0"/>
     </row>
     <row r="184" spans="1:6">
       <c r="B184" s="3">
-        <v>45790</v>
+        <v>45841</v>
       </c>
       <c r="C184" s="2">
-        <v>1.1257</v>
+        <v>1.1538</v>
       </c>
       <c r="D184" s="2">
-        <v>1.1235</v>
+        <v>1.1514</v>
       </c>
       <c r="E184" s="2">
-        <v>1.1246</v>
+        <v>1.1526</v>
       </c>
       <c r="F184" s="0"/>
     </row>
     <row r="185" spans="1:6">
       <c r="B185" s="3">
-        <v>45789</v>
+        <v>45840</v>
       </c>
       <c r="C185" s="2">
-        <v>1.1216</v>
+        <v>1.1516</v>
       </c>
       <c r="D185" s="2">
-        <v>1.1194</v>
+        <v>1.1492</v>
       </c>
       <c r="E185" s="2">
-        <v>1.1205</v>
+        <v>1.1504</v>
       </c>
       <c r="F185" s="0"/>
     </row>
     <row r="186" spans="1:6">
       <c r="B186" s="3">
-        <v>45786</v>
+        <v>45839</v>
       </c>
       <c r="C186" s="2">
-        <v>1.1195</v>
+        <v>1.1482</v>
       </c>
       <c r="D186" s="2">
-        <v>1.1173</v>
+        <v>1.146</v>
       </c>
       <c r="E186" s="2">
-        <v>1.1184</v>
+        <v>1.1471</v>
       </c>
       <c r="F186" s="0"/>
     </row>
     <row r="187" spans="1:6">
       <c r="B187" s="3">
-        <v>45785</v>
+        <v>45838</v>
       </c>
       <c r="C187" s="2">
-        <v>1.1164</v>
+        <v>1.1493</v>
       </c>
       <c r="D187" s="2">
-        <v>1.1142</v>
+        <v>1.1471</v>
       </c>
       <c r="E187" s="2">
-        <v>1.1153</v>
+        <v>1.1482</v>
       </c>
       <c r="F187" s="0"/>
     </row>
     <row r="188" spans="1:6">
       <c r="B188" s="3">
-        <v>45784</v>
+        <v>45835</v>
       </c>
       <c r="C188" s="2">
-        <v>1.1111</v>
+        <v>1.1445</v>
       </c>
       <c r="D188" s="2">
-        <v>1.1089</v>
+        <v>1.1423</v>
       </c>
       <c r="E188" s="2">
-        <v>1.11</v>
+        <v>1.1434</v>
       </c>
       <c r="F188" s="0"/>
     </row>
     <row r="189" spans="1:6">
       <c r="B189" s="3">
-        <v>45783</v>
+        <v>45834</v>
       </c>
       <c r="C189" s="2">
-        <v>1.1114</v>
+        <v>1.1429</v>
       </c>
       <c r="D189" s="2">
-        <v>1.1092</v>
+        <v>1.1407</v>
       </c>
       <c r="E189" s="2">
-        <v>1.1103</v>
+        <v>1.1418</v>
       </c>
       <c r="F189" s="0"/>
     </row>
     <row r="190" spans="1:6">
       <c r="B190" s="3">
-        <v>45782</v>
+        <v>45833</v>
       </c>
       <c r="C190" s="2">
-        <v>1.1091</v>
+        <v>1.1449</v>
       </c>
       <c r="D190" s="2">
-        <v>1.1069</v>
+        <v>1.1427</v>
       </c>
       <c r="E190" s="2">
-        <v>1.108</v>
+        <v>1.1438</v>
       </c>
       <c r="F190" s="0"/>
     </row>
     <row r="191" spans="1:6">
       <c r="B191" s="3">
-        <v>45779</v>
+        <v>45832</v>
       </c>
       <c r="C191" s="2">
-        <v>1.1131</v>
+        <v>1.1436</v>
       </c>
       <c r="D191" s="2">
-        <v>1.1109</v>
+        <v>1.1414</v>
       </c>
       <c r="E191" s="2">
-        <v>1.112</v>
+        <v>1.1425</v>
       </c>
       <c r="F191" s="0"/>
     </row>
     <row r="192" spans="1:6">
       <c r="B192" s="3">
-        <v>45778</v>
+        <v>45831</v>
       </c>
       <c r="C192" s="2">
-        <v>1.1076</v>
+        <v>1.1365</v>
       </c>
       <c r="D192" s="2">
-        <v>1.1054</v>
+        <v>1.1343</v>
       </c>
       <c r="E192" s="2">
-        <v>1.1065</v>
+        <v>1.1354</v>
       </c>
       <c r="F192" s="0"/>
     </row>
     <row r="193" spans="1:6">
       <c r="B193" s="3">
-        <v>45777</v>
+        <v>45828</v>
       </c>
       <c r="C193" s="2">
-        <v>1.1038</v>
+        <v>1.1362</v>
       </c>
       <c r="D193" s="2">
-        <v>1.1016</v>
+        <v>1.134</v>
       </c>
       <c r="E193" s="2">
-        <v>1.1027</v>
+        <v>1.1351</v>
       </c>
       <c r="F193" s="0"/>
     </row>
     <row r="194" spans="1:6">
       <c r="B194" s="3">
-        <v>45776</v>
+        <v>45827</v>
       </c>
       <c r="C194" s="2">
-        <v>1.1007</v>
+        <v>1.1367</v>
       </c>
       <c r="D194" s="2">
-        <v>1.0985</v>
+        <v>1.1345</v>
       </c>
       <c r="E194" s="2">
-        <v>1.0996</v>
+        <v>1.1356</v>
       </c>
       <c r="F194" s="0"/>
     </row>
     <row r="195" spans="1:6">
       <c r="B195" s="3">
-        <v>45775</v>
+        <v>45826</v>
       </c>
       <c r="C195" s="2">
-        <v>1.0963</v>
+        <v>1.1382</v>
       </c>
       <c r="D195" s="2">
-        <v>1.0941</v>
+        <v>1.136</v>
       </c>
       <c r="E195" s="2">
-        <v>1.0952</v>
+        <v>1.1371</v>
       </c>
       <c r="F195" s="0"/>
     </row>
     <row r="196" spans="1:6">
       <c r="B196" s="3">
-        <v>45771</v>
+        <v>45825</v>
       </c>
       <c r="C196" s="2">
-        <v>1.092</v>
+        <v>1.1391</v>
       </c>
       <c r="D196" s="2">
-        <v>1.0898</v>
+        <v>1.1369</v>
       </c>
       <c r="E196" s="2">
-        <v>1.0909</v>
+        <v>1.138</v>
       </c>
       <c r="F196" s="0"/>
     </row>
     <row r="197" spans="1:6">
       <c r="B197" s="3">
-        <v>45770</v>
+        <v>45824</v>
       </c>
       <c r="C197" s="2">
-        <v>1.0892</v>
+        <v>1.1421</v>
       </c>
       <c r="D197" s="2">
-        <v>1.087</v>
+        <v>1.1399</v>
       </c>
       <c r="E197" s="2">
-        <v>1.0881</v>
+        <v>1.141</v>
       </c>
       <c r="F197" s="0"/>
     </row>
     <row r="198" spans="1:6">
       <c r="B198" s="3">
-        <v>45769</v>
+        <v>45821</v>
       </c>
       <c r="C198" s="2">
-        <v>1.0778</v>
+        <v>1.141</v>
       </c>
       <c r="D198" s="2">
-        <v>1.0756</v>
+        <v>1.1388</v>
       </c>
       <c r="E198" s="2">
-        <v>1.0767</v>
+        <v>1.1399</v>
       </c>
       <c r="F198" s="0"/>
     </row>
     <row r="199" spans="1:6">
       <c r="B199" s="3">
-        <v>45764</v>
+        <v>45820</v>
       </c>
       <c r="C199" s="2">
-        <v>1.0835</v>
+        <v>1.1458</v>
       </c>
       <c r="D199" s="2">
-        <v>1.0813</v>
+        <v>1.1436</v>
       </c>
       <c r="E199" s="2">
-        <v>1.0824</v>
+        <v>1.1447</v>
       </c>
       <c r="F199" s="0"/>
     </row>
     <row r="200" spans="1:6">
       <c r="B200" s="3">
-        <v>45763</v>
+        <v>45819</v>
       </c>
       <c r="C200" s="2">
-        <v>1.0797</v>
+        <v>1.1466</v>
       </c>
       <c r="D200" s="2">
-        <v>1.0775</v>
+        <v>1.1444</v>
       </c>
       <c r="E200" s="2">
-        <v>1.0786</v>
+        <v>1.1455</v>
       </c>
       <c r="F200" s="0"/>
     </row>
     <row r="201" spans="1:6">
       <c r="B201" s="3">
-        <v>45762</v>
+        <v>45818</v>
       </c>
       <c r="C201" s="2">
-        <v>1.0806</v>
+        <v>1.1451</v>
       </c>
       <c r="D201" s="2">
-        <v>1.0784</v>
+        <v>1.1429</v>
       </c>
       <c r="E201" s="2">
-        <v>1.0795</v>
+        <v>1.144</v>
       </c>
       <c r="F201" s="0"/>
     </row>
     <row r="202" spans="1:6">
       <c r="B202" s="3">
-        <v>45761</v>
+        <v>45814</v>
       </c>
       <c r="C202" s="2">
-        <v>1.0818</v>
+        <v>1.1402</v>
       </c>
       <c r="D202" s="2">
-        <v>1.0796</v>
+        <v>1.138</v>
       </c>
       <c r="E202" s="2">
-        <v>1.0807</v>
+        <v>1.1391</v>
       </c>
       <c r="F202" s="0"/>
     </row>
     <row r="203" spans="1:6">
       <c r="B203" s="3">
-        <v>45758</v>
+        <v>45813</v>
       </c>
       <c r="C203" s="2">
-        <v>1.078</v>
+        <v>1.142</v>
       </c>
       <c r="D203" s="2">
-        <v>1.0758</v>
+        <v>1.1398</v>
       </c>
       <c r="E203" s="2">
-        <v>1.0769</v>
+        <v>1.1409</v>
       </c>
       <c r="F203" s="0"/>
     </row>
     <row r="204" spans="1:6">
       <c r="B204" s="3">
-        <v>45757</v>
+        <v>45812</v>
       </c>
       <c r="C204" s="2">
-        <v>1.0827</v>
+        <v>1.1432</v>
       </c>
       <c r="D204" s="2">
-        <v>1.0805</v>
+        <v>1.141</v>
       </c>
       <c r="E204" s="2">
-        <v>1.0816</v>
+        <v>1.1421</v>
       </c>
       <c r="F204" s="0"/>
     </row>
     <row r="205" spans="1:6">
       <c r="B205" s="3">
-        <v>45756</v>
+        <v>45811</v>
       </c>
       <c r="C205" s="2">
-        <v>1.057</v>
+        <v>1.1376</v>
       </c>
       <c r="D205" s="2">
-        <v>1.0548</v>
+        <v>1.1354</v>
       </c>
       <c r="E205" s="2">
-        <v>1.0559</v>
+        <v>1.1365</v>
       </c>
       <c r="F205" s="0"/>
     </row>
     <row r="206" spans="1:6">
       <c r="B206" s="3">
-        <v>45755</v>
+        <v>45810</v>
       </c>
       <c r="C206" s="2">
-        <v>1.0661</v>
+        <v>1.1332</v>
       </c>
       <c r="D206" s="2">
-        <v>1.0639</v>
+        <v>1.131</v>
       </c>
       <c r="E206" s="2">
-        <v>1.065</v>
+        <v>1.1321</v>
       </c>
       <c r="F206" s="0"/>
     </row>
     <row r="207" spans="1:6">
       <c r="B207" s="3">
-        <v>45754</v>
+        <v>45807</v>
       </c>
       <c r="C207" s="2">
-        <v>1.0556</v>
+        <v>1.1364</v>
       </c>
       <c r="D207" s="2">
-        <v>1.0534</v>
+        <v>1.1342</v>
       </c>
       <c r="E207" s="2">
-        <v>1.0545</v>
+        <v>1.1353</v>
       </c>
       <c r="F207" s="0"/>
     </row>
     <row r="208" spans="1:6">
       <c r="B208" s="3">
-        <v>45751</v>
+        <v>45806</v>
       </c>
       <c r="C208" s="2">
-        <v>1.0855</v>
+        <v>1.141</v>
       </c>
       <c r="D208" s="2">
-        <v>1.0833</v>
+        <v>1.1388</v>
       </c>
       <c r="E208" s="2">
-        <v>1.0844</v>
+        <v>1.1399</v>
       </c>
       <c r="F208" s="0"/>
     </row>
     <row r="209" spans="1:6">
       <c r="B209" s="3">
-        <v>45750</v>
+        <v>45805</v>
       </c>
       <c r="C209" s="2">
-        <v>1.0981</v>
+        <v>1.1362</v>
       </c>
       <c r="D209" s="2">
-        <v>1.0959</v>
+        <v>1.134</v>
       </c>
       <c r="E209" s="2">
-        <v>1.097</v>
+        <v>1.1351</v>
       </c>
       <c r="F209" s="0"/>
     </row>
     <row r="210" spans="1:6">
       <c r="B210" s="3">
-        <v>45749</v>
+        <v>45804</v>
       </c>
       <c r="C210" s="2">
-        <v>1.1055</v>
+        <v>1.1319</v>
       </c>
       <c r="D210" s="2">
-        <v>1.1033</v>
+        <v>1.1297</v>
       </c>
       <c r="E210" s="2">
-        <v>1.1044</v>
+        <v>1.1308</v>
       </c>
       <c r="F210" s="0"/>
     </row>
     <row r="211" spans="1:6">
       <c r="B211" s="3">
-        <v>45748</v>
+        <v>45803</v>
       </c>
       <c r="C211" s="2">
-        <v>1.1057</v>
+        <v>1.1285</v>
       </c>
       <c r="D211" s="2">
-        <v>1.1035</v>
+        <v>1.1263</v>
       </c>
       <c r="E211" s="2">
-        <v>1.1046</v>
+        <v>1.1274</v>
       </c>
       <c r="F211" s="0"/>
     </row>
     <row r="212" spans="1:6">
       <c r="B212" s="3">
-        <v>45747</v>
+        <v>45800</v>
       </c>
       <c r="C212" s="2">
-        <v>1.0999</v>
+        <v>1.1308</v>
       </c>
       <c r="D212" s="2">
-        <v>1.0977</v>
+        <v>1.1286</v>
       </c>
       <c r="E212" s="2">
-        <v>1.0988</v>
+        <v>1.1297</v>
       </c>
       <c r="F212" s="0"/>
     </row>
     <row r="213" spans="1:6">
       <c r="B213" s="3">
-        <v>45744</v>
+        <v>45799</v>
       </c>
       <c r="C213" s="2">
-        <v>1.1128</v>
+        <v>1.1299</v>
       </c>
       <c r="D213" s="2">
-        <v>1.1106</v>
+        <v>1.1277</v>
       </c>
       <c r="E213" s="2">
-        <v>1.1117</v>
+        <v>1.1288</v>
       </c>
       <c r="F213" s="0"/>
     </row>
     <row r="214" spans="1:6">
       <c r="B214" s="3">
-        <v>45743</v>
+        <v>45798</v>
       </c>
       <c r="C214" s="2">
-        <v>1.112</v>
+        <v>1.1349</v>
       </c>
       <c r="D214" s="2">
-        <v>1.1098</v>
+        <v>1.1327</v>
       </c>
       <c r="E214" s="2">
-        <v>1.1109</v>
+        <v>1.1338</v>
       </c>
       <c r="F214" s="0"/>
     </row>
     <row r="215" spans="1:6">
       <c r="B215" s="3">
-        <v>45742</v>
+        <v>45797</v>
       </c>
       <c r="C215" s="2">
-        <v>1.1152</v>
+        <v>1.1334</v>
       </c>
       <c r="D215" s="2">
-        <v>1.113</v>
+        <v>1.1312</v>
       </c>
       <c r="E215" s="2">
-        <v>1.1141</v>
+        <v>1.1323</v>
       </c>
       <c r="F215" s="0"/>
     </row>
     <row r="216" spans="1:6">
       <c r="B216" s="3">
-        <v>45741</v>
+        <v>45796</v>
       </c>
       <c r="C216" s="2">
-        <v>1.113</v>
+        <v>1.1292</v>
       </c>
       <c r="D216" s="2">
-        <v>1.1108</v>
+        <v>1.127</v>
       </c>
       <c r="E216" s="2">
-        <v>1.1119</v>
+        <v>1.1281</v>
       </c>
       <c r="F216" s="0"/>
     </row>
     <row r="217" spans="1:6">
       <c r="B217" s="3">
-        <v>45740</v>
+        <v>45793</v>
       </c>
       <c r="C217" s="2">
-        <v>1.1108</v>
+        <v>1.1307</v>
       </c>
       <c r="D217" s="2">
-        <v>1.1086</v>
+        <v>1.1285</v>
       </c>
       <c r="E217" s="2">
-        <v>1.1097</v>
+        <v>1.1296</v>
       </c>
       <c r="F217" s="0"/>
     </row>
     <row r="218" spans="1:6">
       <c r="B218" s="3">
-        <v>45737</v>
+        <v>45792</v>
       </c>
       <c r="C218" s="2">
-        <v>1.1093</v>
+        <v>1.1239</v>
       </c>
       <c r="D218" s="2">
-        <v>1.1071</v>
+        <v>1.1217</v>
       </c>
       <c r="E218" s="2">
-        <v>1.1082</v>
+        <v>1.1228</v>
       </c>
       <c r="F218" s="0"/>
     </row>
     <row r="219" spans="1:6">
       <c r="B219" s="3">
-        <v>45736</v>
+        <v>45791</v>
       </c>
       <c r="C219" s="2">
-        <v>1.11</v>
+        <v>1.1257</v>
       </c>
       <c r="D219" s="2">
-        <v>1.1078</v>
+        <v>1.1235</v>
       </c>
       <c r="E219" s="2">
-        <v>1.1089</v>
+        <v>1.1246</v>
       </c>
       <c r="F219" s="0"/>
     </row>
     <row r="220" spans="1:6">
       <c r="B220" s="3">
-        <v>45735</v>
+        <v>45790</v>
       </c>
       <c r="C220" s="2">
-        <v>1.1017</v>
+        <v>1.1257</v>
       </c>
       <c r="D220" s="2">
-        <v>1.0995</v>
+        <v>1.1235</v>
       </c>
       <c r="E220" s="2">
-        <v>1.1006</v>
+        <v>1.1246</v>
       </c>
       <c r="F220" s="0"/>
     </row>
     <row r="221" spans="1:6">
       <c r="B221" s="3">
-        <v>45734</v>
+        <v>45789</v>
       </c>
       <c r="C221" s="2">
-        <v>1.1027</v>
+        <v>1.1216</v>
       </c>
       <c r="D221" s="2">
-        <v>1.1005</v>
+        <v>1.1194</v>
       </c>
       <c r="E221" s="2">
-        <v>1.1016</v>
+        <v>1.1205</v>
       </c>
       <c r="F221" s="0"/>
     </row>
     <row r="222" spans="1:6">
       <c r="B222" s="3">
-        <v>45733</v>
+        <v>45786</v>
       </c>
       <c r="C222" s="2">
-        <v>1.0998</v>
+        <v>1.1195</v>
       </c>
       <c r="D222" s="2">
-        <v>1.0976</v>
+        <v>1.1173</v>
       </c>
       <c r="E222" s="2">
-        <v>1.0987</v>
+        <v>1.1184</v>
       </c>
       <c r="F222" s="0"/>
     </row>
     <row r="223" spans="1:6">
       <c r="B223" s="3">
-        <v>45730</v>
+        <v>45785</v>
       </c>
       <c r="C223" s="2">
-        <v>1.096</v>
+        <v>1.1164</v>
       </c>
       <c r="D223" s="2">
-        <v>1.0938</v>
+        <v>1.1142</v>
       </c>
       <c r="E223" s="2">
-        <v>1.0949</v>
+        <v>1.1153</v>
       </c>
       <c r="F223" s="0"/>
     </row>
     <row r="224" spans="1:6">
       <c r="B224" s="3">
-        <v>45729</v>
+        <v>45784</v>
       </c>
       <c r="C224" s="2">
-        <v>1.0934</v>
+        <v>1.1111</v>
       </c>
       <c r="D224" s="2">
-        <v>1.0912</v>
+        <v>1.1089</v>
       </c>
       <c r="E224" s="2">
-        <v>1.0923</v>
+        <v>1.11</v>
       </c>
       <c r="F224" s="0"/>
     </row>
     <row r="225" spans="1:6">
       <c r="B225" s="3">
-        <v>45728</v>
+        <v>45783</v>
       </c>
       <c r="C225" s="2">
-        <v>1.0949</v>
+        <v>1.1114</v>
       </c>
       <c r="D225" s="2">
-        <v>1.0927</v>
+        <v>1.1092</v>
       </c>
       <c r="E225" s="2">
-        <v>1.0938</v>
+        <v>1.1103</v>
       </c>
       <c r="F225" s="0"/>
     </row>
     <row r="226" spans="1:6">
       <c r="B226" s="3">
-        <v>45727</v>
+        <v>45782</v>
       </c>
       <c r="C226" s="2">
-        <v>1.1025</v>
+        <v>1.1091</v>
       </c>
       <c r="D226" s="2">
-        <v>1.1003</v>
+        <v>1.1069</v>
       </c>
       <c r="E226" s="2">
-        <v>1.1014</v>
+        <v>1.108</v>
       </c>
       <c r="F226" s="0"/>
     </row>
     <row r="227" spans="1:6">
       <c r="B227" s="3">
-        <v>45726</v>
+        <v>45779</v>
       </c>
       <c r="C227" s="2">
-        <v>1.1111</v>
+        <v>1.1131</v>
       </c>
       <c r="D227" s="2">
-        <v>1.1089</v>
+        <v>1.1109</v>
       </c>
       <c r="E227" s="2">
-        <v>1.11</v>
+        <v>1.112</v>
       </c>
       <c r="F227" s="0"/>
     </row>
     <row r="228" spans="1:6">
       <c r="B228" s="3">
-        <v>45723</v>
+        <v>45778</v>
       </c>
       <c r="C228" s="2">
-        <v>1.1114</v>
+        <v>1.1076</v>
       </c>
       <c r="D228" s="2">
-        <v>1.1092</v>
+        <v>1.1054</v>
       </c>
       <c r="E228" s="2">
-        <v>1.1103</v>
+        <v>1.1065</v>
       </c>
       <c r="F228" s="0"/>
     </row>
     <row r="229" spans="1:6">
       <c r="B229" s="3">
-        <v>45722</v>
+        <v>45777</v>
       </c>
       <c r="C229" s="2">
-        <v>1.1193</v>
+        <v>1.1038</v>
       </c>
       <c r="D229" s="2">
-        <v>1.1171</v>
+        <v>1.1016</v>
       </c>
       <c r="E229" s="2">
-        <v>1.1182</v>
+        <v>1.1027</v>
       </c>
       <c r="F229" s="0"/>
     </row>
     <row r="230" spans="1:6">
       <c r="B230" s="3">
-        <v>45721</v>
+        <v>45776</v>
       </c>
       <c r="C230" s="2">
-        <v>1.1206</v>
+        <v>1.1007</v>
       </c>
       <c r="D230" s="2">
-        <v>1.1184</v>
+        <v>1.0985</v>
       </c>
       <c r="E230" s="2">
-        <v>1.1195</v>
+        <v>1.0996</v>
       </c>
       <c r="F230" s="0"/>
     </row>
     <row r="231" spans="1:6">
       <c r="B231" s="3">
-        <v>45720</v>
+        <v>45775</v>
       </c>
       <c r="C231" s="2">
-        <v>1.1252</v>
+        <v>1.0963</v>
       </c>
       <c r="D231" s="2">
-        <v>1.123</v>
+        <v>1.0941</v>
       </c>
       <c r="E231" s="2">
-        <v>1.1241</v>
+        <v>1.0952</v>
       </c>
       <c r="F231" s="0"/>
     </row>
     <row r="232" spans="1:6">
       <c r="B232" s="3">
-        <v>45719</v>
+        <v>45771</v>
       </c>
       <c r="C232" s="2">
-        <v>1.129</v>
+        <v>1.092</v>
       </c>
       <c r="D232" s="2">
-        <v>1.1268</v>
+        <v>1.0898</v>
       </c>
       <c r="E232" s="2">
-        <v>1.1279</v>
+        <v>1.0909</v>
       </c>
       <c r="F232" s="0"/>
     </row>
     <row r="233" spans="1:6">
       <c r="B233" s="3">
-        <v>45716</v>
+        <v>45770</v>
       </c>
       <c r="C233" s="2">
-        <v>1.1229</v>
+        <v>1.0892</v>
       </c>
       <c r="D233" s="2">
-        <v>1.1207</v>
+        <v>1.087</v>
       </c>
       <c r="E233" s="2">
-        <v>1.1218</v>
+        <v>1.0881</v>
       </c>
       <c r="F233" s="0"/>
     </row>
     <row r="234" spans="1:6">
       <c r="B234" s="3">
-        <v>45715</v>
+        <v>45769</v>
       </c>
       <c r="C234" s="2">
-        <v>1.1301</v>
+        <v>1.0778</v>
       </c>
       <c r="D234" s="2">
-        <v>1.1279</v>
+        <v>1.0756</v>
       </c>
       <c r="E234" s="2">
-        <v>1.129</v>
+        <v>1.0767</v>
       </c>
       <c r="F234" s="0"/>
     </row>
     <row r="235" spans="1:6">
       <c r="B235" s="3">
-        <v>45714</v>
+        <v>45764</v>
       </c>
       <c r="C235" s="2">
-        <v>1.1278</v>
+        <v>1.0835</v>
       </c>
       <c r="D235" s="2">
-        <v>1.1256</v>
+        <v>1.0813</v>
       </c>
       <c r="E235" s="2">
-        <v>1.1267</v>
+        <v>1.0824</v>
       </c>
       <c r="F235" s="0"/>
     </row>
     <row r="236" spans="1:6">
       <c r="B236" s="3">
-        <v>45713</v>
+        <v>45763</v>
       </c>
       <c r="C236" s="2">
-        <v>1.1272</v>
+        <v>1.0797</v>
       </c>
       <c r="D236" s="2">
-        <v>1.125</v>
+        <v>1.0775</v>
       </c>
       <c r="E236" s="2">
-        <v>1.1261</v>
+        <v>1.0786</v>
       </c>
       <c r="F236" s="0"/>
     </row>
     <row r="237" spans="1:6">
       <c r="B237" s="3">
-        <v>45712</v>
+        <v>45762</v>
       </c>
       <c r="C237" s="2">
-        <v>1.1293</v>
+        <v>1.0806</v>
       </c>
       <c r="D237" s="2">
-        <v>1.1271</v>
+        <v>1.0784</v>
       </c>
       <c r="E237" s="2">
-        <v>1.1282</v>
+        <v>1.0795</v>
       </c>
       <c r="F237" s="0"/>
     </row>
     <row r="238" spans="1:6">
       <c r="B238" s="3">
-        <v>45709</v>
+        <v>45761</v>
       </c>
       <c r="C238" s="2">
-        <v>1.1316</v>
+        <v>1.0818</v>
       </c>
       <c r="D238" s="2">
-        <v>1.1294</v>
+        <v>1.0796</v>
       </c>
       <c r="E238" s="2">
-        <v>1.1305</v>
+        <v>1.0807</v>
       </c>
       <c r="F238" s="0"/>
     </row>
     <row r="239" spans="1:6">
       <c r="B239" s="3">
-        <v>45708</v>
+        <v>45758</v>
       </c>
       <c r="C239" s="2">
-        <v>1.1333</v>
+        <v>1.078</v>
       </c>
       <c r="D239" s="2">
-        <v>1.1311</v>
+        <v>1.0758</v>
       </c>
       <c r="E239" s="2">
-        <v>1.1322</v>
+        <v>1.0769</v>
       </c>
       <c r="F239" s="0"/>
     </row>
     <row r="240" spans="1:6">
       <c r="B240" s="3">
-        <v>45707</v>
+        <v>45757</v>
       </c>
       <c r="C240" s="2">
-        <v>1.1386</v>
+        <v>1.0827</v>
       </c>
       <c r="D240" s="2">
-        <v>1.1364</v>
+        <v>1.0805</v>
       </c>
       <c r="E240" s="2">
-        <v>1.1375</v>
+        <v>1.0816</v>
       </c>
       <c r="F240" s="0"/>
     </row>
     <row r="241" spans="1:6">
       <c r="B241" s="3">
-        <v>45706</v>
+        <v>45756</v>
       </c>
       <c r="C241" s="2">
-        <v>1.1394</v>
+        <v>1.057</v>
       </c>
       <c r="D241" s="2">
-        <v>1.1372</v>
+        <v>1.0548</v>
       </c>
       <c r="E241" s="2">
-        <v>1.1383</v>
+        <v>1.0559</v>
       </c>
       <c r="F241" s="0"/>
     </row>
     <row r="242" spans="1:6">
       <c r="B242" s="3">
-        <v>45705</v>
+        <v>45755</v>
       </c>
       <c r="C242" s="2">
-        <v>1.1407</v>
+        <v>1.0661</v>
       </c>
       <c r="D242" s="2">
-        <v>1.1385</v>
+        <v>1.0639</v>
       </c>
       <c r="E242" s="2">
-        <v>1.1396</v>
+        <v>1.065</v>
       </c>
       <c r="F242" s="0"/>
     </row>
     <row r="243" spans="1:6">
       <c r="B243" s="3">
-        <v>45702</v>
+        <v>45754</v>
       </c>
       <c r="C243" s="2">
-        <v>1.1426</v>
+        <v>1.0556</v>
       </c>
       <c r="D243" s="2">
-        <v>1.1404</v>
+        <v>1.0534</v>
       </c>
       <c r="E243" s="2">
-        <v>1.1415</v>
+        <v>1.0545</v>
       </c>
       <c r="F243" s="0"/>
     </row>
     <row r="244" spans="1:6">
       <c r="B244" s="3">
-        <v>45701</v>
+        <v>45751</v>
       </c>
       <c r="C244" s="2">
-        <v>1.1393</v>
+        <v>1.0855</v>
       </c>
       <c r="D244" s="2">
-        <v>1.1371</v>
+        <v>1.0833</v>
       </c>
       <c r="E244" s="2">
-        <v>1.1382</v>
+        <v>1.0844</v>
       </c>
       <c r="F244" s="0"/>
     </row>
     <row r="245" spans="1:6">
       <c r="B245" s="3">
-        <v>45700</v>
+        <v>45750</v>
       </c>
       <c r="C245" s="2">
-        <v>1.1403</v>
+        <v>1.0981</v>
       </c>
       <c r="D245" s="2">
-        <v>1.1381</v>
+        <v>1.0959</v>
       </c>
       <c r="E245" s="2">
-        <v>1.1392</v>
+        <v>1.097</v>
       </c>
       <c r="F245" s="0"/>
     </row>
     <row r="246" spans="1:6">
       <c r="B246" s="3">
-        <v>45699</v>
+        <v>45749</v>
       </c>
       <c r="C246" s="2">
-        <v>1.1416</v>
+        <v>1.1055</v>
       </c>
       <c r="D246" s="2">
-        <v>1.1394</v>
+        <v>1.1033</v>
       </c>
       <c r="E246" s="2">
-        <v>1.1405</v>
+        <v>1.1044</v>
       </c>
       <c r="F246" s="0"/>
     </row>
     <row r="247" spans="1:6">
       <c r="B247" s="3">
-        <v>45698</v>
+        <v>45748</v>
       </c>
       <c r="C247" s="2">
-        <v>1.1413</v>
+        <v>1.1057</v>
       </c>
       <c r="D247" s="2">
-        <v>1.1391</v>
+        <v>1.1035</v>
       </c>
       <c r="E247" s="2">
-        <v>1.1402</v>
+        <v>1.1046</v>
       </c>
       <c r="F247" s="0"/>
     </row>
     <row r="248" spans="1:6">
       <c r="B248" s="3">
-        <v>45695</v>
+        <v>45747</v>
       </c>
       <c r="C248" s="2">
-        <v>1.1424</v>
+        <v>1.0999</v>
       </c>
       <c r="D248" s="2">
-        <v>1.1402</v>
+        <v>1.0977</v>
       </c>
       <c r="E248" s="2">
-        <v>1.1413</v>
+        <v>1.0988</v>
       </c>
       <c r="F248" s="0"/>
     </row>
     <row r="249" spans="1:6">
       <c r="B249" s="3">
-        <v>45694</v>
+        <v>45744</v>
       </c>
       <c r="C249" s="2">
-        <v>1.1426</v>
+        <v>1.1128</v>
       </c>
       <c r="D249" s="2">
-        <v>1.1404</v>
+        <v>1.1106</v>
       </c>
       <c r="E249" s="2">
-        <v>1.1415</v>
+        <v>1.1117</v>
       </c>
       <c r="F249" s="0"/>
     </row>
     <row r="250" spans="1:6">
       <c r="B250" s="3">
-        <v>45693</v>
+        <v>45743</v>
       </c>
       <c r="C250" s="2">
-        <v>1.1361</v>
+        <v>1.112</v>
       </c>
       <c r="D250" s="2">
-        <v>1.1339</v>
+        <v>1.1098</v>
       </c>
       <c r="E250" s="2">
-        <v>1.135</v>
+        <v>1.1109</v>
       </c>
       <c r="F250" s="0"/>
     </row>
     <row r="251" spans="1:6">
       <c r="B251" s="3">
-        <v>45692</v>
+        <v>45742</v>
       </c>
       <c r="C251" s="2">
-        <v>1.1352</v>
+        <v>1.1152</v>
       </c>
       <c r="D251" s="2">
-        <v>1.133</v>
+        <v>1.113</v>
       </c>
       <c r="E251" s="2">
-        <v>1.1341</v>
+        <v>1.1141</v>
       </c>
       <c r="F251" s="0"/>
     </row>
     <row r="252" spans="1:6">
       <c r="B252" s="3">
-        <v>45691</v>
+        <v>45741</v>
       </c>
       <c r="C252" s="2">
-        <v>1.1327</v>
+        <v>1.113</v>
       </c>
       <c r="D252" s="2">
-        <v>1.1305</v>
+        <v>1.1108</v>
       </c>
       <c r="E252" s="2">
-        <v>1.1316</v>
+        <v>1.1119</v>
       </c>
       <c r="F252" s="0"/>
     </row>
     <row r="253" spans="1:6">
       <c r="B253" s="3">
-        <v>45688</v>
+        <v>45740</v>
       </c>
       <c r="C253" s="2">
-        <v>1.1472</v>
+        <v>1.1108</v>
       </c>
       <c r="D253" s="2">
-        <v>1.145</v>
+        <v>1.1086</v>
       </c>
       <c r="E253" s="2">
-        <v>1.1461</v>
+        <v>1.1097</v>
       </c>
       <c r="F253" s="0"/>
     </row>
     <row r="254" spans="1:6">
       <c r="B254" s="3">
-        <v>45687</v>
+        <v>45737</v>
       </c>
       <c r="C254" s="2">
-        <v>1.1425</v>
+        <v>1.1093</v>
       </c>
       <c r="D254" s="2">
-        <v>1.1403</v>
+        <v>1.1071</v>
       </c>
       <c r="E254" s="2">
-        <v>1.1414</v>
+        <v>1.1082</v>
       </c>
       <c r="F254" s="0"/>
     </row>
     <row r="255" spans="1:6">
       <c r="B255" s="3">
-        <v>45686</v>
+        <v>45736</v>
       </c>
       <c r="C255" s="2">
-        <v>1.1393</v>
+        <v>1.11</v>
       </c>
       <c r="D255" s="2">
-        <v>1.1371</v>
+        <v>1.1078</v>
       </c>
       <c r="E255" s="2">
-        <v>1.1382</v>
+        <v>1.1089</v>
       </c>
       <c r="F255" s="0"/>
     </row>
     <row r="256" spans="1:6">
       <c r="B256" s="3">
-        <v>45685</v>
+        <v>45735</v>
       </c>
       <c r="C256" s="2">
-        <v>1.1326</v>
+        <v>1.1017</v>
       </c>
       <c r="D256" s="2">
-        <v>1.1304</v>
+        <v>1.0995</v>
       </c>
       <c r="E256" s="2">
-        <v>1.1315</v>
+        <v>1.1006</v>
       </c>
       <c r="F256" s="0"/>
     </row>
     <row r="257" spans="1:6">
       <c r="B257" s="3">
-        <v>45681</v>
+        <v>45734</v>
       </c>
       <c r="C257" s="2">
-        <v>1.1344</v>
+        <v>1.1027</v>
       </c>
       <c r="D257" s="2">
-        <v>1.1322</v>
+        <v>1.1005</v>
       </c>
       <c r="E257" s="2">
-        <v>1.1333</v>
+        <v>1.1016</v>
       </c>
       <c r="F257" s="0"/>
     </row>
     <row r="258" spans="1:6">
       <c r="B258" s="3">
-        <v>45680</v>
+        <v>45733</v>
       </c>
       <c r="C258" s="2">
-        <v>1.1318</v>
+        <v>1.0998</v>
       </c>
       <c r="D258" s="2">
-        <v>1.1296</v>
+        <v>1.0976</v>
       </c>
       <c r="E258" s="2">
-        <v>1.1307</v>
+        <v>1.0987</v>
       </c>
       <c r="F258" s="0"/>
     </row>
     <row r="259" spans="1:6">
       <c r="B259" s="3">
-        <v>45679</v>
+        <v>45730</v>
       </c>
       <c r="C259" s="2">
-        <v>1.1355</v>
+        <v>1.096</v>
       </c>
       <c r="D259" s="2">
-        <v>1.1333</v>
+        <v>1.0938</v>
       </c>
       <c r="E259" s="2">
-        <v>1.1344</v>
+        <v>1.0949</v>
       </c>
       <c r="F259" s="0"/>
     </row>
     <row r="260" spans="1:6">
       <c r="B260" s="3">
-        <v>45678</v>
+        <v>45729</v>
       </c>
       <c r="C260" s="2">
-        <v>1.1321</v>
+        <v>1.0934</v>
       </c>
       <c r="D260" s="2">
-        <v>1.1299</v>
+        <v>1.0912</v>
       </c>
       <c r="E260" s="2">
-        <v>1.131</v>
+        <v>1.0923</v>
       </c>
       <c r="F260" s="0"/>
     </row>
     <row r="261" spans="1:6">
       <c r="B261" s="3">
-        <v>45677</v>
+        <v>45728</v>
       </c>
       <c r="C261" s="2">
-        <v>1.129</v>
+        <v>1.0949</v>
       </c>
       <c r="D261" s="2">
-        <v>1.1268</v>
+        <v>1.0927</v>
       </c>
       <c r="E261" s="2">
-        <v>1.1279</v>
+        <v>1.0938</v>
       </c>
       <c r="F261" s="0"/>
     </row>
     <row r="262" spans="1:6">
       <c r="B262" s="3">
-        <v>45674</v>
+        <v>45727</v>
       </c>
       <c r="C262" s="2">
-        <v>1.1263</v>
+        <v>1.1025</v>
       </c>
       <c r="D262" s="2">
-        <v>1.1241</v>
+        <v>1.1003</v>
       </c>
       <c r="E262" s="2">
-        <v>1.1252</v>
+        <v>1.1014</v>
       </c>
       <c r="F262" s="0"/>
     </row>
     <row r="263" spans="1:6">
       <c r="B263" s="3">
-        <v>45673</v>
+        <v>45726</v>
       </c>
       <c r="C263" s="2">
-        <v>1.1253</v>
+        <v>1.1111</v>
       </c>
       <c r="D263" s="2">
-        <v>1.1231</v>
+        <v>1.1089</v>
       </c>
       <c r="E263" s="2">
-        <v>1.1242</v>
+        <v>1.11</v>
       </c>
       <c r="F263" s="0"/>
     </row>
     <row r="264" spans="1:6">
       <c r="B264" s="3">
-        <v>45672</v>
+        <v>45723</v>
       </c>
       <c r="C264" s="2">
-        <v>1.1155</v>
+        <v>1.1114</v>
       </c>
       <c r="D264" s="2">
-        <v>1.1133</v>
+        <v>1.1092</v>
       </c>
       <c r="E264" s="2">
-        <v>1.1144</v>
+        <v>1.1103</v>
       </c>
       <c r="F264" s="0"/>
     </row>
     <row r="265" spans="1:6">
       <c r="B265" s="3">
-        <v>45671</v>
+        <v>45722</v>
       </c>
       <c r="C265" s="2">
-        <v>1.1155</v>
+        <v>1.1193</v>
       </c>
       <c r="D265" s="2">
-        <v>1.1133</v>
+        <v>1.1171</v>
       </c>
       <c r="E265" s="2">
-        <v>1.1144</v>
+        <v>1.1182</v>
       </c>
       <c r="F265" s="0"/>
     </row>
     <row r="266" spans="1:6">
       <c r="B266" s="3">
-        <v>45670</v>
+        <v>45721</v>
       </c>
       <c r="C266" s="2">
-        <v>1.1126</v>
+        <v>1.1206</v>
       </c>
       <c r="D266" s="2">
-        <v>1.1104</v>
+        <v>1.1184</v>
       </c>
       <c r="E266" s="2">
-        <v>1.1115</v>
+        <v>1.1195</v>
       </c>
       <c r="F266" s="0"/>
     </row>
     <row r="267" spans="1:6">
       <c r="B267" s="3">
-        <v>45667</v>
+        <v>45720</v>
       </c>
       <c r="C267" s="2">
-        <v>1.1222</v>
+        <v>1.1252</v>
       </c>
       <c r="D267" s="2">
-        <v>1.12</v>
+        <v>1.123</v>
       </c>
       <c r="E267" s="2">
-        <v>1.1211</v>
+        <v>1.1241</v>
       </c>
       <c r="F267" s="0"/>
     </row>
     <row r="268" spans="1:6">
       <c r="B268" s="3">
-        <v>45666</v>
+        <v>45719</v>
       </c>
       <c r="C268" s="2">
-        <v>1.1237</v>
+        <v>1.129</v>
       </c>
       <c r="D268" s="2">
-        <v>1.1215</v>
+        <v>1.1268</v>
       </c>
       <c r="E268" s="2">
-        <v>1.1226</v>
+        <v>1.1279</v>
       </c>
       <c r="F268" s="0"/>
     </row>
     <row r="269" spans="1:6">
       <c r="B269" s="3">
-        <v>45665</v>
+        <v>45716</v>
       </c>
       <c r="C269" s="2">
-        <v>1.1248</v>
+        <v>1.1229</v>
       </c>
       <c r="D269" s="2">
-        <v>1.1226</v>
+        <v>1.1207</v>
       </c>
       <c r="E269" s="2">
-        <v>1.1237</v>
+        <v>1.1218</v>
       </c>
       <c r="F269" s="0"/>
     </row>
     <row r="270" spans="1:6">
       <c r="B270" s="3">
-        <v>45664</v>
+        <v>45715</v>
       </c>
       <c r="C270" s="2">
-        <v>1.1209</v>
+        <v>1.1301</v>
       </c>
       <c r="D270" s="2">
-        <v>1.1187</v>
+        <v>1.1279</v>
       </c>
       <c r="E270" s="2">
-        <v>1.1198</v>
+        <v>1.129</v>
       </c>
       <c r="F270" s="0"/>
     </row>
     <row r="271" spans="1:6">
       <c r="B271" s="3">
-        <v>45663</v>
+        <v>45714</v>
       </c>
       <c r="C271" s="2">
-        <v>1.1222</v>
+        <v>1.1278</v>
       </c>
       <c r="D271" s="2">
-        <v>1.12</v>
+        <v>1.1256</v>
       </c>
       <c r="E271" s="2">
-        <v>1.1211</v>
+        <v>1.1267</v>
       </c>
       <c r="F271" s="0"/>
     </row>
     <row r="272" spans="1:6">
       <c r="B272" s="3">
-        <v>45660</v>
+        <v>45713</v>
       </c>
       <c r="C272" s="2">
-        <v>1.1206</v>
+        <v>1.1272</v>
       </c>
       <c r="D272" s="2">
-        <v>1.1184</v>
+        <v>1.125</v>
       </c>
       <c r="E272" s="2">
-        <v>1.1195</v>
+        <v>1.1261</v>
       </c>
       <c r="F272" s="0"/>
     </row>
     <row r="273" spans="1:6">
       <c r="B273" s="3">
-        <v>45659</v>
+        <v>45712</v>
       </c>
       <c r="C273" s="2">
-        <v>1.1194</v>
+        <v>1.1293</v>
       </c>
       <c r="D273" s="2">
-        <v>1.1172</v>
+        <v>1.1271</v>
       </c>
       <c r="E273" s="2">
-        <v>1.1183</v>
+        <v>1.1282</v>
       </c>
       <c r="F273" s="0"/>
     </row>
     <row r="274" spans="1:6">
       <c r="B274" s="3">
-        <v>45657</v>
+        <v>45709</v>
       </c>
       <c r="C274" s="2">
-        <v>1.1167</v>
+        <v>1.1316</v>
       </c>
       <c r="D274" s="2">
-        <v>1.1145</v>
+        <v>1.1294</v>
       </c>
       <c r="E274" s="2">
-        <v>1.1156</v>
+        <v>1.1305</v>
       </c>
       <c r="F274" s="0"/>
     </row>
     <row r="275" spans="1:6">
       <c r="B275" s="3">
-        <v>45656</v>
+        <v>45708</v>
       </c>
       <c r="C275" s="2">
-        <v>1.122</v>
+        <v>1.1333</v>
       </c>
       <c r="D275" s="2">
-        <v>1.1198</v>
+        <v>1.1311</v>
       </c>
       <c r="E275" s="2">
-        <v>1.1209</v>
+        <v>1.1322</v>
       </c>
       <c r="F275" s="0"/>
     </row>
     <row r="276" spans="1:6">
       <c r="B276" s="3">
-        <v>45653</v>
+        <v>45707</v>
       </c>
       <c r="C276" s="2">
-        <v>1.1262</v>
+        <v>1.1386</v>
       </c>
       <c r="D276" s="2">
-        <v>1.124</v>
+        <v>1.1364</v>
       </c>
       <c r="E276" s="2">
-        <v>1.1251</v>
+        <v>1.1375</v>
       </c>
       <c r="F276" s="0"/>
     </row>
     <row r="277" spans="1:6">
       <c r="B277" s="3">
-        <v>45650</v>
+        <v>45706</v>
       </c>
       <c r="C277" s="2">
-        <v>1.1205</v>
+        <v>1.1394</v>
       </c>
       <c r="D277" s="2">
-        <v>1.1183</v>
+        <v>1.1372</v>
       </c>
       <c r="E277" s="2">
-        <v>1.1194</v>
+        <v>1.1383</v>
       </c>
       <c r="F277" s="0"/>
     </row>
     <row r="278" spans="1:6">
       <c r="B278" s="3">
-        <v>45649</v>
+        <v>45705</v>
       </c>
       <c r="C278" s="2">
-        <v>1.1185</v>
+        <v>1.1407</v>
       </c>
       <c r="D278" s="2">
-        <v>1.1163</v>
+        <v>1.1385</v>
       </c>
       <c r="E278" s="2">
-        <v>1.1174</v>
+        <v>1.1396</v>
       </c>
       <c r="F278" s="0"/>
     </row>
     <row r="279" spans="1:6">
       <c r="B279" s="3">
-        <v>45646</v>
+        <v>45702</v>
       </c>
       <c r="C279" s="2">
-        <v>1.1088</v>
+        <v>1.1426</v>
       </c>
       <c r="D279" s="2">
-        <v>1.1066</v>
+        <v>1.1404</v>
       </c>
       <c r="E279" s="2">
-        <v>1.1077</v>
+        <v>1.1415</v>
       </c>
       <c r="F279" s="0"/>
     </row>
     <row r="280" spans="1:6">
       <c r="B280" s="3">
-        <v>45645</v>
+        <v>45701</v>
       </c>
       <c r="C280" s="2">
-        <v>1.1164</v>
+        <v>1.1393</v>
       </c>
       <c r="D280" s="2">
-        <v>1.1142</v>
+        <v>1.1371</v>
       </c>
       <c r="E280" s="2">
-        <v>1.1153</v>
+        <v>1.1382</v>
       </c>
       <c r="F280" s="0"/>
     </row>
     <row r="281" spans="1:6">
       <c r="B281" s="3">
-        <v>45644</v>
+        <v>45700</v>
       </c>
       <c r="C281" s="2">
-        <v>1.1296</v>
+        <v>1.1403</v>
       </c>
       <c r="D281" s="2">
-        <v>1.1274</v>
+        <v>1.1381</v>
       </c>
       <c r="E281" s="2">
-        <v>1.1285</v>
+        <v>1.1392</v>
       </c>
       <c r="F281" s="0"/>
     </row>
     <row r="282" spans="1:6">
       <c r="B282" s="3">
-        <v>45643</v>
+        <v>45699</v>
       </c>
       <c r="C282" s="2">
-        <v>1.129</v>
+        <v>1.1416</v>
       </c>
       <c r="D282" s="2">
-        <v>1.1268</v>
+        <v>1.1394</v>
       </c>
       <c r="E282" s="2">
-        <v>1.1279</v>
+        <v>1.1405</v>
       </c>
       <c r="F282" s="0"/>
     </row>
     <row r="283" spans="1:6">
       <c r="B283" s="3">
-        <v>45642</v>
+        <v>45698</v>
       </c>
       <c r="C283" s="2">
-        <v>1.1262</v>
+        <v>1.1413</v>
       </c>
       <c r="D283" s="2">
-        <v>1.124</v>
+        <v>1.1391</v>
       </c>
       <c r="E283" s="2">
-        <v>1.1251</v>
+        <v>1.1402</v>
       </c>
       <c r="F283" s="0"/>
     </row>
     <row r="284" spans="1:6">
       <c r="B284" s="3">
-        <v>45639</v>
+        <v>45695</v>
       </c>
       <c r="C284" s="2">
-        <v>1.1296</v>
+        <v>1.1424</v>
       </c>
       <c r="D284" s="2">
-        <v>1.1274</v>
+        <v>1.1402</v>
       </c>
       <c r="E284" s="2">
-        <v>1.1285</v>
+        <v>1.1413</v>
       </c>
       <c r="F284" s="0"/>
     </row>
     <row r="285" spans="1:6">
       <c r="B285" s="3">
-        <v>45638</v>
+        <v>45694</v>
       </c>
       <c r="C285" s="2">
-        <v>1.1318</v>
+        <v>1.1426</v>
       </c>
       <c r="D285" s="2">
-        <v>1.1296</v>
+        <v>1.1404</v>
       </c>
       <c r="E285" s="2">
-        <v>1.1307</v>
+        <v>1.1415</v>
       </c>
       <c r="F285" s="0"/>
     </row>
     <row r="286" spans="1:6">
       <c r="B286" s="3">
-        <v>45637</v>
+        <v>45693</v>
       </c>
       <c r="C286" s="2">
-        <v>1.133</v>
+        <v>1.1361</v>
       </c>
       <c r="D286" s="2">
-        <v>1.1308</v>
+        <v>1.1339</v>
       </c>
       <c r="E286" s="2">
-        <v>1.1319</v>
+        <v>1.135</v>
       </c>
       <c r="F286" s="0"/>
     </row>
     <row r="287" spans="1:6">
       <c r="B287" s="3">
-        <v>45636</v>
+        <v>45692</v>
       </c>
       <c r="C287" s="2">
-        <v>1.136</v>
+        <v>1.1352</v>
       </c>
       <c r="D287" s="2">
-        <v>1.1338</v>
+        <v>1.133</v>
       </c>
       <c r="E287" s="2">
-        <v>1.1349</v>
+        <v>1.1341</v>
       </c>
       <c r="F287" s="0"/>
     </row>
     <row r="288" spans="1:6">
       <c r="B288" s="3">
-        <v>45635</v>
+        <v>45691</v>
       </c>
       <c r="C288" s="2">
-        <v>1.1371</v>
+        <v>1.1327</v>
       </c>
       <c r="D288" s="2">
-        <v>1.1349</v>
+        <v>1.1305</v>
       </c>
       <c r="E288" s="2">
-        <v>1.136</v>
+        <v>1.1316</v>
       </c>
       <c r="F288" s="0"/>
     </row>
     <row r="289" spans="1:6">
       <c r="B289" s="3">
-        <v>45632</v>
+        <v>45688</v>
       </c>
       <c r="C289" s="2">
-        <v>1.1351</v>
+        <v>1.1472</v>
       </c>
       <c r="D289" s="2">
-        <v>1.1329</v>
+        <v>1.145</v>
       </c>
       <c r="E289" s="2">
-        <v>1.134</v>
+        <v>1.1461</v>
       </c>
       <c r="F289" s="0"/>
     </row>
     <row r="290" spans="1:6">
       <c r="B290" s="3">
-        <v>45631</v>
+        <v>45687</v>
       </c>
       <c r="C290" s="2">
-        <v>1.138</v>
+        <v>1.1425</v>
       </c>
       <c r="D290" s="2">
-        <v>1.1358</v>
+        <v>1.1403</v>
       </c>
       <c r="E290" s="2">
-        <v>1.1369</v>
+        <v>1.1414</v>
       </c>
       <c r="F290" s="0"/>
     </row>
     <row r="291" spans="1:6">
       <c r="B291" s="3">
-        <v>45630</v>
+        <v>45686</v>
       </c>
       <c r="C291" s="2">
-        <v>1.1358</v>
+        <v>1.1393</v>
       </c>
       <c r="D291" s="2">
-        <v>1.1336</v>
+        <v>1.1371</v>
       </c>
       <c r="E291" s="2">
-        <v>1.1347</v>
+        <v>1.1382</v>
       </c>
       <c r="F291" s="0"/>
     </row>
     <row r="292" spans="1:6">
       <c r="B292" s="3">
-        <v>45629</v>
+        <v>45685</v>
       </c>
       <c r="C292" s="2">
-        <v>1.1363</v>
+        <v>1.1326</v>
       </c>
       <c r="D292" s="2">
-        <v>1.1341</v>
+        <v>1.1304</v>
       </c>
       <c r="E292" s="2">
-        <v>1.1352</v>
+        <v>1.1315</v>
       </c>
       <c r="F292" s="0"/>
     </row>
     <row r="293" spans="1:6">
       <c r="B293" s="3">
-        <v>45628</v>
+        <v>45681</v>
       </c>
       <c r="C293" s="2">
-        <v>1.1311</v>
+        <v>1.1344</v>
       </c>
       <c r="D293" s="2">
-        <v>1.1289</v>
+        <v>1.1322</v>
       </c>
       <c r="E293" s="2">
-        <v>1.13</v>
+        <v>1.1333</v>
       </c>
       <c r="F293" s="0"/>
     </row>
     <row r="294" spans="1:6">
       <c r="B294" s="3">
-        <v>45625</v>
+        <v>45680</v>
       </c>
       <c r="C294" s="2">
-        <v>1.1303</v>
+        <v>1.1318</v>
       </c>
       <c r="D294" s="2">
-        <v>1.1281</v>
+        <v>1.1296</v>
       </c>
       <c r="E294" s="2">
-        <v>1.1292</v>
+        <v>1.1307</v>
       </c>
       <c r="F294" s="0"/>
     </row>
     <row r="295" spans="1:6">
       <c r="B295" s="3">
-        <v>45624</v>
+        <v>45679</v>
       </c>
       <c r="C295" s="2">
-        <v>1.1309</v>
+        <v>1.1355</v>
       </c>
       <c r="D295" s="2">
-        <v>1.1287</v>
+        <v>1.1333</v>
       </c>
       <c r="E295" s="2">
-        <v>1.1298</v>
+        <v>1.1344</v>
       </c>
       <c r="F295" s="0"/>
     </row>
     <row r="296" spans="1:6">
       <c r="B296" s="3">
-        <v>45623</v>
+        <v>45678</v>
       </c>
       <c r="C296" s="2">
-        <v>1.1282</v>
+        <v>1.1321</v>
       </c>
       <c r="D296" s="2">
-        <v>1.126</v>
+        <v>1.1299</v>
       </c>
       <c r="E296" s="2">
-        <v>1.1271</v>
+        <v>1.131</v>
       </c>
       <c r="F296" s="0"/>
     </row>
     <row r="297" spans="1:6">
       <c r="B297" s="3">
-        <v>45622</v>
+        <v>45677</v>
       </c>
       <c r="C297" s="2">
-        <v>1.1251</v>
+        <v>1.129</v>
       </c>
       <c r="D297" s="2">
-        <v>1.1229</v>
+        <v>1.1268</v>
       </c>
       <c r="E297" s="2">
-        <v>1.124</v>
+        <v>1.1279</v>
       </c>
       <c r="F297" s="0"/>
     </row>
     <row r="298" spans="1:6">
       <c r="B298" s="3">
-        <v>45621</v>
+        <v>45674</v>
       </c>
       <c r="C298" s="2">
-        <v>1.1278</v>
+        <v>1.1263</v>
       </c>
       <c r="D298" s="2">
-        <v>1.1256</v>
+        <v>1.1241</v>
       </c>
       <c r="E298" s="2">
-        <v>1.1267</v>
+        <v>1.1252</v>
       </c>
       <c r="F298" s="0"/>
     </row>
     <row r="299" spans="1:6">
       <c r="B299" s="3">
-        <v>45618</v>
+        <v>45673</v>
       </c>
       <c r="C299" s="2">
-        <v>1.1233</v>
+        <v>1.1253</v>
       </c>
       <c r="D299" s="2">
-        <v>1.1211</v>
+        <v>1.1231</v>
       </c>
       <c r="E299" s="2">
-        <v>1.1222</v>
+        <v>1.1242</v>
       </c>
       <c r="F299" s="0"/>
     </row>
     <row r="300" spans="1:6">
       <c r="B300" s="3">
-        <v>45617</v>
+        <v>45672</v>
       </c>
       <c r="C300" s="2">
-        <v>1.1163</v>
+        <v>1.1155</v>
       </c>
       <c r="D300" s="2">
-        <v>1.1141</v>
+        <v>1.1133</v>
       </c>
       <c r="E300" s="2">
-        <v>1.1152</v>
+        <v>1.1144</v>
       </c>
       <c r="F300" s="0"/>
     </row>
     <row r="301" spans="1:6">
       <c r="B301" s="3">
-        <v>45616</v>
+        <v>45671</v>
       </c>
       <c r="C301" s="2">
-        <v>1.1179</v>
+        <v>1.1155</v>
       </c>
       <c r="D301" s="2">
-        <v>1.1157</v>
+        <v>1.1133</v>
       </c>
       <c r="E301" s="2">
-        <v>1.1168</v>
+        <v>1.1144</v>
       </c>
       <c r="F301" s="0"/>
     </row>
     <row r="302" spans="1:6">
       <c r="B302" s="3">
-        <v>45615</v>
+        <v>45670</v>
       </c>
       <c r="C302" s="2">
-        <v>1.1216</v>
+        <v>1.1126</v>
       </c>
       <c r="D302" s="2">
-        <v>1.1194</v>
+        <v>1.1104</v>
       </c>
       <c r="E302" s="2">
-        <v>1.1205</v>
+        <v>1.1115</v>
       </c>
       <c r="F302" s="0"/>
     </row>
     <row r="303" spans="1:6">
       <c r="B303" s="3">
-        <v>45614</v>
+        <v>45667</v>
       </c>
       <c r="C303" s="2">
-        <v>1.118</v>
+        <v>1.1222</v>
       </c>
       <c r="D303" s="2">
-        <v>1.1158</v>
+        <v>1.12</v>
       </c>
       <c r="E303" s="2">
-        <v>1.1169</v>
+        <v>1.1211</v>
       </c>
       <c r="F303" s="0"/>
     </row>
     <row r="304" spans="1:6">
       <c r="B304" s="3">
-        <v>45611</v>
+        <v>45666</v>
       </c>
       <c r="C304" s="2">
-        <v>1.1176</v>
+        <v>1.1237</v>
       </c>
       <c r="D304" s="2">
-        <v>1.1154</v>
+        <v>1.1215</v>
       </c>
       <c r="E304" s="2">
-        <v>1.1165</v>
+        <v>1.1226</v>
       </c>
       <c r="F304" s="0"/>
     </row>
     <row r="305" spans="1:6">
       <c r="B305" s="3">
-        <v>45610</v>
+        <v>45665</v>
       </c>
       <c r="C305" s="2">
-        <v>1.117</v>
+        <v>1.1248</v>
       </c>
       <c r="D305" s="2">
-        <v>1.1148</v>
+        <v>1.1226</v>
       </c>
       <c r="E305" s="2">
-        <v>1.1159</v>
+        <v>1.1237</v>
       </c>
       <c r="F305" s="0"/>
     </row>
     <row r="306" spans="1:6">
       <c r="B306" s="3">
-        <v>45609</v>
+        <v>45664</v>
       </c>
       <c r="C306" s="2">
-        <v>1.1134</v>
+        <v>1.1209</v>
       </c>
       <c r="D306" s="2">
-        <v>1.1112</v>
+        <v>1.1187</v>
       </c>
       <c r="E306" s="2">
-        <v>1.1123</v>
+        <v>1.1198</v>
       </c>
       <c r="F306" s="0"/>
     </row>
     <row r="307" spans="1:6">
       <c r="B307" s="3">
-        <v>45608</v>
+        <v>45663</v>
       </c>
       <c r="C307" s="2">
-        <v>1.1195</v>
+        <v>1.1222</v>
       </c>
       <c r="D307" s="2">
-        <v>1.1173</v>
+        <v>1.12</v>
       </c>
       <c r="E307" s="2">
-        <v>1.1184</v>
+        <v>1.1211</v>
       </c>
       <c r="F307" s="0"/>
     </row>
     <row r="308" spans="1:6">
       <c r="B308" s="3">
-        <v>45607</v>
+        <v>45660</v>
       </c>
       <c r="C308" s="2">
-        <v>1.1191</v>
+        <v>1.1206</v>
       </c>
       <c r="D308" s="2">
-        <v>1.1169</v>
+        <v>1.1184</v>
       </c>
       <c r="E308" s="2">
-        <v>1.118</v>
+        <v>1.1195</v>
       </c>
       <c r="F308" s="0"/>
     </row>
     <row r="309" spans="1:6">
       <c r="B309" s="3">
-        <v>45604</v>
+        <v>45659</v>
       </c>
       <c r="C309" s="2">
-        <v>1.1181</v>
+        <v>1.1194</v>
       </c>
       <c r="D309" s="2">
-        <v>1.1159</v>
+        <v>1.1172</v>
       </c>
       <c r="E309" s="2">
-        <v>1.117</v>
+        <v>1.1183</v>
       </c>
       <c r="F309" s="0"/>
     </row>
     <row r="310" spans="1:6">
       <c r="B310" s="3">
-        <v>45603</v>
+        <v>45657</v>
       </c>
       <c r="C310" s="2">
-        <v>1.1144</v>
+        <v>1.1167</v>
       </c>
       <c r="D310" s="2">
-        <v>1.1122</v>
+        <v>1.1145</v>
       </c>
       <c r="E310" s="2">
-        <v>1.1133</v>
+        <v>1.1156</v>
       </c>
       <c r="F310" s="0"/>
     </row>
     <row r="311" spans="1:6">
       <c r="B311" s="3">
-        <v>45602</v>
+        <v>45656</v>
       </c>
       <c r="C311" s="2">
-        <v>1.1133</v>
+        <v>1.122</v>
       </c>
       <c r="D311" s="2">
-        <v>1.1111</v>
+        <v>1.1198</v>
       </c>
       <c r="E311" s="2">
-        <v>1.1122</v>
+        <v>1.1209</v>
       </c>
       <c r="F311" s="0"/>
     </row>
     <row r="312" spans="1:6">
       <c r="B312" s="3">
-        <v>45601</v>
+        <v>45653</v>
       </c>
       <c r="C312" s="2">
-        <v>1.1031</v>
+        <v>1.1262</v>
       </c>
       <c r="D312" s="2">
-        <v>1.1009</v>
+        <v>1.124</v>
       </c>
       <c r="E312" s="2">
-        <v>1.102</v>
+        <v>1.1251</v>
       </c>
       <c r="F312" s="0"/>
     </row>
     <row r="313" spans="1:6">
       <c r="B313" s="3">
-        <v>45600</v>
+        <v>45650</v>
       </c>
       <c r="C313" s="2">
-        <v>1.1039</v>
+        <v>1.1205</v>
       </c>
       <c r="D313" s="2">
-        <v>1.1017</v>
+        <v>1.1183</v>
       </c>
       <c r="E313" s="2">
-        <v>1.1028</v>
+        <v>1.1194</v>
       </c>
       <c r="F313" s="0"/>
     </row>
     <row r="314" spans="1:6">
       <c r="B314" s="3">
-        <v>45597</v>
+        <v>45649</v>
       </c>
       <c r="C314" s="2">
-        <v>1.1014</v>
+        <v>1.1185</v>
       </c>
       <c r="D314" s="2">
-        <v>1.0992</v>
+        <v>1.1163</v>
       </c>
       <c r="E314" s="2">
-        <v>1.1003</v>
+        <v>1.1174</v>
       </c>
       <c r="F314" s="0"/>
     </row>
     <row r="315" spans="1:6">
       <c r="B315" s="3">
-        <v>45596</v>
+        <v>45646</v>
       </c>
       <c r="C315" s="2">
+        <v>1.1088</v>
+      </c>
+      <c r="D315" s="2">
+        <v>1.1066</v>
+      </c>
+      <c r="E315" s="2">
         <v>1.1077</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.1066</v>
       </c>
       <c r="F315" s="0"/>
     </row>
     <row r="316" spans="1:6">
       <c r="B316" s="3">
-        <v>45595</v>
+        <v>45645</v>
       </c>
       <c r="C316" s="2">
-        <v>1.1119</v>
+        <v>1.1164</v>
       </c>
       <c r="D316" s="2">
-        <v>1.1097</v>
+        <v>1.1142</v>
       </c>
       <c r="E316" s="2">
-        <v>1.1108</v>
+        <v>1.1153</v>
       </c>
       <c r="F316" s="0"/>
     </row>
     <row r="317" spans="1:6">
       <c r="B317" s="3">
-        <v>45594</v>
+        <v>45644</v>
       </c>
       <c r="C317" s="2">
-        <v>1.1147</v>
+        <v>1.1296</v>
       </c>
       <c r="D317" s="2">
-        <v>1.1125</v>
+        <v>1.1274</v>
       </c>
       <c r="E317" s="2">
-        <v>1.1136</v>
+        <v>1.1285</v>
       </c>
       <c r="F317" s="0"/>
     </row>
     <row r="318" spans="1:6">
       <c r="B318" s="3">
-        <v>45593</v>
+        <v>45643</v>
       </c>
       <c r="C318" s="2">
-        <v>1.1129</v>
+        <v>1.129</v>
       </c>
       <c r="D318" s="2">
-        <v>1.1107</v>
+        <v>1.1268</v>
       </c>
       <c r="E318" s="2">
-        <v>1.1118</v>
+        <v>1.1279</v>
       </c>
       <c r="F318" s="0"/>
     </row>
     <row r="319" spans="1:6">
       <c r="B319" s="3">
-        <v>45590</v>
+        <v>45642</v>
       </c>
       <c r="C319" s="2">
-        <v>1.111</v>
+        <v>1.1262</v>
       </c>
       <c r="D319" s="2">
-        <v>1.1088</v>
+        <v>1.124</v>
       </c>
       <c r="E319" s="2">
-        <v>1.1099</v>
+        <v>1.1251</v>
       </c>
       <c r="F319" s="0"/>
     </row>
     <row r="320" spans="1:6">
       <c r="B320" s="3">
-        <v>45589</v>
+        <v>45639</v>
       </c>
       <c r="C320" s="2">
-        <v>1.1103</v>
+        <v>1.1296</v>
       </c>
       <c r="D320" s="2">
-        <v>1.1081</v>
+        <v>1.1274</v>
       </c>
       <c r="E320" s="2">
-        <v>1.1092</v>
+        <v>1.1285</v>
       </c>
       <c r="F320" s="0"/>
     </row>
     <row r="321" spans="1:6">
       <c r="B321" s="3">
-        <v>45588</v>
+        <v>45638</v>
       </c>
       <c r="C321" s="2">
-        <v>1.1112</v>
+        <v>1.1318</v>
       </c>
       <c r="D321" s="2">
-        <v>1.109</v>
+        <v>1.1296</v>
       </c>
       <c r="E321" s="2">
-        <v>1.1101</v>
+        <v>1.1307</v>
       </c>
       <c r="F321" s="0"/>
     </row>
     <row r="322" spans="1:6">
       <c r="B322" s="3">
-        <v>45587</v>
+        <v>45637</v>
       </c>
       <c r="C322" s="2">
-        <v>1.1104</v>
+        <v>1.133</v>
       </c>
       <c r="D322" s="2">
-        <v>1.1082</v>
+        <v>1.1308</v>
       </c>
       <c r="E322" s="2">
-        <v>1.1093</v>
+        <v>1.1319</v>
       </c>
       <c r="F322" s="0"/>
     </row>
     <row r="323" spans="1:6">
       <c r="B323" s="3">
-        <v>45586</v>
+        <v>45636</v>
       </c>
       <c r="C323" s="2">
-        <v>1.1209</v>
+        <v>1.136</v>
       </c>
       <c r="D323" s="2">
-        <v>1.1187</v>
+        <v>1.1338</v>
       </c>
       <c r="E323" s="2">
-        <v>1.1198</v>
+        <v>1.1349</v>
       </c>
       <c r="F323" s="0"/>
     </row>
     <row r="324" spans="1:6">
       <c r="B324" s="3">
-        <v>45583</v>
+        <v>45635</v>
       </c>
       <c r="C324" s="2">
-        <v>1.1157</v>
+        <v>1.1371</v>
       </c>
       <c r="D324" s="2">
-        <v>1.1135</v>
+        <v>1.1349</v>
       </c>
       <c r="E324" s="2">
-        <v>1.1146</v>
+        <v>1.136</v>
       </c>
       <c r="F324" s="0"/>
     </row>
     <row r="325" spans="1:6">
       <c r="B325" s="3">
-        <v>45582</v>
+        <v>45632</v>
       </c>
       <c r="C325" s="2">
-        <v>1.1191</v>
+        <v>1.1351</v>
       </c>
       <c r="D325" s="2">
-        <v>1.1169</v>
+        <v>1.1329</v>
       </c>
       <c r="E325" s="2">
-        <v>1.118</v>
+        <v>1.134</v>
       </c>
       <c r="F325" s="0"/>
     </row>
     <row r="326" spans="1:6">
       <c r="B326" s="3">
-        <v>45581</v>
+        <v>45631</v>
       </c>
       <c r="C326" s="2">
-        <v>1.1156</v>
+        <v>1.138</v>
       </c>
       <c r="D326" s="2">
-        <v>1.1134</v>
+        <v>1.1358</v>
       </c>
       <c r="E326" s="2">
-        <v>1.1145</v>
+        <v>1.1369</v>
       </c>
       <c r="F326" s="0"/>
     </row>
     <row r="327" spans="1:6">
       <c r="B327" s="3">
-        <v>45580</v>
+        <v>45630</v>
       </c>
       <c r="C327" s="2">
-        <v>1.1188</v>
+        <v>1.1358</v>
       </c>
       <c r="D327" s="2">
-        <v>1.1166</v>
+        <v>1.1336</v>
       </c>
       <c r="E327" s="2">
-        <v>1.1177</v>
+        <v>1.1347</v>
       </c>
       <c r="F327" s="0"/>
     </row>
     <row r="328" spans="1:6">
       <c r="B328" s="3">
-        <v>45579</v>
+        <v>45629</v>
       </c>
       <c r="C328" s="2">
-        <v>1.1125</v>
+        <v>1.1363</v>
       </c>
       <c r="D328" s="2">
-        <v>1.1103</v>
+        <v>1.1341</v>
       </c>
       <c r="E328" s="2">
-        <v>1.1114</v>
+        <v>1.1352</v>
       </c>
       <c r="F328" s="0"/>
     </row>
     <row r="329" spans="1:6">
       <c r="B329" s="3">
-        <v>45576</v>
+        <v>45628</v>
       </c>
       <c r="C329" s="2">
-        <v>1.1082</v>
+        <v>1.1311</v>
       </c>
       <c r="D329" s="2">
-        <v>1.106</v>
+        <v>1.1289</v>
       </c>
       <c r="E329" s="2">
-        <v>1.1071</v>
+        <v>1.13</v>
       </c>
       <c r="F329" s="0"/>
     </row>
     <row r="330" spans="1:6">
       <c r="B330" s="3">
-        <v>45575</v>
+        <v>45625</v>
       </c>
       <c r="C330" s="2">
-        <v>1.1099</v>
+        <v>1.1303</v>
       </c>
       <c r="D330" s="2">
-        <v>1.1077</v>
+        <v>1.1281</v>
       </c>
       <c r="E330" s="2">
-        <v>1.1088</v>
+        <v>1.1292</v>
       </c>
       <c r="F330" s="0"/>
     </row>
     <row r="331" spans="1:6">
       <c r="B331" s="3">
-        <v>45574</v>
+        <v>45624</v>
       </c>
       <c r="C331" s="2">
-        <v>1.1058</v>
+        <v>1.1309</v>
       </c>
       <c r="D331" s="2">
-        <v>1.1036</v>
+        <v>1.1287</v>
       </c>
       <c r="E331" s="2">
-        <v>1.1047</v>
+        <v>1.1298</v>
       </c>
       <c r="F331" s="0"/>
     </row>
     <row r="332" spans="1:6">
       <c r="B332" s="3">
-        <v>45573</v>
+        <v>45623</v>
       </c>
       <c r="C332" s="2">
-        <v>1.1051</v>
+        <v>1.1282</v>
       </c>
       <c r="D332" s="2">
-        <v>1.1029</v>
+        <v>1.126</v>
       </c>
       <c r="E332" s="2">
-        <v>1.104</v>
+        <v>1.1271</v>
       </c>
       <c r="F332" s="0"/>
     </row>
     <row r="333" spans="1:6">
       <c r="B333" s="3">
-        <v>45569</v>
+        <v>45622</v>
       </c>
       <c r="C333" s="2">
-        <v>1.102</v>
+        <v>1.1251</v>
       </c>
       <c r="D333" s="2">
-        <v>1.0998</v>
+        <v>1.1229</v>
       </c>
       <c r="E333" s="2">
-        <v>1.1009</v>
+        <v>1.124</v>
       </c>
       <c r="F333" s="0"/>
     </row>
     <row r="334" spans="1:6">
       <c r="B334" s="3">
-        <v>45568</v>
+        <v>45621</v>
       </c>
       <c r="C334" s="2">
-        <v>1.1039</v>
+        <v>1.1278</v>
       </c>
       <c r="D334" s="2">
-        <v>1.1017</v>
+        <v>1.1256</v>
       </c>
       <c r="E334" s="2">
-        <v>1.1028</v>
+        <v>1.1267</v>
       </c>
       <c r="F334" s="0"/>
     </row>
     <row r="335" spans="1:6">
       <c r="B335" s="3">
-        <v>45567</v>
+        <v>45618</v>
       </c>
       <c r="C335" s="2">
-        <v>1.1039</v>
+        <v>1.1233</v>
       </c>
       <c r="D335" s="2">
-        <v>1.1017</v>
+        <v>1.1211</v>
       </c>
       <c r="E335" s="2">
-        <v>1.1028</v>
+        <v>1.1222</v>
       </c>
       <c r="F335" s="0"/>
     </row>
     <row r="336" spans="1:6">
       <c r="B336" s="3">
-        <v>45566</v>
+        <v>45617</v>
       </c>
       <c r="C336" s="2">
-        <v>1.1048</v>
+        <v>1.1163</v>
       </c>
       <c r="D336" s="2">
-        <v>1.1026</v>
+        <v>1.1141</v>
       </c>
       <c r="E336" s="2">
-        <v>1.1037</v>
+        <v>1.1152</v>
       </c>
       <c r="F336" s="0"/>
     </row>
     <row r="337" spans="1:6">
       <c r="B337" s="3">
-        <v>45565</v>
+        <v>45616</v>
       </c>
       <c r="C337" s="2">
-        <v>1.1087</v>
+        <v>1.1179</v>
       </c>
       <c r="D337" s="2">
-        <v>1.1065</v>
+        <v>1.1157</v>
       </c>
       <c r="E337" s="2">
-        <v>1.1076</v>
+        <v>1.1168</v>
       </c>
       <c r="F337" s="0"/>
     </row>
     <row r="338" spans="1:6">
       <c r="B338" s="3">
-        <v>45562</v>
+        <v>45615</v>
       </c>
       <c r="C338" s="2">
-        <v>1.1082</v>
+        <v>1.1216</v>
       </c>
       <c r="D338" s="2">
-        <v>1.106</v>
+        <v>1.1194</v>
       </c>
       <c r="E338" s="2">
-        <v>1.1071</v>
+        <v>1.1205</v>
       </c>
       <c r="F338" s="0"/>
     </row>
     <row r="339" spans="1:6">
       <c r="B339" s="3">
-        <v>45561</v>
+        <v>45614</v>
       </c>
       <c r="C339" s="2">
-        <v>1.107</v>
+        <v>1.118</v>
       </c>
       <c r="D339" s="2">
-        <v>1.1048</v>
+        <v>1.1158</v>
       </c>
       <c r="E339" s="2">
-        <v>1.1059</v>
+        <v>1.1169</v>
       </c>
       <c r="F339" s="0"/>
     </row>
     <row r="340" spans="1:6">
       <c r="B340" s="3">
-        <v>45560</v>
+        <v>45611</v>
       </c>
       <c r="C340" s="2">
-        <v>1.099</v>
+        <v>1.1176</v>
       </c>
       <c r="D340" s="2">
-        <v>1.0968</v>
+        <v>1.1154</v>
       </c>
       <c r="E340" s="2">
-        <v>1.0979</v>
+        <v>1.1165</v>
       </c>
       <c r="F340" s="0"/>
     </row>
     <row r="341" spans="1:6">
       <c r="B341" s="3">
-        <v>45559</v>
+        <v>45610</v>
       </c>
       <c r="C341" s="2">
-        <v>1.1006</v>
+        <v>1.117</v>
       </c>
       <c r="D341" s="2">
-        <v>1.0984</v>
+        <v>1.1148</v>
       </c>
       <c r="E341" s="2">
-        <v>1.0995</v>
+        <v>1.1159</v>
       </c>
       <c r="F341" s="0"/>
     </row>
     <row r="342" spans="1:6">
       <c r="B342" s="3">
-        <v>45558</v>
+        <v>45609</v>
       </c>
       <c r="C342" s="2">
-        <v>1.1006</v>
+        <v>1.1134</v>
       </c>
       <c r="D342" s="2">
-        <v>1.0984</v>
+        <v>1.1112</v>
       </c>
       <c r="E342" s="2">
-        <v>1.0995</v>
+        <v>1.1123</v>
       </c>
       <c r="F342" s="0"/>
     </row>
     <row r="343" spans="1:6">
       <c r="B343" s="3">
-        <v>45555</v>
+        <v>45608</v>
       </c>
       <c r="C343" s="2">
-        <v>1.103</v>
+        <v>1.1195</v>
       </c>
       <c r="D343" s="2">
-        <v>1.1008</v>
+        <v>1.1173</v>
       </c>
       <c r="E343" s="2">
-        <v>1.1019</v>
+        <v>1.1184</v>
       </c>
       <c r="F343" s="0"/>
     </row>
     <row r="344" spans="1:6">
       <c r="B344" s="3">
-        <v>45554</v>
+        <v>45607</v>
       </c>
       <c r="C344" s="2">
-        <v>1.1012</v>
+        <v>1.1191</v>
       </c>
       <c r="D344" s="2">
-        <v>1.099</v>
+        <v>1.1169</v>
       </c>
       <c r="E344" s="2">
-        <v>1.1001</v>
+        <v>1.118</v>
       </c>
       <c r="F344" s="0"/>
     </row>
     <row r="345" spans="1:6">
       <c r="B345" s="3">
-        <v>45553</v>
+        <v>45604</v>
       </c>
       <c r="C345" s="2">
-        <v>1.0977</v>
+        <v>1.1181</v>
       </c>
       <c r="D345" s="2">
-        <v>1.0955</v>
+        <v>1.1159</v>
       </c>
       <c r="E345" s="2">
-        <v>1.0966</v>
+        <v>1.117</v>
       </c>
       <c r="F345" s="0"/>
     </row>
     <row r="346" spans="1:6">
       <c r="B346" s="3">
-        <v>45552</v>
+        <v>45603</v>
       </c>
       <c r="C346" s="2">
-        <v>1.0979</v>
+        <v>1.1144</v>
       </c>
       <c r="D346" s="2">
-        <v>1.0957</v>
+        <v>1.1122</v>
       </c>
       <c r="E346" s="2">
-        <v>1.0968</v>
+        <v>1.1133</v>
       </c>
       <c r="F346" s="0"/>
     </row>
     <row r="347" spans="1:6">
       <c r="B347" s="3">
-        <v>45551</v>
+        <v>45602</v>
       </c>
       <c r="C347" s="2">
-        <v>1.0974</v>
+        <v>1.1133</v>
       </c>
       <c r="D347" s="2">
-        <v>1.0952</v>
+        <v>1.1111</v>
       </c>
       <c r="E347" s="2">
-        <v>1.0963</v>
+        <v>1.1122</v>
       </c>
       <c r="F347" s="0"/>
     </row>
     <row r="348" spans="1:6">
       <c r="B348" s="3">
-        <v>45548</v>
+        <v>45601</v>
       </c>
       <c r="C348" s="2">
-        <v>1.0935</v>
+        <v>1.1031</v>
       </c>
       <c r="D348" s="2">
-        <v>1.0913</v>
+        <v>1.1009</v>
       </c>
       <c r="E348" s="2">
-        <v>1.0924</v>
+        <v>1.102</v>
       </c>
       <c r="F348" s="0"/>
     </row>
     <row r="349" spans="1:6">
       <c r="B349" s="3">
-        <v>45547</v>
+        <v>45600</v>
       </c>
       <c r="C349" s="2">
-        <v>1.0905</v>
+        <v>1.1039</v>
       </c>
       <c r="D349" s="2">
-        <v>1.0883</v>
+        <v>1.1017</v>
       </c>
       <c r="E349" s="2">
-        <v>1.0894</v>
+        <v>1.1028</v>
       </c>
       <c r="F349" s="0"/>
     </row>
     <row r="350" spans="1:6">
       <c r="B350" s="3">
-        <v>45546</v>
+        <v>45597</v>
       </c>
       <c r="C350" s="2">
-        <v>1.0817</v>
+        <v>1.1014</v>
       </c>
       <c r="D350" s="2">
-        <v>1.0795</v>
+        <v>1.0992</v>
       </c>
       <c r="E350" s="2">
-        <v>1.0806</v>
+        <v>1.1003</v>
       </c>
       <c r="F350" s="0"/>
     </row>
     <row r="351" spans="1:6">
       <c r="B351" s="3">
-        <v>45545</v>
+        <v>45596</v>
       </c>
       <c r="C351" s="2">
-        <v>1.0827</v>
+        <v>1.1077</v>
       </c>
       <c r="D351" s="2">
-        <v>1.0805</v>
+        <v>1.1055</v>
       </c>
       <c r="E351" s="2">
-        <v>1.0816</v>
+        <v>1.1066</v>
       </c>
       <c r="F351" s="0"/>
     </row>
     <row r="352" spans="1:6">
       <c r="B352" s="3">
-        <v>45544</v>
+        <v>45595</v>
       </c>
       <c r="C352" s="2">
-        <v>1.0804</v>
+        <v>1.1119</v>
       </c>
       <c r="D352" s="2">
-        <v>1.0782</v>
+        <v>1.1097</v>
       </c>
       <c r="E352" s="2">
-        <v>1.0793</v>
+        <v>1.1108</v>
       </c>
       <c r="F352" s="0"/>
     </row>
     <row r="353" spans="1:6">
       <c r="B353" s="3">
-        <v>45541</v>
+        <v>45594</v>
       </c>
       <c r="C353" s="2">
-        <v>1.0835</v>
+        <v>1.1147</v>
       </c>
       <c r="D353" s="2">
-        <v>1.0813</v>
+        <v>1.1125</v>
       </c>
       <c r="E353" s="2">
-        <v>1.0824</v>
+        <v>1.1136</v>
       </c>
       <c r="F353" s="0"/>
     </row>
     <row r="354" spans="1:6">
       <c r="B354" s="3">
-        <v>45540</v>
+        <v>45593</v>
       </c>
       <c r="C354" s="2">
-        <v>1.0822</v>
+        <v>1.1129</v>
       </c>
       <c r="D354" s="2">
-        <v>1.08</v>
+        <v>1.1107</v>
       </c>
       <c r="E354" s="2">
-        <v>1.0811</v>
+        <v>1.1118</v>
       </c>
       <c r="F354" s="0"/>
     </row>
     <row r="355" spans="1:6">
       <c r="B355" s="3">
-        <v>45539</v>
+        <v>45590</v>
       </c>
       <c r="C355" s="2">
-        <v>1.0807</v>
+        <v>1.111</v>
       </c>
       <c r="D355" s="2">
-        <v>1.0785</v>
+        <v>1.1088</v>
       </c>
       <c r="E355" s="2">
-        <v>1.0796</v>
+        <v>1.1099</v>
       </c>
       <c r="F355" s="0"/>
     </row>
     <row r="356" spans="1:6">
       <c r="B356" s="3">
-        <v>45538</v>
+        <v>45589</v>
       </c>
       <c r="C356" s="2">
-        <v>1.0947</v>
+        <v>1.1103</v>
       </c>
       <c r="D356" s="2">
-        <v>1.0925</v>
+        <v>1.1081</v>
       </c>
       <c r="E356" s="2">
-        <v>1.0936</v>
+        <v>1.1092</v>
       </c>
       <c r="F356" s="0"/>
     </row>
     <row r="357" spans="1:6">
       <c r="B357" s="3">
-        <v>45537</v>
+        <v>45588</v>
       </c>
       <c r="C357" s="2">
-        <v>1.0937</v>
+        <v>1.1112</v>
       </c>
       <c r="D357" s="2">
-        <v>1.0915</v>
+        <v>1.109</v>
       </c>
       <c r="E357" s="2">
-        <v>1.0926</v>
+        <v>1.1101</v>
       </c>
       <c r="F357" s="0"/>
     </row>
     <row r="358" spans="1:6">
       <c r="B358" s="3">
-        <v>45534</v>
+        <v>45587</v>
       </c>
       <c r="C358" s="2">
-        <v>1.0931</v>
+        <v>1.1104</v>
       </c>
       <c r="D358" s="2">
-        <v>1.0909</v>
+        <v>1.1082</v>
       </c>
       <c r="E358" s="2">
-        <v>1.092</v>
+        <v>1.1093</v>
       </c>
       <c r="F358" s="0"/>
     </row>
     <row r="359" spans="1:6">
       <c r="B359" s="3">
-        <v>45533</v>
+        <v>45586</v>
       </c>
       <c r="C359" s="2">
-        <v>1.088</v>
+        <v>1.1209</v>
       </c>
       <c r="D359" s="2">
-        <v>1.0858</v>
+        <v>1.1187</v>
       </c>
       <c r="E359" s="2">
-        <v>1.0869</v>
+        <v>1.1198</v>
       </c>
       <c r="F359" s="0"/>
     </row>
     <row r="360" spans="1:6">
       <c r="B360" s="3">
-        <v>45532</v>
+        <v>45583</v>
       </c>
       <c r="C360" s="2">
-        <v>1.0907</v>
+        <v>1.1157</v>
       </c>
       <c r="D360" s="2">
-        <v>1.0885</v>
+        <v>1.1135</v>
       </c>
       <c r="E360" s="2">
-        <v>1.0896</v>
+        <v>1.1146</v>
       </c>
       <c r="F360" s="0"/>
     </row>
     <row r="361" spans="1:6">
       <c r="B361" s="3">
-        <v>45531</v>
+        <v>45582</v>
       </c>
       <c r="C361" s="2">
-        <v>1.091</v>
+        <v>1.1191</v>
       </c>
       <c r="D361" s="2">
-        <v>1.0888</v>
+        <v>1.1169</v>
       </c>
       <c r="E361" s="2">
-        <v>1.0899</v>
+        <v>1.118</v>
       </c>
       <c r="F361" s="0"/>
     </row>
     <row r="362" spans="1:6">
       <c r="B362" s="3">
-        <v>45530</v>
+        <v>45581</v>
       </c>
       <c r="C362" s="2">
-        <v>1.0923</v>
+        <v>1.1156</v>
       </c>
       <c r="D362" s="2">
-        <v>1.0901</v>
+        <v>1.1134</v>
       </c>
       <c r="E362" s="2">
-        <v>1.0912</v>
+        <v>1.1145</v>
       </c>
       <c r="F362" s="0"/>
     </row>
     <row r="363" spans="1:6">
       <c r="B363" s="3">
-        <v>45527</v>
+        <v>45580</v>
       </c>
       <c r="C363" s="2">
-        <v>1.0883</v>
+        <v>1.1188</v>
       </c>
       <c r="D363" s="2">
-        <v>1.0861</v>
+        <v>1.1166</v>
       </c>
       <c r="E363" s="2">
-        <v>1.0872</v>
+        <v>1.1177</v>
       </c>
       <c r="F363" s="0"/>
     </row>
     <row r="364" spans="1:6">
       <c r="B364" s="3">
-        <v>45526</v>
+        <v>45579</v>
       </c>
       <c r="C364" s="2">
-        <v>1.088</v>
+        <v>1.1125</v>
       </c>
       <c r="D364" s="2">
-        <v>1.0858</v>
+        <v>1.1103</v>
       </c>
       <c r="E364" s="2">
-        <v>1.0869</v>
+        <v>1.1114</v>
       </c>
       <c r="F364" s="0"/>
     </row>
     <row r="365" spans="1:6">
       <c r="B365" s="3">
-        <v>45525</v>
+        <v>45576</v>
       </c>
       <c r="C365" s="2">
-        <v>1.0857</v>
+        <v>1.1082</v>
       </c>
       <c r="D365" s="2">
-        <v>1.0835</v>
+        <v>1.106</v>
       </c>
       <c r="E365" s="2">
-        <v>1.0846</v>
+        <v>1.1071</v>
       </c>
       <c r="F365" s="0"/>
     </row>
     <row r="366" spans="1:6">
       <c r="B366" s="3">
-        <v>45524</v>
+        <v>45575</v>
       </c>
       <c r="C366" s="2">
-        <v>1.0867</v>
+        <v>1.1099</v>
       </c>
       <c r="D366" s="2">
-        <v>1.0845</v>
+        <v>1.1077</v>
       </c>
       <c r="E366" s="2">
-        <v>1.0856</v>
+        <v>1.1088</v>
       </c>
       <c r="F366" s="0"/>
     </row>
     <row r="367" spans="1:6">
       <c r="B367" s="3">
-        <v>45523</v>
+        <v>45574</v>
       </c>
       <c r="C367" s="2">
-        <v>1.0848</v>
+        <v>1.1058</v>
       </c>
       <c r="D367" s="2">
-        <v>1.0826</v>
+        <v>1.1036</v>
       </c>
       <c r="E367" s="2">
-        <v>1.0837</v>
+        <v>1.1047</v>
       </c>
       <c r="F367" s="0"/>
     </row>
     <row r="368" spans="1:6">
       <c r="B368" s="3">
-        <v>45520</v>
+        <v>45573</v>
       </c>
       <c r="C368" s="2">
-        <v>1.0852</v>
+        <v>1.1051</v>
       </c>
       <c r="D368" s="2">
-        <v>1.083</v>
+        <v>1.1029</v>
       </c>
       <c r="E368" s="2">
-        <v>1.0841</v>
+        <v>1.104</v>
       </c>
       <c r="F368" s="0"/>
     </row>
     <row r="369" spans="1:6">
       <c r="B369" s="3">
-        <v>45519</v>
+        <v>45569</v>
       </c>
       <c r="C369" s="2">
-        <v>1.0761</v>
+        <v>1.102</v>
       </c>
       <c r="D369" s="2">
-        <v>1.0739</v>
+        <v>1.0998</v>
       </c>
       <c r="E369" s="2">
-        <v>1.075</v>
+        <v>1.1009</v>
       </c>
       <c r="F369" s="0"/>
     </row>
     <row r="370" spans="1:6">
       <c r="B370" s="3">
-        <v>45518</v>
+        <v>45568</v>
       </c>
       <c r="C370" s="2">
-        <v>1.0739</v>
+        <v>1.1039</v>
       </c>
       <c r="D370" s="2">
-        <v>1.0717</v>
+        <v>1.1017</v>
       </c>
       <c r="E370" s="2">
-        <v>1.0728</v>
+        <v>1.1028</v>
       </c>
       <c r="F370" s="0"/>
     </row>
     <row r="371" spans="1:6">
       <c r="B371" s="3">
-        <v>45517</v>
+        <v>45567</v>
       </c>
       <c r="C371" s="2">
-        <v>1.0702</v>
+        <v>1.1039</v>
       </c>
       <c r="D371" s="2">
-        <v>1.068</v>
+        <v>1.1017</v>
       </c>
       <c r="E371" s="2">
-        <v>1.0691</v>
+        <v>1.1028</v>
       </c>
       <c r="F371" s="0"/>
     </row>
     <row r="372" spans="1:6">
       <c r="B372" s="3">
-        <v>45516</v>
+        <v>45566</v>
       </c>
       <c r="C372" s="2">
-        <v>1.0698</v>
+        <v>1.1048</v>
       </c>
       <c r="D372" s="2">
-        <v>1.0676</v>
+        <v>1.1026</v>
       </c>
       <c r="E372" s="2">
-        <v>1.0687</v>
+        <v>1.1037</v>
       </c>
       <c r="F372" s="0"/>
     </row>
     <row r="373" spans="1:6">
       <c r="B373" s="3">
-        <v>45513</v>
+        <v>45565</v>
       </c>
       <c r="C373" s="2">
-        <v>1.0659</v>
+        <v>1.1087</v>
       </c>
       <c r="D373" s="2">
-        <v>1.0637</v>
+        <v>1.1065</v>
       </c>
       <c r="E373" s="2">
-        <v>1.0648</v>
+        <v>1.1076</v>
       </c>
       <c r="F373" s="0"/>
     </row>
     <row r="374" spans="1:6">
       <c r="B374" s="3">
-        <v>45512</v>
+        <v>45562</v>
       </c>
       <c r="C374" s="2">
-        <v>1.0572</v>
+        <v>1.1082</v>
       </c>
       <c r="D374" s="2">
-        <v>1.055</v>
+        <v>1.106</v>
       </c>
       <c r="E374" s="2">
-        <v>1.0561</v>
+        <v>1.1071</v>
       </c>
       <c r="F374" s="0"/>
     </row>
     <row r="375" spans="1:6">
       <c r="B375" s="3">
-        <v>45511</v>
+        <v>45561</v>
       </c>
       <c r="C375" s="2">
-        <v>1.0635</v>
+        <v>1.107</v>
       </c>
       <c r="D375" s="2">
-        <v>1.0613</v>
+        <v>1.1048</v>
       </c>
       <c r="E375" s="2">
-        <v>1.0624</v>
+        <v>1.1059</v>
       </c>
       <c r="F375" s="0"/>
     </row>
     <row r="376" spans="1:6">
       <c r="B376" s="3">
-        <v>45510</v>
+        <v>45560</v>
       </c>
       <c r="C376" s="2">
-        <v>1.0589</v>
+        <v>1.099</v>
       </c>
       <c r="D376" s="2">
-        <v>1.0567</v>
+        <v>1.0968</v>
       </c>
       <c r="E376" s="2">
-        <v>1.0578</v>
+        <v>1.0979</v>
       </c>
       <c r="F376" s="0"/>
     </row>
     <row r="377" spans="1:6">
       <c r="B377" s="3">
-        <v>45509</v>
+        <v>45559</v>
       </c>
       <c r="C377" s="2">
-        <v>1.0559</v>
+        <v>1.1006</v>
       </c>
       <c r="D377" s="2">
-        <v>1.0537</v>
+        <v>1.0984</v>
       </c>
       <c r="E377" s="2">
-        <v>1.0548</v>
+        <v>1.0995</v>
       </c>
       <c r="F377" s="0"/>
     </row>
     <row r="378" spans="1:6">
       <c r="B378" s="3">
-        <v>45506</v>
+        <v>45558</v>
       </c>
       <c r="C378" s="2">
-        <v>1.0799</v>
+        <v>1.1006</v>
       </c>
       <c r="D378" s="2">
-        <v>1.0777</v>
+        <v>1.0984</v>
       </c>
       <c r="E378" s="2">
-        <v>1.0788</v>
+        <v>1.0995</v>
       </c>
       <c r="F378" s="0"/>
     </row>
     <row r="379" spans="1:6">
       <c r="B379" s="3">
-        <v>45505</v>
+        <v>45555</v>
       </c>
       <c r="C379" s="2">
-        <v>1.0964</v>
+        <v>1.103</v>
       </c>
       <c r="D379" s="2">
-        <v>1.0942</v>
+        <v>1.1008</v>
       </c>
       <c r="E379" s="2">
-        <v>1.0953</v>
+        <v>1.1019</v>
       </c>
       <c r="F379" s="0"/>
     </row>
     <row r="380" spans="1:6">
       <c r="B380" s="3">
-        <v>45504</v>
+        <v>45554</v>
       </c>
       <c r="C380" s="2">
-        <v>1.0945</v>
+        <v>1.1012</v>
       </c>
       <c r="D380" s="2">
-        <v>1.0923</v>
+        <v>1.099</v>
       </c>
       <c r="E380" s="2">
-        <v>1.0934</v>
+        <v>1.1001</v>
       </c>
       <c r="F380" s="0"/>
     </row>
     <row r="381" spans="1:6">
       <c r="B381" s="3">
-        <v>45503</v>
+        <v>45553</v>
       </c>
       <c r="C381" s="2">
-        <v>1.0838</v>
+        <v>1.0977</v>
       </c>
       <c r="D381" s="2">
-        <v>1.0816</v>
+        <v>1.0955</v>
       </c>
       <c r="E381" s="2">
-        <v>1.0827</v>
+        <v>1.0966</v>
       </c>
       <c r="F381" s="0"/>
     </row>
     <row r="382" spans="1:6">
       <c r="B382" s="3">
-        <v>45502</v>
+        <v>45552</v>
       </c>
       <c r="C382" s="2">
-        <v>1.0871</v>
+        <v>1.0979</v>
       </c>
       <c r="D382" s="2">
-        <v>1.0849</v>
+        <v>1.0957</v>
       </c>
       <c r="E382" s="2">
-        <v>1.086</v>
+        <v>1.0968</v>
       </c>
       <c r="F382" s="0"/>
     </row>
     <row r="383" spans="1:6">
       <c r="B383" s="3">
-        <v>45499</v>
+        <v>45551</v>
       </c>
       <c r="C383" s="2">
-        <v>1.0796</v>
+        <v>1.0974</v>
       </c>
       <c r="D383" s="2">
-        <v>1.0774</v>
+        <v>1.0952</v>
       </c>
       <c r="E383" s="2">
-        <v>1.0785</v>
+        <v>1.0963</v>
       </c>
       <c r="F383" s="0"/>
     </row>
     <row r="384" spans="1:6">
       <c r="B384" s="3">
-        <v>45498</v>
+        <v>45548</v>
       </c>
       <c r="C384" s="2">
-        <v>1.0766</v>
+        <v>1.0935</v>
       </c>
       <c r="D384" s="2">
-        <v>1.0744</v>
+        <v>1.0913</v>
       </c>
       <c r="E384" s="2">
-        <v>1.0755</v>
+        <v>1.0924</v>
       </c>
       <c r="F384" s="0"/>
     </row>
     <row r="385" spans="1:6">
       <c r="B385" s="3">
-        <v>45497</v>
+        <v>45547</v>
       </c>
       <c r="C385" s="2">
-        <v>1.0845</v>
+        <v>1.0905</v>
       </c>
       <c r="D385" s="2">
-        <v>1.0823</v>
+        <v>1.0883</v>
       </c>
       <c r="E385" s="2">
-        <v>1.0834</v>
+        <v>1.0894</v>
       </c>
       <c r="F385" s="0"/>
     </row>
     <row r="386" spans="1:6">
       <c r="B386" s="3">
-        <v>45496</v>
+        <v>45546</v>
       </c>
       <c r="C386" s="2">
-        <v>1.0851</v>
+        <v>1.0817</v>
       </c>
       <c r="D386" s="2">
-        <v>1.0829</v>
+        <v>1.0795</v>
       </c>
       <c r="E386" s="2">
-        <v>1.084</v>
+        <v>1.0806</v>
       </c>
       <c r="F386" s="0"/>
     </row>
     <row r="387" spans="1:6">
       <c r="B387" s="3">
-        <v>45495</v>
+        <v>45545</v>
       </c>
       <c r="C387" s="2">
-        <v>1.0792</v>
+        <v>1.0827</v>
       </c>
       <c r="D387" s="2">
-        <v>1.077</v>
+        <v>1.0805</v>
       </c>
       <c r="E387" s="2">
-        <v>1.0781</v>
+        <v>1.0816</v>
       </c>
       <c r="F387" s="0"/>
     </row>
     <row r="388" spans="1:6">
       <c r="B388" s="3">
-        <v>45492</v>
+        <v>45544</v>
       </c>
       <c r="C388" s="2">
-        <v>1.0813</v>
+        <v>1.0804</v>
       </c>
       <c r="D388" s="2">
-        <v>1.0791</v>
+        <v>1.0782</v>
       </c>
       <c r="E388" s="2">
-        <v>1.0802</v>
+        <v>1.0793</v>
       </c>
       <c r="F388" s="0"/>
     </row>
     <row r="389" spans="1:6">
       <c r="B389" s="3">
-        <v>45491</v>
+        <v>45541</v>
       </c>
       <c r="C389" s="2">
-        <v>1.087</v>
+        <v>1.0835</v>
       </c>
       <c r="D389" s="2">
-        <v>1.0848</v>
+        <v>1.0813</v>
       </c>
       <c r="E389" s="2">
-        <v>1.0859</v>
+        <v>1.0824</v>
       </c>
       <c r="F389" s="0"/>
     </row>
     <row r="390" spans="1:6">
       <c r="B390" s="3">
-        <v>45490</v>
+        <v>45540</v>
       </c>
       <c r="C390" s="2">
-        <v>1.0899</v>
+        <v>1.0822</v>
       </c>
       <c r="D390" s="2">
-        <v>1.0877</v>
+        <v>1.08</v>
       </c>
       <c r="E390" s="2">
-        <v>1.0888</v>
+        <v>1.0811</v>
       </c>
       <c r="F390" s="0"/>
     </row>
     <row r="391" spans="1:6">
       <c r="B391" s="3">
-        <v>45489</v>
+        <v>45539</v>
       </c>
       <c r="C391" s="2">
-        <v>1.0847</v>
+        <v>1.0807</v>
       </c>
       <c r="D391" s="2">
-        <v>1.0825</v>
+        <v>1.0785</v>
       </c>
       <c r="E391" s="2">
-        <v>1.0836</v>
+        <v>1.0796</v>
       </c>
       <c r="F391" s="0"/>
     </row>
     <row r="392" spans="1:6">
       <c r="B392" s="3">
-        <v>45488</v>
+        <v>45538</v>
       </c>
       <c r="C392" s="2">
-        <v>1.0838</v>
+        <v>1.0947</v>
       </c>
       <c r="D392" s="2">
-        <v>1.0816</v>
+        <v>1.0925</v>
       </c>
       <c r="E392" s="2">
-        <v>1.0827</v>
+        <v>1.0936</v>
       </c>
       <c r="F392" s="0"/>
     </row>
     <row r="393" spans="1:6">
       <c r="B393" s="3">
-        <v>45485</v>
+        <v>45537</v>
       </c>
       <c r="C393" s="2">
-        <v>1.08</v>
+        <v>1.0937</v>
       </c>
       <c r="D393" s="2">
-        <v>1.0778</v>
+        <v>1.0915</v>
       </c>
       <c r="E393" s="2">
-        <v>1.0789</v>
+        <v>1.0926</v>
       </c>
       <c r="F393" s="0"/>
     </row>
     <row r="394" spans="1:6">
       <c r="B394" s="3">
-        <v>45484</v>
+        <v>45534</v>
       </c>
       <c r="C394" s="2">
-        <v>1.0747</v>
+        <v>1.0931</v>
       </c>
       <c r="D394" s="2">
-        <v>1.0725</v>
+        <v>1.0909</v>
       </c>
       <c r="E394" s="2">
-        <v>1.0736</v>
+        <v>1.092</v>
       </c>
       <c r="F394" s="0"/>
     </row>
     <row r="395" spans="1:6">
       <c r="B395" s="3">
-        <v>45483</v>
+        <v>45533</v>
       </c>
       <c r="C395" s="2">
-        <v>1.0681</v>
+        <v>1.088</v>
       </c>
       <c r="D395" s="2">
-        <v>1.0659</v>
+        <v>1.0858</v>
       </c>
       <c r="E395" s="2">
-        <v>1.067</v>
+        <v>1.0869</v>
       </c>
       <c r="F395" s="0"/>
     </row>
     <row r="396" spans="1:6">
       <c r="B396" s="3">
-        <v>45482</v>
+        <v>45532</v>
       </c>
       <c r="C396" s="2">
-        <v>1.0693</v>
+        <v>1.0907</v>
       </c>
       <c r="D396" s="2">
-        <v>1.0671</v>
+        <v>1.0885</v>
       </c>
       <c r="E396" s="2">
-        <v>1.0682</v>
+        <v>1.0896</v>
       </c>
       <c r="F396" s="0"/>
     </row>
     <row r="397" spans="1:6">
       <c r="B397" s="3">
-        <v>45481</v>
+        <v>45531</v>
       </c>
       <c r="C397" s="2">
-        <v>1.0649</v>
+        <v>1.091</v>
       </c>
       <c r="D397" s="2">
-        <v>1.0627</v>
+        <v>1.0888</v>
       </c>
       <c r="E397" s="2">
-        <v>1.0638</v>
+        <v>1.0899</v>
       </c>
       <c r="F397" s="0"/>
     </row>
     <row r="398" spans="1:6">
       <c r="B398" s="3">
-        <v>45478</v>
+        <v>45530</v>
       </c>
       <c r="C398" s="2">
-        <v>1.0684</v>
+        <v>1.0923</v>
       </c>
       <c r="D398" s="2">
-        <v>1.0662</v>
+        <v>1.0901</v>
       </c>
       <c r="E398" s="2">
-        <v>1.0673</v>
+        <v>1.0912</v>
       </c>
       <c r="F398" s="0"/>
     </row>
     <row r="399" spans="1:6">
       <c r="B399" s="3">
-        <v>45477</v>
+        <v>45527</v>
       </c>
       <c r="C399" s="2">
-        <v>1.0684</v>
+        <v>1.0883</v>
       </c>
       <c r="D399" s="2">
-        <v>1.0662</v>
+        <v>1.0861</v>
       </c>
       <c r="E399" s="2">
-        <v>1.0673</v>
+        <v>1.0872</v>
       </c>
       <c r="F399" s="0"/>
     </row>
     <row r="400" spans="1:6">
       <c r="B400" s="3">
-        <v>45476</v>
+        <v>45526</v>
       </c>
       <c r="C400" s="2">
-        <v>1.0637</v>
+        <v>1.088</v>
       </c>
       <c r="D400" s="2">
-        <v>1.0615</v>
+        <v>1.0858</v>
       </c>
       <c r="E400" s="2">
-        <v>1.0626</v>
+        <v>1.0869</v>
       </c>
       <c r="F400" s="0"/>
     </row>
     <row r="401" spans="1:6">
       <c r="B401" s="3">
-        <v>45475</v>
+        <v>45525</v>
       </c>
       <c r="C401" s="2">
-        <v>1.0619</v>
+        <v>1.0857</v>
       </c>
       <c r="D401" s="2">
-        <v>1.0597</v>
+        <v>1.0835</v>
       </c>
       <c r="E401" s="2">
-        <v>1.0608</v>
+        <v>1.0846</v>
       </c>
       <c r="F401" s="0"/>
     </row>
     <row r="402" spans="1:6">
       <c r="B402" s="3">
-        <v>45474</v>
+        <v>45524</v>
       </c>
       <c r="C402" s="2">
-        <v>1.0647</v>
+        <v>1.0867</v>
       </c>
       <c r="D402" s="2">
-        <v>1.0625</v>
+        <v>1.0845</v>
       </c>
       <c r="E402" s="2">
-        <v>1.0636</v>
+        <v>1.0856</v>
       </c>
       <c r="F402" s="0"/>
     </row>
     <row r="403" spans="1:6">
       <c r="B403" s="3">
-        <v>45471</v>
+        <v>45523</v>
       </c>
       <c r="C403" s="2">
-        <v>1.0655</v>
+        <v>1.0848</v>
       </c>
       <c r="D403" s="2">
-        <v>1.0633</v>
+        <v>1.0826</v>
       </c>
       <c r="E403" s="2">
-        <v>1.0644</v>
+        <v>1.0837</v>
       </c>
       <c r="F403" s="0"/>
     </row>
     <row r="404" spans="1:6">
       <c r="B404" s="3">
-        <v>45470</v>
+        <v>45520</v>
       </c>
       <c r="C404" s="2">
-        <v>1.0611</v>
+        <v>1.0852</v>
       </c>
       <c r="D404" s="2">
-        <v>1.0589</v>
+        <v>1.083</v>
       </c>
       <c r="E404" s="2">
-        <v>1.06</v>
+        <v>1.0841</v>
       </c>
       <c r="F404" s="0"/>
     </row>
     <row r="405" spans="1:6">
       <c r="B405" s="3">
-        <v>45469</v>
+        <v>45519</v>
       </c>
       <c r="C405" s="2">
-        <v>1.0624</v>
+        <v>1.0761</v>
       </c>
       <c r="D405" s="2">
-        <v>1.0602</v>
+        <v>1.0739</v>
       </c>
       <c r="E405" s="2">
-        <v>1.0613</v>
+        <v>1.075</v>
       </c>
       <c r="F405" s="0"/>
     </row>
     <row r="406" spans="1:6">
       <c r="B406" s="3">
-        <v>45468</v>
+        <v>45518</v>
       </c>
       <c r="C406" s="2">
-        <v>1.0668</v>
+        <v>1.0739</v>
       </c>
       <c r="D406" s="2">
-        <v>1.0646</v>
+        <v>1.0717</v>
       </c>
       <c r="E406" s="2">
-        <v>1.0657</v>
+        <v>1.0728</v>
       </c>
       <c r="F406" s="0"/>
     </row>
     <row r="407" spans="1:6">
       <c r="B407" s="3">
-        <v>45467</v>
+        <v>45517</v>
       </c>
       <c r="C407" s="2">
-        <v>1.0605</v>
+        <v>1.0702</v>
       </c>
       <c r="D407" s="2">
-        <v>1.0583</v>
+        <v>1.068</v>
       </c>
       <c r="E407" s="2">
-        <v>1.0594</v>
+        <v>1.0691</v>
       </c>
       <c r="F407" s="0"/>
     </row>
     <row r="408" spans="1:6">
       <c r="B408" s="3">
-        <v>45464</v>
+        <v>45516</v>
       </c>
       <c r="C408" s="2">
-        <v>1.0633</v>
+        <v>1.0698</v>
       </c>
       <c r="D408" s="2">
-        <v>1.0611</v>
+        <v>1.0676</v>
       </c>
       <c r="E408" s="2">
-        <v>1.0622</v>
+        <v>1.0687</v>
       </c>
       <c r="F408" s="0"/>
     </row>
     <row r="409" spans="1:6">
       <c r="B409" s="3">
-        <v>45463</v>
+        <v>45513</v>
       </c>
       <c r="C409" s="2">
-        <v>1.0631</v>
+        <v>1.0659</v>
       </c>
       <c r="D409" s="2">
-        <v>1.0609</v>
+        <v>1.0637</v>
       </c>
       <c r="E409" s="2">
-        <v>1.062</v>
+        <v>1.0648</v>
       </c>
       <c r="F409" s="0"/>
     </row>
     <row r="410" spans="1:6">
       <c r="B410" s="3">
-        <v>45462</v>
+        <v>45512</v>
       </c>
       <c r="C410" s="2">
-        <v>1.062</v>
+        <v>1.0572</v>
       </c>
       <c r="D410" s="2">
-        <v>1.0598</v>
+        <v>1.055</v>
       </c>
       <c r="E410" s="2">
-        <v>1.0609</v>
+        <v>1.0561</v>
       </c>
       <c r="F410" s="0"/>
     </row>
     <row r="411" spans="1:6">
       <c r="B411" s="3">
-        <v>45461</v>
+        <v>45511</v>
       </c>
       <c r="C411" s="2">
-        <v>1.0622</v>
+        <v>1.0635</v>
       </c>
       <c r="D411" s="2">
-        <v>1.06</v>
+        <v>1.0613</v>
       </c>
       <c r="E411" s="2">
-        <v>1.0611</v>
+        <v>1.0624</v>
       </c>
       <c r="F411" s="0"/>
     </row>
     <row r="412" spans="1:6">
       <c r="B412" s="3">
-        <v>45460</v>
+        <v>45510</v>
       </c>
       <c r="C412" s="2">
-        <v>1.0583</v>
+        <v>1.0589</v>
       </c>
       <c r="D412" s="2">
-        <v>1.0561</v>
+        <v>1.0567</v>
       </c>
       <c r="E412" s="2">
-        <v>1.0572</v>
+        <v>1.0578</v>
       </c>
       <c r="F412" s="0"/>
     </row>
     <row r="413" spans="1:6">
       <c r="B413" s="3">
-        <v>45457</v>
+        <v>45509</v>
       </c>
       <c r="C413" s="2">
-        <v>1.0603</v>
+        <v>1.0559</v>
       </c>
       <c r="D413" s="2">
-        <v>1.0581</v>
+        <v>1.0537</v>
       </c>
       <c r="E413" s="2">
-        <v>1.0592</v>
+        <v>1.0548</v>
       </c>
       <c r="F413" s="0"/>
     </row>
     <row r="414" spans="1:6">
       <c r="B414" s="3">
-        <v>45456</v>
+        <v>45506</v>
       </c>
       <c r="C414" s="2">
-        <v>1.0621</v>
+        <v>1.0799</v>
       </c>
       <c r="D414" s="2">
-        <v>1.0599</v>
+        <v>1.0777</v>
       </c>
       <c r="E414" s="2">
-        <v>1.061</v>
+        <v>1.0788</v>
       </c>
       <c r="F414" s="0"/>
     </row>
     <row r="415" spans="1:6">
       <c r="B415" s="3">
-        <v>45455</v>
+        <v>45505</v>
       </c>
       <c r="C415" s="2">
-        <v>1.058</v>
+        <v>1.0964</v>
       </c>
       <c r="D415" s="2">
-        <v>1.0558</v>
+        <v>1.0942</v>
       </c>
       <c r="E415" s="2">
-        <v>1.0569</v>
+        <v>1.0953</v>
       </c>
       <c r="F415" s="0"/>
     </row>
     <row r="416" spans="1:6">
       <c r="B416" s="3">
-        <v>45454</v>
+        <v>45504</v>
       </c>
       <c r="C416" s="2">
-        <v>1.0606</v>
+        <v>1.0945</v>
       </c>
       <c r="D416" s="2">
-        <v>1.0584</v>
+        <v>1.0923</v>
       </c>
       <c r="E416" s="2">
-        <v>1.0595</v>
+        <v>1.0934</v>
       </c>
       <c r="F416" s="0"/>
     </row>
     <row r="417" spans="1:6">
       <c r="B417" s="3">
-        <v>45450</v>
+        <v>45503</v>
       </c>
       <c r="C417" s="2">
-        <v>1.0659</v>
+        <v>1.0838</v>
       </c>
       <c r="D417" s="2">
-        <v>1.0637</v>
+        <v>1.0816</v>
       </c>
       <c r="E417" s="2">
-        <v>1.0648</v>
+        <v>1.0827</v>
       </c>
       <c r="F417" s="0"/>
     </row>
     <row r="418" spans="1:6">
       <c r="B418" s="3">
-        <v>45449</v>
+        <v>45502</v>
       </c>
       <c r="C418" s="2">
-        <v>1.0647</v>
+        <v>1.0871</v>
       </c>
       <c r="D418" s="2">
-        <v>1.0625</v>
+        <v>1.0849</v>
       </c>
       <c r="E418" s="2">
-        <v>1.0636</v>
+        <v>1.086</v>
       </c>
       <c r="F418" s="0"/>
     </row>
     <row r="419" spans="1:6">
       <c r="B419" s="3">
-        <v>45448</v>
+        <v>45499</v>
       </c>
       <c r="C419" s="2">
-        <v>1.059</v>
+        <v>1.0796</v>
       </c>
       <c r="D419" s="2">
-        <v>1.0568</v>
+        <v>1.0774</v>
       </c>
       <c r="E419" s="2">
-        <v>1.0579</v>
+        <v>1.0785</v>
       </c>
       <c r="F419" s="0"/>
     </row>
     <row r="420" spans="1:6">
       <c r="B420" s="3">
-        <v>45447</v>
+        <v>45498</v>
       </c>
       <c r="C420" s="2">
-        <v>1.0571</v>
+        <v>1.0766</v>
       </c>
       <c r="D420" s="2">
-        <v>1.0549</v>
+        <v>1.0744</v>
       </c>
       <c r="E420" s="2">
-        <v>1.056</v>
+        <v>1.0755</v>
       </c>
       <c r="F420" s="0"/>
     </row>
     <row r="421" spans="1:6">
       <c r="B421" s="3">
-        <v>45446</v>
+        <v>45497</v>
       </c>
       <c r="C421" s="2">
-        <v>1.0613</v>
+        <v>1.0845</v>
       </c>
       <c r="D421" s="2">
-        <v>1.0591</v>
+        <v>1.0823</v>
       </c>
       <c r="E421" s="2">
-        <v>1.0602</v>
+        <v>1.0834</v>
       </c>
       <c r="F421" s="0"/>
     </row>
     <row r="422" spans="1:6">
       <c r="B422" s="3">
-        <v>45443</v>
+        <v>45496</v>
       </c>
       <c r="C422" s="2">
-        <v>1.0522</v>
+        <v>1.0851</v>
       </c>
       <c r="D422" s="2">
-        <v>1.05</v>
+        <v>1.0829</v>
       </c>
       <c r="E422" s="2">
-        <v>1.0511</v>
+        <v>1.084</v>
       </c>
       <c r="F422" s="0"/>
     </row>
     <row r="423" spans="1:6">
       <c r="B423" s="3">
-        <v>45442</v>
+        <v>45495</v>
       </c>
       <c r="C423" s="2">
-        <v>1.0492</v>
+        <v>1.0792</v>
       </c>
       <c r="D423" s="2">
-        <v>1.0472</v>
+        <v>1.077</v>
       </c>
       <c r="E423" s="2">
-        <v>1.0482</v>
+        <v>1.0781</v>
       </c>
       <c r="F423" s="0"/>
     </row>
     <row r="424" spans="1:6">
       <c r="B424" s="3">
-        <v>45441</v>
+        <v>45492</v>
       </c>
       <c r="C424" s="2">
-        <v>1.0531</v>
+        <v>1.0813</v>
       </c>
       <c r="D424" s="2">
-        <v>1.0509</v>
+        <v>1.0791</v>
       </c>
       <c r="E424" s="2">
-        <v>1.052</v>
+        <v>1.0802</v>
       </c>
       <c r="F424" s="0"/>
     </row>
     <row r="425" spans="1:6">
       <c r="B425" s="3">
-        <v>45440</v>
+        <v>45491</v>
       </c>
       <c r="C425" s="2">
-        <v>1.061</v>
+        <v>1.087</v>
       </c>
       <c r="D425" s="2">
-        <v>1.0588</v>
+        <v>1.0848</v>
       </c>
       <c r="E425" s="2">
-        <v>1.0599</v>
+        <v>1.0859</v>
       </c>
       <c r="F425" s="0"/>
     </row>
     <row r="426" spans="1:6">
       <c r="B426" s="3">
-        <v>45439</v>
+        <v>45490</v>
       </c>
       <c r="C426" s="2">
-        <v>1.0624</v>
+        <v>1.0899</v>
       </c>
       <c r="D426" s="2">
-        <v>1.0602</v>
+        <v>1.0877</v>
       </c>
       <c r="E426" s="2">
-        <v>1.0613</v>
+        <v>1.0888</v>
       </c>
       <c r="F426" s="0"/>
     </row>
     <row r="427" spans="1:6">
       <c r="B427" s="3">
-        <v>45436</v>
+        <v>45489</v>
       </c>
       <c r="C427" s="2">
-        <v>1.0584</v>
+        <v>1.0847</v>
       </c>
       <c r="D427" s="2">
-        <v>1.0562</v>
+        <v>1.0825</v>
       </c>
       <c r="E427" s="2">
-        <v>1.0573</v>
+        <v>1.0836</v>
       </c>
       <c r="F427" s="0"/>
     </row>
     <row r="428" spans="1:6">
       <c r="B428" s="3">
-        <v>45435</v>
+        <v>45488</v>
       </c>
       <c r="C428" s="2">
-        <v>1.0658</v>
+        <v>1.0838</v>
       </c>
       <c r="D428" s="2">
-        <v>1.0636</v>
+        <v>1.0816</v>
       </c>
       <c r="E428" s="2">
-        <v>1.0647</v>
+        <v>1.0827</v>
       </c>
       <c r="F428" s="0"/>
     </row>
     <row r="429" spans="1:6">
       <c r="B429" s="3">
-        <v>45434</v>
+        <v>45485</v>
       </c>
       <c r="C429" s="2">
-        <v>1.0656</v>
+        <v>1.08</v>
       </c>
       <c r="D429" s="2">
-        <v>1.0634</v>
+        <v>1.0778</v>
       </c>
       <c r="E429" s="2">
-        <v>1.0645</v>
+        <v>1.0789</v>
       </c>
       <c r="F429" s="0"/>
     </row>
     <row r="430" spans="1:6">
       <c r="B430" s="3">
-        <v>45433</v>
+        <v>45484</v>
       </c>
       <c r="C430" s="2">
-        <v>1.0667</v>
+        <v>1.0747</v>
       </c>
       <c r="D430" s="2">
-        <v>1.0645</v>
+        <v>1.0725</v>
       </c>
       <c r="E430" s="2">
-        <v>1.0656</v>
+        <v>1.0736</v>
       </c>
       <c r="F430" s="0"/>
     </row>
     <row r="431" spans="1:6">
       <c r="B431" s="3">
-        <v>45432</v>
+        <v>45483</v>
       </c>
       <c r="C431" s="2">
-        <v>1.0673</v>
+        <v>1.0681</v>
       </c>
       <c r="D431" s="2">
-        <v>1.0651</v>
+        <v>1.0659</v>
       </c>
       <c r="E431" s="2">
-        <v>1.0662</v>
+        <v>1.067</v>
       </c>
       <c r="F431" s="0"/>
     </row>
     <row r="432" spans="1:6">
       <c r="B432" s="3">
-        <v>45429</v>
+        <v>45482</v>
       </c>
       <c r="C432" s="2">
-        <v>1.0641</v>
+        <v>1.0693</v>
       </c>
       <c r="D432" s="2">
-        <v>1.0619</v>
+        <v>1.0671</v>
       </c>
       <c r="E432" s="2">
-        <v>1.063</v>
+        <v>1.0682</v>
       </c>
       <c r="F432" s="0"/>
     </row>
     <row r="433" spans="1:6">
       <c r="B433" s="3">
-        <v>45428</v>
+        <v>45481</v>
       </c>
       <c r="C433" s="2">
-        <v>1.0688</v>
+        <v>1.0649</v>
       </c>
       <c r="D433" s="2">
-        <v>1.0666</v>
+        <v>1.0627</v>
       </c>
       <c r="E433" s="2">
-        <v>1.0677</v>
+        <v>1.0638</v>
       </c>
       <c r="F433" s="0"/>
     </row>
     <row r="434" spans="1:6">
       <c r="B434" s="3">
-        <v>45427</v>
+        <v>45478</v>
       </c>
       <c r="C434" s="2">
-        <v>1.0602</v>
+        <v>1.0684</v>
       </c>
       <c r="D434" s="2">
-        <v>1.058</v>
+        <v>1.0662</v>
       </c>
       <c r="E434" s="2">
-        <v>1.0591</v>
+        <v>1.0673</v>
       </c>
       <c r="F434" s="0"/>
     </row>
     <row r="435" spans="1:6">
       <c r="B435" s="3">
-        <v>45426</v>
+        <v>45477</v>
       </c>
       <c r="C435" s="2">
-        <v>1.0586</v>
+        <v>1.0684</v>
       </c>
       <c r="D435" s="2">
-        <v>1.0564</v>
+        <v>1.0662</v>
       </c>
       <c r="E435" s="2">
-        <v>1.0575</v>
+        <v>1.0673</v>
       </c>
       <c r="F435" s="0"/>
     </row>
     <row r="436" spans="1:6">
       <c r="B436" s="3">
-        <v>45425</v>
+        <v>45476</v>
       </c>
       <c r="C436" s="2">
-        <v>1.0586</v>
+        <v>1.0637</v>
       </c>
       <c r="D436" s="2">
-        <v>1.0564</v>
+        <v>1.0615</v>
       </c>
       <c r="E436" s="2">
-        <v>1.0575</v>
+        <v>1.0626</v>
       </c>
       <c r="F436" s="0"/>
     </row>
     <row r="437" spans="1:6">
       <c r="B437" s="3">
-        <v>45422</v>
+        <v>45475</v>
       </c>
       <c r="C437" s="2">
-        <v>1.0581</v>
+        <v>1.0619</v>
       </c>
       <c r="D437" s="2">
-        <v>1.0559</v>
+        <v>1.0597</v>
       </c>
       <c r="E437" s="2">
-        <v>1.057</v>
+        <v>1.0608</v>
       </c>
       <c r="F437" s="0"/>
     </row>
     <row r="438" spans="1:6">
       <c r="B438" s="3">
-        <v>45421</v>
+        <v>45474</v>
       </c>
       <c r="C438" s="2">
-        <v>1.0543</v>
+        <v>1.0647</v>
       </c>
       <c r="D438" s="2">
-        <v>1.0521</v>
+        <v>1.0625</v>
       </c>
       <c r="E438" s="2">
-        <v>1.0532</v>
+        <v>1.0636</v>
       </c>
       <c r="F438" s="0"/>
     </row>
     <row r="439" spans="1:6">
       <c r="B439" s="3">
-        <v>45420</v>
+        <v>45471</v>
       </c>
       <c r="C439" s="2">
-        <v>1.0579</v>
+        <v>1.0655</v>
       </c>
       <c r="D439" s="2">
-        <v>1.0557</v>
+        <v>1.0633</v>
       </c>
       <c r="E439" s="2">
-        <v>1.0568</v>
+        <v>1.0644</v>
       </c>
       <c r="F439" s="0"/>
     </row>
     <row r="440" spans="1:6">
       <c r="B440" s="3">
-        <v>45419</v>
+        <v>45470</v>
       </c>
       <c r="C440" s="2">
-        <v>1.0574</v>
+        <v>1.0611</v>
       </c>
       <c r="D440" s="2">
-        <v>1.0552</v>
+        <v>1.0589</v>
       </c>
       <c r="E440" s="2">
-        <v>1.0563</v>
+        <v>1.06</v>
       </c>
       <c r="F440" s="0"/>
     </row>
     <row r="441" spans="1:6">
       <c r="B441" s="3">
-        <v>45418</v>
+        <v>45469</v>
       </c>
       <c r="C441" s="2">
-        <v>1.0531</v>
+        <v>1.0624</v>
       </c>
       <c r="D441" s="2">
-        <v>1.0509</v>
+        <v>1.0602</v>
       </c>
       <c r="E441" s="2">
-        <v>1.052</v>
+        <v>1.0613</v>
       </c>
       <c r="F441" s="0"/>
     </row>
     <row r="442" spans="1:6">
       <c r="B442" s="3">
-        <v>45415</v>
+        <v>45468</v>
       </c>
       <c r="C442" s="2">
-        <v>1.0509</v>
+        <v>1.0668</v>
       </c>
       <c r="D442" s="2">
-        <v>1.0489</v>
+        <v>1.0646</v>
       </c>
       <c r="E442" s="2">
-        <v>1.0499</v>
+        <v>1.0657</v>
       </c>
       <c r="F442" s="0"/>
     </row>
     <row r="443" spans="1:6">
       <c r="B443" s="3">
-        <v>45414</v>
+        <v>45467</v>
       </c>
       <c r="C443" s="2">
-        <v>1.0494</v>
+        <v>1.0605</v>
       </c>
       <c r="D443" s="2">
-        <v>1.0474</v>
+        <v>1.0583</v>
       </c>
       <c r="E443" s="2">
-        <v>1.0484</v>
+        <v>1.0594</v>
       </c>
       <c r="F443" s="0"/>
     </row>
     <row r="444" spans="1:6">
       <c r="B444" s="3">
-        <v>45413</v>
+        <v>45464</v>
       </c>
       <c r="C444" s="2">
-        <v>1.0491</v>
+        <v>1.0633</v>
       </c>
       <c r="D444" s="2">
-        <v>1.0471</v>
+        <v>1.0611</v>
       </c>
       <c r="E444" s="2">
-        <v>1.0481</v>
+        <v>1.0622</v>
       </c>
       <c r="F444" s="0"/>
     </row>
     <row r="445" spans="1:6">
       <c r="B445" s="3">
-        <v>45412</v>
+        <v>45463</v>
       </c>
       <c r="C445" s="2">
-        <v>1.0532</v>
+        <v>1.0631</v>
       </c>
       <c r="D445" s="2">
-        <v>1.051</v>
+        <v>1.0609</v>
       </c>
       <c r="E445" s="2">
-        <v>1.0521</v>
+        <v>1.062</v>
       </c>
       <c r="F445" s="0"/>
     </row>
     <row r="446" spans="1:6">
       <c r="B446" s="3">
-        <v>45411</v>
+        <v>45462</v>
       </c>
       <c r="C446" s="2">
-        <v>1.0513</v>
+        <v>1.062</v>
       </c>
       <c r="D446" s="2">
-        <v>1.0491</v>
+        <v>1.0598</v>
       </c>
       <c r="E446" s="2">
-        <v>1.0502</v>
+        <v>1.0609</v>
       </c>
       <c r="F446" s="0"/>
     </row>
     <row r="447" spans="1:6">
       <c r="B447" s="3">
-        <v>45408</v>
+        <v>45461</v>
       </c>
       <c r="C447" s="2">
-        <v>1.0475</v>
+        <v>1.0622</v>
       </c>
       <c r="D447" s="2">
-        <v>1.0455</v>
+        <v>1.06</v>
       </c>
       <c r="E447" s="2">
-        <v>1.0465</v>
+        <v>1.0611</v>
       </c>
       <c r="F447" s="0"/>
     </row>
     <row r="448" spans="1:6">
       <c r="B448" s="3">
-        <v>45406</v>
+        <v>45460</v>
       </c>
       <c r="C448" s="2">
-        <v>1.0536</v>
+        <v>1.0583</v>
       </c>
       <c r="D448" s="2">
-        <v>1.0514</v>
+        <v>1.0561</v>
       </c>
       <c r="E448" s="2">
-        <v>1.0525</v>
+        <v>1.0572</v>
       </c>
       <c r="F448" s="0"/>
     </row>
     <row r="449" spans="1:6">
       <c r="B449" s="3">
-        <v>45405</v>
+        <v>45457</v>
       </c>
       <c r="C449" s="2">
-        <v>1.0499</v>
+        <v>1.0603</v>
       </c>
       <c r="D449" s="2">
-        <v>1.0479</v>
+        <v>1.0581</v>
       </c>
       <c r="E449" s="2">
-        <v>1.0489</v>
+        <v>1.0592</v>
       </c>
       <c r="F449" s="0"/>
     </row>
     <row r="450" spans="1:6">
       <c r="B450" s="3">
-        <v>45404</v>
+        <v>45456</v>
       </c>
       <c r="C450" s="2">
-        <v>1.0475</v>
+        <v>1.0621</v>
       </c>
       <c r="D450" s="2">
-        <v>1.0455</v>
+        <v>1.0599</v>
       </c>
       <c r="E450" s="2">
-        <v>1.0465</v>
+        <v>1.061</v>
       </c>
       <c r="F450" s="0"/>
     </row>
     <row r="451" spans="1:6">
       <c r="B451" s="3">
-        <v>45401</v>
+        <v>45455</v>
       </c>
       <c r="C451" s="2">
-        <v>1.0411</v>
+        <v>1.058</v>
       </c>
       <c r="D451" s="2">
-        <v>1.0391</v>
+        <v>1.0558</v>
       </c>
       <c r="E451" s="2">
-        <v>1.0401</v>
+        <v>1.0569</v>
       </c>
       <c r="F451" s="0"/>
     </row>
     <row r="452" spans="1:6">
       <c r="B452" s="3">
-        <v>45400</v>
+        <v>45454</v>
       </c>
       <c r="C452" s="2">
-        <v>1.0481</v>
+        <v>1.0606</v>
       </c>
       <c r="D452" s="2">
-        <v>1.0461</v>
+        <v>1.0584</v>
       </c>
       <c r="E452" s="2">
-        <v>1.0471</v>
+        <v>1.0595</v>
       </c>
       <c r="F452" s="0"/>
     </row>
     <row r="453" spans="1:6">
       <c r="B453" s="3">
-        <v>45399</v>
+        <v>45450</v>
       </c>
       <c r="C453" s="2">
-        <v>1.0472</v>
+        <v>1.0659</v>
       </c>
       <c r="D453" s="2">
-        <v>1.0452</v>
+        <v>1.0637</v>
       </c>
       <c r="E453" s="2">
-        <v>1.0462</v>
+        <v>1.0648</v>
       </c>
       <c r="F453" s="0"/>
     </row>
     <row r="454" spans="1:6">
       <c r="B454" s="3">
-        <v>45398</v>
+        <v>45449</v>
       </c>
       <c r="C454" s="2">
-        <v>1.0487</v>
+        <v>1.0647</v>
       </c>
       <c r="D454" s="2">
-        <v>1.0467</v>
+        <v>1.0625</v>
       </c>
       <c r="E454" s="2">
-        <v>1.0477</v>
+        <v>1.0636</v>
       </c>
       <c r="F454" s="0"/>
     </row>
     <row r="455" spans="1:6">
       <c r="B455" s="3">
-        <v>45397</v>
+        <v>45448</v>
       </c>
       <c r="C455" s="2">
-        <v>1.058</v>
+        <v>1.059</v>
       </c>
       <c r="D455" s="2">
-        <v>1.0558</v>
+        <v>1.0568</v>
       </c>
       <c r="E455" s="2">
-        <v>1.0569</v>
+        <v>1.0579</v>
       </c>
       <c r="F455" s="0"/>
     </row>
     <row r="456" spans="1:6">
       <c r="B456" s="3">
+        <v>45447</v>
+      </c>
+      <c r="C456" s="2">
+        <v>1.0571</v>
+      </c>
+      <c r="D456" s="2">
+        <v>1.0549</v>
+      </c>
+      <c r="E456" s="2">
+        <v>1.056</v>
+      </c>
+      <c r="F456" s="0"/>
+    </row>
+    <row r="457" spans="1:6">
+      <c r="B457" s="3">
+        <v>45446</v>
+      </c>
+      <c r="C457" s="2">
+        <v>1.0613</v>
+      </c>
+      <c r="D457" s="2">
+        <v>1.0591</v>
+      </c>
+      <c r="E457" s="2">
+        <v>1.0602</v>
+      </c>
+      <c r="F457" s="0"/>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="B458" s="3">
+        <v>45443</v>
+      </c>
+      <c r="C458" s="2">
+        <v>1.0522</v>
+      </c>
+      <c r="D458" s="2">
+        <v>1.05</v>
+      </c>
+      <c r="E458" s="2">
+        <v>1.0511</v>
+      </c>
+      <c r="F458" s="0"/>
+    </row>
+    <row r="459" spans="1:6">
+      <c r="B459" s="3">
+        <v>45442</v>
+      </c>
+      <c r="C459" s="2">
+        <v>1.0492</v>
+      </c>
+      <c r="D459" s="2">
+        <v>1.0472</v>
+      </c>
+      <c r="E459" s="2">
+        <v>1.0482</v>
+      </c>
+      <c r="F459" s="0"/>
+    </row>
+    <row r="460" spans="1:6">
+      <c r="B460" s="3">
+        <v>45441</v>
+      </c>
+      <c r="C460" s="2">
+        <v>1.0531</v>
+      </c>
+      <c r="D460" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="E460" s="2">
+        <v>1.052</v>
+      </c>
+      <c r="F460" s="0"/>
+    </row>
+    <row r="461" spans="1:6">
+      <c r="B461" s="3">
+        <v>45440</v>
+      </c>
+      <c r="C461" s="2">
+        <v>1.061</v>
+      </c>
+      <c r="D461" s="2">
+        <v>1.0588</v>
+      </c>
+      <c r="E461" s="2">
+        <v>1.0599</v>
+      </c>
+      <c r="F461" s="0"/>
+    </row>
+    <row r="462" spans="1:6">
+      <c r="B462" s="3">
+        <v>45439</v>
+      </c>
+      <c r="C462" s="2">
+        <v>1.0624</v>
+      </c>
+      <c r="D462" s="2">
+        <v>1.0602</v>
+      </c>
+      <c r="E462" s="2">
+        <v>1.0613</v>
+      </c>
+      <c r="F462" s="0"/>
+    </row>
+    <row r="463" spans="1:6">
+      <c r="B463" s="3">
+        <v>45436</v>
+      </c>
+      <c r="C463" s="2">
+        <v>1.0584</v>
+      </c>
+      <c r="D463" s="2">
+        <v>1.0562</v>
+      </c>
+      <c r="E463" s="2">
+        <v>1.0573</v>
+      </c>
+      <c r="F463" s="0"/>
+    </row>
+    <row r="464" spans="1:6">
+      <c r="B464" s="3">
+        <v>45435</v>
+      </c>
+      <c r="C464" s="2">
+        <v>1.0658</v>
+      </c>
+      <c r="D464" s="2">
+        <v>1.0636</v>
+      </c>
+      <c r="E464" s="2">
+        <v>1.0647</v>
+      </c>
+      <c r="F464" s="0"/>
+    </row>
+    <row r="465" spans="1:6">
+      <c r="B465" s="3">
+        <v>45434</v>
+      </c>
+      <c r="C465" s="2">
+        <v>1.0656</v>
+      </c>
+      <c r="D465" s="2">
+        <v>1.0634</v>
+      </c>
+      <c r="E465" s="2">
+        <v>1.0645</v>
+      </c>
+      <c r="F465" s="0"/>
+    </row>
+    <row r="466" spans="1:6">
+      <c r="B466" s="3">
+        <v>45433</v>
+      </c>
+      <c r="C466" s="2">
+        <v>1.0667</v>
+      </c>
+      <c r="D466" s="2">
+        <v>1.0645</v>
+      </c>
+      <c r="E466" s="2">
+        <v>1.0656</v>
+      </c>
+      <c r="F466" s="0"/>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="B467" s="3">
+        <v>45432</v>
+      </c>
+      <c r="C467" s="2">
+        <v>1.0673</v>
+      </c>
+      <c r="D467" s="2">
+        <v>1.0651</v>
+      </c>
+      <c r="E467" s="2">
+        <v>1.0662</v>
+      </c>
+      <c r="F467" s="0"/>
+    </row>
+    <row r="468" spans="1:6">
+      <c r="B468" s="3">
+        <v>45429</v>
+      </c>
+      <c r="C468" s="2">
+        <v>1.0641</v>
+      </c>
+      <c r="D468" s="2">
+        <v>1.0619</v>
+      </c>
+      <c r="E468" s="2">
+        <v>1.063</v>
+      </c>
+      <c r="F468" s="0"/>
+    </row>
+    <row r="469" spans="1:6">
+      <c r="B469" s="3">
+        <v>45428</v>
+      </c>
+      <c r="C469" s="2">
+        <v>1.0688</v>
+      </c>
+      <c r="D469" s="2">
+        <v>1.0666</v>
+      </c>
+      <c r="E469" s="2">
+        <v>1.0677</v>
+      </c>
+      <c r="F469" s="0"/>
+    </row>
+    <row r="470" spans="1:6">
+      <c r="B470" s="3">
+        <v>45427</v>
+      </c>
+      <c r="C470" s="2">
+        <v>1.0602</v>
+      </c>
+      <c r="D470" s="2">
+        <v>1.058</v>
+      </c>
+      <c r="E470" s="2">
+        <v>1.0591</v>
+      </c>
+      <c r="F470" s="0"/>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="B471" s="3">
+        <v>45426</v>
+      </c>
+      <c r="C471" s="2">
+        <v>1.0586</v>
+      </c>
+      <c r="D471" s="2">
+        <v>1.0564</v>
+      </c>
+      <c r="E471" s="2">
+        <v>1.0575</v>
+      </c>
+      <c r="F471" s="0"/>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="B472" s="3">
+        <v>45425</v>
+      </c>
+      <c r="C472" s="2">
+        <v>1.0586</v>
+      </c>
+      <c r="D472" s="2">
+        <v>1.0564</v>
+      </c>
+      <c r="E472" s="2">
+        <v>1.0575</v>
+      </c>
+      <c r="F472" s="0"/>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="B473" s="3">
+        <v>45422</v>
+      </c>
+      <c r="C473" s="2">
+        <v>1.0581</v>
+      </c>
+      <c r="D473" s="2">
+        <v>1.0559</v>
+      </c>
+      <c r="E473" s="2">
+        <v>1.057</v>
+      </c>
+      <c r="F473" s="0"/>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="B474" s="3">
+        <v>45421</v>
+      </c>
+      <c r="C474" s="2">
+        <v>1.0543</v>
+      </c>
+      <c r="D474" s="2">
+        <v>1.0521</v>
+      </c>
+      <c r="E474" s="2">
+        <v>1.0532</v>
+      </c>
+      <c r="F474" s="0"/>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="B475" s="3">
+        <v>45420</v>
+      </c>
+      <c r="C475" s="2">
+        <v>1.0579</v>
+      </c>
+      <c r="D475" s="2">
+        <v>1.0557</v>
+      </c>
+      <c r="E475" s="2">
+        <v>1.0568</v>
+      </c>
+      <c r="F475" s="0"/>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="B476" s="3">
+        <v>45419</v>
+      </c>
+      <c r="C476" s="2">
+        <v>1.0574</v>
+      </c>
+      <c r="D476" s="2">
+        <v>1.0552</v>
+      </c>
+      <c r="E476" s="2">
+        <v>1.0563</v>
+      </c>
+      <c r="F476" s="0"/>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="B477" s="3">
+        <v>45418</v>
+      </c>
+      <c r="C477" s="2">
+        <v>1.0531</v>
+      </c>
+      <c r="D477" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="E477" s="2">
+        <v>1.052</v>
+      </c>
+      <c r="F477" s="0"/>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="B478" s="3">
+        <v>45415</v>
+      </c>
+      <c r="C478" s="2">
+        <v>1.0509</v>
+      </c>
+      <c r="D478" s="2">
+        <v>1.0489</v>
+      </c>
+      <c r="E478" s="2">
+        <v>1.0499</v>
+      </c>
+      <c r="F478" s="0"/>
+    </row>
+    <row r="479" spans="1:6">
+      <c r="B479" s="3">
+        <v>45414</v>
+      </c>
+      <c r="C479" s="2">
+        <v>1.0494</v>
+      </c>
+      <c r="D479" s="2">
+        <v>1.0474</v>
+      </c>
+      <c r="E479" s="2">
+        <v>1.0484</v>
+      </c>
+      <c r="F479" s="0"/>
+    </row>
+    <row r="480" spans="1:6">
+      <c r="B480" s="3">
+        <v>45413</v>
+      </c>
+      <c r="C480" s="2">
+        <v>1.0491</v>
+      </c>
+      <c r="D480" s="2">
+        <v>1.0471</v>
+      </c>
+      <c r="E480" s="2">
+        <v>1.0481</v>
+      </c>
+      <c r="F480" s="0"/>
+    </row>
+    <row r="481" spans="1:6">
+      <c r="B481" s="3">
+        <v>45412</v>
+      </c>
+      <c r="C481" s="2">
+        <v>1.0532</v>
+      </c>
+      <c r="D481" s="2">
+        <v>1.051</v>
+      </c>
+      <c r="E481" s="2">
+        <v>1.0521</v>
+      </c>
+      <c r="F481" s="0"/>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="B482" s="3">
+        <v>45411</v>
+      </c>
+      <c r="C482" s="2">
+        <v>1.0513</v>
+      </c>
+      <c r="D482" s="2">
+        <v>1.0491</v>
+      </c>
+      <c r="E482" s="2">
+        <v>1.0502</v>
+      </c>
+      <c r="F482" s="0"/>
+    </row>
+    <row r="483" spans="1:6">
+      <c r="B483" s="3">
+        <v>45408</v>
+      </c>
+      <c r="C483" s="2">
+        <v>1.0475</v>
+      </c>
+      <c r="D483" s="2">
+        <v>1.0455</v>
+      </c>
+      <c r="E483" s="2">
+        <v>1.0465</v>
+      </c>
+      <c r="F483" s="0"/>
+    </row>
+    <row r="484" spans="1:6">
+      <c r="B484" s="3">
+        <v>45406</v>
+      </c>
+      <c r="C484" s="2">
+        <v>1.0536</v>
+      </c>
+      <c r="D484" s="2">
+        <v>1.0514</v>
+      </c>
+      <c r="E484" s="2">
+        <v>1.0525</v>
+      </c>
+      <c r="F484" s="0"/>
+    </row>
+    <row r="485" spans="1:6">
+      <c r="B485" s="3">
+        <v>45405</v>
+      </c>
+      <c r="C485" s="2">
+        <v>1.0499</v>
+      </c>
+      <c r="D485" s="2">
+        <v>1.0479</v>
+      </c>
+      <c r="E485" s="2">
+        <v>1.0489</v>
+      </c>
+      <c r="F485" s="0"/>
+    </row>
+    <row r="486" spans="1:6">
+      <c r="B486" s="3">
+        <v>45404</v>
+      </c>
+      <c r="C486" s="2">
+        <v>1.0475</v>
+      </c>
+      <c r="D486" s="2">
+        <v>1.0455</v>
+      </c>
+      <c r="E486" s="2">
+        <v>1.0465</v>
+      </c>
+      <c r="F486" s="0"/>
+    </row>
+    <row r="487" spans="1:6">
+      <c r="B487" s="3">
+        <v>45401</v>
+      </c>
+      <c r="C487" s="2">
+        <v>1.0411</v>
+      </c>
+      <c r="D487" s="2">
+        <v>1.0391</v>
+      </c>
+      <c r="E487" s="2">
+        <v>1.0401</v>
+      </c>
+      <c r="F487" s="0"/>
+    </row>
+    <row r="488" spans="1:6">
+      <c r="B488" s="3">
+        <v>45400</v>
+      </c>
+      <c r="C488" s="2">
+        <v>1.0481</v>
+      </c>
+      <c r="D488" s="2">
+        <v>1.0461</v>
+      </c>
+      <c r="E488" s="2">
+        <v>1.0471</v>
+      </c>
+      <c r="F488" s="0"/>
+    </row>
+    <row r="489" spans="1:6">
+      <c r="B489" s="3">
+        <v>45399</v>
+      </c>
+      <c r="C489" s="2">
+        <v>1.0472</v>
+      </c>
+      <c r="D489" s="2">
+        <v>1.0452</v>
+      </c>
+      <c r="E489" s="2">
+        <v>1.0462</v>
+      </c>
+      <c r="F489" s="0"/>
+    </row>
+    <row r="490" spans="1:6">
+      <c r="B490" s="3">
+        <v>45398</v>
+      </c>
+      <c r="C490" s="2">
+        <v>1.0487</v>
+      </c>
+      <c r="D490" s="2">
+        <v>1.0467</v>
+      </c>
+      <c r="E490" s="2">
+        <v>1.0477</v>
+      </c>
+      <c r="F490" s="0"/>
+    </row>
+    <row r="491" spans="1:6">
+      <c r="B491" s="3">
+        <v>45397</v>
+      </c>
+      <c r="C491" s="2">
+        <v>1.058</v>
+      </c>
+      <c r="D491" s="2">
+        <v>1.0558</v>
+      </c>
+      <c r="E491" s="2">
+        <v>1.0569</v>
+      </c>
+      <c r="F491" s="0"/>
+    </row>
+    <row r="492" spans="1:6">
+      <c r="B492" s="3">
         <v>45394</v>
       </c>
-      <c r="C456" s="2">
+      <c r="C492" s="2">
         <v>1.0617</v>
       </c>
-      <c r="D456" s="2">
+      <c r="D492" s="2">
         <v>1.0595</v>
       </c>
-      <c r="E456" s="2">
+      <c r="E492" s="2">
         <v>1.0606</v>
-      </c>
-[...538 lines deleted...]
-        <v>1.0421</v>
       </c>
       <c r="F492" s="0"/>
     </row>
     <row r="493" spans="1:6">
       <c r="B493" s="4">
-        <v>45341</v>
+        <v>45393</v>
       </c>
       <c r="C493" s="2">
-        <v>1.0435</v>
+        <v>1.0623</v>
       </c>
       <c r="D493" s="2">
-        <v>1.0415</v>
+        <v>1.0601</v>
       </c>
       <c r="E493" s="2">
-        <v>1.0425</v>
+        <v>1.0612</v>
       </c>
       <c r="F493" s="0"/>
     </row>
     <row r="494" spans="1:6">
       <c r="B494" s="4">
-        <v>45338</v>
+        <v>45392</v>
       </c>
       <c r="C494" s="2">
-        <v>1.0456</v>
+        <v>1.0649</v>
       </c>
       <c r="D494" s="2">
-        <v>1.0436</v>
+        <v>1.0627</v>
       </c>
       <c r="E494" s="2">
-        <v>1.0446</v>
+        <v>1.0638</v>
       </c>
       <c r="F494" s="0"/>
     </row>
     <row r="495" spans="1:6">
       <c r="B495" s="4">
-        <v>45337</v>
+        <v>45391</v>
       </c>
       <c r="C495" s="2">
-        <v>1.0407</v>
+        <v>1.0641</v>
       </c>
       <c r="D495" s="2">
-        <v>1.0387</v>
+        <v>1.0619</v>
       </c>
       <c r="E495" s="2">
-        <v>1.0397</v>
+        <v>1.063</v>
       </c>
       <c r="F495" s="0"/>
     </row>
     <row r="496" spans="1:6">
       <c r="B496" s="4">
-        <v>45336</v>
+        <v>45390</v>
       </c>
       <c r="C496" s="2">
-        <v>1.0351</v>
+        <v>1.0613</v>
       </c>
       <c r="D496" s="2">
-        <v>1.0331</v>
+        <v>1.0591</v>
       </c>
       <c r="E496" s="2">
-        <v>1.0341</v>
+        <v>1.0602</v>
       </c>
       <c r="F496" s="0"/>
     </row>
     <row r="497" spans="1:6">
       <c r="B497" s="4">
-        <v>45335</v>
+        <v>45387</v>
       </c>
       <c r="C497" s="2">
-        <v>1.042</v>
+        <v>1.0591</v>
       </c>
       <c r="D497" s="2">
-        <v>1.04</v>
+        <v>1.0569</v>
       </c>
       <c r="E497" s="2">
-        <v>1.041</v>
+        <v>1.058</v>
       </c>
       <c r="F497" s="0"/>
     </row>
     <row r="498" spans="1:6">
       <c r="B498" s="4">
-        <v>45334</v>
+        <v>45386</v>
       </c>
       <c r="C498" s="2">
-        <v>1.0411</v>
+        <v>1.0645</v>
       </c>
       <c r="D498" s="2">
-        <v>1.0391</v>
+        <v>1.0623</v>
       </c>
       <c r="E498" s="2">
-        <v>1.0401</v>
+        <v>1.0634</v>
       </c>
       <c r="F498" s="0"/>
     </row>
     <row r="499" spans="1:6">
       <c r="B499" s="4">
-        <v>45331</v>
+        <v>45385</v>
       </c>
       <c r="C499" s="2">
-        <v>1.0413</v>
+        <v>1.0632</v>
       </c>
       <c r="D499" s="2">
-        <v>1.0393</v>
+        <v>1.061</v>
       </c>
       <c r="E499" s="2">
-        <v>1.0403</v>
+        <v>1.0621</v>
       </c>
       <c r="F499" s="0"/>
     </row>
     <row r="500" spans="1:6">
       <c r="B500" s="4">
-        <v>45330</v>
+        <v>45384</v>
       </c>
       <c r="C500" s="2">
-        <v>1.0409</v>
+        <v>1.0711</v>
       </c>
       <c r="D500" s="2">
-        <v>1.0389</v>
+        <v>1.0689</v>
       </c>
       <c r="E500" s="2">
-        <v>1.0399</v>
+        <v>1.07</v>
       </c>
       <c r="F500" s="0"/>
     </row>
     <row r="501" spans="1:6">
       <c r="B501" s="4">
-        <v>45329</v>
+        <v>45379</v>
       </c>
       <c r="C501" s="2">
-        <v>1.0377</v>
+        <v>1.0717</v>
       </c>
       <c r="D501" s="2">
-        <v>1.0357</v>
+        <v>1.0695</v>
       </c>
       <c r="E501" s="2">
-        <v>1.0367</v>
+        <v>1.0706</v>
       </c>
       <c r="F501" s="0"/>
     </row>
     <row r="502" spans="1:6">
       <c r="B502" s="4">
-        <v>45328</v>
+        <v>45378</v>
       </c>
       <c r="C502" s="2">
-        <v>1.0346</v>
+        <v>1.0663</v>
       </c>
       <c r="D502" s="2">
-        <v>1.0326</v>
+        <v>1.0641</v>
       </c>
       <c r="E502" s="2">
-        <v>1.0336</v>
+        <v>1.0652</v>
       </c>
       <c r="F502" s="0"/>
     </row>
     <row r="503" spans="1:6">
       <c r="B503" s="4">
-        <v>45327</v>
+        <v>45377</v>
       </c>
       <c r="C503" s="2">
-        <v>1.0361</v>
+        <v>1.0633</v>
       </c>
       <c r="D503" s="2">
-        <v>1.0341</v>
+        <v>1.0611</v>
       </c>
       <c r="E503" s="2">
-        <v>1.0351</v>
+        <v>1.0622</v>
       </c>
       <c r="F503" s="0"/>
     </row>
     <row r="504" spans="1:6">
       <c r="B504" s="4">
-        <v>45324</v>
+        <v>45376</v>
       </c>
       <c r="C504" s="2">
-        <v>1.0392</v>
+        <v>1.0647</v>
       </c>
       <c r="D504" s="2">
-        <v>1.0372</v>
+        <v>1.0625</v>
       </c>
       <c r="E504" s="2">
-        <v>1.0382</v>
+        <v>1.0636</v>
       </c>
       <c r="F504" s="0"/>
     </row>
     <row r="505" spans="1:6">
       <c r="B505" s="4">
-        <v>45323</v>
+        <v>45373</v>
       </c>
       <c r="C505" s="2">
-        <v>1.0329</v>
+        <v>1.0641</v>
       </c>
       <c r="D505" s="2">
-        <v>1.0309</v>
+        <v>1.0619</v>
       </c>
       <c r="E505" s="2">
-        <v>1.0319</v>
+        <v>1.063</v>
       </c>
       <c r="F505" s="0"/>
     </row>
     <row r="506" spans="1:6">
       <c r="B506" s="4">
-        <v>45322</v>
+        <v>45372</v>
       </c>
       <c r="C506" s="2">
-        <v>1.0384</v>
+        <v>1.0629</v>
       </c>
       <c r="D506" s="2">
-        <v>1.0364</v>
+        <v>1.0607</v>
       </c>
       <c r="E506" s="2">
-        <v>1.0374</v>
+        <v>1.0618</v>
       </c>
       <c r="F506" s="0"/>
     </row>
     <row r="507" spans="1:6">
       <c r="B507" s="4">
-        <v>45321</v>
+        <v>45371</v>
       </c>
       <c r="C507" s="2">
-        <v>1.0346</v>
+        <v>1.0562</v>
       </c>
       <c r="D507" s="2">
-        <v>1.0326</v>
+        <v>1.054</v>
       </c>
       <c r="E507" s="2">
-        <v>1.0336</v>
+        <v>1.0551</v>
       </c>
       <c r="F507" s="0"/>
     </row>
     <row r="508" spans="1:6">
       <c r="B508" s="4">
-        <v>45320</v>
+        <v>45370</v>
       </c>
       <c r="C508" s="2">
-        <v>1.0328</v>
+        <v>1.0564</v>
       </c>
       <c r="D508" s="2">
-        <v>1.0308</v>
+        <v>1.0542</v>
       </c>
       <c r="E508" s="2">
-        <v>1.0318</v>
+        <v>1.0553</v>
       </c>
       <c r="F508" s="0"/>
     </row>
     <row r="509" spans="1:6">
       <c r="B509" s="4">
-        <v>45316</v>
+        <v>45369</v>
       </c>
       <c r="C509" s="2">
-        <v>1.0307</v>
+        <v>1.0542</v>
       </c>
       <c r="D509" s="2">
-        <v>1.0287</v>
+        <v>1.052</v>
       </c>
       <c r="E509" s="2">
-        <v>1.0297</v>
+        <v>1.0531</v>
       </c>
       <c r="F509" s="0"/>
     </row>
     <row r="510" spans="1:6">
       <c r="B510" s="4">
-        <v>45315</v>
+        <v>45366</v>
       </c>
       <c r="C510" s="2">
-        <v>1.0281</v>
+        <v>1.0526</v>
       </c>
       <c r="D510" s="2">
-        <v>1.0261</v>
+        <v>1.0504</v>
       </c>
       <c r="E510" s="2">
-        <v>1.0271</v>
+        <v>1.0515</v>
       </c>
       <c r="F510" s="0"/>
     </row>
     <row r="511" spans="1:6">
       <c r="B511" s="4">
-        <v>45314</v>
+        <v>45365</v>
       </c>
       <c r="C511" s="2">
-        <v>1.0272</v>
+        <v>1.0558</v>
       </c>
       <c r="D511" s="2">
-        <v>1.0252</v>
+        <v>1.0536</v>
       </c>
       <c r="E511" s="2">
-        <v>1.0262</v>
+        <v>1.0547</v>
       </c>
       <c r="F511" s="0"/>
     </row>
     <row r="512" spans="1:6">
       <c r="B512" s="4">
-        <v>45313</v>
+        <v>45364</v>
       </c>
       <c r="C512" s="2">
-        <v>1.0241</v>
+        <v>1.0566</v>
       </c>
       <c r="D512" s="2">
-        <v>1.0221</v>
+        <v>1.0544</v>
       </c>
       <c r="E512" s="2">
-        <v>1.0231</v>
+        <v>1.0555</v>
       </c>
       <c r="F512" s="0"/>
     </row>
     <row r="513" spans="1:6">
       <c r="B513" s="4">
-        <v>45310</v>
+        <v>45363</v>
       </c>
       <c r="C513" s="2">
-        <v>1.0192</v>
+        <v>1.0553</v>
       </c>
       <c r="D513" s="2">
-        <v>1.0172</v>
+        <v>1.0531</v>
       </c>
       <c r="E513" s="2">
-        <v>1.0182</v>
+        <v>1.0542</v>
       </c>
       <c r="F513" s="0"/>
     </row>
     <row r="514" spans="1:6">
       <c r="B514" s="4">
-        <v>45309</v>
+        <v>45362</v>
       </c>
       <c r="C514" s="2">
-        <v>1.0133</v>
+        <v>1.0541</v>
       </c>
       <c r="D514" s="2">
-        <v>1.0113</v>
+        <v>1.0519</v>
       </c>
       <c r="E514" s="2">
-        <v>1.0123</v>
+        <v>1.053</v>
       </c>
       <c r="F514" s="0"/>
     </row>
     <row r="515" spans="1:6">
       <c r="B515" s="4">
-        <v>45308</v>
+        <v>45359</v>
       </c>
       <c r="C515" s="2">
-        <v>1.0174</v>
+        <v>1.0612</v>
       </c>
       <c r="D515" s="2">
-        <v>1.0154</v>
+        <v>1.059</v>
       </c>
       <c r="E515" s="2">
-        <v>1.0164</v>
+        <v>1.0601</v>
       </c>
       <c r="F515" s="0"/>
     </row>
     <row r="516" spans="1:6">
       <c r="B516" s="4">
-        <v>45307</v>
+        <v>45358</v>
       </c>
       <c r="C516" s="2">
-        <v>1.0203</v>
+        <v>1.0557</v>
       </c>
       <c r="D516" s="2">
-        <v>1.0183</v>
+        <v>1.0535</v>
       </c>
       <c r="E516" s="2">
-        <v>1.0193</v>
+        <v>1.0546</v>
       </c>
       <c r="F516" s="0"/>
     </row>
     <row r="517" spans="1:6">
       <c r="B517" s="4">
-        <v>45306</v>
+        <v>45357</v>
       </c>
       <c r="C517" s="2">
-        <v>1.0214</v>
+        <v>1.0542</v>
       </c>
       <c r="D517" s="2">
-        <v>1.0194</v>
+        <v>1.052</v>
       </c>
       <c r="E517" s="2">
-        <v>1.0204</v>
+        <v>1.0531</v>
       </c>
       <c r="F517" s="0"/>
     </row>
     <row r="518" spans="1:6">
       <c r="B518" s="4">
-        <v>45303</v>
+        <v>45356</v>
       </c>
       <c r="C518" s="2">
-        <v>1.0214</v>
+        <v>1.0551</v>
       </c>
       <c r="D518" s="2">
-        <v>1.0194</v>
+        <v>1.0529</v>
       </c>
       <c r="E518" s="2">
-        <v>1.0204</v>
+        <v>1.054</v>
       </c>
       <c r="F518" s="0"/>
     </row>
     <row r="519" spans="1:6">
       <c r="B519" s="4">
-        <v>45302</v>
+        <v>45355</v>
       </c>
       <c r="C519" s="2">
-        <v>1.0215</v>
+        <v>1.0552</v>
       </c>
       <c r="D519" s="2">
-        <v>1.0195</v>
+        <v>1.053</v>
       </c>
       <c r="E519" s="2">
-        <v>1.0205</v>
+        <v>1.0541</v>
       </c>
       <c r="F519" s="0"/>
     </row>
     <row r="520" spans="1:6">
       <c r="B520" s="4">
-        <v>45301</v>
+        <v>45352</v>
       </c>
       <c r="C520" s="2">
-        <v>1.0214</v>
+        <v>1.0539</v>
       </c>
       <c r="D520" s="2">
-        <v>1.0194</v>
+        <v>1.0517</v>
       </c>
       <c r="E520" s="2">
-        <v>1.0204</v>
+        <v>1.0528</v>
       </c>
       <c r="F520" s="0"/>
     </row>
     <row r="521" spans="1:6">
       <c r="B521" s="4">
-        <v>45300</v>
+        <v>45351</v>
       </c>
       <c r="C521" s="2">
-        <v>1.0215</v>
+        <v>1.0503</v>
       </c>
       <c r="D521" s="2">
-        <v>1.0195</v>
+        <v>1.0483</v>
       </c>
       <c r="E521" s="2">
-        <v>1.0205</v>
+        <v>1.0493</v>
       </c>
       <c r="F521" s="0"/>
     </row>
     <row r="522" spans="1:6">
       <c r="B522" s="4">
-        <v>45299</v>
+        <v>45350</v>
       </c>
       <c r="C522" s="2">
-        <v>1.0213</v>
+        <v>1.0488</v>
       </c>
       <c r="D522" s="2">
-        <v>1.0193</v>
+        <v>1.0468</v>
       </c>
       <c r="E522" s="2">
-        <v>1.0203</v>
+        <v>1.0478</v>
       </c>
       <c r="F522" s="0"/>
     </row>
     <row r="523" spans="1:6">
       <c r="B523" s="4">
-        <v>45296</v>
+        <v>45349</v>
       </c>
       <c r="C523" s="2">
-        <v>1.0214</v>
+        <v>1.0469</v>
       </c>
       <c r="D523" s="2">
-        <v>1.0194</v>
+        <v>1.0449</v>
       </c>
       <c r="E523" s="2">
-        <v>1.0204</v>
+        <v>1.0459</v>
       </c>
       <c r="F523" s="0"/>
     </row>
     <row r="524" spans="1:6">
       <c r="B524" s="4">
-        <v>45295</v>
+        <v>45348</v>
       </c>
       <c r="C524" s="2">
-        <v>1.0214</v>
+        <v>1.0461</v>
       </c>
       <c r="D524" s="2">
-        <v>1.0194</v>
+        <v>1.0441</v>
       </c>
       <c r="E524" s="2">
-        <v>1.0204</v>
+        <v>1.0451</v>
       </c>
       <c r="F524" s="0"/>
     </row>
     <row r="525" spans="1:6">
       <c r="B525" s="4">
-        <v>45294</v>
+        <v>45345</v>
       </c>
       <c r="C525" s="2">
-        <v>1.0215</v>
+        <v>1.0457</v>
       </c>
       <c r="D525" s="2">
-        <v>1.0195</v>
+        <v>1.0437</v>
       </c>
       <c r="E525" s="2">
-        <v>1.0205</v>
+        <v>1.0447</v>
       </c>
       <c r="F525" s="0"/>
     </row>
     <row r="526" spans="1:6">
       <c r="B526" s="4">
-        <v>45293</v>
+        <v>45344</v>
       </c>
       <c r="C526" s="2">
-        <v>1.0217</v>
+        <v>1.0429</v>
       </c>
       <c r="D526" s="2">
-        <v>1.0197</v>
+        <v>1.0409</v>
       </c>
       <c r="E526" s="2">
-        <v>1.0207</v>
+        <v>1.0419</v>
       </c>
       <c r="F526" s="0"/>
     </row>
     <row r="527" spans="1:6">
       <c r="B527" s="4">
-        <v>45289</v>
+        <v>45343</v>
       </c>
       <c r="C527" s="2">
-        <v>1.0218</v>
+        <v>1.0407</v>
       </c>
       <c r="D527" s="2">
-        <v>1.0198</v>
+        <v>1.0387</v>
       </c>
       <c r="E527" s="2">
-        <v>1.0208</v>
+        <v>1.0397</v>
       </c>
       <c r="F527" s="0"/>
     </row>
     <row r="528" spans="1:6">
       <c r="B528" s="4">
-        <v>45288</v>
+        <v>45342</v>
       </c>
       <c r="C528" s="2">
-        <v>1.0216</v>
+        <v>1.0431</v>
       </c>
       <c r="D528" s="2">
-        <v>1.0196</v>
+        <v>1.0411</v>
       </c>
       <c r="E528" s="2">
-        <v>1.0206</v>
+        <v>1.0421</v>
       </c>
       <c r="F528" s="0"/>
     </row>
     <row r="529" spans="1:6">
       <c r="B529" s="4">
-        <v>45287</v>
+        <v>45341</v>
       </c>
       <c r="C529" s="2">
-        <v>1.0214</v>
+        <v>1.0435</v>
       </c>
       <c r="D529" s="2">
-        <v>1.0194</v>
+        <v>1.0415</v>
       </c>
       <c r="E529" s="2">
-        <v>1.0204</v>
+        <v>1.0425</v>
       </c>
       <c r="F529" s="0"/>
     </row>
     <row r="530" spans="1:6">
       <c r="B530" s="4">
-        <v>45282</v>
+        <v>45338</v>
       </c>
       <c r="C530" s="2">
-        <v>1.0214</v>
+        <v>1.0456</v>
       </c>
       <c r="D530" s="2">
-        <v>1.0194</v>
+        <v>1.0436</v>
       </c>
       <c r="E530" s="2">
-        <v>1.0204</v>
+        <v>1.0446</v>
       </c>
       <c r="F530" s="0"/>
     </row>
     <row r="531" spans="1:6">
       <c r="B531" s="4">
-        <v>45281</v>
+        <v>45337</v>
       </c>
       <c r="C531" s="2">
-        <v>1.0213</v>
+        <v>1.0407</v>
       </c>
       <c r="D531" s="2">
-        <v>1.0193</v>
+        <v>1.0387</v>
       </c>
       <c r="E531" s="2">
-        <v>1.0203</v>
+        <v>1.0397</v>
       </c>
       <c r="F531" s="0"/>
     </row>
     <row r="532" spans="1:6">
       <c r="B532" s="4">
-        <v>45280</v>
+        <v>45336</v>
       </c>
       <c r="C532" s="2">
-        <v>1.0215</v>
+        <v>1.0351</v>
       </c>
       <c r="D532" s="2">
-        <v>1.0195</v>
+        <v>1.0331</v>
       </c>
       <c r="E532" s="2">
-        <v>1.0205</v>
+        <v>1.0341</v>
       </c>
       <c r="F532" s="0"/>
     </row>
     <row r="533" spans="1:6">
       <c r="B533" s="4">
-        <v>45279</v>
+        <v>45335</v>
       </c>
       <c r="C533" s="2">
-        <v>1.0214</v>
+        <v>1.042</v>
       </c>
       <c r="D533" s="2">
-        <v>1.0194</v>
+        <v>1.04</v>
       </c>
       <c r="E533" s="2">
-        <v>1.0204</v>
+        <v>1.041</v>
       </c>
       <c r="F533" s="0"/>
     </row>
     <row r="534" spans="1:6">
       <c r="B534" s="4">
-        <v>45278</v>
+        <v>45334</v>
       </c>
       <c r="C534" s="2">
-        <v>1.0213</v>
+        <v>1.0411</v>
       </c>
       <c r="D534" s="2">
-        <v>1.0193</v>
+        <v>1.0391</v>
       </c>
       <c r="E534" s="2">
-        <v>1.0203</v>
+        <v>1.0401</v>
       </c>
       <c r="F534" s="0"/>
     </row>
     <row r="535" spans="1:6">
       <c r="B535" s="4">
-        <v>45275</v>
+        <v>45331</v>
       </c>
       <c r="C535" s="2">
-        <v>1.0214</v>
+        <v>1.0413</v>
       </c>
       <c r="D535" s="2">
-        <v>1.0194</v>
+        <v>1.0393</v>
       </c>
       <c r="E535" s="2">
-        <v>1.0204</v>
+        <v>1.0403</v>
       </c>
       <c r="F535" s="0"/>
     </row>
     <row r="536" spans="1:6">
       <c r="B536" s="4">
-        <v>45274</v>
+        <v>45330</v>
       </c>
       <c r="C536" s="2">
-        <v>1.0213</v>
+        <v>1.0409</v>
       </c>
       <c r="D536" s="2">
-        <v>1.0193</v>
+        <v>1.0389</v>
       </c>
       <c r="E536" s="2">
-        <v>1.0203</v>
+        <v>1.0399</v>
       </c>
       <c r="F536" s="0"/>
     </row>
     <row r="537" spans="1:6">
       <c r="B537" s="4">
-        <v>45273</v>
+        <v>45329</v>
       </c>
       <c r="C537" s="2">
-        <v>1.0211</v>
+        <v>1.0377</v>
       </c>
       <c r="D537" s="2">
-        <v>1.0191</v>
+        <v>1.0357</v>
       </c>
       <c r="E537" s="2">
-        <v>1.0201</v>
+        <v>1.0367</v>
       </c>
       <c r="F537" s="0"/>
     </row>
     <row r="538" spans="1:6">
       <c r="B538" s="4">
-        <v>45272</v>
+        <v>45328</v>
       </c>
       <c r="C538" s="2">
-        <v>1.0202</v>
+        <v>1.0346</v>
       </c>
       <c r="D538" s="2">
-        <v>1.0182</v>
+        <v>1.0326</v>
       </c>
       <c r="E538" s="2">
-        <v>1.0192</v>
+        <v>1.0336</v>
       </c>
       <c r="F538" s="0"/>
     </row>
     <row r="539" spans="1:6">
       <c r="B539" s="4">
-        <v>45271</v>
+        <v>45327</v>
       </c>
       <c r="C539" s="2">
-        <v>1.0198</v>
+        <v>1.0361</v>
       </c>
       <c r="D539" s="2">
-        <v>1.0178</v>
+        <v>1.0341</v>
       </c>
       <c r="E539" s="2">
-        <v>1.0188</v>
+        <v>1.0351</v>
       </c>
       <c r="F539" s="0"/>
     </row>
     <row r="540" spans="1:6">
       <c r="B540" s="4">
-        <v>45268</v>
+        <v>45324</v>
       </c>
       <c r="C540" s="2">
-        <v>1.0195</v>
+        <v>1.0392</v>
       </c>
       <c r="D540" s="2">
-        <v>1.0175</v>
+        <v>1.0372</v>
       </c>
       <c r="E540" s="2">
-        <v>1.0185</v>
+        <v>1.0382</v>
       </c>
       <c r="F540" s="0"/>
     </row>
     <row r="541" spans="1:6">
       <c r="B541" s="4">
-        <v>45267</v>
+        <v>45323</v>
       </c>
       <c r="C541" s="2">
-        <v>1.0194</v>
+        <v>1.0329</v>
       </c>
       <c r="D541" s="2">
-        <v>1.0174</v>
+        <v>1.0309</v>
       </c>
       <c r="E541" s="2">
-        <v>1.0184</v>
+        <v>1.0319</v>
       </c>
       <c r="F541" s="0"/>
     </row>
     <row r="542" spans="1:6">
       <c r="B542" s="4">
-        <v>45266</v>
+        <v>45322</v>
       </c>
       <c r="C542" s="2">
-        <v>1.0196</v>
+        <v>1.0384</v>
       </c>
       <c r="D542" s="2">
-        <v>1.0176</v>
+        <v>1.0364</v>
       </c>
       <c r="E542" s="2">
-        <v>1.0186</v>
+        <v>1.0374</v>
       </c>
       <c r="F542" s="0"/>
     </row>
     <row r="543" spans="1:6">
       <c r="B543" s="4">
-        <v>45265</v>
+        <v>45321</v>
       </c>
       <c r="C543" s="2">
-        <v>1.0184</v>
+        <v>1.0346</v>
       </c>
       <c r="D543" s="2">
-        <v>1.0164</v>
+        <v>1.0326</v>
       </c>
       <c r="E543" s="2">
-        <v>1.0174</v>
+        <v>1.0336</v>
       </c>
       <c r="F543" s="0"/>
     </row>
     <row r="544" spans="1:6">
       <c r="B544" s="4">
-        <v>45264</v>
+        <v>45320</v>
       </c>
       <c r="C544" s="2">
-        <v>1.0188</v>
+        <v>1.0328</v>
       </c>
       <c r="D544" s="2">
-        <v>1.0168</v>
+        <v>1.0308</v>
       </c>
       <c r="E544" s="2">
-        <v>1.0178</v>
+        <v>1.0318</v>
       </c>
       <c r="F544" s="0"/>
     </row>
     <row r="545" spans="1:6">
       <c r="B545" s="4">
-        <v>45261</v>
+        <v>45316</v>
       </c>
       <c r="C545" s="2">
-        <v>1.0182</v>
+        <v>1.0307</v>
       </c>
       <c r="D545" s="2">
-        <v>1.0162</v>
+        <v>1.0287</v>
       </c>
       <c r="E545" s="2">
-        <v>1.0172</v>
+        <v>1.0297</v>
       </c>
       <c r="F545" s="0"/>
     </row>
     <row r="546" spans="1:6">
       <c r="B546" s="4">
-        <v>45260</v>
+        <v>45315</v>
       </c>
       <c r="C546" s="2">
-        <v>1.018</v>
+        <v>1.0281</v>
       </c>
       <c r="D546" s="2">
-        <v>1.016</v>
+        <v>1.0261</v>
       </c>
       <c r="E546" s="2">
-        <v>1.017</v>
+        <v>1.0271</v>
       </c>
       <c r="F546" s="0"/>
     </row>
     <row r="547" spans="1:6">
       <c r="B547" s="4">
-        <v>45259</v>
+        <v>45314</v>
       </c>
       <c r="C547" s="2">
-        <v>1.0165</v>
+        <v>1.0272</v>
       </c>
       <c r="D547" s="2">
-        <v>1.0145</v>
+        <v>1.0252</v>
       </c>
       <c r="E547" s="2">
-        <v>1.0155</v>
+        <v>1.0262</v>
       </c>
       <c r="F547" s="0"/>
     </row>
     <row r="548" spans="1:6">
       <c r="B548" s="4">
-        <v>45258</v>
+        <v>45313</v>
       </c>
       <c r="C548" s="2">
-        <v>1.0165</v>
+        <v>1.0241</v>
       </c>
       <c r="D548" s="2">
-        <v>1.0145</v>
+        <v>1.0221</v>
       </c>
       <c r="E548" s="2">
-        <v>1.0155</v>
+        <v>1.0231</v>
       </c>
       <c r="F548" s="0"/>
     </row>
     <row r="549" spans="1:6">
       <c r="B549" s="4">
-        <v>45257</v>
+        <v>45310</v>
       </c>
       <c r="C549" s="2">
-        <v>1.0164</v>
+        <v>1.0192</v>
       </c>
       <c r="D549" s="2">
-        <v>1.0144</v>
+        <v>1.0172</v>
       </c>
       <c r="E549" s="2">
-        <v>1.0154</v>
+        <v>1.0182</v>
       </c>
       <c r="F549" s="0"/>
     </row>
     <row r="550" spans="1:6">
       <c r="B550" s="4">
-        <v>45254</v>
+        <v>45309</v>
       </c>
       <c r="C550" s="2">
-        <v>1.017</v>
+        <v>1.0133</v>
       </c>
       <c r="D550" s="2">
-        <v>1.015</v>
+        <v>1.0113</v>
       </c>
       <c r="E550" s="2">
-        <v>1.016</v>
+        <v>1.0123</v>
       </c>
       <c r="F550" s="0"/>
     </row>
     <row r="551" spans="1:6">
       <c r="B551" s="4">
-        <v>45253</v>
+        <v>45308</v>
       </c>
       <c r="C551" s="2">
-        <v>1.017</v>
+        <v>1.0174</v>
       </c>
       <c r="D551" s="2">
-        <v>1.015</v>
+        <v>1.0154</v>
       </c>
       <c r="E551" s="2">
-        <v>1.016</v>
+        <v>1.0164</v>
       </c>
       <c r="F551" s="0"/>
     </row>
     <row r="552" spans="1:6">
       <c r="B552" s="4">
-        <v>45252</v>
+        <v>45307</v>
       </c>
       <c r="C552" s="2">
-        <v>1.0171</v>
+        <v>1.0203</v>
       </c>
       <c r="D552" s="2">
-        <v>1.0151</v>
+        <v>1.0183</v>
       </c>
       <c r="E552" s="2">
-        <v>1.0161</v>
+        <v>1.0193</v>
       </c>
       <c r="F552" s="0"/>
     </row>
     <row r="553" spans="1:6">
       <c r="B553" s="4">
-        <v>45251</v>
+        <v>45306</v>
       </c>
       <c r="C553" s="2">
-        <v>1.0172</v>
+        <v>1.0214</v>
       </c>
       <c r="D553" s="2">
-        <v>1.0152</v>
+        <v>1.0194</v>
       </c>
       <c r="E553" s="2">
-        <v>1.0162</v>
+        <v>1.0204</v>
       </c>
       <c r="F553" s="0"/>
     </row>
     <row r="554" spans="1:6">
       <c r="B554" s="4">
-        <v>45250</v>
+        <v>45303</v>
       </c>
       <c r="C554" s="2">
-        <v>1.0167</v>
+        <v>1.0214</v>
       </c>
       <c r="D554" s="2">
-        <v>1.0147</v>
+        <v>1.0194</v>
       </c>
       <c r="E554" s="2">
-        <v>1.0157</v>
+        <v>1.0204</v>
       </c>
       <c r="F554" s="0"/>
     </row>
     <row r="555" spans="1:6">
       <c r="B555" s="4">
-        <v>45247</v>
+        <v>45302</v>
       </c>
       <c r="C555" s="2">
-        <v>1.017</v>
+        <v>1.0215</v>
       </c>
       <c r="D555" s="2">
-        <v>1.015</v>
+        <v>1.0195</v>
       </c>
       <c r="E555" s="2">
-        <v>1.016</v>
+        <v>1.0205</v>
       </c>
       <c r="F555" s="0"/>
     </row>
     <row r="556" spans="1:6">
       <c r="B556" s="4">
-        <v>45246</v>
+        <v>45301</v>
       </c>
       <c r="C556" s="2">
-        <v>1.017</v>
+        <v>1.0214</v>
       </c>
       <c r="D556" s="2">
-        <v>1.015</v>
+        <v>1.0194</v>
       </c>
       <c r="E556" s="2">
-        <v>1.016</v>
+        <v>1.0204</v>
       </c>
       <c r="F556" s="0"/>
     </row>
     <row r="557" spans="1:6">
       <c r="B557" s="4">
-        <v>45245</v>
+        <v>45300</v>
       </c>
       <c r="C557" s="2">
-        <v>1.0173</v>
+        <v>1.0215</v>
       </c>
       <c r="D557" s="2">
-        <v>1.0153</v>
+        <v>1.0195</v>
       </c>
       <c r="E557" s="2">
-        <v>1.0163</v>
+        <v>1.0205</v>
       </c>
       <c r="F557" s="0"/>
     </row>
     <row r="558" spans="1:6">
       <c r="B558" s="4">
-        <v>45244</v>
+        <v>45299</v>
       </c>
       <c r="C558" s="2">
-        <v>1.0151</v>
+        <v>1.0213</v>
       </c>
       <c r="D558" s="2">
-        <v>1.0131</v>
+        <v>1.0193</v>
       </c>
       <c r="E558" s="2">
-        <v>1.0141</v>
+        <v>1.0203</v>
       </c>
       <c r="F558" s="0"/>
     </row>
     <row r="559" spans="1:6">
       <c r="B559" s="4">
-        <v>45243</v>
+        <v>45296</v>
       </c>
       <c r="C559" s="2">
-        <v>1.0141</v>
+        <v>1.0214</v>
       </c>
       <c r="D559" s="2">
-        <v>1.0121</v>
+        <v>1.0194</v>
       </c>
       <c r="E559" s="2">
-        <v>1.0131</v>
+        <v>1.0204</v>
       </c>
       <c r="F559" s="0"/>
     </row>
     <row r="560" spans="1:6">
       <c r="B560" s="4">
-        <v>45240</v>
+        <v>45295</v>
       </c>
       <c r="C560" s="2">
-        <v>1.0142</v>
+        <v>1.0214</v>
       </c>
       <c r="D560" s="2">
-        <v>1.0122</v>
+        <v>1.0194</v>
       </c>
       <c r="E560" s="2">
-        <v>1.0132</v>
+        <v>1.0204</v>
       </c>
       <c r="F560" s="0"/>
     </row>
     <row r="561" spans="1:6">
       <c r="B561" s="4">
-        <v>45239</v>
+        <v>45294</v>
       </c>
       <c r="C561" s="2">
-        <v>1.0146</v>
+        <v>1.0215</v>
       </c>
       <c r="D561" s="2">
-        <v>1.0126</v>
+        <v>1.0195</v>
       </c>
       <c r="E561" s="2">
-        <v>1.0136</v>
+        <v>1.0205</v>
       </c>
       <c r="F561" s="0"/>
     </row>
     <row r="562" spans="1:6">
       <c r="B562" s="4">
-        <v>45238</v>
+        <v>45293</v>
       </c>
       <c r="C562" s="2">
-        <v>1.0141</v>
+        <v>1.0217</v>
       </c>
       <c r="D562" s="2">
-        <v>1.0121</v>
+        <v>1.0197</v>
       </c>
       <c r="E562" s="2">
-        <v>1.0131</v>
+        <v>1.0207</v>
       </c>
       <c r="F562" s="0"/>
     </row>
     <row r="563" spans="1:6">
       <c r="B563" s="4">
-        <v>45237</v>
+        <v>45289</v>
       </c>
       <c r="C563" s="2">
-        <v>1.014</v>
+        <v>1.0218</v>
       </c>
       <c r="D563" s="2">
-        <v>1.012</v>
+        <v>1.0198</v>
       </c>
       <c r="E563" s="2">
-        <v>1.013</v>
+        <v>1.0208</v>
       </c>
       <c r="F563" s="0"/>
     </row>
     <row r="564" spans="1:6">
       <c r="B564" s="4">
-        <v>45236</v>
+        <v>45288</v>
       </c>
       <c r="C564" s="2">
-        <v>1.0141</v>
+        <v>1.0216</v>
       </c>
       <c r="D564" s="2">
-        <v>1.0121</v>
+        <v>1.0196</v>
       </c>
       <c r="E564" s="2">
-        <v>1.0131</v>
+        <v>1.0206</v>
       </c>
       <c r="F564" s="0"/>
     </row>
     <row r="565" spans="1:6">
       <c r="B565" s="4">
-        <v>45233</v>
+        <v>45287</v>
       </c>
       <c r="C565" s="2">
-        <v>1.0136</v>
+        <v>1.0214</v>
       </c>
       <c r="D565" s="2">
-        <v>1.0116</v>
+        <v>1.0194</v>
       </c>
       <c r="E565" s="2">
-        <v>1.0126</v>
+        <v>1.0204</v>
       </c>
       <c r="F565" s="0"/>
     </row>
     <row r="566" spans="1:6">
       <c r="B566" s="4">
-        <v>45232</v>
+        <v>45282</v>
       </c>
       <c r="C566" s="2">
-        <v>1.0116</v>
+        <v>1.0214</v>
       </c>
       <c r="D566" s="2">
-        <v>1.0096</v>
+        <v>1.0194</v>
       </c>
       <c r="E566" s="2">
-        <v>1.0106</v>
+        <v>1.0204</v>
       </c>
       <c r="F566" s="0"/>
     </row>
     <row r="567" spans="1:6">
       <c r="B567" s="4">
-        <v>45231</v>
+        <v>45281</v>
       </c>
       <c r="C567" s="2">
-        <v>1.0105</v>
+        <v>1.0213</v>
       </c>
       <c r="D567" s="2">
-        <v>1.0085</v>
+        <v>1.0193</v>
       </c>
       <c r="E567" s="2">
-        <v>1.0095</v>
+        <v>1.0203</v>
       </c>
       <c r="F567" s="0"/>
     </row>
     <row r="568" spans="1:6">
       <c r="B568" s="4">
-        <v>45230</v>
+        <v>45280</v>
       </c>
       <c r="C568" s="2">
-        <v>1.0092</v>
+        <v>1.0215</v>
       </c>
       <c r="D568" s="2">
-        <v>1.0072</v>
+        <v>1.0195</v>
       </c>
       <c r="E568" s="2">
-        <v>1.0082</v>
+        <v>1.0205</v>
       </c>
       <c r="F568" s="0"/>
     </row>
     <row r="569" spans="1:6">
       <c r="B569" s="4">
-        <v>45229</v>
+        <v>45279</v>
       </c>
       <c r="C569" s="2">
-        <v>1.0083</v>
+        <v>1.0214</v>
       </c>
       <c r="D569" s="2">
-        <v>1.0063</v>
+        <v>1.0194</v>
       </c>
       <c r="E569" s="2">
-        <v>1.0073</v>
+        <v>1.0204</v>
       </c>
       <c r="F569" s="0"/>
     </row>
     <row r="570" spans="1:6">
       <c r="B570" s="4">
-        <v>45226</v>
+        <v>45278</v>
       </c>
       <c r="C570" s="2">
-        <v>1.0095</v>
+        <v>1.0213</v>
       </c>
       <c r="D570" s="2">
-        <v>1.0075</v>
+        <v>1.0193</v>
       </c>
       <c r="E570" s="2">
-        <v>1.0085</v>
+        <v>1.0203</v>
       </c>
       <c r="F570" s="0"/>
     </row>
     <row r="571" spans="1:6">
       <c r="B571" s="4">
-        <v>45225</v>
+        <v>45275</v>
       </c>
       <c r="C571" s="2">
-        <v>1.0092</v>
+        <v>1.0214</v>
       </c>
       <c r="D571" s="2">
-        <v>1.0072</v>
+        <v>1.0194</v>
       </c>
       <c r="E571" s="2">
-        <v>1.0082</v>
+        <v>1.0204</v>
       </c>
       <c r="F571" s="0"/>
     </row>
     <row r="572" spans="1:6">
       <c r="B572" s="4">
-        <v>45224</v>
+        <v>45274</v>
       </c>
       <c r="C572" s="2">
-        <v>1.0101</v>
+        <v>1.0213</v>
       </c>
       <c r="D572" s="2">
-        <v>1.0081</v>
+        <v>1.0193</v>
       </c>
       <c r="E572" s="2">
-        <v>1.0091</v>
+        <v>1.0203</v>
       </c>
       <c r="F572" s="0"/>
     </row>
     <row r="573" spans="1:6">
       <c r="B573" s="4">
-        <v>45223</v>
+        <v>45273</v>
       </c>
       <c r="C573" s="2">
-        <v>1.0102</v>
+        <v>1.0211</v>
       </c>
       <c r="D573" s="2">
-        <v>1.0082</v>
+        <v>1.0191</v>
       </c>
       <c r="E573" s="2">
-        <v>1.0092</v>
+        <v>1.0201</v>
       </c>
       <c r="F573" s="0"/>
     </row>
     <row r="574" spans="1:6">
       <c r="B574" s="4">
-        <v>45222</v>
+        <v>45272</v>
       </c>
       <c r="C574" s="2">
-        <v>1.0105</v>
+        <v>1.0202</v>
       </c>
       <c r="D574" s="2">
-        <v>1.0085</v>
+        <v>1.0182</v>
       </c>
       <c r="E574" s="2">
-        <v>1.0095</v>
+        <v>1.0192</v>
       </c>
       <c r="F574" s="0"/>
     </row>
     <row r="575" spans="1:6">
       <c r="B575" s="4">
-        <v>45219</v>
+        <v>45271</v>
       </c>
       <c r="C575" s="2">
-        <v>1.0115</v>
+        <v>1.0198</v>
       </c>
       <c r="D575" s="2">
-        <v>1.0095</v>
+        <v>1.0178</v>
       </c>
       <c r="E575" s="2">
-        <v>1.0105</v>
+        <v>1.0188</v>
       </c>
       <c r="F575" s="0"/>
     </row>
     <row r="576" spans="1:6">
       <c r="B576" s="4">
-        <v>45218</v>
+        <v>45268</v>
       </c>
       <c r="C576" s="2">
-        <v>1.0133</v>
+        <v>1.0195</v>
       </c>
       <c r="D576" s="2">
-        <v>1.0113</v>
+        <v>1.0175</v>
       </c>
       <c r="E576" s="2">
-        <v>1.0123</v>
+        <v>1.0185</v>
       </c>
       <c r="F576" s="0"/>
     </row>
     <row r="577" spans="1:6">
       <c r="B577" s="4">
-        <v>45217</v>
+        <v>45267</v>
       </c>
       <c r="C577" s="2">
-        <v>1.0152</v>
+        <v>1.0194</v>
       </c>
       <c r="D577" s="2">
-        <v>1.0132</v>
+        <v>1.0174</v>
       </c>
       <c r="E577" s="2">
-        <v>1.0142</v>
+        <v>1.0184</v>
       </c>
       <c r="F577" s="0"/>
     </row>
     <row r="578" spans="1:6">
       <c r="B578" s="4">
-        <v>45216</v>
+        <v>45266</v>
       </c>
       <c r="C578" s="2">
-        <v>1.0152</v>
+        <v>1.0196</v>
       </c>
       <c r="D578" s="2">
-        <v>1.0132</v>
+        <v>1.0176</v>
       </c>
       <c r="E578" s="2">
-        <v>1.0142</v>
+        <v>1.0186</v>
       </c>
       <c r="F578" s="0"/>
     </row>
     <row r="579" spans="1:6">
       <c r="B579" s="4">
-        <v>45215</v>
+        <v>45265</v>
       </c>
       <c r="C579" s="2">
-        <v>1.0147</v>
+        <v>1.0184</v>
       </c>
       <c r="D579" s="2">
-        <v>1.0127</v>
+        <v>1.0164</v>
       </c>
       <c r="E579" s="2">
-        <v>1.0137</v>
+        <v>1.0174</v>
       </c>
       <c r="F579" s="0"/>
     </row>
     <row r="580" spans="1:6">
       <c r="B580" s="4">
-        <v>45212</v>
+        <v>45264</v>
       </c>
       <c r="C580" s="2">
-        <v>1.0157</v>
+        <v>1.0188</v>
       </c>
       <c r="D580" s="2">
-        <v>1.0137</v>
+        <v>1.0168</v>
       </c>
       <c r="E580" s="2">
-        <v>1.0147</v>
+        <v>1.0178</v>
       </c>
       <c r="F580" s="0"/>
     </row>
     <row r="581" spans="1:6">
       <c r="B581" s="4">
-        <v>45211</v>
+        <v>45261</v>
       </c>
       <c r="C581" s="2">
-        <v>1.0166</v>
+        <v>1.0182</v>
       </c>
       <c r="D581" s="2">
-        <v>1.0146</v>
+        <v>1.0162</v>
       </c>
       <c r="E581" s="2">
-        <v>1.0156</v>
+        <v>1.0172</v>
       </c>
       <c r="F581" s="0"/>
     </row>
     <row r="582" spans="1:6">
       <c r="B582" s="4">
-        <v>45210</v>
+        <v>45260</v>
       </c>
       <c r="C582" s="2">
-        <v>1.0157</v>
+        <v>1.018</v>
       </c>
       <c r="D582" s="2">
-        <v>1.0137</v>
+        <v>1.016</v>
       </c>
       <c r="E582" s="2">
-        <v>1.0147</v>
+        <v>1.017</v>
       </c>
       <c r="F582" s="0"/>
     </row>
     <row r="583" spans="1:6">
       <c r="B583" s="4">
-        <v>45209</v>
+        <v>45259</v>
       </c>
       <c r="C583" s="2">
-        <v>1.0143</v>
+        <v>1.0165</v>
       </c>
       <c r="D583" s="2">
-        <v>1.0123</v>
+        <v>1.0145</v>
       </c>
       <c r="E583" s="2">
-        <v>1.0133</v>
+        <v>1.0155</v>
       </c>
       <c r="F583" s="0"/>
     </row>
     <row r="584" spans="1:6">
       <c r="B584" s="4">
-        <v>45208</v>
+        <v>45258</v>
       </c>
       <c r="C584" s="2">
-        <v>1.0127</v>
+        <v>1.0165</v>
       </c>
       <c r="D584" s="2">
-        <v>1.0107</v>
+        <v>1.0145</v>
       </c>
       <c r="E584" s="2">
-        <v>1.0117</v>
+        <v>1.0155</v>
       </c>
       <c r="F584" s="0"/>
     </row>
     <row r="585" spans="1:6">
       <c r="B585" s="4">
-        <v>45205</v>
+        <v>45257</v>
       </c>
       <c r="C585" s="2">
-        <v>1.0124</v>
+        <v>1.0164</v>
       </c>
       <c r="D585" s="2">
-        <v>1.0104</v>
+        <v>1.0144</v>
       </c>
       <c r="E585" s="2">
-        <v>1.0114</v>
+        <v>1.0154</v>
       </c>
       <c r="F585" s="0"/>
     </row>
     <row r="586" spans="1:6">
       <c r="B586" s="4">
-        <v>45204</v>
+        <v>45254</v>
       </c>
       <c r="C586" s="2">
-        <v>1.012</v>
+        <v>1.017</v>
       </c>
       <c r="D586" s="2">
-        <v>1.01</v>
+        <v>1.015</v>
       </c>
       <c r="E586" s="2">
-        <v>1.011</v>
+        <v>1.016</v>
       </c>
       <c r="F586" s="0"/>
     </row>
     <row r="587" spans="1:6">
       <c r="B587" s="4">
-        <v>45203</v>
+        <v>45253</v>
       </c>
       <c r="C587" s="2">
-        <v>1.0111</v>
+        <v>1.017</v>
       </c>
       <c r="D587" s="2">
-        <v>1.0091</v>
+        <v>1.015</v>
       </c>
       <c r="E587" s="2">
-        <v>1.0101</v>
+        <v>1.016</v>
       </c>
       <c r="F587" s="0"/>
     </row>
     <row r="588" spans="1:6">
       <c r="B588" s="4">
-        <v>45202</v>
+        <v>45252</v>
       </c>
       <c r="C588" s="2">
-        <v>1.013</v>
+        <v>1.0171</v>
       </c>
       <c r="D588" s="2">
-        <v>1.011</v>
+        <v>1.0151</v>
       </c>
       <c r="E588" s="2">
-        <v>1.012</v>
+        <v>1.0161</v>
       </c>
       <c r="F588" s="0"/>
     </row>
     <row r="589" spans="1:6">
       <c r="B589" s="4">
-        <v>45198</v>
+        <v>45251</v>
       </c>
       <c r="C589" s="2">
-        <v>1.0149</v>
+        <v>1.0172</v>
       </c>
       <c r="D589" s="2">
-        <v>1.0129</v>
+        <v>1.0152</v>
       </c>
       <c r="E589" s="2">
-        <v>1.0139</v>
+        <v>1.0162</v>
       </c>
       <c r="F589" s="0"/>
     </row>
     <row r="590" spans="1:6">
       <c r="B590" s="4">
-        <v>45197</v>
+        <v>45250</v>
       </c>
       <c r="C590" s="2">
-        <v>1.014</v>
+        <v>1.0167</v>
       </c>
       <c r="D590" s="2">
-        <v>1.012</v>
+        <v>1.0147</v>
       </c>
       <c r="E590" s="2">
-        <v>1.013</v>
+        <v>1.0157</v>
       </c>
       <c r="F590" s="0"/>
     </row>
     <row r="591" spans="1:6">
       <c r="B591" s="4">
-        <v>45196</v>
+        <v>45247</v>
       </c>
       <c r="C591" s="2">
-        <v>1.0142</v>
+        <v>1.017</v>
       </c>
       <c r="D591" s="2">
-        <v>1.0122</v>
+        <v>1.015</v>
       </c>
       <c r="E591" s="2">
-        <v>1.0132</v>
+        <v>1.016</v>
       </c>
       <c r="F591" s="0"/>
     </row>
     <row r="592" spans="1:6">
       <c r="B592" s="4">
-        <v>45195</v>
+        <v>45246</v>
       </c>
       <c r="C592" s="2">
-        <v>1.0148</v>
+        <v>1.017</v>
       </c>
       <c r="D592" s="2">
-        <v>1.0128</v>
+        <v>1.015</v>
       </c>
       <c r="E592" s="2">
-        <v>1.0138</v>
+        <v>1.016</v>
       </c>
       <c r="F592" s="0"/>
     </row>
     <row r="593" spans="1:6">
       <c r="B593" s="4">
-        <v>45194</v>
+        <v>45245</v>
       </c>
       <c r="C593" s="2">
-        <v>1.0157</v>
+        <v>1.0173</v>
       </c>
       <c r="D593" s="2">
-        <v>1.0137</v>
+        <v>1.0153</v>
       </c>
       <c r="E593" s="2">
-        <v>1.0147</v>
+        <v>1.0163</v>
       </c>
       <c r="F593" s="0"/>
     </row>
     <row r="594" spans="1:6">
       <c r="B594" s="4">
-        <v>45191</v>
+        <v>45244</v>
       </c>
       <c r="C594" s="2">
-        <v>1.0159</v>
+        <v>1.0151</v>
       </c>
       <c r="D594" s="2">
-        <v>1.0139</v>
+        <v>1.0131</v>
       </c>
       <c r="E594" s="2">
-        <v>1.0149</v>
+        <v>1.0141</v>
       </c>
       <c r="F594" s="0"/>
     </row>
     <row r="595" spans="1:6">
       <c r="B595" s="4">
-        <v>45190</v>
+        <v>45243</v>
       </c>
       <c r="C595" s="2">
-        <v>1.0164</v>
+        <v>1.0141</v>
       </c>
       <c r="D595" s="2">
-        <v>1.0144</v>
+        <v>1.0121</v>
       </c>
       <c r="E595" s="2">
-        <v>1.0154</v>
+        <v>1.0131</v>
       </c>
       <c r="F595" s="0"/>
     </row>
     <row r="596" spans="1:6">
       <c r="B596" s="4">
-        <v>45189</v>
+        <v>45240</v>
       </c>
       <c r="C596" s="2">
-        <v>1.0187</v>
+        <v>1.0142</v>
       </c>
       <c r="D596" s="2">
-        <v>1.0167</v>
+        <v>1.0122</v>
       </c>
       <c r="E596" s="2">
-        <v>1.0177</v>
+        <v>1.0132</v>
       </c>
       <c r="F596" s="0"/>
     </row>
     <row r="597" spans="1:6">
       <c r="B597" s="4">
-        <v>45188</v>
+        <v>45239</v>
       </c>
       <c r="C597" s="2">
-        <v>1.0201</v>
+        <v>1.0146</v>
       </c>
       <c r="D597" s="2">
-        <v>1.0181</v>
+        <v>1.0126</v>
       </c>
       <c r="E597" s="2">
-        <v>1.0191</v>
+        <v>1.0136</v>
       </c>
       <c r="F597" s="0"/>
     </row>
     <row r="598" spans="1:6">
       <c r="B598" s="4">
-        <v>45187</v>
+        <v>45238</v>
       </c>
       <c r="C598" s="2">
-        <v>1.0212</v>
+        <v>1.0141</v>
       </c>
       <c r="D598" s="2">
-        <v>1.0192</v>
+        <v>1.0121</v>
       </c>
       <c r="E598" s="2">
-        <v>1.0202</v>
+        <v>1.0131</v>
       </c>
       <c r="F598" s="0"/>
     </row>
     <row r="599" spans="1:6">
       <c r="B599" s="4">
-        <v>45184</v>
+        <v>45237</v>
       </c>
       <c r="C599" s="2">
-        <v>1.0232</v>
+        <v>1.014</v>
       </c>
       <c r="D599" s="2">
-        <v>1.0212</v>
+        <v>1.012</v>
       </c>
       <c r="E599" s="2">
-        <v>1.0222</v>
+        <v>1.013</v>
       </c>
       <c r="F599" s="0"/>
     </row>
     <row r="600" spans="1:6">
       <c r="B600" s="4">
-        <v>45183</v>
+        <v>45236</v>
       </c>
       <c r="C600" s="2">
-        <v>1.0204</v>
+        <v>1.0141</v>
       </c>
       <c r="D600" s="2">
-        <v>1.0184</v>
+        <v>1.0121</v>
       </c>
       <c r="E600" s="2">
-        <v>1.0194</v>
+        <v>1.0131</v>
       </c>
       <c r="F600" s="0"/>
     </row>
     <row r="601" spans="1:6">
       <c r="B601" s="4">
-        <v>45182</v>
+        <v>45233</v>
       </c>
       <c r="C601" s="2">
-        <v>1.0193</v>
+        <v>1.0136</v>
       </c>
       <c r="D601" s="2">
-        <v>1.0173</v>
+        <v>1.0116</v>
       </c>
       <c r="E601" s="2">
-        <v>1.0183</v>
+        <v>1.0126</v>
       </c>
       <c r="F601" s="0"/>
     </row>
     <row r="602" spans="1:6">
       <c r="B602" s="4">
-        <v>45181</v>
+        <v>45232</v>
       </c>
       <c r="C602" s="2">
-        <v>1.0208</v>
+        <v>1.0116</v>
       </c>
       <c r="D602" s="2">
-        <v>1.0188</v>
+        <v>1.0096</v>
       </c>
       <c r="E602" s="2">
-        <v>1.0198</v>
+        <v>1.0106</v>
       </c>
       <c r="F602" s="0"/>
     </row>
     <row r="603" spans="1:6">
       <c r="B603" s="4">
-        <v>45180</v>
+        <v>45231</v>
       </c>
       <c r="C603" s="2">
-        <v>1.0202</v>
+        <v>1.0105</v>
       </c>
       <c r="D603" s="2">
-        <v>1.0182</v>
+        <v>1.0085</v>
       </c>
       <c r="E603" s="2">
-        <v>1.0192</v>
+        <v>1.0095</v>
       </c>
       <c r="F603" s="0"/>
     </row>
     <row r="604" spans="1:6">
       <c r="B604" s="4">
-        <v>45177</v>
+        <v>45230</v>
       </c>
       <c r="C604" s="2">
-        <v>1.0198</v>
+        <v>1.0092</v>
       </c>
       <c r="D604" s="2">
-        <v>1.0178</v>
+        <v>1.0072</v>
       </c>
       <c r="E604" s="2">
-        <v>1.0188</v>
+        <v>1.0082</v>
       </c>
       <c r="F604" s="0"/>
     </row>
     <row r="605" spans="1:6">
       <c r="B605" s="4">
-        <v>45176</v>
+        <v>45229</v>
       </c>
       <c r="C605" s="2">
-        <v>1.0205</v>
+        <v>1.0083</v>
       </c>
       <c r="D605" s="2">
-        <v>1.0185</v>
+        <v>1.0063</v>
       </c>
       <c r="E605" s="2">
-        <v>1.0195</v>
+        <v>1.0073</v>
       </c>
       <c r="F605" s="0"/>
     </row>
     <row r="606" spans="1:6">
       <c r="B606" s="4">
-        <v>45175</v>
+        <v>45226</v>
       </c>
       <c r="C606" s="2">
-        <v>1.0223</v>
+        <v>1.0095</v>
       </c>
       <c r="D606" s="2">
-        <v>1.0203</v>
+        <v>1.0075</v>
       </c>
       <c r="E606" s="2">
-        <v>1.0213</v>
+        <v>1.0085</v>
       </c>
       <c r="F606" s="0"/>
     </row>
     <row r="607" spans="1:6">
       <c r="B607" s="4">
-        <v>45174</v>
+        <v>45225</v>
       </c>
       <c r="C607" s="2">
-        <v>1.0242</v>
+        <v>1.0092</v>
       </c>
       <c r="D607" s="2">
-        <v>1.0222</v>
+        <v>1.0072</v>
       </c>
       <c r="E607" s="2">
-        <v>1.0232</v>
+        <v>1.0082</v>
       </c>
       <c r="F607" s="0"/>
     </row>
     <row r="608" spans="1:6">
       <c r="B608" s="4">
-        <v>45173</v>
+        <v>45224</v>
       </c>
       <c r="C608" s="2">
-        <v>1.0239</v>
+        <v>1.0101</v>
       </c>
       <c r="D608" s="2">
-        <v>1.0219</v>
+        <v>1.0081</v>
       </c>
       <c r="E608" s="2">
-        <v>1.0229</v>
+        <v>1.0091</v>
       </c>
       <c r="F608" s="0"/>
     </row>
     <row r="609" spans="1:6">
       <c r="B609" s="4">
-        <v>45170</v>
+        <v>45223</v>
       </c>
       <c r="C609" s="2">
-        <v>1.0228</v>
+        <v>1.0102</v>
       </c>
       <c r="D609" s="2">
-        <v>1.0208</v>
+        <v>1.0082</v>
       </c>
       <c r="E609" s="2">
-        <v>1.0218</v>
+        <v>1.0092</v>
       </c>
       <c r="F609" s="0"/>
     </row>
     <row r="610" spans="1:6">
       <c r="B610" s="4">
-        <v>45169</v>
+        <v>45222</v>
       </c>
       <c r="C610" s="2">
-        <v>1.0229</v>
+        <v>1.0105</v>
       </c>
       <c r="D610" s="2">
-        <v>1.0209</v>
+        <v>1.0085</v>
       </c>
       <c r="E610" s="2">
-        <v>1.0219</v>
+        <v>1.0095</v>
       </c>
       <c r="F610" s="0"/>
     </row>
     <row r="611" spans="1:6">
       <c r="B611" s="4">
-        <v>45168</v>
+        <v>45219</v>
       </c>
       <c r="C611" s="2">
-        <v>1.0217</v>
+        <v>1.0115</v>
       </c>
       <c r="D611" s="2">
-        <v>1.0197</v>
+        <v>1.0095</v>
       </c>
       <c r="E611" s="2">
-        <v>1.0207</v>
+        <v>1.0105</v>
       </c>
       <c r="F611" s="0"/>
     </row>
     <row r="612" spans="1:6">
       <c r="B612" s="4">
-        <v>45167</v>
+        <v>45218</v>
       </c>
       <c r="C612" s="2">
-        <v>1.0194</v>
+        <v>1.0133</v>
       </c>
       <c r="D612" s="2">
-        <v>1.0174</v>
+        <v>1.0113</v>
       </c>
       <c r="E612" s="2">
-        <v>1.0184</v>
+        <v>1.0123</v>
       </c>
       <c r="F612" s="0"/>
     </row>
     <row r="613" spans="1:6">
       <c r="B613" s="4">
-        <v>45166</v>
+        <v>45217</v>
       </c>
       <c r="C613" s="2">
-        <v>1.0178</v>
+        <v>1.0152</v>
       </c>
       <c r="D613" s="2">
-        <v>1.0158</v>
+        <v>1.0132</v>
       </c>
       <c r="E613" s="2">
-        <v>1.0168</v>
+        <v>1.0142</v>
       </c>
       <c r="F613" s="0"/>
     </row>
     <row r="614" spans="1:6">
       <c r="B614" s="4">
-        <v>45163</v>
+        <v>45216</v>
       </c>
       <c r="C614" s="2">
-        <v>1.0161</v>
+        <v>1.0152</v>
       </c>
       <c r="D614" s="2">
-        <v>1.0141</v>
+        <v>1.0132</v>
       </c>
       <c r="E614" s="2">
-        <v>1.0151</v>
+        <v>1.0142</v>
       </c>
       <c r="F614" s="0"/>
     </row>
     <row r="615" spans="1:6">
       <c r="B615" s="4">
-        <v>45162</v>
+        <v>45215</v>
       </c>
       <c r="C615" s="2">
-        <v>1.0185</v>
+        <v>1.0147</v>
       </c>
       <c r="D615" s="2">
-        <v>1.0165</v>
+        <v>1.0127</v>
       </c>
       <c r="E615" s="2">
-        <v>1.0175</v>
+        <v>1.0137</v>
       </c>
       <c r="F615" s="0"/>
     </row>
     <row r="616" spans="1:6">
       <c r="B616" s="4">
-        <v>45161</v>
+        <v>45212</v>
       </c>
       <c r="C616" s="2">
-        <v>1.0162</v>
+        <v>1.0157</v>
       </c>
       <c r="D616" s="2">
-        <v>1.0142</v>
+        <v>1.0137</v>
       </c>
       <c r="E616" s="2">
-        <v>1.0152</v>
+        <v>1.0147</v>
       </c>
       <c r="F616" s="0"/>
     </row>
     <row r="617" spans="1:6">
       <c r="B617" s="4">
-        <v>45160</v>
+        <v>45211</v>
       </c>
       <c r="C617" s="2">
-        <v>1.0138</v>
+        <v>1.0166</v>
       </c>
       <c r="D617" s="2">
-        <v>1.0118</v>
+        <v>1.0146</v>
       </c>
       <c r="E617" s="2">
-        <v>1.0128</v>
+        <v>1.0156</v>
       </c>
       <c r="F617" s="0"/>
     </row>
     <row r="618" spans="1:6">
       <c r="B618" s="4">
-        <v>45159</v>
+        <v>45210</v>
       </c>
       <c r="C618" s="2">
-        <v>1.0135</v>
+        <v>1.0157</v>
       </c>
       <c r="D618" s="2">
-        <v>1.0115</v>
+        <v>1.0137</v>
       </c>
       <c r="E618" s="2">
-        <v>1.0125</v>
+        <v>1.0147</v>
       </c>
       <c r="F618" s="0"/>
     </row>
     <row r="619" spans="1:6">
       <c r="B619" s="4">
-        <v>45156</v>
+        <v>45209</v>
       </c>
       <c r="C619" s="2">
-        <v>1.0154</v>
+        <v>1.0143</v>
       </c>
       <c r="D619" s="2">
-        <v>1.0134</v>
+        <v>1.0123</v>
       </c>
       <c r="E619" s="2">
-        <v>1.0144</v>
+        <v>1.0133</v>
       </c>
       <c r="F619" s="0"/>
     </row>
     <row r="620" spans="1:6">
       <c r="B620" s="4">
-        <v>45155</v>
+        <v>45208</v>
       </c>
       <c r="C620" s="2">
-        <v>1.0175</v>
+        <v>1.0127</v>
       </c>
       <c r="D620" s="2">
-        <v>1.0155</v>
+        <v>1.0107</v>
       </c>
       <c r="E620" s="2">
-        <v>1.0165</v>
+        <v>1.0117</v>
       </c>
       <c r="F620" s="0"/>
     </row>
     <row r="621" spans="1:6">
       <c r="B621" s="4">
-        <v>45154</v>
+        <v>45205</v>
       </c>
       <c r="C621" s="2">
-        <v>1.0199</v>
+        <v>1.0124</v>
       </c>
       <c r="D621" s="2">
-        <v>1.0179</v>
+        <v>1.0104</v>
       </c>
       <c r="E621" s="2">
-        <v>1.0189</v>
+        <v>1.0114</v>
       </c>
       <c r="F621" s="0"/>
     </row>
     <row r="622" spans="1:6">
       <c r="B622" s="4">
-        <v>45153</v>
+        <v>45204</v>
       </c>
       <c r="C622" s="2">
-        <v>1.0264</v>
+        <v>1.012</v>
       </c>
       <c r="D622" s="2">
-        <v>1.0244</v>
+        <v>1.01</v>
       </c>
       <c r="E622" s="2">
-        <v>1.0254</v>
+        <v>1.011</v>
       </c>
       <c r="F622" s="0"/>
     </row>
     <row r="623" spans="1:6">
       <c r="B623" s="4">
-        <v>45152</v>
+        <v>45203</v>
       </c>
       <c r="C623" s="2">
-        <v>1.0252</v>
+        <v>1.0111</v>
       </c>
       <c r="D623" s="2">
-        <v>1.0232</v>
+        <v>1.0091</v>
       </c>
       <c r="E623" s="2">
-        <v>1.0242</v>
+        <v>1.0101</v>
       </c>
       <c r="F623" s="0"/>
     </row>
     <row r="624" spans="1:6">
       <c r="B624" s="4">
-        <v>45149</v>
+        <v>45202</v>
       </c>
       <c r="C624" s="2">
-        <v>1.0297</v>
+        <v>1.013</v>
       </c>
       <c r="D624" s="2">
-        <v>1.0277</v>
+        <v>1.011</v>
       </c>
       <c r="E624" s="2">
-        <v>1.0287</v>
+        <v>1.012</v>
       </c>
       <c r="F624" s="0"/>
     </row>
     <row r="625" spans="1:6">
       <c r="B625" s="4">
-        <v>45148</v>
+        <v>45198</v>
       </c>
       <c r="C625" s="2">
-        <v>1.03</v>
+        <v>1.0149</v>
       </c>
       <c r="D625" s="2">
-        <v>1.028</v>
+        <v>1.0129</v>
       </c>
       <c r="E625" s="2">
-        <v>1.029</v>
+        <v>1.0139</v>
       </c>
       <c r="F625" s="0"/>
     </row>
     <row r="626" spans="1:6">
       <c r="B626" s="4">
-        <v>45147</v>
+        <v>45197</v>
       </c>
       <c r="C626" s="2">
-        <v>1.0295</v>
+        <v>1.014</v>
       </c>
       <c r="D626" s="2">
-        <v>1.0275</v>
+        <v>1.012</v>
       </c>
       <c r="E626" s="2">
-        <v>1.0285</v>
+        <v>1.013</v>
       </c>
       <c r="F626" s="0"/>
     </row>
     <row r="627" spans="1:6">
       <c r="B627" s="4">
-        <v>45146</v>
+        <v>45196</v>
       </c>
       <c r="C627" s="2">
-        <v>1.0287</v>
+        <v>1.0142</v>
       </c>
       <c r="D627" s="2">
-        <v>1.0267</v>
+        <v>1.0122</v>
       </c>
       <c r="E627" s="2">
-        <v>1.0277</v>
+        <v>1.0132</v>
       </c>
       <c r="F627" s="0"/>
     </row>
     <row r="628" spans="1:6">
       <c r="B628" s="4">
-        <v>45145</v>
+        <v>45195</v>
       </c>
       <c r="C628" s="2">
-        <v>1.0278</v>
+        <v>1.0148</v>
       </c>
       <c r="D628" s="2">
-        <v>1.0258</v>
+        <v>1.0128</v>
       </c>
       <c r="E628" s="2">
-        <v>1.0268</v>
+        <v>1.0138</v>
       </c>
       <c r="F628" s="0"/>
     </row>
     <row r="629" spans="1:6">
       <c r="B629" s="4">
-        <v>45142</v>
+        <v>45194</v>
       </c>
       <c r="C629" s="2">
-        <v>1.0289</v>
+        <v>1.0157</v>
       </c>
       <c r="D629" s="2">
-        <v>1.0269</v>
+        <v>1.0137</v>
       </c>
       <c r="E629" s="2">
-        <v>1.0279</v>
+        <v>1.0147</v>
       </c>
       <c r="F629" s="0"/>
     </row>
     <row r="630" spans="1:6">
       <c r="B630" s="4">
-        <v>45141</v>
+        <v>45191</v>
       </c>
       <c r="C630" s="2">
-        <v>1.0289</v>
+        <v>1.0159</v>
       </c>
       <c r="D630" s="2">
-        <v>1.0269</v>
+        <v>1.0139</v>
       </c>
       <c r="E630" s="2">
-        <v>1.0279</v>
+        <v>1.0149</v>
       </c>
       <c r="F630" s="0"/>
     </row>
     <row r="631" spans="1:6">
       <c r="B631" s="4">
-        <v>45140</v>
+        <v>45190</v>
       </c>
       <c r="C631" s="2">
-        <v>1.0326</v>
+        <v>1.0164</v>
       </c>
       <c r="D631" s="2">
-        <v>1.0306</v>
+        <v>1.0144</v>
       </c>
       <c r="E631" s="2">
-        <v>1.0316</v>
+        <v>1.0154</v>
       </c>
       <c r="F631" s="0"/>
     </row>
     <row r="632" spans="1:6">
       <c r="B632" s="4">
-        <v>45139</v>
+        <v>45189</v>
       </c>
       <c r="C632" s="2">
-        <v>1.0384</v>
+        <v>1.0187</v>
       </c>
       <c r="D632" s="2">
-        <v>1.0364</v>
+        <v>1.0167</v>
       </c>
       <c r="E632" s="2">
-        <v>1.0374</v>
+        <v>1.0177</v>
       </c>
       <c r="F632" s="0"/>
     </row>
     <row r="633" spans="1:6">
       <c r="B633" s="4">
-        <v>45138</v>
+        <v>45188</v>
       </c>
       <c r="C633" s="2">
-        <v>1.0345</v>
+        <v>1.0201</v>
       </c>
       <c r="D633" s="2">
-        <v>1.0325</v>
+        <v>1.0181</v>
       </c>
       <c r="E633" s="2">
-        <v>1.0335</v>
+        <v>1.0191</v>
       </c>
       <c r="F633" s="0"/>
     </row>
     <row r="634" spans="1:6">
       <c r="B634" s="4">
-        <v>45135</v>
+        <v>45187</v>
       </c>
       <c r="C634" s="2">
-        <v>1.0344</v>
+        <v>1.0212</v>
       </c>
       <c r="D634" s="2">
-        <v>1.0324</v>
+        <v>1.0192</v>
       </c>
       <c r="E634" s="2">
-        <v>1.0334</v>
+        <v>1.0202</v>
       </c>
       <c r="F634" s="0"/>
     </row>
     <row r="635" spans="1:6">
       <c r="B635" s="4">
-        <v>45134</v>
+        <v>45184</v>
       </c>
       <c r="C635" s="2">
-        <v>1.0342</v>
+        <v>1.0232</v>
       </c>
       <c r="D635" s="2">
-        <v>1.0322</v>
+        <v>1.0212</v>
       </c>
       <c r="E635" s="2">
-        <v>1.0332</v>
+        <v>1.0222</v>
       </c>
       <c r="F635" s="0"/>
     </row>
     <row r="636" spans="1:6">
       <c r="B636" s="4">
-        <v>45133</v>
+        <v>45183</v>
       </c>
       <c r="C636" s="2">
-        <v>1.0304</v>
+        <v>1.0204</v>
       </c>
       <c r="D636" s="2">
-        <v>1.0284</v>
+        <v>1.0184</v>
       </c>
       <c r="E636" s="2">
-        <v>1.0294</v>
+        <v>1.0194</v>
       </c>
       <c r="F636" s="0"/>
     </row>
     <row r="637" spans="1:6">
       <c r="B637" s="4">
-        <v>45132</v>
+        <v>45182</v>
       </c>
       <c r="C637" s="2">
-        <v>1.0269</v>
+        <v>1.0193</v>
       </c>
       <c r="D637" s="2">
-        <v>1.0249</v>
+        <v>1.0173</v>
       </c>
       <c r="E637" s="2">
-        <v>1.0259</v>
+        <v>1.0183</v>
       </c>
       <c r="F637" s="0"/>
     </row>
     <row r="638" spans="1:6">
       <c r="B638" s="4">
-        <v>45131</v>
+        <v>45181</v>
       </c>
       <c r="C638" s="2">
-        <v>1.0246</v>
+        <v>1.0208</v>
       </c>
       <c r="D638" s="2">
-        <v>1.0226</v>
+        <v>1.0188</v>
       </c>
       <c r="E638" s="2">
-        <v>1.0236</v>
+        <v>1.0198</v>
       </c>
       <c r="F638" s="0"/>
     </row>
     <row r="639" spans="1:6">
       <c r="B639" s="4">
-        <v>45128</v>
+        <v>45180</v>
       </c>
       <c r="C639" s="2">
-        <v>1.0237</v>
+        <v>1.0202</v>
       </c>
       <c r="D639" s="2">
-        <v>1.0217</v>
+        <v>1.0182</v>
       </c>
       <c r="E639" s="2">
-        <v>1.0227</v>
+        <v>1.0192</v>
       </c>
       <c r="F639" s="0"/>
     </row>
     <row r="640" spans="1:6">
       <c r="B640" s="4">
-        <v>45127</v>
+        <v>45177</v>
       </c>
       <c r="C640" s="2">
-        <v>1.0247</v>
+        <v>1.0198</v>
       </c>
       <c r="D640" s="2">
-        <v>1.0227</v>
+        <v>1.0178</v>
       </c>
       <c r="E640" s="2">
-        <v>1.0237</v>
+        <v>1.0188</v>
       </c>
       <c r="F640" s="0"/>
     </row>
     <row r="641" spans="1:6">
       <c r="B641" s="4">
-        <v>45126</v>
+        <v>45176</v>
       </c>
       <c r="C641" s="2">
-        <v>1.0243</v>
+        <v>1.0205</v>
       </c>
       <c r="D641" s="2">
-        <v>1.0223</v>
+        <v>1.0185</v>
       </c>
       <c r="E641" s="2">
-        <v>1.0233</v>
+        <v>1.0195</v>
       </c>
       <c r="F641" s="0"/>
     </row>
     <row r="642" spans="1:6">
       <c r="B642" s="4">
-        <v>45125</v>
+        <v>45175</v>
       </c>
       <c r="C642" s="2">
+        <v>1.0223</v>
+      </c>
+      <c r="D642" s="2">
         <v>1.0203</v>
       </c>
-      <c r="D642" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E642" s="2">
-        <v>1.0193</v>
+        <v>1.0213</v>
       </c>
       <c r="F642" s="0"/>
     </row>
     <row r="643" spans="1:6">
       <c r="B643" s="4">
-        <v>45124</v>
+        <v>45174</v>
       </c>
       <c r="C643" s="2">
-        <v>1.0193</v>
+        <v>1.0242</v>
       </c>
       <c r="D643" s="2">
-        <v>1.0173</v>
+        <v>1.0222</v>
       </c>
       <c r="E643" s="2">
-        <v>1.0183</v>
+        <v>1.0232</v>
       </c>
       <c r="F643" s="0"/>
     </row>
     <row r="644" spans="1:6">
       <c r="B644" s="4">
-        <v>45121</v>
+        <v>45173</v>
       </c>
       <c r="C644" s="2">
-        <v>1.0198</v>
+        <v>1.0239</v>
       </c>
       <c r="D644" s="2">
-        <v>1.0178</v>
+        <v>1.0219</v>
       </c>
       <c r="E644" s="2">
-        <v>1.0188</v>
+        <v>1.0229</v>
       </c>
       <c r="F644" s="0"/>
     </row>
     <row r="645" spans="1:6">
       <c r="B645" s="4">
-        <v>45120</v>
+        <v>45170</v>
       </c>
       <c r="C645" s="2">
-        <v>1.0172</v>
+        <v>1.0228</v>
       </c>
       <c r="D645" s="2">
-        <v>1.0152</v>
+        <v>1.0208</v>
       </c>
       <c r="E645" s="2">
-        <v>1.0162</v>
+        <v>1.0218</v>
       </c>
       <c r="F645" s="0"/>
     </row>
     <row r="646" spans="1:6">
       <c r="B646" s="4">
-        <v>45119</v>
+        <v>45169</v>
       </c>
       <c r="C646" s="2">
-        <v>1.0112</v>
+        <v>1.0229</v>
       </c>
       <c r="D646" s="2">
-        <v>1.0092</v>
+        <v>1.0209</v>
       </c>
       <c r="E646" s="2">
-        <v>1.0102</v>
+        <v>1.0219</v>
       </c>
       <c r="F646" s="0"/>
     </row>
     <row r="647" spans="1:6">
       <c r="B647" s="4">
-        <v>45118</v>
+        <v>45168</v>
       </c>
       <c r="C647" s="2">
-        <v>1.0076</v>
+        <v>1.0217</v>
       </c>
       <c r="D647" s="2">
-        <v>1.0056</v>
+        <v>1.0197</v>
       </c>
       <c r="E647" s="2">
-        <v>1.0066</v>
+        <v>1.0207</v>
       </c>
       <c r="F647" s="0"/>
     </row>
     <row r="648" spans="1:6">
       <c r="B648" s="4">
-        <v>45117</v>
+        <v>45167</v>
       </c>
       <c r="C648" s="2">
-        <v>1.0003</v>
+        <v>1.0194</v>
       </c>
       <c r="D648" s="2">
-        <v>0.9983</v>
+        <v>1.0174</v>
       </c>
       <c r="E648" s="2">
-        <v>0.9993</v>
+        <v>1.0184</v>
       </c>
       <c r="F648" s="0"/>
     </row>
     <row r="649" spans="1:6">
       <c r="B649" s="4">
-        <v>45114</v>
+        <v>45166</v>
       </c>
       <c r="C649" s="2">
-        <v>1.0046</v>
+        <v>1.0178</v>
       </c>
       <c r="D649" s="2">
-        <v>1.0026</v>
+        <v>1.0158</v>
       </c>
       <c r="E649" s="2">
-        <v>1.0036</v>
+        <v>1.0168</v>
       </c>
       <c r="F649" s="0"/>
     </row>
     <row r="650" spans="1:6">
       <c r="B650" s="4">
-        <v>45113</v>
+        <v>45163</v>
       </c>
       <c r="C650" s="2">
-        <v>1.0106</v>
+        <v>1.0161</v>
       </c>
       <c r="D650" s="2">
-        <v>1.0086</v>
+        <v>1.0141</v>
       </c>
       <c r="E650" s="2">
-        <v>1.0096</v>
+        <v>1.0151</v>
       </c>
       <c r="F650" s="0"/>
     </row>
     <row r="651" spans="1:6">
       <c r="B651" s="4">
-        <v>45112</v>
+        <v>45162</v>
       </c>
       <c r="C651" s="2">
-        <v>1.0167</v>
+        <v>1.0185</v>
       </c>
       <c r="D651" s="2">
-        <v>1.0147</v>
+        <v>1.0165</v>
       </c>
       <c r="E651" s="2">
-        <v>1.0157</v>
+        <v>1.0175</v>
       </c>
       <c r="F651" s="0"/>
     </row>
     <row r="652" spans="1:6">
       <c r="B652" s="4">
-        <v>45111</v>
+        <v>45161</v>
       </c>
       <c r="C652" s="2">
-        <v>1.0201</v>
+        <v>1.0162</v>
       </c>
       <c r="D652" s="2">
-        <v>1.0181</v>
+        <v>1.0142</v>
       </c>
       <c r="E652" s="2">
-        <v>1.0191</v>
+        <v>1.0152</v>
       </c>
       <c r="F652" s="0"/>
     </row>
     <row r="653" spans="1:6">
       <c r="B653" s="4">
-        <v>45110</v>
+        <v>45160</v>
       </c>
       <c r="C653" s="2">
-        <v>1.0173</v>
+        <v>1.0138</v>
       </c>
       <c r="D653" s="2">
-        <v>1.0153</v>
+        <v>1.0118</v>
       </c>
       <c r="E653" s="2">
-        <v>1.0163</v>
+        <v>1.0128</v>
       </c>
       <c r="F653" s="0"/>
     </row>
     <row r="654" spans="1:6">
       <c r="B654" s="4">
-        <v>45107</v>
+        <v>45159</v>
       </c>
       <c r="C654" s="2">
-        <v>1.013</v>
+        <v>1.0135</v>
       </c>
       <c r="D654" s="2">
-        <v>1.011</v>
+        <v>1.0115</v>
       </c>
       <c r="E654" s="2">
-        <v>1.012</v>
+        <v>1.0125</v>
       </c>
       <c r="F654" s="0"/>
     </row>
     <row r="655" spans="1:6">
       <c r="B655" s="4">
-        <v>45106</v>
+        <v>45156</v>
       </c>
       <c r="C655" s="2">
-        <v>1.0125</v>
+        <v>1.0154</v>
       </c>
       <c r="D655" s="2">
-        <v>1.0105</v>
+        <v>1.0134</v>
       </c>
       <c r="E655" s="2">
-        <v>1.0115</v>
+        <v>1.0144</v>
       </c>
       <c r="F655" s="0"/>
     </row>
     <row r="656" spans="1:6">
       <c r="B656" s="4">
-        <v>45105</v>
+        <v>45155</v>
       </c>
       <c r="C656" s="2">
-        <v>1.0102</v>
+        <v>1.0175</v>
       </c>
       <c r="D656" s="2">
-        <v>1.0082</v>
+        <v>1.0155</v>
       </c>
       <c r="E656" s="2">
-        <v>1.0092</v>
+        <v>1.0165</v>
       </c>
       <c r="F656" s="0"/>
     </row>
     <row r="657" spans="1:6">
       <c r="B657" s="4">
-        <v>45104</v>
+        <v>45154</v>
       </c>
       <c r="C657" s="2">
-        <v>1.0018</v>
+        <v>1.0199</v>
       </c>
       <c r="D657" s="2">
-        <v>0.9998</v>
+        <v>1.0179</v>
       </c>
       <c r="E657" s="2">
-        <v>1.0008</v>
+        <v>1.0189</v>
       </c>
       <c r="F657" s="0"/>
     </row>
     <row r="658" spans="1:6">
       <c r="B658" s="4">
-        <v>45103</v>
+        <v>45153</v>
       </c>
       <c r="C658" s="2">
-        <v>0.9996</v>
+        <v>1.0264</v>
       </c>
       <c r="D658" s="2">
-        <v>0.9976</v>
+        <v>1.0244</v>
       </c>
       <c r="E658" s="2">
-        <v>0.9986</v>
+        <v>1.0254</v>
       </c>
       <c r="F658" s="0"/>
     </row>
     <row r="659" spans="1:6">
       <c r="B659" s="4">
-        <v>45100</v>
+        <v>45152</v>
       </c>
       <c r="C659" s="2">
-        <v>1.0006</v>
+        <v>1.0252</v>
       </c>
       <c r="D659" s="2">
-        <v>0.9986</v>
+        <v>1.0232</v>
       </c>
       <c r="E659" s="2">
-        <v>0.9996</v>
+        <v>1.0242</v>
       </c>
       <c r="F659" s="0"/>
     </row>
     <row r="660" spans="1:6">
       <c r="B660" s="4">
-        <v>45099</v>
+        <v>45149</v>
       </c>
       <c r="C660" s="2">
-        <v>1.0019</v>
+        <v>1.0297</v>
       </c>
       <c r="D660" s="2">
-        <v>0.9999</v>
+        <v>1.0277</v>
       </c>
       <c r="E660" s="2">
-        <v>1.0009</v>
+        <v>1.0287</v>
       </c>
       <c r="F660" s="0"/>
     </row>
     <row r="661" spans="1:6">
       <c r="B661" s="4">
-        <v>45098</v>
+        <v>45148</v>
       </c>
       <c r="C661" s="2">
-        <v>1.0019</v>
+        <v>1.03</v>
       </c>
       <c r="D661" s="2">
-        <v>0.9999</v>
+        <v>1.028</v>
       </c>
       <c r="E661" s="2">
-        <v>1.0009</v>
+        <v>1.029</v>
       </c>
       <c r="F661" s="0"/>
     </row>
     <row r="662" spans="1:6">
       <c r="B662" s="4">
-        <v>45097</v>
+        <v>45147</v>
       </c>
       <c r="C662" s="2">
-        <v>1.0019</v>
+        <v>1.0295</v>
       </c>
       <c r="D662" s="2">
-        <v>0.9999</v>
+        <v>1.0275</v>
       </c>
       <c r="E662" s="2">
-        <v>1.0009</v>
+        <v>1.0285</v>
       </c>
       <c r="F662" s="0"/>
     </row>
     <row r="663" spans="1:6">
       <c r="B663" s="4">
-        <v>45096</v>
+        <v>45146</v>
       </c>
       <c r="C663" s="2">
-        <v>1.001</v>
+        <v>1.0287</v>
       </c>
       <c r="D663" s="2">
-        <v>0.999</v>
+        <v>1.0267</v>
       </c>
       <c r="E663" s="2">
-        <v>1</v>
+        <v>1.0277</v>
       </c>
       <c r="F663" s="0"/>
     </row>
     <row r="664" spans="1:6">
       <c r="B664" s="4">
-        <v>45093</v>
+        <v>45145</v>
       </c>
       <c r="C664" s="2">
-        <v>1.001</v>
+        <v>1.0278</v>
       </c>
       <c r="D664" s="2">
-        <v>0.999</v>
+        <v>1.0258</v>
       </c>
       <c r="E664" s="2">
-        <v>1</v>
+        <v>1.0268</v>
       </c>
       <c r="F664" s="0"/>
     </row>
     <row r="665" spans="1:6">
       <c r="B665" s="4">
-        <v>45092</v>
+        <v>45142</v>
       </c>
       <c r="C665" s="2">
-        <v>1.001</v>
+        <v>1.0289</v>
       </c>
       <c r="D665" s="2">
-        <v>0.999</v>
+        <v>1.0269</v>
       </c>
       <c r="E665" s="2">
-        <v>1</v>
+        <v>1.0279</v>
       </c>
       <c r="F665" s="0"/>
     </row>
     <row r="666" spans="1:6">
       <c r="B666" s="4">
-        <v>45091</v>
+        <v>45141</v>
       </c>
       <c r="C666" s="2">
-        <v>1.001</v>
+        <v>1.0289</v>
       </c>
       <c r="D666" s="2">
-        <v>0.999</v>
+        <v>1.0269</v>
       </c>
       <c r="E666" s="2">
-        <v>1</v>
+        <v>1.0279</v>
       </c>
       <c r="F666" s="0"/>
     </row>
     <row r="667" spans="1:6">
       <c r="B667" s="4">
+        <v>45140</v>
+      </c>
+      <c r="C667" s="2">
+        <v>1.0326</v>
+      </c>
+      <c r="D667" s="2">
+        <v>1.0306</v>
+      </c>
+      <c r="E667" s="2">
+        <v>1.0316</v>
+      </c>
+      <c r="F667" s="0"/>
+    </row>
+    <row r="668" spans="1:6">
+      <c r="B668" s="4">
+        <v>45139</v>
+      </c>
+      <c r="C668" s="2">
+        <v>1.0384</v>
+      </c>
+      <c r="D668" s="2">
+        <v>1.0364</v>
+      </c>
+      <c r="E668" s="2">
+        <v>1.0374</v>
+      </c>
+      <c r="F668" s="0"/>
+    </row>
+    <row r="669" spans="1:6">
+      <c r="B669" s="4">
+        <v>45138</v>
+      </c>
+      <c r="C669" s="2">
+        <v>1.0345</v>
+      </c>
+      <c r="D669" s="2">
+        <v>1.0325</v>
+      </c>
+      <c r="E669" s="2">
+        <v>1.0335</v>
+      </c>
+      <c r="F669" s="0"/>
+    </row>
+    <row r="670" spans="1:6">
+      <c r="B670" s="4">
+        <v>45135</v>
+      </c>
+      <c r="C670" s="2">
+        <v>1.0344</v>
+      </c>
+      <c r="D670" s="2">
+        <v>1.0324</v>
+      </c>
+      <c r="E670" s="2">
+        <v>1.0334</v>
+      </c>
+      <c r="F670" s="0"/>
+    </row>
+    <row r="671" spans="1:6">
+      <c r="B671" s="4">
+        <v>45134</v>
+      </c>
+      <c r="C671" s="2">
+        <v>1.0342</v>
+      </c>
+      <c r="D671" s="2">
+        <v>1.0322</v>
+      </c>
+      <c r="E671" s="2">
+        <v>1.0332</v>
+      </c>
+      <c r="F671" s="0"/>
+    </row>
+    <row r="672" spans="1:6">
+      <c r="B672" s="4">
+        <v>45133</v>
+      </c>
+      <c r="C672" s="2">
+        <v>1.0304</v>
+      </c>
+      <c r="D672" s="2">
+        <v>1.0284</v>
+      </c>
+      <c r="E672" s="2">
+        <v>1.0294</v>
+      </c>
+      <c r="F672" s="0"/>
+    </row>
+    <row r="673" spans="1:6">
+      <c r="B673" s="4">
+        <v>45132</v>
+      </c>
+      <c r="C673" s="2">
+        <v>1.0269</v>
+      </c>
+      <c r="D673" s="2">
+        <v>1.0249</v>
+      </c>
+      <c r="E673" s="2">
+        <v>1.0259</v>
+      </c>
+      <c r="F673" s="0"/>
+    </row>
+    <row r="674" spans="1:6">
+      <c r="B674" s="4">
+        <v>45131</v>
+      </c>
+      <c r="C674" s="2">
+        <v>1.0246</v>
+      </c>
+      <c r="D674" s="2">
+        <v>1.0226</v>
+      </c>
+      <c r="E674" s="2">
+        <v>1.0236</v>
+      </c>
+      <c r="F674" s="0"/>
+    </row>
+    <row r="675" spans="1:6">
+      <c r="B675" s="4">
+        <v>45128</v>
+      </c>
+      <c r="C675" s="2">
+        <v>1.0237</v>
+      </c>
+      <c r="D675" s="2">
+        <v>1.0217</v>
+      </c>
+      <c r="E675" s="2">
+        <v>1.0227</v>
+      </c>
+      <c r="F675" s="0"/>
+    </row>
+    <row r="676" spans="1:6">
+      <c r="B676" s="4">
+        <v>45127</v>
+      </c>
+      <c r="C676" s="2">
+        <v>1.0247</v>
+      </c>
+      <c r="D676" s="2">
+        <v>1.0227</v>
+      </c>
+      <c r="E676" s="2">
+        <v>1.0237</v>
+      </c>
+      <c r="F676" s="0"/>
+    </row>
+    <row r="677" spans="1:6">
+      <c r="B677" s="4">
+        <v>45126</v>
+      </c>
+      <c r="C677" s="2">
+        <v>1.0243</v>
+      </c>
+      <c r="D677" s="2">
+        <v>1.0223</v>
+      </c>
+      <c r="E677" s="2">
+        <v>1.0233</v>
+      </c>
+      <c r="F677" s="0"/>
+    </row>
+    <row r="678" spans="1:6">
+      <c r="B678" s="4">
+        <v>45125</v>
+      </c>
+      <c r="C678" s="2">
+        <v>1.0203</v>
+      </c>
+      <c r="D678" s="2">
+        <v>1.0183</v>
+      </c>
+      <c r="E678" s="2">
+        <v>1.0193</v>
+      </c>
+      <c r="F678" s="0"/>
+    </row>
+    <row r="679" spans="1:6">
+      <c r="B679" s="4">
+        <v>45124</v>
+      </c>
+      <c r="C679" s="2">
+        <v>1.0193</v>
+      </c>
+      <c r="D679" s="2">
+        <v>1.0173</v>
+      </c>
+      <c r="E679" s="2">
+        <v>1.0183</v>
+      </c>
+      <c r="F679" s="0"/>
+    </row>
+    <row r="680" spans="1:6">
+      <c r="B680" s="4">
+        <v>45121</v>
+      </c>
+      <c r="C680" s="2">
+        <v>1.0198</v>
+      </c>
+      <c r="D680" s="2">
+        <v>1.0178</v>
+      </c>
+      <c r="E680" s="2">
+        <v>1.0188</v>
+      </c>
+      <c r="F680" s="0"/>
+    </row>
+    <row r="681" spans="1:6">
+      <c r="B681" s="4">
+        <v>45120</v>
+      </c>
+      <c r="C681" s="2">
+        <v>1.0172</v>
+      </c>
+      <c r="D681" s="2">
+        <v>1.0152</v>
+      </c>
+      <c r="E681" s="2">
+        <v>1.0162</v>
+      </c>
+      <c r="F681" s="0"/>
+    </row>
+    <row r="682" spans="1:6">
+      <c r="B682" s="4">
+        <v>45119</v>
+      </c>
+      <c r="C682" s="2">
+        <v>1.0112</v>
+      </c>
+      <c r="D682" s="2">
+        <v>1.0092</v>
+      </c>
+      <c r="E682" s="2">
+        <v>1.0102</v>
+      </c>
+      <c r="F682" s="0"/>
+    </row>
+    <row r="683" spans="1:6">
+      <c r="B683" s="4">
+        <v>45118</v>
+      </c>
+      <c r="C683" s="2">
+        <v>1.0076</v>
+      </c>
+      <c r="D683" s="2">
+        <v>1.0056</v>
+      </c>
+      <c r="E683" s="2">
+        <v>1.0066</v>
+      </c>
+      <c r="F683" s="0"/>
+    </row>
+    <row r="684" spans="1:6">
+      <c r="B684" s="4">
+        <v>45117</v>
+      </c>
+      <c r="C684" s="2">
+        <v>1.0003</v>
+      </c>
+      <c r="D684" s="2">
+        <v>0.9983</v>
+      </c>
+      <c r="E684" s="2">
+        <v>0.9993</v>
+      </c>
+      <c r="F684" s="0"/>
+    </row>
+    <row r="685" spans="1:6">
+      <c r="B685" s="4">
+        <v>45114</v>
+      </c>
+      <c r="C685" s="2">
+        <v>1.0046</v>
+      </c>
+      <c r="D685" s="2">
+        <v>1.0026</v>
+      </c>
+      <c r="E685" s="2">
+        <v>1.0036</v>
+      </c>
+      <c r="F685" s="0"/>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="B686" s="4">
+        <v>45113</v>
+      </c>
+      <c r="C686" s="2">
+        <v>1.0106</v>
+      </c>
+      <c r="D686" s="2">
+        <v>1.0086</v>
+      </c>
+      <c r="E686" s="2">
+        <v>1.0096</v>
+      </c>
+      <c r="F686" s="0"/>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="B687" s="4">
+        <v>45112</v>
+      </c>
+      <c r="C687" s="2">
+        <v>1.0167</v>
+      </c>
+      <c r="D687" s="2">
+        <v>1.0147</v>
+      </c>
+      <c r="E687" s="2">
+        <v>1.0157</v>
+      </c>
+      <c r="F687" s="0"/>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="B688" s="4">
+        <v>45111</v>
+      </c>
+      <c r="C688" s="2">
+        <v>1.0201</v>
+      </c>
+      <c r="D688" s="2">
+        <v>1.0181</v>
+      </c>
+      <c r="E688" s="2">
+        <v>1.0191</v>
+      </c>
+      <c r="F688" s="0"/>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="B689" s="4">
+        <v>45110</v>
+      </c>
+      <c r="C689" s="2">
+        <v>1.0173</v>
+      </c>
+      <c r="D689" s="2">
+        <v>1.0153</v>
+      </c>
+      <c r="E689" s="2">
+        <v>1.0163</v>
+      </c>
+      <c r="F689" s="0"/>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="B690" s="4">
+        <v>45107</v>
+      </c>
+      <c r="C690" s="2">
+        <v>1.013</v>
+      </c>
+      <c r="D690" s="2">
+        <v>1.011</v>
+      </c>
+      <c r="E690" s="2">
+        <v>1.012</v>
+      </c>
+      <c r="F690" s="0"/>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="B691" s="4">
+        <v>45106</v>
+      </c>
+      <c r="C691" s="2">
+        <v>1.0125</v>
+      </c>
+      <c r="D691" s="2">
+        <v>1.0105</v>
+      </c>
+      <c r="E691" s="2">
+        <v>1.0115</v>
+      </c>
+      <c r="F691" s="0"/>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="B692" s="4">
+        <v>45105</v>
+      </c>
+      <c r="C692" s="2">
+        <v>1.0102</v>
+      </c>
+      <c r="D692" s="2">
+        <v>1.0082</v>
+      </c>
+      <c r="E692" s="2">
+        <v>1.0092</v>
+      </c>
+      <c r="F692" s="0"/>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="B693" s="4">
+        <v>45104</v>
+      </c>
+      <c r="C693" s="2">
+        <v>1.0018</v>
+      </c>
+      <c r="D693" s="2">
+        <v>0.9998</v>
+      </c>
+      <c r="E693" s="2">
+        <v>1.0008</v>
+      </c>
+      <c r="F693" s="0"/>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="B694" s="4">
+        <v>45103</v>
+      </c>
+      <c r="C694" s="2">
+        <v>0.9996</v>
+      </c>
+      <c r="D694" s="2">
+        <v>0.9976</v>
+      </c>
+      <c r="E694" s="2">
+        <v>0.9986</v>
+      </c>
+      <c r="F694" s="0"/>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="B695" s="4">
+        <v>45100</v>
+      </c>
+      <c r="C695" s="2">
+        <v>1.0006</v>
+      </c>
+      <c r="D695" s="2">
+        <v>0.9986</v>
+      </c>
+      <c r="E695" s="2">
+        <v>0.9996</v>
+      </c>
+      <c r="F695" s="0"/>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="B696" s="4">
+        <v>45099</v>
+      </c>
+      <c r="C696" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D696" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E696" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F696" s="0"/>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="B697" s="4">
+        <v>45098</v>
+      </c>
+      <c r="C697" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D697" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E697" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F697" s="0"/>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="B698" s="4">
+        <v>45097</v>
+      </c>
+      <c r="C698" s="2">
+        <v>1.0019</v>
+      </c>
+      <c r="D698" s="2">
+        <v>0.9999</v>
+      </c>
+      <c r="E698" s="2">
+        <v>1.0009</v>
+      </c>
+      <c r="F698" s="0"/>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="B699" s="4">
+        <v>45096</v>
+      </c>
+      <c r="C699" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D699" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E699" s="2">
+        <v>1</v>
+      </c>
+      <c r="F699" s="0"/>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="B700" s="4">
+        <v>45093</v>
+      </c>
+      <c r="C700" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D700" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E700" s="2">
+        <v>1</v>
+      </c>
+      <c r="F700" s="0"/>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="B701" s="4">
+        <v>45092</v>
+      </c>
+      <c r="C701" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D701" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E701" s="2">
+        <v>1</v>
+      </c>
+      <c r="F701" s="0"/>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="B702" s="4">
+        <v>45091</v>
+      </c>
+      <c r="C702" s="2">
+        <v>1.001</v>
+      </c>
+      <c r="D702" s="2">
+        <v>0.999</v>
+      </c>
+      <c r="E702" s="2">
+        <v>1</v>
+      </c>
+      <c r="F702" s="0"/>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="B703" s="4">
         <v>45090</v>
       </c>
-      <c r="C667" s="2">
+      <c r="C703" s="2">
         <v>1.001</v>
       </c>
-      <c r="D667" s="2">
+      <c r="D703" s="2">
         <v>0.999</v>
       </c>
-      <c r="E667" s="2">
+      <c r="E703" s="2">
         <v>1</v>
       </c>
-      <c r="F667" s="0"/>
-[...215 lines deleted...]
-      <c r="E703" s="6"/>
+      <c r="F703" s="0"/>
     </row>
     <row r="704" spans="1:6">
       <c r="B704" s="1"/>
-      <c r="C704" s="6"/>
-[...1 lines deleted...]
-      <c r="E704" s="6"/>
+      <c r="C704" s="5"/>
+      <c r="D704" s="5"/>
+      <c r="E704" s="5"/>
     </row>
     <row r="705" spans="1:6">
       <c r="B705" s="1"/>
-      <c r="C705" s="6"/>
-[...1 lines deleted...]
-      <c r="E705" s="6"/>
+      <c r="C705" s="5"/>
+      <c r="D705" s="5"/>
+      <c r="E705" s="5"/>
     </row>
     <row r="706" spans="1:6">
       <c r="B706" s="1"/>
-      <c r="C706" s="6"/>
-[...1 lines deleted...]
-      <c r="E706" s="6"/>
+      <c r="C706" s="5"/>
+      <c r="D706" s="5"/>
+      <c r="E706" s="5"/>
     </row>
     <row r="707" spans="1:6">
       <c r="B707" s="1"/>
-      <c r="C707" s="6"/>
-[...1 lines deleted...]
-      <c r="E707" s="6"/>
+      <c r="C707" s="5"/>
+      <c r="D707" s="5"/>
+      <c r="E707" s="5"/>
     </row>
     <row r="708" spans="1:6">
       <c r="B708" s="1"/>
-      <c r="C708" s="6"/>
-[...1 lines deleted...]
-      <c r="E708" s="6"/>
+      <c r="C708" s="5"/>
+      <c r="D708" s="5"/>
+      <c r="E708" s="5"/>
     </row>
     <row r="709" spans="1:6">
       <c r="B709" s="1"/>
-      <c r="C709" s="6"/>
-[...1 lines deleted...]
-      <c r="E709" s="6"/>
+      <c r="C709" s="5"/>
+      <c r="D709" s="5"/>
+      <c r="E709" s="5"/>
     </row>
     <row r="710" spans="1:6">
       <c r="B710" s="1"/>
-      <c r="C710" s="6"/>
-[...1 lines deleted...]
-      <c r="E710" s="6"/>
+      <c r="C710" s="5"/>
+      <c r="D710" s="5"/>
+      <c r="E710" s="5"/>
     </row>
     <row r="711" spans="1:6">
       <c r="B711" s="1"/>
-      <c r="C711" s="6"/>
-[...1 lines deleted...]
-      <c r="E711" s="6"/>
+      <c r="C711" s="5"/>
+      <c r="D711" s="5"/>
+      <c r="E711" s="5"/>
     </row>
     <row r="712" spans="1:6">
       <c r="B712" s="1"/>
-      <c r="C712" s="6"/>
-[...1 lines deleted...]
-      <c r="E712" s="6"/>
+      <c r="C712" s="5"/>
+      <c r="D712" s="5"/>
+      <c r="E712" s="5"/>
     </row>
     <row r="713" spans="1:6">
       <c r="B713" s="1"/>
-      <c r="C713" s="6"/>
-[...1 lines deleted...]
-      <c r="E713" s="6"/>
+      <c r="C713" s="5"/>
+      <c r="D713" s="5"/>
+      <c r="E713" s="5"/>
     </row>
     <row r="714" spans="1:6">
       <c r="B714" s="1"/>
-      <c r="C714" s="6"/>
-[...1 lines deleted...]
-      <c r="E714" s="6"/>
+      <c r="C714" s="5"/>
+      <c r="D714" s="5"/>
+      <c r="E714" s="5"/>
     </row>
     <row r="715" spans="1:6">
       <c r="B715" s="1"/>
-      <c r="C715" s="6"/>
-[...1 lines deleted...]
-      <c r="E715" s="6"/>
+      <c r="C715" s="5"/>
+      <c r="D715" s="5"/>
+      <c r="E715" s="5"/>
     </row>
     <row r="716" spans="1:6">
       <c r="B716" s="1"/>
-      <c r="C716" s="6"/>
-[...1 lines deleted...]
-      <c r="E716" s="6"/>
+      <c r="C716" s="5"/>
+      <c r="D716" s="5"/>
+      <c r="E716" s="5"/>
     </row>
     <row r="717" spans="1:6">
       <c r="B717" s="1"/>
-      <c r="C717" s="6"/>
-[...1 lines deleted...]
-      <c r="E717" s="6"/>
+      <c r="C717" s="5"/>
+      <c r="D717" s="5"/>
+      <c r="E717" s="5"/>
     </row>
     <row r="718" spans="1:6">
       <c r="B718" s="1"/>
-      <c r="C718" s="6"/>
-[...1 lines deleted...]
-      <c r="E718" s="6"/>
+      <c r="C718" s="5"/>
+      <c r="D718" s="5"/>
+      <c r="E718" s="5"/>
     </row>
     <row r="719" spans="1:6">
       <c r="B719" s="1"/>
-      <c r="C719" s="6"/>
-[...1 lines deleted...]
-      <c r="E719" s="6"/>
+      <c r="C719" s="5"/>
+      <c r="D719" s="5"/>
+      <c r="E719" s="5"/>
     </row>
     <row r="720" spans="1:6">
       <c r="B720" s="1"/>
-      <c r="C720" s="6"/>
-[...1 lines deleted...]
-      <c r="E720" s="6"/>
+      <c r="C720" s="5"/>
+      <c r="D720" s="5"/>
+      <c r="E720" s="5"/>
     </row>
     <row r="721" spans="1:6">
       <c r="B721" s="1"/>
-      <c r="C721" s="6"/>
-[...1 lines deleted...]
-      <c r="E721" s="6"/>
+      <c r="C721" s="5"/>
+      <c r="D721" s="5"/>
+      <c r="E721" s="5"/>
     </row>
     <row r="722" spans="1:6">
       <c r="B722" s="1"/>
-      <c r="C722" s="6"/>
-[...1 lines deleted...]
-      <c r="E722" s="6"/>
+      <c r="C722" s="5"/>
+      <c r="D722" s="5"/>
+      <c r="E722" s="5"/>
     </row>
     <row r="723" spans="1:6">
       <c r="B723" s="1"/>
-      <c r="C723" s="6"/>
-[...1 lines deleted...]
-      <c r="E723" s="6"/>
+      <c r="C723" s="5"/>
+      <c r="D723" s="5"/>
+      <c r="E723" s="5"/>
     </row>
     <row r="724" spans="1:6">
       <c r="B724" s="1"/>
       <c r="C724" s="6"/>
       <c r="D724" s="6"/>
       <c r="E724" s="6"/>
     </row>
     <row r="725" spans="1:6">
       <c r="B725" s="1"/>
       <c r="C725" s="6"/>
       <c r="D725" s="6"/>
       <c r="E725" s="6"/>
     </row>
     <row r="726" spans="1:6">
       <c r="B726" s="1"/>
       <c r="C726" s="6"/>
       <c r="D726" s="6"/>
       <c r="E726" s="6"/>
     </row>
     <row r="727" spans="1:6">
       <c r="B727" s="1"/>
       <c r="C727" s="6"/>
       <c r="D727" s="6"/>
       <c r="E727" s="6"/>
     </row>
@@ -10936,50 +11260,266 @@
       <c r="E749" s="6"/>
     </row>
     <row r="750" spans="1:6">
       <c r="B750" s="1"/>
       <c r="C750" s="6"/>
       <c r="D750" s="6"/>
       <c r="E750" s="6"/>
     </row>
     <row r="751" spans="1:6">
       <c r="B751" s="1"/>
       <c r="C751" s="6"/>
       <c r="D751" s="6"/>
       <c r="E751" s="6"/>
     </row>
     <row r="752" spans="1:6">
       <c r="B752" s="1"/>
       <c r="C752" s="6"/>
       <c r="D752" s="6"/>
       <c r="E752" s="6"/>
     </row>
     <row r="753" spans="1:6">
       <c r="B753" s="1"/>
       <c r="C753" s="6"/>
       <c r="D753" s="6"/>
       <c r="E753" s="6"/>
+    </row>
+    <row r="754" spans="1:6">
+      <c r="B754" s="1"/>
+      <c r="C754" s="6"/>
+      <c r="D754" s="6"/>
+      <c r="E754" s="6"/>
+    </row>
+    <row r="755" spans="1:6">
+      <c r="B755" s="1"/>
+      <c r="C755" s="6"/>
+      <c r="D755" s="6"/>
+      <c r="E755" s="6"/>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="B756" s="1"/>
+      <c r="C756" s="6"/>
+      <c r="D756" s="6"/>
+      <c r="E756" s="6"/>
+    </row>
+    <row r="757" spans="1:6">
+      <c r="B757" s="1"/>
+      <c r="C757" s="6"/>
+      <c r="D757" s="6"/>
+      <c r="E757" s="6"/>
+    </row>
+    <row r="758" spans="1:6">
+      <c r="B758" s="1"/>
+      <c r="C758" s="6"/>
+      <c r="D758" s="6"/>
+      <c r="E758" s="6"/>
+    </row>
+    <row r="759" spans="1:6">
+      <c r="B759" s="1"/>
+      <c r="C759" s="6"/>
+      <c r="D759" s="6"/>
+      <c r="E759" s="6"/>
+    </row>
+    <row r="760" spans="1:6">
+      <c r="B760" s="1"/>
+      <c r="C760" s="6"/>
+      <c r="D760" s="6"/>
+      <c r="E760" s="6"/>
+    </row>
+    <row r="761" spans="1:6">
+      <c r="B761" s="1"/>
+      <c r="C761" s="6"/>
+      <c r="D761" s="6"/>
+      <c r="E761" s="6"/>
+    </row>
+    <row r="762" spans="1:6">
+      <c r="B762" s="1"/>
+      <c r="C762" s="6"/>
+      <c r="D762" s="6"/>
+      <c r="E762" s="6"/>
+    </row>
+    <row r="763" spans="1:6">
+      <c r="B763" s="1"/>
+      <c r="C763" s="6"/>
+      <c r="D763" s="6"/>
+      <c r="E763" s="6"/>
+    </row>
+    <row r="764" spans="1:6">
+      <c r="B764" s="1"/>
+      <c r="C764" s="6"/>
+      <c r="D764" s="6"/>
+      <c r="E764" s="6"/>
+    </row>
+    <row r="765" spans="1:6">
+      <c r="B765" s="1"/>
+      <c r="C765" s="6"/>
+      <c r="D765" s="6"/>
+      <c r="E765" s="6"/>
+    </row>
+    <row r="766" spans="1:6">
+      <c r="B766" s="1"/>
+      <c r="C766" s="6"/>
+      <c r="D766" s="6"/>
+      <c r="E766" s="6"/>
+    </row>
+    <row r="767" spans="1:6">
+      <c r="B767" s="1"/>
+      <c r="C767" s="6"/>
+      <c r="D767" s="6"/>
+      <c r="E767" s="6"/>
+    </row>
+    <row r="768" spans="1:6">
+      <c r="B768" s="1"/>
+      <c r="C768" s="6"/>
+      <c r="D768" s="6"/>
+      <c r="E768" s="6"/>
+    </row>
+    <row r="769" spans="1:6">
+      <c r="B769" s="1"/>
+      <c r="C769" s="6"/>
+      <c r="D769" s="6"/>
+      <c r="E769" s="6"/>
+    </row>
+    <row r="770" spans="1:6">
+      <c r="B770" s="1"/>
+      <c r="C770" s="6"/>
+      <c r="D770" s="6"/>
+      <c r="E770" s="6"/>
+    </row>
+    <row r="771" spans="1:6">
+      <c r="B771" s="1"/>
+      <c r="C771" s="6"/>
+      <c r="D771" s="6"/>
+      <c r="E771" s="6"/>
+    </row>
+    <row r="772" spans="1:6">
+      <c r="B772" s="1"/>
+      <c r="C772" s="6"/>
+      <c r="D772" s="6"/>
+      <c r="E772" s="6"/>
+    </row>
+    <row r="773" spans="1:6">
+      <c r="B773" s="1"/>
+      <c r="C773" s="6"/>
+      <c r="D773" s="6"/>
+      <c r="E773" s="6"/>
+    </row>
+    <row r="774" spans="1:6">
+      <c r="B774" s="1"/>
+      <c r="C774" s="6"/>
+      <c r="D774" s="6"/>
+      <c r="E774" s="6"/>
+    </row>
+    <row r="775" spans="1:6">
+      <c r="B775" s="1"/>
+      <c r="C775" s="6"/>
+      <c r="D775" s="6"/>
+      <c r="E775" s="6"/>
+    </row>
+    <row r="776" spans="1:6">
+      <c r="B776" s="1"/>
+      <c r="C776" s="6"/>
+      <c r="D776" s="6"/>
+      <c r="E776" s="6"/>
+    </row>
+    <row r="777" spans="1:6">
+      <c r="B777" s="1"/>
+      <c r="C777" s="6"/>
+      <c r="D777" s="6"/>
+      <c r="E777" s="6"/>
+    </row>
+    <row r="778" spans="1:6">
+      <c r="B778" s="1"/>
+      <c r="C778" s="6"/>
+      <c r="D778" s="6"/>
+      <c r="E778" s="6"/>
+    </row>
+    <row r="779" spans="1:6">
+      <c r="B779" s="1"/>
+      <c r="C779" s="6"/>
+      <c r="D779" s="6"/>
+      <c r="E779" s="6"/>
+    </row>
+    <row r="780" spans="1:6">
+      <c r="B780" s="1"/>
+      <c r="C780" s="6"/>
+      <c r="D780" s="6"/>
+      <c r="E780" s="6"/>
+    </row>
+    <row r="781" spans="1:6">
+      <c r="B781" s="1"/>
+      <c r="C781" s="6"/>
+      <c r="D781" s="6"/>
+      <c r="E781" s="6"/>
+    </row>
+    <row r="782" spans="1:6">
+      <c r="B782" s="1"/>
+      <c r="C782" s="6"/>
+      <c r="D782" s="6"/>
+      <c r="E782" s="6"/>
+    </row>
+    <row r="783" spans="1:6">
+      <c r="B783" s="1"/>
+      <c r="C783" s="6"/>
+      <c r="D783" s="6"/>
+      <c r="E783" s="6"/>
+    </row>
+    <row r="784" spans="1:6">
+      <c r="B784" s="1"/>
+      <c r="C784" s="6"/>
+      <c r="D784" s="6"/>
+      <c r="E784" s="6"/>
+    </row>
+    <row r="785" spans="1:6">
+      <c r="B785" s="1"/>
+      <c r="C785" s="6"/>
+      <c r="D785" s="6"/>
+      <c r="E785" s="6"/>
+    </row>
+    <row r="786" spans="1:6">
+      <c r="B786" s="1"/>
+      <c r="C786" s="6"/>
+      <c r="D786" s="6"/>
+      <c r="E786" s="6"/>
+    </row>
+    <row r="787" spans="1:6">
+      <c r="B787" s="1"/>
+      <c r="C787" s="6"/>
+      <c r="D787" s="6"/>
+      <c r="E787" s="6"/>
+    </row>
+    <row r="788" spans="1:6">
+      <c r="B788" s="1"/>
+      <c r="C788" s="6"/>
+      <c r="D788" s="6"/>
+      <c r="E788" s="6"/>
+    </row>
+    <row r="789" spans="1:6">
+      <c r="B789" s="1"/>
+      <c r="C789" s="6"/>
+      <c r="D789" s="6"/>
+      <c r="E789" s="6"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>